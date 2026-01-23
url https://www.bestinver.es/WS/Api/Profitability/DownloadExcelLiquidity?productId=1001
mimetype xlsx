--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -4,59 +4,359 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1718" uniqueCount="1718">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1818" uniqueCount="1818">
   <si>
     <t>BESTINVER RENTA, F.I. - CLASE Z</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>17,829280</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>17,820704</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>17,823973</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>17,836357</t>
+  </si>
+  <si>
+    <t>18/01/2026</t>
+  </si>
+  <si>
+    <t>17,830499</t>
+  </si>
+  <si>
+    <t>17/01/2026</t>
+  </si>
+  <si>
+    <t>17,829272</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>17,828045</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>17,840295</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>17,837113</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>17,819991</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>17,813661</t>
+  </si>
+  <si>
+    <t>11/01/2026</t>
+  </si>
+  <si>
+    <t>17,804493</t>
+  </si>
+  <si>
+    <t>10/01/2026</t>
+  </si>
+  <si>
+    <t>17,803284</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>17,802075</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>17,792966</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>17,795662</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>17,775301</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>17,752858</t>
+  </si>
+  <si>
+    <t>04/01/2026</t>
+  </si>
+  <si>
+    <t>17,735875</t>
+  </si>
+  <si>
+    <t>03/01/2026</t>
+  </si>
+  <si>
+    <t>17,734643</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>17,733410</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
+    <t>17,750383</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>17,748756</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>17,746117</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>17,753067</t>
+  </si>
+  <si>
+    <t>28/12/2025</t>
+  </si>
+  <si>
+    <t>17,732529</t>
+  </si>
+  <si>
+    <t>27/12/2025</t>
+  </si>
+  <si>
+    <t>17,731310</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>17,730092</t>
+  </si>
+  <si>
+    <t>25/12/2025</t>
+  </si>
+  <si>
+    <t>17,728837</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>17,727909</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>17,723412</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>17,701663</t>
+  </si>
+  <si>
+    <t>21/12/2025</t>
+  </si>
+  <si>
+    <t>17,713956</t>
+  </si>
+  <si>
+    <t>20/12/2025</t>
+  </si>
+  <si>
+    <t>17,712734</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>17,711514</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>17,729645</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>17,726128</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>17,730987</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>17,729716</t>
+  </si>
+  <si>
+    <t>14/12/2025</t>
+  </si>
+  <si>
+    <t>17,719041</t>
+  </si>
+  <si>
+    <t>13/12/2025</t>
+  </si>
+  <si>
+    <t>17,717821</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>17,716601</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>17,716440</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>17,706460</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>17,718784</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>17,705711</t>
+  </si>
+  <si>
+    <t>07/12/2025</t>
+  </si>
+  <si>
+    <t>17,756736</t>
+  </si>
+  <si>
+    <t>06/12/2025</t>
+  </si>
+  <si>
+    <t>17,755501</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>17,754265</t>
+  </si>
+  <si>
+    <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>17,760687</t>
   </si>
   <si>
     <t>03/12/2025</t>
   </si>
   <si>
     <t>17,757061</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>17,747071</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>17,735421</t>
   </si>
   <si>
     <t>30/11/2025</t>
   </si>
   <si>
     <t>17,752715</t>
   </si>
@@ -5206,51 +5506,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B867"/>
+  <dimension ref="A1:B917"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -12030,144 +12330,544 @@
       <c r="B850" s="0" t="s">
         <v>1698</v>
       </c>
     </row>
     <row r="851">
       <c r="A851" s="0" t="s">
         <v>1699</v>
       </c>
       <c r="B851" s="0" t="s">
         <v>1700</v>
       </c>
     </row>
     <row r="852">
       <c r="A852" s="0" t="s">
         <v>1701</v>
       </c>
       <c r="B852" s="0" t="s">
         <v>1702</v>
       </c>
     </row>
     <row r="853">
       <c r="A853" s="0" t="s">
         <v>1703</v>
       </c>
       <c r="B853" s="0" t="s">
-        <v>1702</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="854">
       <c r="A854" s="0" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
       <c r="B854" s="0" t="s">
-        <v>1702</v>
+        <v>1706</v>
       </c>
     </row>
     <row r="855">
       <c r="A855" s="0" t="s">
-        <v>1705</v>
+        <v>1707</v>
       </c>
       <c r="B855" s="0" t="s">
-        <v>1702</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="856">
       <c r="A856" s="0" t="s">
-        <v>1706</v>
+        <v>1709</v>
       </c>
       <c r="B856" s="0" t="s">
-        <v>1702</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="857">
       <c r="A857" s="0" t="s">
-        <v>1707</v>
+        <v>1711</v>
       </c>
       <c r="B857" s="0" t="s">
-        <v>1702</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="858">
       <c r="A858" s="0" t="s">
-        <v>1708</v>
+        <v>1713</v>
       </c>
       <c r="B858" s="0" t="s">
-        <v>1702</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="859">
       <c r="A859" s="0" t="s">
-        <v>1709</v>
+        <v>1715</v>
       </c>
       <c r="B859" s="0" t="s">
-        <v>1702</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="860">
       <c r="A860" s="0" t="s">
-        <v>1710</v>
+        <v>1717</v>
       </c>
       <c r="B860" s="0" t="s">
-        <v>1702</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="861">
       <c r="A861" s="0" t="s">
-        <v>1711</v>
+        <v>1719</v>
       </c>
       <c r="B861" s="0" t="s">
-        <v>1702</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="862">
       <c r="A862" s="0" t="s">
-        <v>1712</v>
+        <v>1721</v>
       </c>
       <c r="B862" s="0" t="s">
-        <v>1702</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="863">
       <c r="A863" s="0" t="s">
-        <v>1713</v>
+        <v>1723</v>
       </c>
       <c r="B863" s="0" t="s">
-        <v>1702</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="864">
       <c r="A864" s="0" t="s">
-        <v>1714</v>
+        <v>1725</v>
       </c>
       <c r="B864" s="0" t="s">
-        <v>1702</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="865">
       <c r="A865" s="0" t="s">
-        <v>1715</v>
+        <v>1727</v>
       </c>
       <c r="B865" s="0" t="s">
-        <v>1702</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="866">
       <c r="A866" s="0" t="s">
-        <v>1716</v>
+        <v>1729</v>
       </c>
       <c r="B866" s="0" t="s">
-        <v>1702</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="867">
       <c r="A867" s="0" t="s">
-        <v>1717</v>
+        <v>1731</v>
       </c>
       <c r="B867" s="0" t="s">
-        <v>1702</v>
+        <v>1732</v>
+      </c>
+    </row>
+    <row r="868">
+      <c r="A868" s="0" t="s">
+        <v>1733</v>
+      </c>
+      <c r="B868" s="0" t="s">
+        <v>1734</v>
+      </c>
+    </row>
+    <row r="869">
+      <c r="A869" s="0" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B869" s="0" t="s">
+        <v>1736</v>
+      </c>
+    </row>
+    <row r="870">
+      <c r="A870" s="0" t="s">
+        <v>1737</v>
+      </c>
+      <c r="B870" s="0" t="s">
+        <v>1738</v>
+      </c>
+    </row>
+    <row r="871">
+      <c r="A871" s="0" t="s">
+        <v>1739</v>
+      </c>
+      <c r="B871" s="0" t="s">
+        <v>1740</v>
+      </c>
+    </row>
+    <row r="872">
+      <c r="A872" s="0" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B872" s="0" t="s">
+        <v>1742</v>
+      </c>
+    </row>
+    <row r="873">
+      <c r="A873" s="0" t="s">
+        <v>1743</v>
+      </c>
+      <c r="B873" s="0" t="s">
+        <v>1744</v>
+      </c>
+    </row>
+    <row r="874">
+      <c r="A874" s="0" t="s">
+        <v>1745</v>
+      </c>
+      <c r="B874" s="0" t="s">
+        <v>1746</v>
+      </c>
+    </row>
+    <row r="875">
+      <c r="A875" s="0" t="s">
+        <v>1747</v>
+      </c>
+      <c r="B875" s="0" t="s">
+        <v>1748</v>
+      </c>
+    </row>
+    <row r="876">
+      <c r="A876" s="0" t="s">
+        <v>1749</v>
+      </c>
+      <c r="B876" s="0" t="s">
+        <v>1750</v>
+      </c>
+    </row>
+    <row r="877">
+      <c r="A877" s="0" t="s">
+        <v>1751</v>
+      </c>
+      <c r="B877" s="0" t="s">
+        <v>1752</v>
+      </c>
+    </row>
+    <row r="878">
+      <c r="A878" s="0" t="s">
+        <v>1753</v>
+      </c>
+      <c r="B878" s="0" t="s">
+        <v>1754</v>
+      </c>
+    </row>
+    <row r="879">
+      <c r="A879" s="0" t="s">
+        <v>1755</v>
+      </c>
+      <c r="B879" s="0" t="s">
+        <v>1756</v>
+      </c>
+    </row>
+    <row r="880">
+      <c r="A880" s="0" t="s">
+        <v>1757</v>
+      </c>
+      <c r="B880" s="0" t="s">
+        <v>1758</v>
+      </c>
+    </row>
+    <row r="881">
+      <c r="A881" s="0" t="s">
+        <v>1759</v>
+      </c>
+      <c r="B881" s="0" t="s">
+        <v>1760</v>
+      </c>
+    </row>
+    <row r="882">
+      <c r="A882" s="0" t="s">
+        <v>1761</v>
+      </c>
+      <c r="B882" s="0" t="s">
+        <v>1762</v>
+      </c>
+    </row>
+    <row r="883">
+      <c r="A883" s="0" t="s">
+        <v>1763</v>
+      </c>
+      <c r="B883" s="0" t="s">
+        <v>1764</v>
+      </c>
+    </row>
+    <row r="884">
+      <c r="A884" s="0" t="s">
+        <v>1765</v>
+      </c>
+      <c r="B884" s="0" t="s">
+        <v>1766</v>
+      </c>
+    </row>
+    <row r="885">
+      <c r="A885" s="0" t="s">
+        <v>1767</v>
+      </c>
+      <c r="B885" s="0" t="s">
+        <v>1768</v>
+      </c>
+    </row>
+    <row r="886">
+      <c r="A886" s="0" t="s">
+        <v>1769</v>
+      </c>
+      <c r="B886" s="0" t="s">
+        <v>1770</v>
+      </c>
+    </row>
+    <row r="887">
+      <c r="A887" s="0" t="s">
+        <v>1771</v>
+      </c>
+      <c r="B887" s="0" t="s">
+        <v>1772</v>
+      </c>
+    </row>
+    <row r="888">
+      <c r="A888" s="0" t="s">
+        <v>1773</v>
+      </c>
+      <c r="B888" s="0" t="s">
+        <v>1774</v>
+      </c>
+    </row>
+    <row r="889">
+      <c r="A889" s="0" t="s">
+        <v>1775</v>
+      </c>
+      <c r="B889" s="0" t="s">
+        <v>1776</v>
+      </c>
+    </row>
+    <row r="890">
+      <c r="A890" s="0" t="s">
+        <v>1777</v>
+      </c>
+      <c r="B890" s="0" t="s">
+        <v>1778</v>
+      </c>
+    </row>
+    <row r="891">
+      <c r="A891" s="0" t="s">
+        <v>1779</v>
+      </c>
+      <c r="B891" s="0" t="s">
+        <v>1780</v>
+      </c>
+    </row>
+    <row r="892">
+      <c r="A892" s="0" t="s">
+        <v>1781</v>
+      </c>
+      <c r="B892" s="0" t="s">
+        <v>1782</v>
+      </c>
+    </row>
+    <row r="893">
+      <c r="A893" s="0" t="s">
+        <v>1783</v>
+      </c>
+      <c r="B893" s="0" t="s">
+        <v>1784</v>
+      </c>
+    </row>
+    <row r="894">
+      <c r="A894" s="0" t="s">
+        <v>1785</v>
+      </c>
+      <c r="B894" s="0" t="s">
+        <v>1786</v>
+      </c>
+    </row>
+    <row r="895">
+      <c r="A895" s="0" t="s">
+        <v>1787</v>
+      </c>
+      <c r="B895" s="0" t="s">
+        <v>1788</v>
+      </c>
+    </row>
+    <row r="896">
+      <c r="A896" s="0" t="s">
+        <v>1789</v>
+      </c>
+      <c r="B896" s="0" t="s">
+        <v>1790</v>
+      </c>
+    </row>
+    <row r="897">
+      <c r="A897" s="0" t="s">
+        <v>1791</v>
+      </c>
+      <c r="B897" s="0" t="s">
+        <v>1792</v>
+      </c>
+    </row>
+    <row r="898">
+      <c r="A898" s="0" t="s">
+        <v>1793</v>
+      </c>
+      <c r="B898" s="0" t="s">
+        <v>1794</v>
+      </c>
+    </row>
+    <row r="899">
+      <c r="A899" s="0" t="s">
+        <v>1795</v>
+      </c>
+      <c r="B899" s="0" t="s">
+        <v>1796</v>
+      </c>
+    </row>
+    <row r="900">
+      <c r="A900" s="0" t="s">
+        <v>1797</v>
+      </c>
+      <c r="B900" s="0" t="s">
+        <v>1798</v>
+      </c>
+    </row>
+    <row r="901">
+      <c r="A901" s="0" t="s">
+        <v>1799</v>
+      </c>
+      <c r="B901" s="0" t="s">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="902">
+      <c r="A902" s="0" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B902" s="0" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="903">
+      <c r="A903" s="0" t="s">
+        <v>1803</v>
+      </c>
+      <c r="B903" s="0" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="904">
+      <c r="A904" s="0" t="s">
+        <v>1804</v>
+      </c>
+      <c r="B904" s="0" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="905">
+      <c r="A905" s="0" t="s">
+        <v>1805</v>
+      </c>
+      <c r="B905" s="0" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="906">
+      <c r="A906" s="0" t="s">
+        <v>1806</v>
+      </c>
+      <c r="B906" s="0" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="907">
+      <c r="A907" s="0" t="s">
+        <v>1807</v>
+      </c>
+      <c r="B907" s="0" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="908">
+      <c r="A908" s="0" t="s">
+        <v>1808</v>
+      </c>
+      <c r="B908" s="0" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="909">
+      <c r="A909" s="0" t="s">
+        <v>1809</v>
+      </c>
+      <c r="B909" s="0" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="910">
+      <c r="A910" s="0" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B910" s="0" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="911">
+      <c r="A911" s="0" t="s">
+        <v>1811</v>
+      </c>
+      <c r="B911" s="0" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="912">
+      <c r="A912" s="0" t="s">
+        <v>1812</v>
+      </c>
+      <c r="B912" s="0" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="913">
+      <c r="A913" s="0" t="s">
+        <v>1813</v>
+      </c>
+      <c r="B913" s="0" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="914">
+      <c r="A914" s="0" t="s">
+        <v>1814</v>
+      </c>
+      <c r="B914" s="0" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="915">
+      <c r="A915" s="0" t="s">
+        <v>1815</v>
+      </c>
+      <c r="B915" s="0" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="916">
+      <c r="A916" s="0" t="s">
+        <v>1816</v>
+      </c>
+      <c r="B916" s="0" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="917">
+      <c r="A917" s="0" t="s">
+        <v>1817</v>
+      </c>
+      <c r="B917" s="0" t="s">
+        <v>1802</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>