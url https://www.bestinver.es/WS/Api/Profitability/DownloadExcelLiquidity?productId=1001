--- v1 (2026-01-23)
+++ v2 (2026-03-26)
@@ -4,59 +4,425 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1818" uniqueCount="1818">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1940" uniqueCount="1940">
   <si>
     <t>BESTINVER RENTA, F.I. - CLASE Z</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>24/03/2026</t>
+  </si>
+  <si>
+    <t>17,610402</t>
+  </si>
+  <si>
+    <t>23/03/2026</t>
+  </si>
+  <si>
+    <t>17,625263</t>
+  </si>
+  <si>
+    <t>22/03/2026</t>
+  </si>
+  <si>
+    <t>17,617133</t>
+  </si>
+  <si>
+    <t>21/03/2026</t>
+  </si>
+  <si>
+    <t>17,615815</t>
+  </si>
+  <si>
+    <t>20/03/2026</t>
+  </si>
+  <si>
+    <t>17,614496</t>
+  </si>
+  <si>
+    <t>19/03/2026</t>
+  </si>
+  <si>
+    <t>17,675736</t>
+  </si>
+  <si>
+    <t>18/03/2026</t>
+  </si>
+  <si>
+    <t>17,746897</t>
+  </si>
+  <si>
+    <t>17/03/2026</t>
+  </si>
+  <si>
+    <t>17,773053</t>
+  </si>
+  <si>
+    <t>16/03/2026</t>
+  </si>
+  <si>
+    <t>17,750978</t>
+  </si>
+  <si>
+    <t>15/03/2026</t>
+  </si>
+  <si>
+    <t>17,741579</t>
+  </si>
+  <si>
+    <t>14/03/2026</t>
+  </si>
+  <si>
+    <t>17,740258</t>
+  </si>
+  <si>
+    <t>13/03/2026</t>
+  </si>
+  <si>
+    <t>17,738936</t>
+  </si>
+  <si>
+    <t>12/03/2026</t>
+  </si>
+  <si>
+    <t>17,764569</t>
+  </si>
+  <si>
+    <t>11/03/2026</t>
+  </si>
+  <si>
+    <t>17,796740</t>
+  </si>
+  <si>
+    <t>10/03/2026</t>
+  </si>
+  <si>
+    <t>17,881719</t>
+  </si>
+  <si>
+    <t>09/03/2026</t>
+  </si>
+  <si>
+    <t>17,813346</t>
+  </si>
+  <si>
+    <t>08/03/2026</t>
+  </si>
+  <si>
+    <t>17,844120</t>
+  </si>
+  <si>
+    <t>07/03/2026</t>
+  </si>
+  <si>
+    <t>17,842849</t>
+  </si>
+  <si>
+    <t>06/03/2026</t>
+  </si>
+  <si>
+    <t>17,841577</t>
+  </si>
+  <si>
+    <t>05/03/2026</t>
+  </si>
+  <si>
+    <t>17,883998</t>
+  </si>
+  <si>
+    <t>04/03/2026</t>
+  </si>
+  <si>
+    <t>17,938287</t>
+  </si>
+  <si>
+    <t>03/03/2026</t>
+  </si>
+  <si>
+    <t>17,893242</t>
+  </si>
+  <si>
+    <t>02/03/2026</t>
+  </si>
+  <si>
+    <t>17,955565</t>
+  </si>
+  <si>
+    <t>01/03/2026</t>
+  </si>
+  <si>
+    <t>18,011603</t>
+  </si>
+  <si>
+    <t>28/02/2026</t>
+  </si>
+  <si>
+    <t>18,010102</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t>18,008866</t>
+  </si>
+  <si>
+    <t>26/02/2026</t>
+  </si>
+  <si>
+    <t>17,994384</t>
+  </si>
+  <si>
+    <t>25/02/2026</t>
+  </si>
+  <si>
+    <t>17,976879</t>
+  </si>
+  <si>
+    <t>24/02/2026</t>
+  </si>
+  <si>
+    <t>17,982073</t>
+  </si>
+  <si>
+    <t>23/02/2026</t>
+  </si>
+  <si>
+    <t>17,983347</t>
+  </si>
+  <si>
+    <t>22/02/2026</t>
+  </si>
+  <si>
+    <t>17,963847</t>
+  </si>
+  <si>
+    <t>21/02/2026</t>
+  </si>
+  <si>
+    <t>17,962597</t>
+  </si>
+  <si>
+    <t>20/02/2026</t>
+  </si>
+  <si>
+    <t>17,961346</t>
+  </si>
+  <si>
+    <t>19/02/2026</t>
+  </si>
+  <si>
+    <t>17,959297</t>
+  </si>
+  <si>
+    <t>18/02/2026</t>
+  </si>
+  <si>
+    <t>17,959135</t>
+  </si>
+  <si>
+    <t>17/02/2026</t>
+  </si>
+  <si>
+    <t>17,954227</t>
+  </si>
+  <si>
+    <t>16/02/2026</t>
+  </si>
+  <si>
+    <t>17,953249</t>
+  </si>
+  <si>
+    <t>15/02/2026</t>
+  </si>
+  <si>
+    <t>17,952898</t>
+  </si>
+  <si>
+    <t>14/02/2026</t>
+  </si>
+  <si>
+    <t>17,951664</t>
+  </si>
+  <si>
+    <t>13/02/2026</t>
+  </si>
+  <si>
+    <t>17,950431</t>
+  </si>
+  <si>
+    <t>12/02/2026</t>
+  </si>
+  <si>
+    <t>17,942667</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>17,933780</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>17,933249</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>17,914783</t>
+  </si>
+  <si>
+    <t>08/02/2026</t>
+  </si>
+  <si>
+    <t>17,904423</t>
+  </si>
+  <si>
+    <t>07/02/2026</t>
+  </si>
+  <si>
+    <t>17,903191</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>17,901958</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>17,906023</t>
+  </si>
+  <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>17,897987</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>17,883155</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>17,883294</t>
+  </si>
+  <si>
+    <t>01/02/2026</t>
+  </si>
+  <si>
+    <t>17,898103</t>
+  </si>
+  <si>
+    <t>31/01/2026</t>
+  </si>
+  <si>
+    <t>17,896865</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>17,895762</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>17,897067</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>17,877364</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>17,852827</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>17,845241</t>
+  </si>
+  <si>
+    <t>25/01/2026</t>
+  </si>
+  <si>
+    <t>17,822789</t>
+  </si>
+  <si>
+    <t>24/01/2026</t>
+  </si>
+  <si>
+    <t>17,821554</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>17,820319</t>
   </si>
   <si>
     <t>22/01/2026</t>
   </si>
   <si>
     <t>17,829280</t>
   </si>
   <si>
     <t>21/01/2026</t>
   </si>
   <si>
     <t>17,820704</t>
   </si>
   <si>
     <t>20/01/2026</t>
   </si>
   <si>
     <t>17,823973</t>
   </si>
   <si>
     <t>19/01/2026</t>
   </si>
   <si>
     <t>17,836357</t>
   </si>
@@ -5506,51 +5872,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B917"/>
+  <dimension ref="A1:B978"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -12730,144 +13096,632 @@
       <c r="B900" s="0" t="s">
         <v>1798</v>
       </c>
     </row>
     <row r="901">
       <c r="A901" s="0" t="s">
         <v>1799</v>
       </c>
       <c r="B901" s="0" t="s">
         <v>1800</v>
       </c>
     </row>
     <row r="902">
       <c r="A902" s="0" t="s">
         <v>1801</v>
       </c>
       <c r="B902" s="0" t="s">
         <v>1802</v>
       </c>
     </row>
     <row r="903">
       <c r="A903" s="0" t="s">
         <v>1803</v>
       </c>
       <c r="B903" s="0" t="s">
-        <v>1802</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="904">
       <c r="A904" s="0" t="s">
-        <v>1804</v>
+        <v>1805</v>
       </c>
       <c r="B904" s="0" t="s">
-        <v>1802</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="905">
       <c r="A905" s="0" t="s">
-        <v>1805</v>
+        <v>1807</v>
       </c>
       <c r="B905" s="0" t="s">
-        <v>1802</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="906">
       <c r="A906" s="0" t="s">
-        <v>1806</v>
+        <v>1809</v>
       </c>
       <c r="B906" s="0" t="s">
-        <v>1802</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="907">
       <c r="A907" s="0" t="s">
-        <v>1807</v>
+        <v>1811</v>
       </c>
       <c r="B907" s="0" t="s">
-        <v>1802</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="908">
       <c r="A908" s="0" t="s">
-        <v>1808</v>
+        <v>1813</v>
       </c>
       <c r="B908" s="0" t="s">
-        <v>1802</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="909">
       <c r="A909" s="0" t="s">
-        <v>1809</v>
+        <v>1815</v>
       </c>
       <c r="B909" s="0" t="s">
-        <v>1802</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="910">
       <c r="A910" s="0" t="s">
-        <v>1810</v>
+        <v>1817</v>
       </c>
       <c r="B910" s="0" t="s">
-        <v>1802</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="911">
       <c r="A911" s="0" t="s">
-        <v>1811</v>
+        <v>1819</v>
       </c>
       <c r="B911" s="0" t="s">
-        <v>1802</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="912">
       <c r="A912" s="0" t="s">
-        <v>1812</v>
+        <v>1821</v>
       </c>
       <c r="B912" s="0" t="s">
-        <v>1802</v>
+        <v>1822</v>
       </c>
     </row>
     <row r="913">
       <c r="A913" s="0" t="s">
-        <v>1813</v>
+        <v>1823</v>
       </c>
       <c r="B913" s="0" t="s">
-        <v>1802</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="914">
       <c r="A914" s="0" t="s">
-        <v>1814</v>
+        <v>1825</v>
       </c>
       <c r="B914" s="0" t="s">
-        <v>1802</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="915">
       <c r="A915" s="0" t="s">
-        <v>1815</v>
+        <v>1827</v>
       </c>
       <c r="B915" s="0" t="s">
-        <v>1802</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="916">
       <c r="A916" s="0" t="s">
-        <v>1816</v>
+        <v>1829</v>
       </c>
       <c r="B916" s="0" t="s">
-        <v>1802</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="917">
       <c r="A917" s="0" t="s">
-        <v>1817</v>
+        <v>1831</v>
       </c>
       <c r="B917" s="0" t="s">
-        <v>1802</v>
+        <v>1832</v>
+      </c>
+    </row>
+    <row r="918">
+      <c r="A918" s="0" t="s">
+        <v>1833</v>
+      </c>
+      <c r="B918" s="0" t="s">
+        <v>1834</v>
+      </c>
+    </row>
+    <row r="919">
+      <c r="A919" s="0" t="s">
+        <v>1835</v>
+      </c>
+      <c r="B919" s="0" t="s">
+        <v>1836</v>
+      </c>
+    </row>
+    <row r="920">
+      <c r="A920" s="0" t="s">
+        <v>1837</v>
+      </c>
+      <c r="B920" s="0" t="s">
+        <v>1838</v>
+      </c>
+    </row>
+    <row r="921">
+      <c r="A921" s="0" t="s">
+        <v>1839</v>
+      </c>
+      <c r="B921" s="0" t="s">
+        <v>1840</v>
+      </c>
+    </row>
+    <row r="922">
+      <c r="A922" s="0" t="s">
+        <v>1841</v>
+      </c>
+      <c r="B922" s="0" t="s">
+        <v>1842</v>
+      </c>
+    </row>
+    <row r="923">
+      <c r="A923" s="0" t="s">
+        <v>1843</v>
+      </c>
+      <c r="B923" s="0" t="s">
+        <v>1844</v>
+      </c>
+    </row>
+    <row r="924">
+      <c r="A924" s="0" t="s">
+        <v>1845</v>
+      </c>
+      <c r="B924" s="0" t="s">
+        <v>1846</v>
+      </c>
+    </row>
+    <row r="925">
+      <c r="A925" s="0" t="s">
+        <v>1847</v>
+      </c>
+      <c r="B925" s="0" t="s">
+        <v>1848</v>
+      </c>
+    </row>
+    <row r="926">
+      <c r="A926" s="0" t="s">
+        <v>1849</v>
+      </c>
+      <c r="B926" s="0" t="s">
+        <v>1850</v>
+      </c>
+    </row>
+    <row r="927">
+      <c r="A927" s="0" t="s">
+        <v>1851</v>
+      </c>
+      <c r="B927" s="0" t="s">
+        <v>1852</v>
+      </c>
+    </row>
+    <row r="928">
+      <c r="A928" s="0" t="s">
+        <v>1853</v>
+      </c>
+      <c r="B928" s="0" t="s">
+        <v>1854</v>
+      </c>
+    </row>
+    <row r="929">
+      <c r="A929" s="0" t="s">
+        <v>1855</v>
+      </c>
+      <c r="B929" s="0" t="s">
+        <v>1856</v>
+      </c>
+    </row>
+    <row r="930">
+      <c r="A930" s="0" t="s">
+        <v>1857</v>
+      </c>
+      <c r="B930" s="0" t="s">
+        <v>1858</v>
+      </c>
+    </row>
+    <row r="931">
+      <c r="A931" s="0" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B931" s="0" t="s">
+        <v>1860</v>
+      </c>
+    </row>
+    <row r="932">
+      <c r="A932" s="0" t="s">
+        <v>1861</v>
+      </c>
+      <c r="B932" s="0" t="s">
+        <v>1862</v>
+      </c>
+    </row>
+    <row r="933">
+      <c r="A933" s="0" t="s">
+        <v>1863</v>
+      </c>
+      <c r="B933" s="0" t="s">
+        <v>1864</v>
+      </c>
+    </row>
+    <row r="934">
+      <c r="A934" s="0" t="s">
+        <v>1865</v>
+      </c>
+      <c r="B934" s="0" t="s">
+        <v>1866</v>
+      </c>
+    </row>
+    <row r="935">
+      <c r="A935" s="0" t="s">
+        <v>1867</v>
+      </c>
+      <c r="B935" s="0" t="s">
+        <v>1868</v>
+      </c>
+    </row>
+    <row r="936">
+      <c r="A936" s="0" t="s">
+        <v>1869</v>
+      </c>
+      <c r="B936" s="0" t="s">
+        <v>1870</v>
+      </c>
+    </row>
+    <row r="937">
+      <c r="A937" s="0" t="s">
+        <v>1871</v>
+      </c>
+      <c r="B937" s="0" t="s">
+        <v>1872</v>
+      </c>
+    </row>
+    <row r="938">
+      <c r="A938" s="0" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B938" s="0" t="s">
+        <v>1874</v>
+      </c>
+    </row>
+    <row r="939">
+      <c r="A939" s="0" t="s">
+        <v>1875</v>
+      </c>
+      <c r="B939" s="0" t="s">
+        <v>1876</v>
+      </c>
+    </row>
+    <row r="940">
+      <c r="A940" s="0" t="s">
+        <v>1877</v>
+      </c>
+      <c r="B940" s="0" t="s">
+        <v>1878</v>
+      </c>
+    </row>
+    <row r="941">
+      <c r="A941" s="0" t="s">
+        <v>1879</v>
+      </c>
+      <c r="B941" s="0" t="s">
+        <v>1880</v>
+      </c>
+    </row>
+    <row r="942">
+      <c r="A942" s="0" t="s">
+        <v>1881</v>
+      </c>
+      <c r="B942" s="0" t="s">
+        <v>1882</v>
+      </c>
+    </row>
+    <row r="943">
+      <c r="A943" s="0" t="s">
+        <v>1883</v>
+      </c>
+      <c r="B943" s="0" t="s">
+        <v>1884</v>
+      </c>
+    </row>
+    <row r="944">
+      <c r="A944" s="0" t="s">
+        <v>1885</v>
+      </c>
+      <c r="B944" s="0" t="s">
+        <v>1886</v>
+      </c>
+    </row>
+    <row r="945">
+      <c r="A945" s="0" t="s">
+        <v>1887</v>
+      </c>
+      <c r="B945" s="0" t="s">
+        <v>1888</v>
+      </c>
+    </row>
+    <row r="946">
+      <c r="A946" s="0" t="s">
+        <v>1889</v>
+      </c>
+      <c r="B946" s="0" t="s">
+        <v>1890</v>
+      </c>
+    </row>
+    <row r="947">
+      <c r="A947" s="0" t="s">
+        <v>1891</v>
+      </c>
+      <c r="B947" s="0" t="s">
+        <v>1892</v>
+      </c>
+    </row>
+    <row r="948">
+      <c r="A948" s="0" t="s">
+        <v>1893</v>
+      </c>
+      <c r="B948" s="0" t="s">
+        <v>1894</v>
+      </c>
+    </row>
+    <row r="949">
+      <c r="A949" s="0" t="s">
+        <v>1895</v>
+      </c>
+      <c r="B949" s="0" t="s">
+        <v>1896</v>
+      </c>
+    </row>
+    <row r="950">
+      <c r="A950" s="0" t="s">
+        <v>1897</v>
+      </c>
+      <c r="B950" s="0" t="s">
+        <v>1898</v>
+      </c>
+    </row>
+    <row r="951">
+      <c r="A951" s="0" t="s">
+        <v>1899</v>
+      </c>
+      <c r="B951" s="0" t="s">
+        <v>1900</v>
+      </c>
+    </row>
+    <row r="952">
+      <c r="A952" s="0" t="s">
+        <v>1901</v>
+      </c>
+      <c r="B952" s="0" t="s">
+        <v>1902</v>
+      </c>
+    </row>
+    <row r="953">
+      <c r="A953" s="0" t="s">
+        <v>1903</v>
+      </c>
+      <c r="B953" s="0" t="s">
+        <v>1904</v>
+      </c>
+    </row>
+    <row r="954">
+      <c r="A954" s="0" t="s">
+        <v>1905</v>
+      </c>
+      <c r="B954" s="0" t="s">
+        <v>1906</v>
+      </c>
+    </row>
+    <row r="955">
+      <c r="A955" s="0" t="s">
+        <v>1907</v>
+      </c>
+      <c r="B955" s="0" t="s">
+        <v>1908</v>
+      </c>
+    </row>
+    <row r="956">
+      <c r="A956" s="0" t="s">
+        <v>1909</v>
+      </c>
+      <c r="B956" s="0" t="s">
+        <v>1910</v>
+      </c>
+    </row>
+    <row r="957">
+      <c r="A957" s="0" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B957" s="0" t="s">
+        <v>1912</v>
+      </c>
+    </row>
+    <row r="958">
+      <c r="A958" s="0" t="s">
+        <v>1913</v>
+      </c>
+      <c r="B958" s="0" t="s">
+        <v>1914</v>
+      </c>
+    </row>
+    <row r="959">
+      <c r="A959" s="0" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B959" s="0" t="s">
+        <v>1916</v>
+      </c>
+    </row>
+    <row r="960">
+      <c r="A960" s="0" t="s">
+        <v>1917</v>
+      </c>
+      <c r="B960" s="0" t="s">
+        <v>1918</v>
+      </c>
+    </row>
+    <row r="961">
+      <c r="A961" s="0" t="s">
+        <v>1919</v>
+      </c>
+      <c r="B961" s="0" t="s">
+        <v>1920</v>
+      </c>
+    </row>
+    <row r="962">
+      <c r="A962" s="0" t="s">
+        <v>1921</v>
+      </c>
+      <c r="B962" s="0" t="s">
+        <v>1922</v>
+      </c>
+    </row>
+    <row r="963">
+      <c r="A963" s="0" t="s">
+        <v>1923</v>
+      </c>
+      <c r="B963" s="0" t="s">
+        <v>1924</v>
+      </c>
+    </row>
+    <row r="964">
+      <c r="A964" s="0" t="s">
+        <v>1925</v>
+      </c>
+      <c r="B964" s="0" t="s">
+        <v>1924</v>
+      </c>
+    </row>
+    <row r="965">
+      <c r="A965" s="0" t="s">
+        <v>1926</v>
+      </c>
+      <c r="B965" s="0" t="s">
+        <v>1924</v>
+      </c>
+    </row>
+    <row r="966">
+      <c r="A966" s="0" t="s">
+        <v>1927</v>
+      </c>
+      <c r="B966" s="0" t="s">
+        <v>1924</v>
+      </c>
+    </row>
+    <row r="967">
+      <c r="A967" s="0" t="s">
+        <v>1928</v>
+      </c>
+      <c r="B967" s="0" t="s">
+        <v>1924</v>
+      </c>
+    </row>
+    <row r="968">
+      <c r="A968" s="0" t="s">
+        <v>1929</v>
+      </c>
+      <c r="B968" s="0" t="s">
+        <v>1924</v>
+      </c>
+    </row>
+    <row r="969">
+      <c r="A969" s="0" t="s">
+        <v>1930</v>
+      </c>
+      <c r="B969" s="0" t="s">
+        <v>1924</v>
+      </c>
+    </row>
+    <row r="970">
+      <c r="A970" s="0" t="s">
+        <v>1931</v>
+      </c>
+      <c r="B970" s="0" t="s">
+        <v>1924</v>
+      </c>
+    </row>
+    <row r="971">
+      <c r="A971" s="0" t="s">
+        <v>1932</v>
+      </c>
+      <c r="B971" s="0" t="s">
+        <v>1924</v>
+      </c>
+    </row>
+    <row r="972">
+      <c r="A972" s="0" t="s">
+        <v>1933</v>
+      </c>
+      <c r="B972" s="0" t="s">
+        <v>1924</v>
+      </c>
+    </row>
+    <row r="973">
+      <c r="A973" s="0" t="s">
+        <v>1934</v>
+      </c>
+      <c r="B973" s="0" t="s">
+        <v>1924</v>
+      </c>
+    </row>
+    <row r="974">
+      <c r="A974" s="0" t="s">
+        <v>1935</v>
+      </c>
+      <c r="B974" s="0" t="s">
+        <v>1924</v>
+      </c>
+    </row>
+    <row r="975">
+      <c r="A975" s="0" t="s">
+        <v>1936</v>
+      </c>
+      <c r="B975" s="0" t="s">
+        <v>1924</v>
+      </c>
+    </row>
+    <row r="976">
+      <c r="A976" s="0" t="s">
+        <v>1937</v>
+      </c>
+      <c r="B976" s="0" t="s">
+        <v>1924</v>
+      </c>
+    </row>
+    <row r="977">
+      <c r="A977" s="0" t="s">
+        <v>1938</v>
+      </c>
+      <c r="B977" s="0" t="s">
+        <v>1924</v>
+      </c>
+    </row>
+    <row r="978">
+      <c r="A978" s="0" t="s">
+        <v>1939</v>
+      </c>
+      <c r="B978" s="0" t="s">
+        <v>1924</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>