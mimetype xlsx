--- v0 (2026-01-23)
+++ v1 (2026-03-20)
@@ -4,59 +4,386 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1862" uniqueCount="1862">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1971" uniqueCount="1971">
   <si>
     <t>BESTINVER BONOS INSTITUCIONAL III, F.I. - CLASE R</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>18/03/2026</t>
+  </si>
+  <si>
+    <t>16,717715</t>
+  </si>
+  <si>
+    <t>17/03/2026</t>
+  </si>
+  <si>
+    <t>16,717224</t>
+  </si>
+  <si>
+    <t>16/03/2026</t>
+  </si>
+  <si>
+    <t>16,716985</t>
+  </si>
+  <si>
+    <t>15/03/2026</t>
+  </si>
+  <si>
+    <t>16,715423</t>
+  </si>
+  <si>
+    <t>14/03/2026</t>
+  </si>
+  <si>
+    <t>16,714756</t>
+  </si>
+  <si>
+    <t>13/03/2026</t>
+  </si>
+  <si>
+    <t>16,714088</t>
+  </si>
+  <si>
+    <t>12/03/2026</t>
+  </si>
+  <si>
+    <t>16,713990</t>
+  </si>
+  <si>
+    <t>11/03/2026</t>
+  </si>
+  <si>
+    <t>16,713891</t>
+  </si>
+  <si>
+    <t>10/03/2026</t>
+  </si>
+  <si>
+    <t>16,716797</t>
+  </si>
+  <si>
+    <t>09/03/2026</t>
+  </si>
+  <si>
+    <t>16,709447</t>
+  </si>
+  <si>
+    <t>08/03/2026</t>
+  </si>
+  <si>
+    <t>07/03/2026</t>
+  </si>
+  <si>
+    <t>16,713302</t>
+  </si>
+  <si>
+    <t>06/03/2026</t>
+  </si>
+  <si>
+    <t>16,712614</t>
+  </si>
+  <si>
+    <t>05/03/2026</t>
+  </si>
+  <si>
+    <t>16,711580</t>
+  </si>
+  <si>
+    <t>04/03/2026</t>
+  </si>
+  <si>
+    <t>16,714216</t>
+  </si>
+  <si>
+    <t>03/03/2026</t>
+  </si>
+  <si>
+    <t>16,711325</t>
+  </si>
+  <si>
+    <t>02/03/2026</t>
+  </si>
+  <si>
+    <t>16,712671</t>
+  </si>
+  <si>
+    <t>01/03/2026</t>
+  </si>
+  <si>
+    <t>16,712774</t>
+  </si>
+  <si>
+    <t>28/02/2026</t>
+  </si>
+  <si>
+    <t>16,711957</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t>16,711279</t>
+  </si>
+  <si>
+    <t>26/02/2026</t>
+  </si>
+  <si>
+    <t>16,714460</t>
+  </si>
+  <si>
+    <t>25/02/2026</t>
+  </si>
+  <si>
+    <t>16,710862</t>
+  </si>
+  <si>
+    <t>24/02/2026</t>
+  </si>
+  <si>
+    <t>16,712795</t>
+  </si>
+  <si>
+    <t>23/02/2026</t>
+  </si>
+  <si>
+    <t>16,711240</t>
+  </si>
+  <si>
+    <t>22/02/2026</t>
+  </si>
+  <si>
+    <t>16,710014</t>
+  </si>
+  <si>
+    <t>21/02/2026</t>
+  </si>
+  <si>
+    <t>16,709335</t>
+  </si>
+  <si>
+    <t>20/02/2026</t>
+  </si>
+  <si>
+    <t>16,708656</t>
+  </si>
+  <si>
+    <t>19/02/2026</t>
+  </si>
+  <si>
+    <t>16,707471</t>
+  </si>
+  <si>
+    <t>18/02/2026</t>
+  </si>
+  <si>
+    <t>16,707322</t>
+  </si>
+  <si>
+    <t>17/02/2026</t>
+  </si>
+  <si>
+    <t>16,704141</t>
+  </si>
+  <si>
+    <t>16/02/2026</t>
+  </si>
+  <si>
+    <t>16,706877</t>
+  </si>
+  <si>
+    <t>15/02/2026</t>
+  </si>
+  <si>
+    <t>16,704346</t>
+  </si>
+  <si>
+    <t>14/02/2026</t>
+  </si>
+  <si>
+    <t>16,703670</t>
+  </si>
+  <si>
+    <t>13/02/2026</t>
+  </si>
+  <si>
+    <t>16,702993</t>
+  </si>
+  <si>
+    <t>12/02/2026</t>
+  </si>
+  <si>
+    <t>16,704761</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>16,705589</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>16,702932</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>16,700580</t>
+  </si>
+  <si>
+    <t>08/02/2026</t>
+  </si>
+  <si>
+    <t>16,700036</t>
+  </si>
+  <si>
+    <t>07/02/2026</t>
+  </si>
+  <si>
+    <t>16,699366</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>16,698696</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>16,696870</t>
+  </si>
+  <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>16,699132</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>16,697697</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>16,693089</t>
+  </si>
+  <si>
+    <t>01/02/2026</t>
+  </si>
+  <si>
+    <t>16,695095</t>
+  </si>
+  <si>
+    <t>31/01/2026</t>
+  </si>
+  <si>
+    <t>16,694425</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>16,693823</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>16,691914</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>16,690682</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>16,687871</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>16,690224</t>
+  </si>
+  <si>
+    <t>25/01/2026</t>
+  </si>
+  <si>
+    <t>16,687642</t>
+  </si>
+  <si>
+    <t>24/01/2026</t>
+  </si>
+  <si>
+    <t>16,686972</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>16,686302</t>
   </si>
   <si>
     <t>22/01/2026</t>
   </si>
   <si>
     <t>16,686032</t>
   </si>
   <si>
     <t>21/01/2026</t>
   </si>
   <si>
     <t>16,684060</t>
   </si>
   <si>
     <t>20/01/2026</t>
   </si>
   <si>
     <t>16,683576</t>
   </si>
   <si>
     <t>19/01/2026</t>
   </si>
   <si>
     <t>16,679420</t>
   </si>
@@ -5638,51 +5965,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B940"/>
+  <dimension ref="A1:B995"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -5742,179 +6069,179 @@
       <c r="B10" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="B14" s="0" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="B15" s="0" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="B16" s="0" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="B17" s="0" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B18" s="0" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="B19" s="0" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="B20" s="0" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="B21" s="0" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="B22" s="0" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="B23" s="0" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="B24" s="0" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="B25" s="0" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="B26" s="0" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="B27" s="0" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B28" s="0" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="B29" s="0" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>60</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>61</v>
       </c>
@@ -6310,2315 +6637,2315 @@
       <c r="B81" s="0" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
         <v>160</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
         <v>162</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
         <v>164</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="B85" s="0" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="B86" s="0" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
+        <v>169</v>
+      </c>
+      <c r="B87" s="0" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="B88" s="0" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="B89" s="0" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="B90" s="0" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="B91" s="0" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="B92" s="0" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="B93" s="0" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="B94" s="0" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="B95" s="0" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="B96" s="0" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="B97" s="0" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="B98" s="0" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="B99" s="0" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="B100" s="0" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="B101" s="0" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="B102" s="0" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="B103" s="0" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="B104" s="0" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="B105" s="0" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="B106" s="0" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="B107" s="0" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="B108" s="0" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="B109" s="0" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="B110" s="0" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="B111" s="0" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="B112" s="0" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="B113" s="0" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="B114" s="0" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="B115" s="0" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="B116" s="0" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="B117" s="0" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="B118" s="0" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="B119" s="0" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
+        <v>235</v>
+      </c>
+      <c r="B120" s="0" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
+        <v>237</v>
+      </c>
+      <c r="B121" s="0" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
+        <v>239</v>
+      </c>
+      <c r="B122" s="0" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
+        <v>241</v>
+      </c>
+      <c r="B123" s="0" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
+        <v>243</v>
+      </c>
+      <c r="B124" s="0" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="B125" s="0" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
+        <v>247</v>
+      </c>
+      <c r="B126" s="0" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="B127" s="0" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="B128" s="0" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
+        <v>253</v>
+      </c>
+      <c r="B129" s="0" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="B130" s="0" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="B131" s="0" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
+        <v>259</v>
+      </c>
+      <c r="B132" s="0" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
+        <v>261</v>
+      </c>
+      <c r="B133" s="0" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="B134" s="0" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
+        <v>265</v>
+      </c>
+      <c r="B135" s="0" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="B136" s="0" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="B137" s="0" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
+        <v>271</v>
+      </c>
+      <c r="B138" s="0" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
+        <v>273</v>
+      </c>
+      <c r="B139" s="0" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="B140" s="0" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
+        <v>277</v>
+      </c>
+      <c r="B141" s="0" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
+        <v>279</v>
+      </c>
+      <c r="B142" s="0" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="B143" s="0" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
+        <v>283</v>
+      </c>
+      <c r="B144" s="0" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="B145" s="0" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="B146" s="0" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="B147" s="0" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
+        <v>291</v>
+      </c>
+      <c r="B148" s="0" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
+        <v>293</v>
+      </c>
+      <c r="B149" s="0" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="B150" s="0" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>297</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
+        <v>297</v>
+      </c>
+      <c r="B151" s="0" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
+        <v>299</v>
+      </c>
+      <c r="B152" s="0" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="B153" s="0" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="B154" s="0" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
+        <v>305</v>
+      </c>
+      <c r="B155" s="0" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="B156" s="0" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
+        <v>309</v>
+      </c>
+      <c r="B157" s="0" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
+        <v>311</v>
+      </c>
+      <c r="B158" s="0" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
+        <v>313</v>
+      </c>
+      <c r="B159" s="0" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="B160" s="0" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
+        <v>317</v>
+      </c>
+      <c r="B161" s="0" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
+        <v>319</v>
+      </c>
+      <c r="B162" s="0" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
+        <v>321</v>
+      </c>
+      <c r="B163" s="0" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="B164" s="0" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
+        <v>325</v>
+      </c>
+      <c r="B165" s="0" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="B166" s="0" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="B167" s="0" t="s">
         <v>330</v>
-      </c>
-[...1 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
+        <v>331</v>
+      </c>
+      <c r="B168" s="0" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
+        <v>333</v>
+      </c>
+      <c r="B169" s="0" t="s">
         <v>334</v>
-      </c>
-[...1 lines deleted...]
-        <v>335</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
+        <v>335</v>
+      </c>
+      <c r="B170" s="0" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
+        <v>337</v>
+      </c>
+      <c r="B171" s="0" t="s">
         <v>338</v>
-      </c>
-[...1 lines deleted...]
-        <v>339</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
+        <v>339</v>
+      </c>
+      <c r="B172" s="0" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>341</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
+        <v>341</v>
+      </c>
+      <c r="B173" s="0" t="s">
         <v>342</v>
-      </c>
-[...1 lines deleted...]
-        <v>343</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
+        <v>343</v>
+      </c>
+      <c r="B174" s="0" t="s">
         <v>344</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
+        <v>345</v>
+      </c>
+      <c r="B175" s="0" t="s">
         <v>346</v>
-      </c>
-[...1 lines deleted...]
-        <v>347</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="B176" s="0" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
+        <v>349</v>
+      </c>
+      <c r="B177" s="0" t="s">
         <v>350</v>
-      </c>
-[...1 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="B178" s="0" t="s">
         <v>352</v>
-      </c>
-[...1 lines deleted...]
-        <v>353</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="B179" s="0" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="B180" s="0" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
+        <v>357</v>
+      </c>
+      <c r="B181" s="0" t="s">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>359</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
+        <v>359</v>
+      </c>
+      <c r="B182" s="0" t="s">
         <v>360</v>
-      </c>
-[...1 lines deleted...]
-        <v>361</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
+        <v>361</v>
+      </c>
+      <c r="B183" s="0" t="s">
         <v>362</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="B184" s="0" t="s">
         <v>364</v>
-      </c>
-[...1 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
+        <v>365</v>
+      </c>
+      <c r="B185" s="0" t="s">
         <v>366</v>
-      </c>
-[...1 lines deleted...]
-        <v>367</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
+        <v>367</v>
+      </c>
+      <c r="B186" s="0" t="s">
         <v>368</v>
-      </c>
-[...1 lines deleted...]
-        <v>369</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
+        <v>369</v>
+      </c>
+      <c r="B187" s="0" t="s">
         <v>370</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
+        <v>371</v>
+      </c>
+      <c r="B188" s="0" t="s">
         <v>372</v>
-      </c>
-[...1 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
+        <v>373</v>
+      </c>
+      <c r="B189" s="0" t="s">
         <v>374</v>
-      </c>
-[...1 lines deleted...]
-        <v>375</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
+        <v>375</v>
+      </c>
+      <c r="B190" s="0" t="s">
         <v>376</v>
-      </c>
-[...1 lines deleted...]
-        <v>377</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="B191" s="0" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="B192" s="0" t="s">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>381</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
+        <v>381</v>
+      </c>
+      <c r="B193" s="0" t="s">
         <v>382</v>
-      </c>
-[...1 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
+        <v>383</v>
+      </c>
+      <c r="B194" s="0" t="s">
         <v>384</v>
-      </c>
-[...1 lines deleted...]
-        <v>385</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
+        <v>385</v>
+      </c>
+      <c r="B195" s="0" t="s">
         <v>386</v>
-      </c>
-[...1 lines deleted...]
-        <v>387</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
+        <v>387</v>
+      </c>
+      <c r="B196" s="0" t="s">
         <v>388</v>
-      </c>
-[...1 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="B197" s="0" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
+        <v>391</v>
+      </c>
+      <c r="B198" s="0" t="s">
         <v>392</v>
-      </c>
-[...1 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
+        <v>393</v>
+      </c>
+      <c r="B199" s="0" t="s">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
+        <v>395</v>
+      </c>
+      <c r="B200" s="0" t="s">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>397</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
+        <v>397</v>
+      </c>
+      <c r="B201" s="0" t="s">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>399</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
+        <v>399</v>
+      </c>
+      <c r="B202" s="0" t="s">
         <v>400</v>
-      </c>
-[...1 lines deleted...]
-        <v>401</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
+        <v>401</v>
+      </c>
+      <c r="B203" s="0" t="s">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>403</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="B204" s="0" t="s">
         <v>404</v>
-      </c>
-[...1 lines deleted...]
-        <v>405</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="B205" s="0" t="s">
         <v>406</v>
-      </c>
-[...1 lines deleted...]
-        <v>407</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
+        <v>407</v>
+      </c>
+      <c r="B206" s="0" t="s">
         <v>408</v>
-      </c>
-[...1 lines deleted...]
-        <v>409</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
+        <v>409</v>
+      </c>
+      <c r="B207" s="0" t="s">
         <v>410</v>
-      </c>
-[...1 lines deleted...]
-        <v>411</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
+        <v>411</v>
+      </c>
+      <c r="B208" s="0" t="s">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>413</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
+        <v>413</v>
+      </c>
+      <c r="B209" s="0" t="s">
         <v>414</v>
-      </c>
-[...1 lines deleted...]
-        <v>415</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="B210" s="0" t="s">
         <v>416</v>
-      </c>
-[...1 lines deleted...]
-        <v>417</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
+        <v>417</v>
+      </c>
+      <c r="B211" s="0" t="s">
         <v>418</v>
-      </c>
-[...1 lines deleted...]
-        <v>419</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="0" t="s">
+        <v>419</v>
+      </c>
+      <c r="B212" s="0" t="s">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="s">
+        <v>421</v>
+      </c>
+      <c r="B213" s="0" t="s">
         <v>422</v>
-      </c>
-[...1 lines deleted...]
-        <v>423</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="B214" s="0" t="s">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>425</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
+        <v>425</v>
+      </c>
+      <c r="B215" s="0" t="s">
         <v>426</v>
-      </c>
-[...1 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
+        <v>427</v>
+      </c>
+      <c r="B216" s="0" t="s">
         <v>428</v>
-      </c>
-[...1 lines deleted...]
-        <v>429</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
+        <v>429</v>
+      </c>
+      <c r="B217" s="0" t="s">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="B218" s="0" t="s">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>433</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
+        <v>433</v>
+      </c>
+      <c r="B219" s="0" t="s">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>435</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
+        <v>435</v>
+      </c>
+      <c r="B220" s="0" t="s">
         <v>436</v>
-      </c>
-[...1 lines deleted...]
-        <v>437</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
+        <v>437</v>
+      </c>
+      <c r="B221" s="0" t="s">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>439</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
+        <v>439</v>
+      </c>
+      <c r="B222" s="0" t="s">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>441</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
+        <v>441</v>
+      </c>
+      <c r="B223" s="0" t="s">
         <v>442</v>
-      </c>
-[...1 lines deleted...]
-        <v>443</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
+        <v>443</v>
+      </c>
+      <c r="B224" s="0" t="s">
         <v>444</v>
-      </c>
-[...1 lines deleted...]
-        <v>445</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="0" t="s">
+        <v>445</v>
+      </c>
+      <c r="B225" s="0" t="s">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>447</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
+        <v>447</v>
+      </c>
+      <c r="B226" s="0" t="s">
         <v>448</v>
-      </c>
-[...1 lines deleted...]
-        <v>449</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
+        <v>449</v>
+      </c>
+      <c r="B227" s="0" t="s">
         <v>450</v>
-      </c>
-[...1 lines deleted...]
-        <v>451</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="B228" s="0" t="s">
         <v>452</v>
-      </c>
-[...1 lines deleted...]
-        <v>453</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
+        <v>453</v>
+      </c>
+      <c r="B229" s="0" t="s">
         <v>454</v>
-      </c>
-[...1 lines deleted...]
-        <v>455</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
+        <v>455</v>
+      </c>
+      <c r="B230" s="0" t="s">
         <v>456</v>
-      </c>
-[...1 lines deleted...]
-        <v>457</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="0" t="s">
+        <v>457</v>
+      </c>
+      <c r="B231" s="0" t="s">
         <v>458</v>
-      </c>
-[...1 lines deleted...]
-        <v>459</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="0" t="s">
+        <v>459</v>
+      </c>
+      <c r="B232" s="0" t="s">
         <v>460</v>
-      </c>
-[...1 lines deleted...]
-        <v>461</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="0" t="s">
+        <v>461</v>
+      </c>
+      <c r="B233" s="0" t="s">
         <v>462</v>
-      </c>
-[...1 lines deleted...]
-        <v>463</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="0" t="s">
+        <v>463</v>
+      </c>
+      <c r="B234" s="0" t="s">
         <v>464</v>
-      </c>
-[...1 lines deleted...]
-        <v>465</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="0" t="s">
+        <v>465</v>
+      </c>
+      <c r="B235" s="0" t="s">
         <v>466</v>
-      </c>
-[...1 lines deleted...]
-        <v>467</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="0" t="s">
+        <v>467</v>
+      </c>
+      <c r="B236" s="0" t="s">
         <v>468</v>
-      </c>
-[...1 lines deleted...]
-        <v>469</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="0" t="s">
+        <v>469</v>
+      </c>
+      <c r="B237" s="0" t="s">
         <v>470</v>
-      </c>
-[...1 lines deleted...]
-        <v>471</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="0" t="s">
+        <v>471</v>
+      </c>
+      <c r="B238" s="0" t="s">
         <v>472</v>
-      </c>
-[...1 lines deleted...]
-        <v>473</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="0" t="s">
+        <v>473</v>
+      </c>
+      <c r="B239" s="0" t="s">
         <v>474</v>
-      </c>
-[...1 lines deleted...]
-        <v>475</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="0" t="s">
+        <v>475</v>
+      </c>
+      <c r="B240" s="0" t="s">
         <v>476</v>
-      </c>
-[...1 lines deleted...]
-        <v>477</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="0" t="s">
+        <v>477</v>
+      </c>
+      <c r="B241" s="0" t="s">
         <v>478</v>
-      </c>
-[...1 lines deleted...]
-        <v>479</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="0" t="s">
+        <v>479</v>
+      </c>
+      <c r="B242" s="0" t="s">
         <v>480</v>
-      </c>
-[...1 lines deleted...]
-        <v>481</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="0" t="s">
+        <v>481</v>
+      </c>
+      <c r="B243" s="0" t="s">
         <v>482</v>
-      </c>
-[...1 lines deleted...]
-        <v>483</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="0" t="s">
+        <v>483</v>
+      </c>
+      <c r="B244" s="0" t="s">
         <v>484</v>
-      </c>
-[...1 lines deleted...]
-        <v>485</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="0" t="s">
+        <v>485</v>
+      </c>
+      <c r="B245" s="0" t="s">
         <v>486</v>
-      </c>
-[...1 lines deleted...]
-        <v>487</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="0" t="s">
+        <v>487</v>
+      </c>
+      <c r="B246" s="0" t="s">
         <v>488</v>
-      </c>
-[...1 lines deleted...]
-        <v>489</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="0" t="s">
+        <v>489</v>
+      </c>
+      <c r="B247" s="0" t="s">
         <v>490</v>
-      </c>
-[...1 lines deleted...]
-        <v>491</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="0" t="s">
+        <v>491</v>
+      </c>
+      <c r="B248" s="0" t="s">
         <v>492</v>
-      </c>
-[...1 lines deleted...]
-        <v>493</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="0" t="s">
+        <v>493</v>
+      </c>
+      <c r="B249" s="0" t="s">
         <v>494</v>
-      </c>
-[...1 lines deleted...]
-        <v>495</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="0" t="s">
+        <v>495</v>
+      </c>
+      <c r="B250" s="0" t="s">
         <v>496</v>
-      </c>
-[...1 lines deleted...]
-        <v>497</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="0" t="s">
+        <v>497</v>
+      </c>
+      <c r="B251" s="0" t="s">
         <v>498</v>
-      </c>
-[...1 lines deleted...]
-        <v>499</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="0" t="s">
+        <v>499</v>
+      </c>
+      <c r="B252" s="0" t="s">
         <v>500</v>
-      </c>
-[...1 lines deleted...]
-        <v>501</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="0" t="s">
+        <v>501</v>
+      </c>
+      <c r="B253" s="0" t="s">
         <v>502</v>
-      </c>
-[...1 lines deleted...]
-        <v>503</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="0" t="s">
+        <v>503</v>
+      </c>
+      <c r="B254" s="0" t="s">
         <v>504</v>
-      </c>
-[...1 lines deleted...]
-        <v>505</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="0" t="s">
+        <v>505</v>
+      </c>
+      <c r="B255" s="0" t="s">
         <v>506</v>
-      </c>
-[...1 lines deleted...]
-        <v>507</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="0" t="s">
+        <v>507</v>
+      </c>
+      <c r="B256" s="0" t="s">
         <v>508</v>
-      </c>
-[...1 lines deleted...]
-        <v>509</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="0" t="s">
+        <v>509</v>
+      </c>
+      <c r="B257" s="0" t="s">
         <v>510</v>
-      </c>
-[...1 lines deleted...]
-        <v>511</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="0" t="s">
+        <v>511</v>
+      </c>
+      <c r="B258" s="0" t="s">
         <v>512</v>
-      </c>
-[...1 lines deleted...]
-        <v>513</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="0" t="s">
+        <v>513</v>
+      </c>
+      <c r="B259" s="0" t="s">
         <v>514</v>
-      </c>
-[...1 lines deleted...]
-        <v>515</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="0" t="s">
+        <v>515</v>
+      </c>
+      <c r="B260" s="0" t="s">
         <v>516</v>
-      </c>
-[...1 lines deleted...]
-        <v>517</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="0" t="s">
+        <v>517</v>
+      </c>
+      <c r="B261" s="0" t="s">
         <v>518</v>
-      </c>
-[...1 lines deleted...]
-        <v>519</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="0" t="s">
+        <v>519</v>
+      </c>
+      <c r="B262" s="0" t="s">
         <v>520</v>
-      </c>
-[...1 lines deleted...]
-        <v>521</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="0" t="s">
+        <v>521</v>
+      </c>
+      <c r="B263" s="0" t="s">
         <v>522</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="0" t="s">
+        <v>523</v>
+      </c>
+      <c r="B264" s="0" t="s">
         <v>524</v>
-      </c>
-[...1 lines deleted...]
-        <v>525</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="0" t="s">
+        <v>525</v>
+      </c>
+      <c r="B265" s="0" t="s">
         <v>526</v>
-      </c>
-[...1 lines deleted...]
-        <v>527</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="0" t="s">
+        <v>527</v>
+      </c>
+      <c r="B266" s="0" t="s">
         <v>528</v>
-      </c>
-[...1 lines deleted...]
-        <v>529</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
+        <v>529</v>
+      </c>
+      <c r="B267" s="0" t="s">
         <v>530</v>
-      </c>
-[...1 lines deleted...]
-        <v>531</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="B268" s="0" t="s">
         <v>532</v>
-      </c>
-[...1 lines deleted...]
-        <v>533</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="0" t="s">
+        <v>533</v>
+      </c>
+      <c r="B269" s="0" t="s">
         <v>534</v>
-      </c>
-[...1 lines deleted...]
-        <v>535</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="0" t="s">
+        <v>535</v>
+      </c>
+      <c r="B270" s="0" t="s">
         <v>536</v>
-      </c>
-[...1 lines deleted...]
-        <v>537</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="s">
+        <v>537</v>
+      </c>
+      <c r="B271" s="0" t="s">
         <v>538</v>
-      </c>
-[...1 lines deleted...]
-        <v>539</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="s">
+        <v>539</v>
+      </c>
+      <c r="B272" s="0" t="s">
         <v>540</v>
-      </c>
-[...1 lines deleted...]
-        <v>541</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
+        <v>541</v>
+      </c>
+      <c r="B273" s="0" t="s">
         <v>542</v>
-      </c>
-[...1 lines deleted...]
-        <v>543</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
+        <v>543</v>
+      </c>
+      <c r="B274" s="0" t="s">
         <v>544</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="0" t="s">
+        <v>545</v>
+      </c>
+      <c r="B275" s="0" t="s">
         <v>546</v>
-      </c>
-[...1 lines deleted...]
-        <v>547</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="0" t="s">
+        <v>547</v>
+      </c>
+      <c r="B276" s="0" t="s">
         <v>548</v>
-      </c>
-[...1 lines deleted...]
-        <v>549</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="0" t="s">
+        <v>549</v>
+      </c>
+      <c r="B277" s="0" t="s">
         <v>550</v>
-      </c>
-[...1 lines deleted...]
-        <v>551</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="0" t="s">
+        <v>551</v>
+      </c>
+      <c r="B278" s="0" t="s">
         <v>552</v>
-      </c>
-[...1 lines deleted...]
-        <v>553</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="0" t="s">
+        <v>553</v>
+      </c>
+      <c r="B279" s="0" t="s">
         <v>554</v>
-      </c>
-[...1 lines deleted...]
-        <v>555</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="0" t="s">
+        <v>555</v>
+      </c>
+      <c r="B280" s="0" t="s">
         <v>556</v>
-      </c>
-[...1 lines deleted...]
-        <v>557</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="0" t="s">
+        <v>557</v>
+      </c>
+      <c r="B281" s="0" t="s">
         <v>558</v>
-      </c>
-[...1 lines deleted...]
-        <v>559</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="0" t="s">
+        <v>559</v>
+      </c>
+      <c r="B282" s="0" t="s">
         <v>560</v>
-      </c>
-[...1 lines deleted...]
-        <v>561</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="0" t="s">
+        <v>561</v>
+      </c>
+      <c r="B283" s="0" t="s">
         <v>562</v>
-      </c>
-[...1 lines deleted...]
-        <v>563</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="0" t="s">
+        <v>563</v>
+      </c>
+      <c r="B284" s="0" t="s">
         <v>564</v>
-      </c>
-[...1 lines deleted...]
-        <v>565</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="0" t="s">
+        <v>565</v>
+      </c>
+      <c r="B285" s="0" t="s">
         <v>566</v>
-      </c>
-[...1 lines deleted...]
-        <v>567</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="0" t="s">
+        <v>567</v>
+      </c>
+      <c r="B286" s="0" t="s">
         <v>568</v>
-      </c>
-[...1 lines deleted...]
-        <v>569</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="0" t="s">
+        <v>569</v>
+      </c>
+      <c r="B287" s="0" t="s">
         <v>570</v>
-      </c>
-[...1 lines deleted...]
-        <v>571</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="0" t="s">
+        <v>571</v>
+      </c>
+      <c r="B288" s="0" t="s">
         <v>572</v>
-      </c>
-[...1 lines deleted...]
-        <v>573</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="0" t="s">
+        <v>573</v>
+      </c>
+      <c r="B289" s="0" t="s">
         <v>574</v>
-      </c>
-[...1 lines deleted...]
-        <v>575</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="0" t="s">
+        <v>575</v>
+      </c>
+      <c r="B290" s="0" t="s">
         <v>576</v>
-      </c>
-[...1 lines deleted...]
-        <v>577</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="0" t="s">
+        <v>577</v>
+      </c>
+      <c r="B291" s="0" t="s">
         <v>578</v>
-      </c>
-[...1 lines deleted...]
-        <v>579</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="0" t="s">
+        <v>579</v>
+      </c>
+      <c r="B292" s="0" t="s">
         <v>580</v>
-      </c>
-[...1 lines deleted...]
-        <v>581</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="0" t="s">
+        <v>581</v>
+      </c>
+      <c r="B293" s="0" t="s">
         <v>582</v>
-      </c>
-[...1 lines deleted...]
-        <v>583</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="0" t="s">
+        <v>583</v>
+      </c>
+      <c r="B294" s="0" t="s">
         <v>584</v>
-      </c>
-[...1 lines deleted...]
-        <v>585</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="0" t="s">
+        <v>585</v>
+      </c>
+      <c r="B295" s="0" t="s">
         <v>586</v>
-      </c>
-[...1 lines deleted...]
-        <v>587</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="0" t="s">
+        <v>587</v>
+      </c>
+      <c r="B296" s="0" t="s">
         <v>588</v>
-      </c>
-[...1 lines deleted...]
-        <v>589</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="0" t="s">
+        <v>589</v>
+      </c>
+      <c r="B297" s="0" t="s">
         <v>590</v>
-      </c>
-[...1 lines deleted...]
-        <v>591</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="0" t="s">
+        <v>591</v>
+      </c>
+      <c r="B298" s="0" t="s">
         <v>592</v>
-      </c>
-[...1 lines deleted...]
-        <v>593</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="0" t="s">
+        <v>593</v>
+      </c>
+      <c r="B299" s="0" t="s">
         <v>594</v>
-      </c>
-[...1 lines deleted...]
-        <v>595</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="0" t="s">
+        <v>595</v>
+      </c>
+      <c r="B300" s="0" t="s">
         <v>596</v>
-      </c>
-[...1 lines deleted...]
-        <v>597</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="0" t="s">
+        <v>597</v>
+      </c>
+      <c r="B301" s="0" t="s">
         <v>598</v>
-      </c>
-[...1 lines deleted...]
-        <v>599</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="0" t="s">
+        <v>599</v>
+      </c>
+      <c r="B302" s="0" t="s">
         <v>600</v>
-      </c>
-[...1 lines deleted...]
-        <v>601</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="0" t="s">
+        <v>601</v>
+      </c>
+      <c r="B303" s="0" t="s">
         <v>602</v>
-      </c>
-[...1 lines deleted...]
-        <v>603</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="0" t="s">
+        <v>603</v>
+      </c>
+      <c r="B304" s="0" t="s">
         <v>604</v>
-      </c>
-[...1 lines deleted...]
-        <v>605</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="0" t="s">
+        <v>605</v>
+      </c>
+      <c r="B305" s="0" t="s">
         <v>606</v>
-      </c>
-[...1 lines deleted...]
-        <v>607</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="0" t="s">
+        <v>607</v>
+      </c>
+      <c r="B306" s="0" t="s">
         <v>608</v>
-      </c>
-[...1 lines deleted...]
-        <v>609</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="0" t="s">
+        <v>609</v>
+      </c>
+      <c r="B307" s="0" t="s">
         <v>610</v>
-      </c>
-[...1 lines deleted...]
-        <v>611</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="0" t="s">
+        <v>611</v>
+      </c>
+      <c r="B308" s="0" t="s">
         <v>612</v>
-      </c>
-[...1 lines deleted...]
-        <v>613</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="0" t="s">
+        <v>613</v>
+      </c>
+      <c r="B309" s="0" t="s">
         <v>614</v>
-      </c>
-[...1 lines deleted...]
-        <v>615</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="0" t="s">
+        <v>615</v>
+      </c>
+      <c r="B310" s="0" t="s">
         <v>616</v>
-      </c>
-[...1 lines deleted...]
-        <v>617</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="0" t="s">
+        <v>617</v>
+      </c>
+      <c r="B311" s="0" t="s">
         <v>618</v>
-      </c>
-[...1 lines deleted...]
-        <v>619</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="0" t="s">
+        <v>619</v>
+      </c>
+      <c r="B312" s="0" t="s">
         <v>620</v>
-      </c>
-[...1 lines deleted...]
-        <v>621</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="0" t="s">
+        <v>621</v>
+      </c>
+      <c r="B313" s="0" t="s">
         <v>622</v>
-      </c>
-[...1 lines deleted...]
-        <v>623</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="0" t="s">
+        <v>623</v>
+      </c>
+      <c r="B314" s="0" t="s">
         <v>624</v>
-      </c>
-[...1 lines deleted...]
-        <v>625</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="0" t="s">
+        <v>625</v>
+      </c>
+      <c r="B315" s="0" t="s">
         <v>626</v>
-      </c>
-[...1 lines deleted...]
-        <v>627</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="0" t="s">
+        <v>627</v>
+      </c>
+      <c r="B316" s="0" t="s">
         <v>628</v>
-      </c>
-[...1 lines deleted...]
-        <v>629</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="0" t="s">
+        <v>629</v>
+      </c>
+      <c r="B317" s="0" t="s">
         <v>630</v>
-      </c>
-[...1 lines deleted...]
-        <v>631</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="0" t="s">
+        <v>631</v>
+      </c>
+      <c r="B318" s="0" t="s">
         <v>632</v>
-      </c>
-[...1 lines deleted...]
-        <v>633</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="0" t="s">
+        <v>633</v>
+      </c>
+      <c r="B319" s="0" t="s">
         <v>634</v>
-      </c>
-[...1 lines deleted...]
-        <v>635</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="0" t="s">
+        <v>635</v>
+      </c>
+      <c r="B320" s="0" t="s">
         <v>636</v>
-      </c>
-[...1 lines deleted...]
-        <v>637</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="0" t="s">
+        <v>637</v>
+      </c>
+      <c r="B321" s="0" t="s">
         <v>638</v>
-      </c>
-[...1 lines deleted...]
-        <v>639</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="0" t="s">
+        <v>639</v>
+      </c>
+      <c r="B322" s="0" t="s">
         <v>640</v>
-      </c>
-[...1 lines deleted...]
-        <v>641</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="0" t="s">
+        <v>641</v>
+      </c>
+      <c r="B323" s="0" t="s">
         <v>642</v>
-      </c>
-[...1 lines deleted...]
-        <v>643</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="0" t="s">
+        <v>643</v>
+      </c>
+      <c r="B324" s="0" t="s">
         <v>644</v>
-      </c>
-[...1 lines deleted...]
-        <v>645</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="0" t="s">
+        <v>645</v>
+      </c>
+      <c r="B325" s="0" t="s">
         <v>646</v>
-      </c>
-[...1 lines deleted...]
-        <v>647</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="0" t="s">
+        <v>647</v>
+      </c>
+      <c r="B326" s="0" t="s">
         <v>648</v>
-      </c>
-[...1 lines deleted...]
-        <v>649</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="0" t="s">
+        <v>649</v>
+      </c>
+      <c r="B327" s="0" t="s">
         <v>650</v>
-      </c>
-[...1 lines deleted...]
-        <v>651</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="0" t="s">
+        <v>651</v>
+      </c>
+      <c r="B328" s="0" t="s">
         <v>652</v>
-      </c>
-[...1 lines deleted...]
-        <v>653</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="0" t="s">
+        <v>653</v>
+      </c>
+      <c r="B329" s="0" t="s">
         <v>654</v>
-      </c>
-[...1 lines deleted...]
-        <v>655</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="0" t="s">
+        <v>655</v>
+      </c>
+      <c r="B330" s="0" t="s">
         <v>656</v>
-      </c>
-[...1 lines deleted...]
-        <v>657</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="0" t="s">
+        <v>657</v>
+      </c>
+      <c r="B331" s="0" t="s">
         <v>658</v>
-      </c>
-[...1 lines deleted...]
-        <v>659</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="0" t="s">
+        <v>659</v>
+      </c>
+      <c r="B332" s="0" t="s">
         <v>660</v>
-      </c>
-[...1 lines deleted...]
-        <v>661</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="0" t="s">
+        <v>661</v>
+      </c>
+      <c r="B333" s="0" t="s">
         <v>662</v>
-      </c>
-[...1 lines deleted...]
-        <v>663</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="0" t="s">
+        <v>663</v>
+      </c>
+      <c r="B334" s="0" t="s">
         <v>664</v>
-      </c>
-[...1 lines deleted...]
-        <v>665</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="0" t="s">
+        <v>665</v>
+      </c>
+      <c r="B335" s="0" t="s">
         <v>666</v>
-      </c>
-[...1 lines deleted...]
-        <v>667</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="0" t="s">
+        <v>667</v>
+      </c>
+      <c r="B336" s="0" t="s">
         <v>668</v>
-      </c>
-[...1 lines deleted...]
-        <v>669</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="0" t="s">
+        <v>669</v>
+      </c>
+      <c r="B337" s="0" t="s">
         <v>670</v>
-      </c>
-[...1 lines deleted...]
-        <v>671</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="0" t="s">
+        <v>671</v>
+      </c>
+      <c r="B338" s="0" t="s">
         <v>672</v>
-      </c>
-[...1 lines deleted...]
-        <v>673</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="0" t="s">
+        <v>673</v>
+      </c>
+      <c r="B339" s="0" t="s">
         <v>674</v>
-      </c>
-[...1 lines deleted...]
-        <v>675</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="0" t="s">
+        <v>675</v>
+      </c>
+      <c r="B340" s="0" t="s">
         <v>676</v>
-      </c>
-[...1 lines deleted...]
-        <v>677</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="0" t="s">
+        <v>677</v>
+      </c>
+      <c r="B341" s="0" t="s">
         <v>678</v>
-      </c>
-[...1 lines deleted...]
-        <v>679</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="0" t="s">
+        <v>679</v>
+      </c>
+      <c r="B342" s="0" t="s">
         <v>680</v>
-      </c>
-[...1 lines deleted...]
-        <v>681</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="0" t="s">
+        <v>681</v>
+      </c>
+      <c r="B343" s="0" t="s">
         <v>682</v>
-      </c>
-[...1 lines deleted...]
-        <v>683</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="0" t="s">
+        <v>683</v>
+      </c>
+      <c r="B344" s="0" t="s">
         <v>684</v>
-      </c>
-[...1 lines deleted...]
-        <v>685</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="0" t="s">
+        <v>685</v>
+      </c>
+      <c r="B345" s="0" t="s">
         <v>686</v>
-      </c>
-[...1 lines deleted...]
-        <v>687</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="0" t="s">
+        <v>687</v>
+      </c>
+      <c r="B346" s="0" t="s">
         <v>688</v>
-      </c>
-[...1 lines deleted...]
-        <v>689</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="0" t="s">
+        <v>689</v>
+      </c>
+      <c r="B347" s="0" t="s">
         <v>690</v>
-      </c>
-[...1 lines deleted...]
-        <v>691</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="0" t="s">
+        <v>691</v>
+      </c>
+      <c r="B348" s="0" t="s">
         <v>692</v>
-      </c>
-[...1 lines deleted...]
-        <v>693</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="0" t="s">
+        <v>693</v>
+      </c>
+      <c r="B349" s="0" t="s">
         <v>694</v>
-      </c>
-[...1 lines deleted...]
-        <v>695</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="0" t="s">
+        <v>695</v>
+      </c>
+      <c r="B350" s="0" t="s">
         <v>696</v>
-      </c>
-[...1 lines deleted...]
-        <v>697</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="0" t="s">
+        <v>697</v>
+      </c>
+      <c r="B351" s="0" t="s">
         <v>698</v>
-      </c>
-[...1 lines deleted...]
-        <v>699</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="0" t="s">
+        <v>699</v>
+      </c>
+      <c r="B352" s="0" t="s">
         <v>700</v>
-      </c>
-[...1 lines deleted...]
-        <v>701</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="0" t="s">
+        <v>701</v>
+      </c>
+      <c r="B353" s="0" t="s">
         <v>702</v>
-      </c>
-[...1 lines deleted...]
-        <v>703</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="0" t="s">
+        <v>703</v>
+      </c>
+      <c r="B354" s="0" t="s">
         <v>704</v>
-      </c>
-[...1 lines deleted...]
-        <v>705</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="0" t="s">
+        <v>705</v>
+      </c>
+      <c r="B355" s="0" t="s">
         <v>706</v>
-      </c>
-[...1 lines deleted...]
-        <v>707</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="0" t="s">
+        <v>707</v>
+      </c>
+      <c r="B356" s="0" t="s">
         <v>708</v>
-      </c>
-[...1 lines deleted...]
-        <v>709</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="0" t="s">
+        <v>709</v>
+      </c>
+      <c r="B357" s="0" t="s">
         <v>710</v>
-      </c>
-[...1 lines deleted...]
-        <v>711</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="0" t="s">
+        <v>711</v>
+      </c>
+      <c r="B358" s="0" t="s">
         <v>712</v>
-      </c>
-[...1 lines deleted...]
-        <v>713</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="0" t="s">
+        <v>713</v>
+      </c>
+      <c r="B359" s="0" t="s">
         <v>714</v>
-      </c>
-[...1 lines deleted...]
-        <v>715</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="0" t="s">
+        <v>715</v>
+      </c>
+      <c r="B360" s="0" t="s">
         <v>716</v>
-      </c>
-[...1 lines deleted...]
-        <v>717</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="0" t="s">
+        <v>717</v>
+      </c>
+      <c r="B361" s="0" t="s">
         <v>718</v>
-      </c>
-[...1 lines deleted...]
-        <v>719</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="0" t="s">
+        <v>719</v>
+      </c>
+      <c r="B362" s="0" t="s">
         <v>720</v>
-      </c>
-[...1 lines deleted...]
-        <v>721</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="0" t="s">
+        <v>721</v>
+      </c>
+      <c r="B363" s="0" t="s">
         <v>722</v>
-      </c>
-[...1 lines deleted...]
-        <v>723</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="0" t="s">
+        <v>723</v>
+      </c>
+      <c r="B364" s="0" t="s">
         <v>724</v>
-      </c>
-[...1 lines deleted...]
-        <v>725</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="0" t="s">
+        <v>725</v>
+      </c>
+      <c r="B365" s="0" t="s">
         <v>726</v>
-      </c>
-[...1 lines deleted...]
-        <v>727</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="0" t="s">
+        <v>727</v>
+      </c>
+      <c r="B366" s="0" t="s">
         <v>728</v>
-      </c>
-[...1 lines deleted...]
-        <v>729</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="0" t="s">
+        <v>729</v>
+      </c>
+      <c r="B367" s="0" t="s">
         <v>730</v>
-      </c>
-[...1 lines deleted...]
-        <v>723</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="0" t="s">
         <v>731</v>
       </c>
       <c r="B368" s="0" t="s">
         <v>732</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="0" t="s">
         <v>733</v>
       </c>
       <c r="B369" s="0" t="s">
         <v>734</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="0" t="s">
         <v>735</v>
       </c>
       <c r="B370" s="0" t="s">
         <v>736</v>
       </c>
@@ -9014,1475 +9341,1475 @@
       <c r="B419" s="0" t="s">
         <v>834</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="0" t="s">
         <v>835</v>
       </c>
       <c r="B420" s="0" t="s">
         <v>836</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="0" t="s">
         <v>837</v>
       </c>
       <c r="B421" s="0" t="s">
         <v>838</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="0" t="s">
         <v>839</v>
       </c>
       <c r="B422" s="0" t="s">
-        <v>840</v>
+        <v>832</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="0" t="s">
+        <v>840</v>
+      </c>
+      <c r="B423" s="0" t="s">
         <v>841</v>
-      </c>
-[...1 lines deleted...]
-        <v>842</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="0" t="s">
+        <v>842</v>
+      </c>
+      <c r="B424" s="0" t="s">
         <v>843</v>
-      </c>
-[...1 lines deleted...]
-        <v>844</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="0" t="s">
+        <v>844</v>
+      </c>
+      <c r="B425" s="0" t="s">
         <v>845</v>
-      </c>
-[...1 lines deleted...]
-        <v>846</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="0" t="s">
+        <v>846</v>
+      </c>
+      <c r="B426" s="0" t="s">
         <v>847</v>
-      </c>
-[...1 lines deleted...]
-        <v>848</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="0" t="s">
+        <v>848</v>
+      </c>
+      <c r="B427" s="0" t="s">
         <v>849</v>
-      </c>
-[...1 lines deleted...]
-        <v>850</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="0" t="s">
+        <v>850</v>
+      </c>
+      <c r="B428" s="0" t="s">
         <v>851</v>
-      </c>
-[...1 lines deleted...]
-        <v>852</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="0" t="s">
+        <v>852</v>
+      </c>
+      <c r="B429" s="0" t="s">
         <v>853</v>
-      </c>
-[...1 lines deleted...]
-        <v>854</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="0" t="s">
+        <v>854</v>
+      </c>
+      <c r="B430" s="0" t="s">
         <v>855</v>
-      </c>
-[...1 lines deleted...]
-        <v>856</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="0" t="s">
+        <v>856</v>
+      </c>
+      <c r="B431" s="0" t="s">
         <v>857</v>
-      </c>
-[...1 lines deleted...]
-        <v>858</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="0" t="s">
+        <v>858</v>
+      </c>
+      <c r="B432" s="0" t="s">
         <v>859</v>
-      </c>
-[...1 lines deleted...]
-        <v>860</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="0" t="s">
+        <v>860</v>
+      </c>
+      <c r="B433" s="0" t="s">
         <v>861</v>
-      </c>
-[...1 lines deleted...]
-        <v>862</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="0" t="s">
+        <v>862</v>
+      </c>
+      <c r="B434" s="0" t="s">
         <v>863</v>
-      </c>
-[...1 lines deleted...]
-        <v>864</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="0" t="s">
+        <v>864</v>
+      </c>
+      <c r="B435" s="0" t="s">
         <v>865</v>
-      </c>
-[...1 lines deleted...]
-        <v>866</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="0" t="s">
+        <v>866</v>
+      </c>
+      <c r="B436" s="0" t="s">
         <v>867</v>
-      </c>
-[...1 lines deleted...]
-        <v>868</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="0" t="s">
+        <v>868</v>
+      </c>
+      <c r="B437" s="0" t="s">
         <v>869</v>
-      </c>
-[...1 lines deleted...]
-        <v>870</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="0" t="s">
+        <v>870</v>
+      </c>
+      <c r="B438" s="0" t="s">
         <v>871</v>
-      </c>
-[...1 lines deleted...]
-        <v>872</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="0" t="s">
+        <v>872</v>
+      </c>
+      <c r="B439" s="0" t="s">
         <v>873</v>
-      </c>
-[...1 lines deleted...]
-        <v>874</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="0" t="s">
+        <v>874</v>
+      </c>
+      <c r="B440" s="0" t="s">
         <v>875</v>
-      </c>
-[...1 lines deleted...]
-        <v>876</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="0" t="s">
+        <v>876</v>
+      </c>
+      <c r="B441" s="0" t="s">
         <v>877</v>
-      </c>
-[...1 lines deleted...]
-        <v>878</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="0" t="s">
+        <v>878</v>
+      </c>
+      <c r="B442" s="0" t="s">
         <v>879</v>
-      </c>
-[...1 lines deleted...]
-        <v>880</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="0" t="s">
+        <v>880</v>
+      </c>
+      <c r="B443" s="0" t="s">
         <v>881</v>
-      </c>
-[...1 lines deleted...]
-        <v>882</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="0" t="s">
+        <v>882</v>
+      </c>
+      <c r="B444" s="0" t="s">
         <v>883</v>
-      </c>
-[...1 lines deleted...]
-        <v>884</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="0" t="s">
+        <v>884</v>
+      </c>
+      <c r="B445" s="0" t="s">
         <v>885</v>
-      </c>
-[...1 lines deleted...]
-        <v>886</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="0" t="s">
+        <v>886</v>
+      </c>
+      <c r="B446" s="0" t="s">
         <v>887</v>
-      </c>
-[...1 lines deleted...]
-        <v>888</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="0" t="s">
+        <v>888</v>
+      </c>
+      <c r="B447" s="0" t="s">
         <v>889</v>
-      </c>
-[...1 lines deleted...]
-        <v>890</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="0" t="s">
+        <v>890</v>
+      </c>
+      <c r="B448" s="0" t="s">
         <v>891</v>
-      </c>
-[...1 lines deleted...]
-        <v>892</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="0" t="s">
+        <v>892</v>
+      </c>
+      <c r="B449" s="0" t="s">
         <v>893</v>
-      </c>
-[...1 lines deleted...]
-        <v>894</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="0" t="s">
+        <v>894</v>
+      </c>
+      <c r="B450" s="0" t="s">
         <v>895</v>
-      </c>
-[...1 lines deleted...]
-        <v>896</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="0" t="s">
+        <v>896</v>
+      </c>
+      <c r="B451" s="0" t="s">
         <v>897</v>
-      </c>
-[...1 lines deleted...]
-        <v>898</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="0" t="s">
+        <v>898</v>
+      </c>
+      <c r="B452" s="0" t="s">
         <v>899</v>
-      </c>
-[...1 lines deleted...]
-        <v>900</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="0" t="s">
+        <v>900</v>
+      </c>
+      <c r="B453" s="0" t="s">
         <v>901</v>
-      </c>
-[...1 lines deleted...]
-        <v>902</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="0" t="s">
+        <v>902</v>
+      </c>
+      <c r="B454" s="0" t="s">
         <v>903</v>
-      </c>
-[...1 lines deleted...]
-        <v>904</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="0" t="s">
+        <v>904</v>
+      </c>
+      <c r="B455" s="0" t="s">
         <v>905</v>
-      </c>
-[...1 lines deleted...]
-        <v>906</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="0" t="s">
+        <v>906</v>
+      </c>
+      <c r="B456" s="0" t="s">
         <v>907</v>
-      </c>
-[...1 lines deleted...]
-        <v>908</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="0" t="s">
+        <v>908</v>
+      </c>
+      <c r="B457" s="0" t="s">
         <v>909</v>
-      </c>
-[...1 lines deleted...]
-        <v>910</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="0" t="s">
+        <v>910</v>
+      </c>
+      <c r="B458" s="0" t="s">
         <v>911</v>
-      </c>
-[...1 lines deleted...]
-        <v>912</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="0" t="s">
+        <v>912</v>
+      </c>
+      <c r="B459" s="0" t="s">
         <v>913</v>
-      </c>
-[...1 lines deleted...]
-        <v>914</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="0" t="s">
+        <v>914</v>
+      </c>
+      <c r="B460" s="0" t="s">
         <v>915</v>
-      </c>
-[...1 lines deleted...]
-        <v>916</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="0" t="s">
+        <v>916</v>
+      </c>
+      <c r="B461" s="0" t="s">
         <v>917</v>
-      </c>
-[...1 lines deleted...]
-        <v>918</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="0" t="s">
+        <v>918</v>
+      </c>
+      <c r="B462" s="0" t="s">
         <v>919</v>
-      </c>
-[...1 lines deleted...]
-        <v>920</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="0" t="s">
+        <v>920</v>
+      </c>
+      <c r="B463" s="0" t="s">
         <v>921</v>
-      </c>
-[...1 lines deleted...]
-        <v>922</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="0" t="s">
+        <v>922</v>
+      </c>
+      <c r="B464" s="0" t="s">
         <v>923</v>
-      </c>
-[...1 lines deleted...]
-        <v>924</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="0" t="s">
+        <v>924</v>
+      </c>
+      <c r="B465" s="0" t="s">
         <v>925</v>
-      </c>
-[...1 lines deleted...]
-        <v>926</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="0" t="s">
+        <v>926</v>
+      </c>
+      <c r="B466" s="0" t="s">
         <v>927</v>
-      </c>
-[...1 lines deleted...]
-        <v>928</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="0" t="s">
+        <v>928</v>
+      </c>
+      <c r="B467" s="0" t="s">
         <v>929</v>
-      </c>
-[...1 lines deleted...]
-        <v>930</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="0" t="s">
+        <v>930</v>
+      </c>
+      <c r="B468" s="0" t="s">
         <v>931</v>
-      </c>
-[...1 lines deleted...]
-        <v>932</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="0" t="s">
+        <v>932</v>
+      </c>
+      <c r="B469" s="0" t="s">
         <v>933</v>
-      </c>
-[...1 lines deleted...]
-        <v>934</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="0" t="s">
+        <v>934</v>
+      </c>
+      <c r="B470" s="0" t="s">
         <v>935</v>
-      </c>
-[...1 lines deleted...]
-        <v>936</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="0" t="s">
+        <v>936</v>
+      </c>
+      <c r="B471" s="0" t="s">
         <v>937</v>
-      </c>
-[...1 lines deleted...]
-        <v>938</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="0" t="s">
+        <v>938</v>
+      </c>
+      <c r="B472" s="0" t="s">
         <v>939</v>
-      </c>
-[...1 lines deleted...]
-        <v>940</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="0" t="s">
+        <v>940</v>
+      </c>
+      <c r="B473" s="0" t="s">
         <v>941</v>
-      </c>
-[...1 lines deleted...]
-        <v>942</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="0" t="s">
+        <v>942</v>
+      </c>
+      <c r="B474" s="0" t="s">
         <v>943</v>
-      </c>
-[...1 lines deleted...]
-        <v>944</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="0" t="s">
+        <v>944</v>
+      </c>
+      <c r="B475" s="0" t="s">
         <v>945</v>
-      </c>
-[...1 lines deleted...]
-        <v>946</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="0" t="s">
+        <v>946</v>
+      </c>
+      <c r="B476" s="0" t="s">
         <v>947</v>
-      </c>
-[...1 lines deleted...]
-        <v>948</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="0" t="s">
+        <v>948</v>
+      </c>
+      <c r="B477" s="0" t="s">
         <v>949</v>
-      </c>
-[...1 lines deleted...]
-        <v>950</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="0" t="s">
+        <v>950</v>
+      </c>
+      <c r="B478" s="0" t="s">
         <v>951</v>
-      </c>
-[...1 lines deleted...]
-        <v>952</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="0" t="s">
+        <v>952</v>
+      </c>
+      <c r="B479" s="0" t="s">
         <v>953</v>
-      </c>
-[...1 lines deleted...]
-        <v>954</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="0" t="s">
+        <v>954</v>
+      </c>
+      <c r="B480" s="0" t="s">
         <v>955</v>
-      </c>
-[...1 lines deleted...]
-        <v>956</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="0" t="s">
+        <v>956</v>
+      </c>
+      <c r="B481" s="0" t="s">
         <v>957</v>
-      </c>
-[...1 lines deleted...]
-        <v>958</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="0" t="s">
+        <v>958</v>
+      </c>
+      <c r="B482" s="0" t="s">
         <v>959</v>
-      </c>
-[...1 lines deleted...]
-        <v>960</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="0" t="s">
+        <v>960</v>
+      </c>
+      <c r="B483" s="0" t="s">
         <v>961</v>
-      </c>
-[...1 lines deleted...]
-        <v>962</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="0" t="s">
+        <v>962</v>
+      </c>
+      <c r="B484" s="0" t="s">
         <v>963</v>
-      </c>
-[...1 lines deleted...]
-        <v>964</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="0" t="s">
+        <v>964</v>
+      </c>
+      <c r="B485" s="0" t="s">
         <v>965</v>
-      </c>
-[...1 lines deleted...]
-        <v>966</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="0" t="s">
+        <v>966</v>
+      </c>
+      <c r="B486" s="0" t="s">
         <v>967</v>
-      </c>
-[...1 lines deleted...]
-        <v>968</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="0" t="s">
+        <v>968</v>
+      </c>
+      <c r="B487" s="0" t="s">
         <v>969</v>
-      </c>
-[...1 lines deleted...]
-        <v>970</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="0" t="s">
+        <v>970</v>
+      </c>
+      <c r="B488" s="0" t="s">
         <v>971</v>
-      </c>
-[...1 lines deleted...]
-        <v>972</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="0" t="s">
+        <v>972</v>
+      </c>
+      <c r="B489" s="0" t="s">
         <v>973</v>
-      </c>
-[...1 lines deleted...]
-        <v>974</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="0" t="s">
+        <v>974</v>
+      </c>
+      <c r="B490" s="0" t="s">
         <v>975</v>
-      </c>
-[...1 lines deleted...]
-        <v>976</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="0" t="s">
+        <v>976</v>
+      </c>
+      <c r="B491" s="0" t="s">
         <v>977</v>
-      </c>
-[...1 lines deleted...]
-        <v>978</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="0" t="s">
+        <v>978</v>
+      </c>
+      <c r="B492" s="0" t="s">
         <v>979</v>
-      </c>
-[...1 lines deleted...]
-        <v>980</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="0" t="s">
+        <v>980</v>
+      </c>
+      <c r="B493" s="0" t="s">
         <v>981</v>
-      </c>
-[...1 lines deleted...]
-        <v>982</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="0" t="s">
+        <v>982</v>
+      </c>
+      <c r="B494" s="0" t="s">
         <v>983</v>
-      </c>
-[...1 lines deleted...]
-        <v>984</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="0" t="s">
+        <v>984</v>
+      </c>
+      <c r="B495" s="0" t="s">
         <v>985</v>
-      </c>
-[...1 lines deleted...]
-        <v>986</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="0" t="s">
+        <v>986</v>
+      </c>
+      <c r="B496" s="0" t="s">
         <v>987</v>
-      </c>
-[...1 lines deleted...]
-        <v>988</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="0" t="s">
+        <v>988</v>
+      </c>
+      <c r="B497" s="0" t="s">
         <v>989</v>
-      </c>
-[...1 lines deleted...]
-        <v>990</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="0" t="s">
+        <v>990</v>
+      </c>
+      <c r="B498" s="0" t="s">
         <v>991</v>
-      </c>
-[...1 lines deleted...]
-        <v>992</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="0" t="s">
+        <v>992</v>
+      </c>
+      <c r="B499" s="0" t="s">
         <v>993</v>
-      </c>
-[...1 lines deleted...]
-        <v>994</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="0" t="s">
+        <v>994</v>
+      </c>
+      <c r="B500" s="0" t="s">
         <v>995</v>
-      </c>
-[...1 lines deleted...]
-        <v>996</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="0" t="s">
+        <v>996</v>
+      </c>
+      <c r="B501" s="0" t="s">
         <v>997</v>
-      </c>
-[...1 lines deleted...]
-        <v>998</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="0" t="s">
+        <v>998</v>
+      </c>
+      <c r="B502" s="0" t="s">
         <v>999</v>
-      </c>
-[...1 lines deleted...]
-        <v>1000</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="0" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B503" s="0" t="s">
         <v>1001</v>
-      </c>
-[...1 lines deleted...]
-        <v>1002</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="0" t="s">
+        <v>1002</v>
+      </c>
+      <c r="B504" s="0" t="s">
         <v>1003</v>
-      </c>
-[...1 lines deleted...]
-        <v>1004</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="0" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B505" s="0" t="s">
         <v>1005</v>
-      </c>
-[...1 lines deleted...]
-        <v>1006</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="0" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B506" s="0" t="s">
         <v>1007</v>
-      </c>
-[...1 lines deleted...]
-        <v>1008</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="0" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B507" s="0" t="s">
         <v>1009</v>
-      </c>
-[...1 lines deleted...]
-        <v>1010</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="0" t="s">
+        <v>1010</v>
+      </c>
+      <c r="B508" s="0" t="s">
         <v>1011</v>
-      </c>
-[...1 lines deleted...]
-        <v>1012</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="0" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B509" s="0" t="s">
         <v>1013</v>
-      </c>
-[...1 lines deleted...]
-        <v>1014</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="0" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B510" s="0" t="s">
         <v>1015</v>
-      </c>
-[...1 lines deleted...]
-        <v>1016</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="0" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B511" s="0" t="s">
         <v>1017</v>
-      </c>
-[...1 lines deleted...]
-        <v>1018</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="0" t="s">
+        <v>1018</v>
+      </c>
+      <c r="B512" s="0" t="s">
         <v>1019</v>
-      </c>
-[...1 lines deleted...]
-        <v>1020</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="0" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B513" s="0" t="s">
         <v>1021</v>
-      </c>
-[...1 lines deleted...]
-        <v>1022</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="0" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B514" s="0" t="s">
         <v>1023</v>
-      </c>
-[...1 lines deleted...]
-        <v>1024</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="0" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B515" s="0" t="s">
         <v>1025</v>
-      </c>
-[...1 lines deleted...]
-        <v>1026</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="0" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B516" s="0" t="s">
         <v>1027</v>
-      </c>
-[...1 lines deleted...]
-        <v>1028</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="0" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B517" s="0" t="s">
         <v>1029</v>
-      </c>
-[...1 lines deleted...]
-        <v>1030</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="0" t="s">
+        <v>1030</v>
+      </c>
+      <c r="B518" s="0" t="s">
         <v>1031</v>
-      </c>
-[...1 lines deleted...]
-        <v>1032</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="0" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B519" s="0" t="s">
         <v>1033</v>
-      </c>
-[...1 lines deleted...]
-        <v>1034</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="0" t="s">
+        <v>1034</v>
+      </c>
+      <c r="B520" s="0" t="s">
         <v>1035</v>
-      </c>
-[...1 lines deleted...]
-        <v>1036</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="0" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B521" s="0" t="s">
         <v>1037</v>
-      </c>
-[...1 lines deleted...]
-        <v>1038</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="0" t="s">
+        <v>1038</v>
+      </c>
+      <c r="B522" s="0" t="s">
         <v>1039</v>
-      </c>
-[...1 lines deleted...]
-        <v>1040</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="0" t="s">
+        <v>1040</v>
+      </c>
+      <c r="B523" s="0" t="s">
         <v>1041</v>
-      </c>
-[...1 lines deleted...]
-        <v>1042</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="0" t="s">
+        <v>1042</v>
+      </c>
+      <c r="B524" s="0" t="s">
         <v>1043</v>
-      </c>
-[...1 lines deleted...]
-        <v>1044</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="0" t="s">
+        <v>1044</v>
+      </c>
+      <c r="B525" s="0" t="s">
         <v>1045</v>
-      </c>
-[...1 lines deleted...]
-        <v>1046</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="0" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B526" s="0" t="s">
         <v>1047</v>
-      </c>
-[...1 lines deleted...]
-        <v>1048</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="0" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B527" s="0" t="s">
         <v>1049</v>
-      </c>
-[...1 lines deleted...]
-        <v>1050</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="0" t="s">
+        <v>1050</v>
+      </c>
+      <c r="B528" s="0" t="s">
         <v>1051</v>
-      </c>
-[...1 lines deleted...]
-        <v>1052</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="0" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B529" s="0" t="s">
         <v>1053</v>
-      </c>
-[...1 lines deleted...]
-        <v>1054</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="0" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B530" s="0" t="s">
         <v>1055</v>
-      </c>
-[...1 lines deleted...]
-        <v>1056</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="0" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B531" s="0" t="s">
         <v>1057</v>
-      </c>
-[...1 lines deleted...]
-        <v>1058</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="0" t="s">
+        <v>1058</v>
+      </c>
+      <c r="B532" s="0" t="s">
         <v>1059</v>
-      </c>
-[...1 lines deleted...]
-        <v>1060</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="0" t="s">
+        <v>1060</v>
+      </c>
+      <c r="B533" s="0" t="s">
         <v>1061</v>
-      </c>
-[...1 lines deleted...]
-        <v>1062</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="0" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B534" s="0" t="s">
         <v>1063</v>
-      </c>
-[...1 lines deleted...]
-        <v>1064</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="0" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B535" s="0" t="s">
         <v>1065</v>
-      </c>
-[...1 lines deleted...]
-        <v>1066</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="0" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B536" s="0" t="s">
         <v>1067</v>
-      </c>
-[...1 lines deleted...]
-        <v>1068</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="0" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B537" s="0" t="s">
         <v>1069</v>
-      </c>
-[...1 lines deleted...]
-        <v>1070</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="0" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B538" s="0" t="s">
         <v>1071</v>
-      </c>
-[...1 lines deleted...]
-        <v>1072</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="0" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B539" s="0" t="s">
         <v>1073</v>
-      </c>
-[...1 lines deleted...]
-        <v>1074</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="0" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B540" s="0" t="s">
         <v>1075</v>
-      </c>
-[...1 lines deleted...]
-        <v>1076</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="0" t="s">
+        <v>1076</v>
+      </c>
+      <c r="B541" s="0" t="s">
         <v>1077</v>
-      </c>
-[...1 lines deleted...]
-        <v>1078</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="0" t="s">
+        <v>1078</v>
+      </c>
+      <c r="B542" s="0" t="s">
         <v>1079</v>
-      </c>
-[...1 lines deleted...]
-        <v>1080</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="0" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B543" s="0" t="s">
         <v>1081</v>
-      </c>
-[...1 lines deleted...]
-        <v>1082</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="0" t="s">
+        <v>1082</v>
+      </c>
+      <c r="B544" s="0" t="s">
         <v>1083</v>
-      </c>
-[...1 lines deleted...]
-        <v>1084</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="0" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B545" s="0" t="s">
         <v>1085</v>
-      </c>
-[...1 lines deleted...]
-        <v>1086</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="0" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B546" s="0" t="s">
         <v>1087</v>
-      </c>
-[...1 lines deleted...]
-        <v>1088</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="0" t="s">
+        <v>1088</v>
+      </c>
+      <c r="B547" s="0" t="s">
         <v>1089</v>
-      </c>
-[...1 lines deleted...]
-        <v>1090</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="0" t="s">
+        <v>1090</v>
+      </c>
+      <c r="B548" s="0" t="s">
         <v>1091</v>
-      </c>
-[...1 lines deleted...]
-        <v>1092</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="0" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B549" s="0" t="s">
         <v>1093</v>
-      </c>
-[...1 lines deleted...]
-        <v>1094</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="0" t="s">
+        <v>1094</v>
+      </c>
+      <c r="B550" s="0" t="s">
         <v>1095</v>
-      </c>
-[...1 lines deleted...]
-        <v>1096</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="0" t="s">
+        <v>1096</v>
+      </c>
+      <c r="B551" s="0" t="s">
         <v>1097</v>
-      </c>
-[...1 lines deleted...]
-        <v>1098</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="0" t="s">
+        <v>1098</v>
+      </c>
+      <c r="B552" s="0" t="s">
         <v>1099</v>
-      </c>
-[...1 lines deleted...]
-        <v>1100</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="0" t="s">
+        <v>1100</v>
+      </c>
+      <c r="B553" s="0" t="s">
         <v>1101</v>
-      </c>
-[...1 lines deleted...]
-        <v>1102</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="0" t="s">
+        <v>1102</v>
+      </c>
+      <c r="B554" s="0" t="s">
         <v>1103</v>
-      </c>
-[...1 lines deleted...]
-        <v>1104</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="0" t="s">
+        <v>1104</v>
+      </c>
+      <c r="B555" s="0" t="s">
         <v>1105</v>
-      </c>
-[...1 lines deleted...]
-        <v>1106</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="0" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B556" s="0" t="s">
         <v>1107</v>
-      </c>
-[...1 lines deleted...]
-        <v>1108</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="0" t="s">
+        <v>1108</v>
+      </c>
+      <c r="B557" s="0" t="s">
         <v>1109</v>
-      </c>
-[...1 lines deleted...]
-        <v>1110</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="0" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B558" s="0" t="s">
         <v>1111</v>
-      </c>
-[...1 lines deleted...]
-        <v>1112</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="0" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B559" s="0" t="s">
         <v>1113</v>
-      </c>
-[...1 lines deleted...]
-        <v>1114</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="0" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B560" s="0" t="s">
         <v>1115</v>
-      </c>
-[...1 lines deleted...]
-        <v>1116</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="0" t="s">
+        <v>1116</v>
+      </c>
+      <c r="B561" s="0" t="s">
         <v>1117</v>
-      </c>
-[...1 lines deleted...]
-        <v>1118</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="0" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B562" s="0" t="s">
         <v>1119</v>
-      </c>
-[...1 lines deleted...]
-        <v>1120</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="0" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B563" s="0" t="s">
         <v>1121</v>
-      </c>
-[...1 lines deleted...]
-        <v>1122</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="0" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B564" s="0" t="s">
         <v>1123</v>
-      </c>
-[...1 lines deleted...]
-        <v>1124</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="0" t="s">
+        <v>1124</v>
+      </c>
+      <c r="B565" s="0" t="s">
         <v>1125</v>
-      </c>
-[...1 lines deleted...]
-        <v>1126</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="0" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B566" s="0" t="s">
         <v>1127</v>
-      </c>
-[...1 lines deleted...]
-        <v>1128</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="0" t="s">
+        <v>1128</v>
+      </c>
+      <c r="B567" s="0" t="s">
         <v>1129</v>
-      </c>
-[...1 lines deleted...]
-        <v>1130</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="0" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B568" s="0" t="s">
         <v>1131</v>
-      </c>
-[...1 lines deleted...]
-        <v>1132</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="0" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B569" s="0" t="s">
         <v>1133</v>
-      </c>
-[...1 lines deleted...]
-        <v>1134</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="0" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B570" s="0" t="s">
         <v>1135</v>
-      </c>
-[...1 lines deleted...]
-        <v>1136</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="0" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B571" s="0" t="s">
         <v>1137</v>
-      </c>
-[...1 lines deleted...]
-        <v>1138</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="0" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B572" s="0" t="s">
         <v>1139</v>
-      </c>
-[...1 lines deleted...]
-        <v>1140</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="0" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B573" s="0" t="s">
         <v>1141</v>
-      </c>
-[...1 lines deleted...]
-        <v>1142</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="0" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B574" s="0" t="s">
         <v>1143</v>
-      </c>
-[...1 lines deleted...]
-        <v>1144</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="0" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B575" s="0" t="s">
         <v>1145</v>
-      </c>
-[...1 lines deleted...]
-        <v>1146</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="0" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B576" s="0" t="s">
         <v>1147</v>
-      </c>
-[...1 lines deleted...]
-        <v>1148</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="0" t="s">
+        <v>1148</v>
+      </c>
+      <c r="B577" s="0" t="s">
         <v>1149</v>
-      </c>
-[...1 lines deleted...]
-        <v>1150</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="0" t="s">
+        <v>1150</v>
+      </c>
+      <c r="B578" s="0" t="s">
         <v>1151</v>
-      </c>
-[...1 lines deleted...]
-        <v>1152</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="0" t="s">
+        <v>1152</v>
+      </c>
+      <c r="B579" s="0" t="s">
         <v>1153</v>
-      </c>
-[...1 lines deleted...]
-        <v>1154</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="0" t="s">
+        <v>1154</v>
+      </c>
+      <c r="B580" s="0" t="s">
         <v>1155</v>
-      </c>
-[...1 lines deleted...]
-        <v>1156</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="0" t="s">
+        <v>1156</v>
+      </c>
+      <c r="B581" s="0" t="s">
         <v>1157</v>
-      </c>
-[...1 lines deleted...]
-        <v>1158</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="0" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B582" s="0" t="s">
         <v>1159</v>
-      </c>
-[...1 lines deleted...]
-        <v>1160</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="0" t="s">
+        <v>1160</v>
+      </c>
+      <c r="B583" s="0" t="s">
         <v>1161</v>
-      </c>
-[...1 lines deleted...]
-        <v>1162</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="0" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B584" s="0" t="s">
         <v>1163</v>
-      </c>
-[...1 lines deleted...]
-        <v>1164</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="0" t="s">
+        <v>1164</v>
+      </c>
+      <c r="B585" s="0" t="s">
         <v>1165</v>
-      </c>
-[...1 lines deleted...]
-        <v>1166</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="0" t="s">
+        <v>1166</v>
+      </c>
+      <c r="B586" s="0" t="s">
         <v>1167</v>
-      </c>
-[...1 lines deleted...]
-        <v>1168</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="0" t="s">
+        <v>1168</v>
+      </c>
+      <c r="B587" s="0" t="s">
         <v>1169</v>
-      </c>
-[...1 lines deleted...]
-        <v>1170</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="0" t="s">
+        <v>1170</v>
+      </c>
+      <c r="B588" s="0" t="s">
         <v>1171</v>
-      </c>
-[...1 lines deleted...]
-        <v>1172</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="0" t="s">
+        <v>1172</v>
+      </c>
+      <c r="B589" s="0" t="s">
         <v>1173</v>
-      </c>
-[...1 lines deleted...]
-        <v>1174</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="0" t="s">
+        <v>1174</v>
+      </c>
+      <c r="B590" s="0" t="s">
         <v>1175</v>
-      </c>
-[...1 lines deleted...]
-        <v>1176</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" s="0" t="s">
+        <v>1176</v>
+      </c>
+      <c r="B591" s="0" t="s">
         <v>1177</v>
-      </c>
-[...1 lines deleted...]
-        <v>1178</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" s="0" t="s">
+        <v>1178</v>
+      </c>
+      <c r="B592" s="0" t="s">
         <v>1179</v>
-      </c>
-[...1 lines deleted...]
-        <v>1180</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="0" t="s">
+        <v>1180</v>
+      </c>
+      <c r="B593" s="0" t="s">
         <v>1181</v>
-      </c>
-[...1 lines deleted...]
-        <v>1182</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="0" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B594" s="0" t="s">
         <v>1183</v>
-      </c>
-[...1 lines deleted...]
-        <v>1184</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="0" t="s">
+        <v>1184</v>
+      </c>
+      <c r="B595" s="0" t="s">
         <v>1185</v>
-      </c>
-[...1 lines deleted...]
-        <v>1186</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" s="0" t="s">
+        <v>1186</v>
+      </c>
+      <c r="B596" s="0" t="s">
         <v>1187</v>
-      </c>
-[...1 lines deleted...]
-        <v>1188</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" s="0" t="s">
+        <v>1188</v>
+      </c>
+      <c r="B597" s="0" t="s">
         <v>1189</v>
-      </c>
-[...1 lines deleted...]
-        <v>1190</v>
       </c>
     </row>
     <row r="598">
       <c r="A598" s="0" t="s">
+        <v>1190</v>
+      </c>
+      <c r="B598" s="0" t="s">
         <v>1191</v>
-      </c>
-[...1 lines deleted...]
-        <v>1192</v>
       </c>
     </row>
     <row r="599">
       <c r="A599" s="0" t="s">
+        <v>1192</v>
+      </c>
+      <c r="B599" s="0" t="s">
         <v>1193</v>
-      </c>
-[...1 lines deleted...]
-        <v>1194</v>
       </c>
     </row>
     <row r="600">
       <c r="A600" s="0" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B600" s="0" t="s">
         <v>1195</v>
-      </c>
-[...1 lines deleted...]
-        <v>1194</v>
       </c>
     </row>
     <row r="601">
       <c r="A601" s="0" t="s">
         <v>1196</v>
       </c>
       <c r="B601" s="0" t="s">
         <v>1197</v>
       </c>
     </row>
     <row r="602">
       <c r="A602" s="0" t="s">
         <v>1198</v>
       </c>
       <c r="B602" s="0" t="s">
         <v>1199</v>
       </c>
     </row>
     <row r="603">
       <c r="A603" s="0" t="s">
         <v>1200</v>
       </c>
       <c r="B603" s="0" t="s">
         <v>1201</v>
       </c>
@@ -10878,587 +11205,587 @@
       <c r="B652" s="0" t="s">
         <v>1299</v>
       </c>
     </row>
     <row r="653">
       <c r="A653" s="0" t="s">
         <v>1300</v>
       </c>
       <c r="B653" s="0" t="s">
         <v>1301</v>
       </c>
     </row>
     <row r="654">
       <c r="A654" s="0" t="s">
         <v>1302</v>
       </c>
       <c r="B654" s="0" t="s">
         <v>1303</v>
       </c>
     </row>
     <row r="655">
       <c r="A655" s="0" t="s">
         <v>1304</v>
       </c>
       <c r="B655" s="0" t="s">
-        <v>1305</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="656">
       <c r="A656" s="0" t="s">
+        <v>1305</v>
+      </c>
+      <c r="B656" s="0" t="s">
         <v>1306</v>
-      </c>
-[...1 lines deleted...]
-        <v>1307</v>
       </c>
     </row>
     <row r="657">
       <c r="A657" s="0" t="s">
+        <v>1307</v>
+      </c>
+      <c r="B657" s="0" t="s">
         <v>1308</v>
-      </c>
-[...1 lines deleted...]
-        <v>1309</v>
       </c>
     </row>
     <row r="658">
       <c r="A658" s="0" t="s">
+        <v>1309</v>
+      </c>
+      <c r="B658" s="0" t="s">
         <v>1310</v>
-      </c>
-[...1 lines deleted...]
-        <v>1311</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" s="0" t="s">
+        <v>1311</v>
+      </c>
+      <c r="B659" s="0" t="s">
         <v>1312</v>
-      </c>
-[...1 lines deleted...]
-        <v>1313</v>
       </c>
     </row>
     <row r="660">
       <c r="A660" s="0" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B660" s="0" t="s">
         <v>1314</v>
-      </c>
-[...1 lines deleted...]
-        <v>1315</v>
       </c>
     </row>
     <row r="661">
       <c r="A661" s="0" t="s">
+        <v>1315</v>
+      </c>
+      <c r="B661" s="0" t="s">
         <v>1316</v>
-      </c>
-[...1 lines deleted...]
-        <v>1317</v>
       </c>
     </row>
     <row r="662">
       <c r="A662" s="0" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B662" s="0" t="s">
         <v>1318</v>
-      </c>
-[...1 lines deleted...]
-        <v>1319</v>
       </c>
     </row>
     <row r="663">
       <c r="A663" s="0" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B663" s="0" t="s">
         <v>1320</v>
-      </c>
-[...1 lines deleted...]
-        <v>1321</v>
       </c>
     </row>
     <row r="664">
       <c r="A664" s="0" t="s">
+        <v>1321</v>
+      </c>
+      <c r="B664" s="0" t="s">
         <v>1322</v>
-      </c>
-[...1 lines deleted...]
-        <v>1323</v>
       </c>
     </row>
     <row r="665">
       <c r="A665" s="0" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B665" s="0" t="s">
         <v>1324</v>
-      </c>
-[...1 lines deleted...]
-        <v>1325</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" s="0" t="s">
+        <v>1325</v>
+      </c>
+      <c r="B666" s="0" t="s">
         <v>1326</v>
-      </c>
-[...1 lines deleted...]
-        <v>1327</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" s="0" t="s">
+        <v>1327</v>
+      </c>
+      <c r="B667" s="0" t="s">
         <v>1328</v>
-      </c>
-[...1 lines deleted...]
-        <v>1329</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" s="0" t="s">
+        <v>1329</v>
+      </c>
+      <c r="B668" s="0" t="s">
         <v>1330</v>
-      </c>
-[...1 lines deleted...]
-        <v>1331</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" s="0" t="s">
+        <v>1331</v>
+      </c>
+      <c r="B669" s="0" t="s">
         <v>1332</v>
-      </c>
-[...1 lines deleted...]
-        <v>1333</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" s="0" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B670" s="0" t="s">
         <v>1334</v>
-      </c>
-[...1 lines deleted...]
-        <v>1335</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" s="0" t="s">
+        <v>1335</v>
+      </c>
+      <c r="B671" s="0" t="s">
         <v>1336</v>
-      </c>
-[...1 lines deleted...]
-        <v>1337</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" s="0" t="s">
+        <v>1337</v>
+      </c>
+      <c r="B672" s="0" t="s">
         <v>1338</v>
-      </c>
-[...1 lines deleted...]
-        <v>1339</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" s="0" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B673" s="0" t="s">
         <v>1340</v>
-      </c>
-[...1 lines deleted...]
-        <v>1341</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" s="0" t="s">
+        <v>1341</v>
+      </c>
+      <c r="B674" s="0" t="s">
         <v>1342</v>
-      </c>
-[...1 lines deleted...]
-        <v>1343</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" s="0" t="s">
+        <v>1343</v>
+      </c>
+      <c r="B675" s="0" t="s">
         <v>1344</v>
-      </c>
-[...1 lines deleted...]
-        <v>1345</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" s="0" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B676" s="0" t="s">
         <v>1346</v>
-      </c>
-[...1 lines deleted...]
-        <v>1347</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" s="0" t="s">
+        <v>1347</v>
+      </c>
+      <c r="B677" s="0" t="s">
         <v>1348</v>
-      </c>
-[...1 lines deleted...]
-        <v>1349</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="0" t="s">
+        <v>1349</v>
+      </c>
+      <c r="B678" s="0" t="s">
         <v>1350</v>
-      </c>
-[...1 lines deleted...]
-        <v>1351</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" s="0" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B679" s="0" t="s">
         <v>1352</v>
-      </c>
-[...1 lines deleted...]
-        <v>1353</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" s="0" t="s">
+        <v>1353</v>
+      </c>
+      <c r="B680" s="0" t="s">
         <v>1354</v>
-      </c>
-[...1 lines deleted...]
-        <v>1355</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" s="0" t="s">
+        <v>1355</v>
+      </c>
+      <c r="B681" s="0" t="s">
         <v>1356</v>
-      </c>
-[...1 lines deleted...]
-        <v>1357</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" s="0" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B682" s="0" t="s">
         <v>1358</v>
-      </c>
-[...1 lines deleted...]
-        <v>1359</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" s="0" t="s">
+        <v>1359</v>
+      </c>
+      <c r="B683" s="0" t="s">
         <v>1360</v>
-      </c>
-[...1 lines deleted...]
-        <v>1361</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" s="0" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B684" s="0" t="s">
         <v>1362</v>
-      </c>
-[...1 lines deleted...]
-        <v>1363</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" s="0" t="s">
+        <v>1363</v>
+      </c>
+      <c r="B685" s="0" t="s">
         <v>1364</v>
-      </c>
-[...1 lines deleted...]
-        <v>1365</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" s="0" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B686" s="0" t="s">
         <v>1366</v>
-      </c>
-[...1 lines deleted...]
-        <v>1367</v>
       </c>
     </row>
     <row r="687">
       <c r="A687" s="0" t="s">
+        <v>1367</v>
+      </c>
+      <c r="B687" s="0" t="s">
         <v>1368</v>
-      </c>
-[...1 lines deleted...]
-        <v>1369</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" s="0" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B688" s="0" t="s">
         <v>1370</v>
-      </c>
-[...1 lines deleted...]
-        <v>1371</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" s="0" t="s">
+        <v>1371</v>
+      </c>
+      <c r="B689" s="0" t="s">
         <v>1372</v>
-      </c>
-[...1 lines deleted...]
-        <v>1373</v>
       </c>
     </row>
     <row r="690">
       <c r="A690" s="0" t="s">
+        <v>1373</v>
+      </c>
+      <c r="B690" s="0" t="s">
         <v>1374</v>
-      </c>
-[...1 lines deleted...]
-        <v>1375</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" s="0" t="s">
+        <v>1375</v>
+      </c>
+      <c r="B691" s="0" t="s">
         <v>1376</v>
-      </c>
-[...1 lines deleted...]
-        <v>1377</v>
       </c>
     </row>
     <row r="692">
       <c r="A692" s="0" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B692" s="0" t="s">
         <v>1378</v>
-      </c>
-[...1 lines deleted...]
-        <v>1379</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" s="0" t="s">
+        <v>1379</v>
+      </c>
+      <c r="B693" s="0" t="s">
         <v>1380</v>
-      </c>
-[...1 lines deleted...]
-        <v>1381</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" s="0" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B694" s="0" t="s">
         <v>1382</v>
-      </c>
-[...1 lines deleted...]
-        <v>1383</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" s="0" t="s">
+        <v>1383</v>
+      </c>
+      <c r="B695" s="0" t="s">
         <v>1384</v>
-      </c>
-[...1 lines deleted...]
-        <v>1385</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" s="0" t="s">
+        <v>1385</v>
+      </c>
+      <c r="B696" s="0" t="s">
         <v>1386</v>
-      </c>
-[...1 lines deleted...]
-        <v>1387</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" s="0" t="s">
+        <v>1387</v>
+      </c>
+      <c r="B697" s="0" t="s">
         <v>1388</v>
-      </c>
-[...1 lines deleted...]
-        <v>1389</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" s="0" t="s">
+        <v>1389</v>
+      </c>
+      <c r="B698" s="0" t="s">
         <v>1390</v>
-      </c>
-[...1 lines deleted...]
-        <v>1391</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" s="0" t="s">
+        <v>1391</v>
+      </c>
+      <c r="B699" s="0" t="s">
         <v>1392</v>
-      </c>
-[...1 lines deleted...]
-        <v>1393</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" s="0" t="s">
+        <v>1393</v>
+      </c>
+      <c r="B700" s="0" t="s">
         <v>1394</v>
-      </c>
-[...1 lines deleted...]
-        <v>1395</v>
       </c>
     </row>
     <row r="701">
       <c r="A701" s="0" t="s">
+        <v>1395</v>
+      </c>
+      <c r="B701" s="0" t="s">
         <v>1396</v>
-      </c>
-[...1 lines deleted...]
-        <v>1397</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" s="0" t="s">
+        <v>1397</v>
+      </c>
+      <c r="B702" s="0" t="s">
         <v>1398</v>
-      </c>
-[...1 lines deleted...]
-        <v>1399</v>
       </c>
     </row>
     <row r="703">
       <c r="A703" s="0" t="s">
+        <v>1399</v>
+      </c>
+      <c r="B703" s="0" t="s">
         <v>1400</v>
-      </c>
-[...1 lines deleted...]
-        <v>1401</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" s="0" t="s">
+        <v>1401</v>
+      </c>
+      <c r="B704" s="0" t="s">
         <v>1402</v>
-      </c>
-[...1 lines deleted...]
-        <v>1403</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" s="0" t="s">
+        <v>1403</v>
+      </c>
+      <c r="B705" s="0" t="s">
         <v>1404</v>
-      </c>
-[...1 lines deleted...]
-        <v>1405</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" s="0" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B706" s="0" t="s">
         <v>1406</v>
-      </c>
-[...1 lines deleted...]
-        <v>1407</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" s="0" t="s">
+        <v>1407</v>
+      </c>
+      <c r="B707" s="0" t="s">
         <v>1408</v>
-      </c>
-[...1 lines deleted...]
-        <v>1409</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="0" t="s">
+        <v>1409</v>
+      </c>
+      <c r="B708" s="0" t="s">
         <v>1410</v>
-      </c>
-[...1 lines deleted...]
-        <v>1411</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="0" t="s">
+        <v>1411</v>
+      </c>
+      <c r="B709" s="0" t="s">
         <v>1412</v>
-      </c>
-[...1 lines deleted...]
-        <v>1413</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" s="0" t="s">
+        <v>1413</v>
+      </c>
+      <c r="B710" s="0" t="s">
         <v>1414</v>
-      </c>
-[...1 lines deleted...]
-        <v>1415</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" s="0" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B711" s="0" t="s">
         <v>1416</v>
-      </c>
-[...1 lines deleted...]
-        <v>1417</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" s="0" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B712" s="0" t="s">
         <v>1418</v>
-      </c>
-[...1 lines deleted...]
-        <v>1419</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" s="0" t="s">
+        <v>1419</v>
+      </c>
+      <c r="B713" s="0" t="s">
         <v>1420</v>
-      </c>
-[...1 lines deleted...]
-        <v>1421</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" s="0" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B714" s="0" t="s">
         <v>1422</v>
-      </c>
-[...1 lines deleted...]
-        <v>1423</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" s="0" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B715" s="0" t="s">
         <v>1424</v>
-      </c>
-[...1 lines deleted...]
-        <v>1425</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" s="0" t="s">
+        <v>1425</v>
+      </c>
+      <c r="B716" s="0" t="s">
         <v>1426</v>
-      </c>
-[...1 lines deleted...]
-        <v>1427</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" s="0" t="s">
+        <v>1427</v>
+      </c>
+      <c r="B717" s="0" t="s">
         <v>1428</v>
-      </c>
-[...1 lines deleted...]
-        <v>1429</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" s="0" t="s">
+        <v>1429</v>
+      </c>
+      <c r="B718" s="0" t="s">
         <v>1430</v>
-      </c>
-[...1 lines deleted...]
-        <v>1431</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" s="0" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B719" s="0" t="s">
         <v>1432</v>
-      </c>
-[...1 lines deleted...]
-        <v>1433</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" s="0" t="s">
+        <v>1433</v>
+      </c>
+      <c r="B720" s="0" t="s">
         <v>1434</v>
-      </c>
-[...1 lines deleted...]
-        <v>1435</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" s="0" t="s">
+        <v>1435</v>
+      </c>
+      <c r="B721" s="0" t="s">
         <v>1436</v>
-      </c>
-[...1 lines deleted...]
-        <v>1437</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" s="0" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B722" s="0" t="s">
         <v>1438</v>
-      </c>
-[...1 lines deleted...]
-        <v>1381</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" s="0" t="s">
         <v>1439</v>
       </c>
       <c r="B723" s="0" t="s">
         <v>1440</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" s="0" t="s">
         <v>1441</v>
       </c>
       <c r="B724" s="0" t="s">
         <v>1442</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" s="0" t="s">
         <v>1443</v>
       </c>
       <c r="B725" s="0" t="s">
         <v>1444</v>
       </c>
@@ -11854,1336 +12181,1776 @@
       <c r="B774" s="0" t="s">
         <v>1542</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" s="0" t="s">
         <v>1543</v>
       </c>
       <c r="B775" s="0" t="s">
         <v>1544</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" s="0" t="s">
         <v>1545</v>
       </c>
       <c r="B776" s="0" t="s">
         <v>1546</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" s="0" t="s">
         <v>1547</v>
       </c>
       <c r="B777" s="0" t="s">
-        <v>1548</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="778">
       <c r="A778" s="0" t="s">
+        <v>1548</v>
+      </c>
+      <c r="B778" s="0" t="s">
         <v>1549</v>
-      </c>
-[...1 lines deleted...]
-        <v>1550</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" s="0" t="s">
+        <v>1550</v>
+      </c>
+      <c r="B779" s="0" t="s">
         <v>1551</v>
-      </c>
-[...1 lines deleted...]
-        <v>1552</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" s="0" t="s">
+        <v>1552</v>
+      </c>
+      <c r="B780" s="0" t="s">
         <v>1553</v>
-      </c>
-[...1 lines deleted...]
-        <v>1554</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" s="0" t="s">
+        <v>1554</v>
+      </c>
+      <c r="B781" s="0" t="s">
         <v>1555</v>
-      </c>
-[...1 lines deleted...]
-        <v>1556</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" s="0" t="s">
+        <v>1556</v>
+      </c>
+      <c r="B782" s="0" t="s">
         <v>1557</v>
-      </c>
-[...1 lines deleted...]
-        <v>1558</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" s="0" t="s">
+        <v>1558</v>
+      </c>
+      <c r="B783" s="0" t="s">
         <v>1559</v>
-      </c>
-[...1 lines deleted...]
-        <v>1560</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" s="0" t="s">
+        <v>1560</v>
+      </c>
+      <c r="B784" s="0" t="s">
         <v>1561</v>
-      </c>
-[...1 lines deleted...]
-        <v>1562</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" s="0" t="s">
+        <v>1562</v>
+      </c>
+      <c r="B785" s="0" t="s">
         <v>1563</v>
-      </c>
-[...1 lines deleted...]
-        <v>1564</v>
       </c>
     </row>
     <row r="786">
       <c r="A786" s="0" t="s">
+        <v>1564</v>
+      </c>
+      <c r="B786" s="0" t="s">
         <v>1565</v>
-      </c>
-[...1 lines deleted...]
-        <v>1566</v>
       </c>
     </row>
     <row r="787">
       <c r="A787" s="0" t="s">
+        <v>1566</v>
+      </c>
+      <c r="B787" s="0" t="s">
         <v>1567</v>
-      </c>
-[...1 lines deleted...]
-        <v>1568</v>
       </c>
     </row>
     <row r="788">
       <c r="A788" s="0" t="s">
+        <v>1568</v>
+      </c>
+      <c r="B788" s="0" t="s">
         <v>1569</v>
-      </c>
-[...1 lines deleted...]
-        <v>1570</v>
       </c>
     </row>
     <row r="789">
       <c r="A789" s="0" t="s">
+        <v>1570</v>
+      </c>
+      <c r="B789" s="0" t="s">
         <v>1571</v>
-      </c>
-[...1 lines deleted...]
-        <v>1572</v>
       </c>
     </row>
     <row r="790">
       <c r="A790" s="0" t="s">
+        <v>1572</v>
+      </c>
+      <c r="B790" s="0" t="s">
         <v>1573</v>
-      </c>
-[...1 lines deleted...]
-        <v>1574</v>
       </c>
     </row>
     <row r="791">
       <c r="A791" s="0" t="s">
+        <v>1574</v>
+      </c>
+      <c r="B791" s="0" t="s">
         <v>1575</v>
-      </c>
-[...1 lines deleted...]
-        <v>1576</v>
       </c>
     </row>
     <row r="792">
       <c r="A792" s="0" t="s">
+        <v>1576</v>
+      </c>
+      <c r="B792" s="0" t="s">
         <v>1577</v>
-      </c>
-[...1 lines deleted...]
-        <v>1578</v>
       </c>
     </row>
     <row r="793">
       <c r="A793" s="0" t="s">
+        <v>1578</v>
+      </c>
+      <c r="B793" s="0" t="s">
         <v>1579</v>
-      </c>
-[...1 lines deleted...]
-        <v>1580</v>
       </c>
     </row>
     <row r="794">
       <c r="A794" s="0" t="s">
+        <v>1580</v>
+      </c>
+      <c r="B794" s="0" t="s">
         <v>1581</v>
-      </c>
-[...1 lines deleted...]
-        <v>1582</v>
       </c>
     </row>
     <row r="795">
       <c r="A795" s="0" t="s">
+        <v>1582</v>
+      </c>
+      <c r="B795" s="0" t="s">
         <v>1583</v>
-      </c>
-[...1 lines deleted...]
-        <v>1584</v>
       </c>
     </row>
     <row r="796">
       <c r="A796" s="0" t="s">
+        <v>1584</v>
+      </c>
+      <c r="B796" s="0" t="s">
         <v>1585</v>
-      </c>
-[...1 lines deleted...]
-        <v>1586</v>
       </c>
     </row>
     <row r="797">
       <c r="A797" s="0" t="s">
+        <v>1586</v>
+      </c>
+      <c r="B797" s="0" t="s">
         <v>1587</v>
-      </c>
-[...1 lines deleted...]
-        <v>1588</v>
       </c>
     </row>
     <row r="798">
       <c r="A798" s="0" t="s">
+        <v>1588</v>
+      </c>
+      <c r="B798" s="0" t="s">
         <v>1589</v>
-      </c>
-[...1 lines deleted...]
-        <v>1590</v>
       </c>
     </row>
     <row r="799">
       <c r="A799" s="0" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B799" s="0" t="s">
         <v>1591</v>
-      </c>
-[...1 lines deleted...]
-        <v>1592</v>
       </c>
     </row>
     <row r="800">
       <c r="A800" s="0" t="s">
+        <v>1592</v>
+      </c>
+      <c r="B800" s="0" t="s">
         <v>1593</v>
-      </c>
-[...1 lines deleted...]
-        <v>1594</v>
       </c>
     </row>
     <row r="801">
       <c r="A801" s="0" t="s">
+        <v>1594</v>
+      </c>
+      <c r="B801" s="0" t="s">
         <v>1595</v>
-      </c>
-[...1 lines deleted...]
-        <v>1596</v>
       </c>
     </row>
     <row r="802">
       <c r="A802" s="0" t="s">
+        <v>1596</v>
+      </c>
+      <c r="B802" s="0" t="s">
         <v>1597</v>
-      </c>
-[...1 lines deleted...]
-        <v>1598</v>
       </c>
     </row>
     <row r="803">
       <c r="A803" s="0" t="s">
+        <v>1598</v>
+      </c>
+      <c r="B803" s="0" t="s">
         <v>1599</v>
-      </c>
-[...1 lines deleted...]
-        <v>1600</v>
       </c>
     </row>
     <row r="804">
       <c r="A804" s="0" t="s">
+        <v>1600</v>
+      </c>
+      <c r="B804" s="0" t="s">
         <v>1601</v>
-      </c>
-[...1 lines deleted...]
-        <v>1602</v>
       </c>
     </row>
     <row r="805">
       <c r="A805" s="0" t="s">
+        <v>1602</v>
+      </c>
+      <c r="B805" s="0" t="s">
         <v>1603</v>
-      </c>
-[...1 lines deleted...]
-        <v>1604</v>
       </c>
     </row>
     <row r="806">
       <c r="A806" s="0" t="s">
+        <v>1604</v>
+      </c>
+      <c r="B806" s="0" t="s">
         <v>1605</v>
-      </c>
-[...1 lines deleted...]
-        <v>1606</v>
       </c>
     </row>
     <row r="807">
       <c r="A807" s="0" t="s">
+        <v>1606</v>
+      </c>
+      <c r="B807" s="0" t="s">
         <v>1607</v>
-      </c>
-[...1 lines deleted...]
-        <v>1608</v>
       </c>
     </row>
     <row r="808">
       <c r="A808" s="0" t="s">
+        <v>1608</v>
+      </c>
+      <c r="B808" s="0" t="s">
         <v>1609</v>
-      </c>
-[...1 lines deleted...]
-        <v>1610</v>
       </c>
     </row>
     <row r="809">
       <c r="A809" s="0" t="s">
+        <v>1610</v>
+      </c>
+      <c r="B809" s="0" t="s">
         <v>1611</v>
-      </c>
-[...1 lines deleted...]
-        <v>1612</v>
       </c>
     </row>
     <row r="810">
       <c r="A810" s="0" t="s">
+        <v>1612</v>
+      </c>
+      <c r="B810" s="0" t="s">
         <v>1613</v>
-      </c>
-[...1 lines deleted...]
-        <v>1614</v>
       </c>
     </row>
     <row r="811">
       <c r="A811" s="0" t="s">
+        <v>1614</v>
+      </c>
+      <c r="B811" s="0" t="s">
         <v>1615</v>
-      </c>
-[...1 lines deleted...]
-        <v>1616</v>
       </c>
     </row>
     <row r="812">
       <c r="A812" s="0" t="s">
+        <v>1616</v>
+      </c>
+      <c r="B812" s="0" t="s">
         <v>1617</v>
-      </c>
-[...1 lines deleted...]
-        <v>1618</v>
       </c>
     </row>
     <row r="813">
       <c r="A813" s="0" t="s">
+        <v>1618</v>
+      </c>
+      <c r="B813" s="0" t="s">
         <v>1619</v>
-      </c>
-[...1 lines deleted...]
-        <v>1620</v>
       </c>
     </row>
     <row r="814">
       <c r="A814" s="0" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B814" s="0" t="s">
         <v>1621</v>
-      </c>
-[...1 lines deleted...]
-        <v>1622</v>
       </c>
     </row>
     <row r="815">
       <c r="A815" s="0" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B815" s="0" t="s">
         <v>1623</v>
-      </c>
-[...1 lines deleted...]
-        <v>1624</v>
       </c>
     </row>
     <row r="816">
       <c r="A816" s="0" t="s">
+        <v>1624</v>
+      </c>
+      <c r="B816" s="0" t="s">
         <v>1625</v>
-      </c>
-[...1 lines deleted...]
-        <v>1626</v>
       </c>
     </row>
     <row r="817">
       <c r="A817" s="0" t="s">
+        <v>1626</v>
+      </c>
+      <c r="B817" s="0" t="s">
         <v>1627</v>
-      </c>
-[...1 lines deleted...]
-        <v>1628</v>
       </c>
     </row>
     <row r="818">
       <c r="A818" s="0" t="s">
+        <v>1628</v>
+      </c>
+      <c r="B818" s="0" t="s">
         <v>1629</v>
-      </c>
-[...1 lines deleted...]
-        <v>1630</v>
       </c>
     </row>
     <row r="819">
       <c r="A819" s="0" t="s">
+        <v>1630</v>
+      </c>
+      <c r="B819" s="0" t="s">
         <v>1631</v>
-      </c>
-[...1 lines deleted...]
-        <v>1632</v>
       </c>
     </row>
     <row r="820">
       <c r="A820" s="0" t="s">
+        <v>1632</v>
+      </c>
+      <c r="B820" s="0" t="s">
         <v>1633</v>
-      </c>
-[...1 lines deleted...]
-        <v>1634</v>
       </c>
     </row>
     <row r="821">
       <c r="A821" s="0" t="s">
+        <v>1634</v>
+      </c>
+      <c r="B821" s="0" t="s">
         <v>1635</v>
-      </c>
-[...1 lines deleted...]
-        <v>1636</v>
       </c>
     </row>
     <row r="822">
       <c r="A822" s="0" t="s">
+        <v>1636</v>
+      </c>
+      <c r="B822" s="0" t="s">
         <v>1637</v>
-      </c>
-[...1 lines deleted...]
-        <v>1638</v>
       </c>
     </row>
     <row r="823">
       <c r="A823" s="0" t="s">
+        <v>1638</v>
+      </c>
+      <c r="B823" s="0" t="s">
         <v>1639</v>
-      </c>
-[...1 lines deleted...]
-        <v>1640</v>
       </c>
     </row>
     <row r="824">
       <c r="A824" s="0" t="s">
+        <v>1640</v>
+      </c>
+      <c r="B824" s="0" t="s">
         <v>1641</v>
-      </c>
-[...1 lines deleted...]
-        <v>1642</v>
       </c>
     </row>
     <row r="825">
       <c r="A825" s="0" t="s">
+        <v>1642</v>
+      </c>
+      <c r="B825" s="0" t="s">
         <v>1643</v>
-      </c>
-[...1 lines deleted...]
-        <v>1644</v>
       </c>
     </row>
     <row r="826">
       <c r="A826" s="0" t="s">
+        <v>1644</v>
+      </c>
+      <c r="B826" s="0" t="s">
         <v>1645</v>
-      </c>
-[...1 lines deleted...]
-        <v>1646</v>
       </c>
     </row>
     <row r="827">
       <c r="A827" s="0" t="s">
+        <v>1646</v>
+      </c>
+      <c r="B827" s="0" t="s">
         <v>1647</v>
-      </c>
-[...1 lines deleted...]
-        <v>1648</v>
       </c>
     </row>
     <row r="828">
       <c r="A828" s="0" t="s">
+        <v>1648</v>
+      </c>
+      <c r="B828" s="0" t="s">
         <v>1649</v>
-      </c>
-[...1 lines deleted...]
-        <v>1650</v>
       </c>
     </row>
     <row r="829">
       <c r="A829" s="0" t="s">
+        <v>1650</v>
+      </c>
+      <c r="B829" s="0" t="s">
         <v>1651</v>
-      </c>
-[...1 lines deleted...]
-        <v>1652</v>
       </c>
     </row>
     <row r="830">
       <c r="A830" s="0" t="s">
+        <v>1652</v>
+      </c>
+      <c r="B830" s="0" t="s">
         <v>1653</v>
-      </c>
-[...1 lines deleted...]
-        <v>1654</v>
       </c>
     </row>
     <row r="831">
       <c r="A831" s="0" t="s">
+        <v>1654</v>
+      </c>
+      <c r="B831" s="0" t="s">
         <v>1655</v>
-      </c>
-[...1 lines deleted...]
-        <v>1656</v>
       </c>
     </row>
     <row r="832">
       <c r="A832" s="0" t="s">
+        <v>1656</v>
+      </c>
+      <c r="B832" s="0" t="s">
         <v>1657</v>
-      </c>
-[...1 lines deleted...]
-        <v>1658</v>
       </c>
     </row>
     <row r="833">
       <c r="A833" s="0" t="s">
+        <v>1658</v>
+      </c>
+      <c r="B833" s="0" t="s">
         <v>1659</v>
-      </c>
-[...1 lines deleted...]
-        <v>1660</v>
       </c>
     </row>
     <row r="834">
       <c r="A834" s="0" t="s">
+        <v>1660</v>
+      </c>
+      <c r="B834" s="0" t="s">
         <v>1661</v>
-      </c>
-[...1 lines deleted...]
-        <v>1662</v>
       </c>
     </row>
     <row r="835">
       <c r="A835" s="0" t="s">
+        <v>1662</v>
+      </c>
+      <c r="B835" s="0" t="s">
         <v>1663</v>
-      </c>
-[...1 lines deleted...]
-        <v>1664</v>
       </c>
     </row>
     <row r="836">
       <c r="A836" s="0" t="s">
+        <v>1664</v>
+      </c>
+      <c r="B836" s="0" t="s">
         <v>1665</v>
-      </c>
-[...1 lines deleted...]
-        <v>1666</v>
       </c>
     </row>
     <row r="837">
       <c r="A837" s="0" t="s">
+        <v>1666</v>
+      </c>
+      <c r="B837" s="0" t="s">
         <v>1667</v>
-      </c>
-[...1 lines deleted...]
-        <v>1668</v>
       </c>
     </row>
     <row r="838">
       <c r="A838" s="0" t="s">
+        <v>1668</v>
+      </c>
+      <c r="B838" s="0" t="s">
         <v>1669</v>
-      </c>
-[...1 lines deleted...]
-        <v>1670</v>
       </c>
     </row>
     <row r="839">
       <c r="A839" s="0" t="s">
+        <v>1670</v>
+      </c>
+      <c r="B839" s="0" t="s">
         <v>1671</v>
-      </c>
-[...1 lines deleted...]
-        <v>1672</v>
       </c>
     </row>
     <row r="840">
       <c r="A840" s="0" t="s">
+        <v>1672</v>
+      </c>
+      <c r="B840" s="0" t="s">
         <v>1673</v>
-      </c>
-[...1 lines deleted...]
-        <v>1674</v>
       </c>
     </row>
     <row r="841">
       <c r="A841" s="0" t="s">
+        <v>1674</v>
+      </c>
+      <c r="B841" s="0" t="s">
         <v>1675</v>
-      </c>
-[...1 lines deleted...]
-        <v>1676</v>
       </c>
     </row>
     <row r="842">
       <c r="A842" s="0" t="s">
+        <v>1676</v>
+      </c>
+      <c r="B842" s="0" t="s">
         <v>1677</v>
-      </c>
-[...1 lines deleted...]
-        <v>1678</v>
       </c>
     </row>
     <row r="843">
       <c r="A843" s="0" t="s">
+        <v>1678</v>
+      </c>
+      <c r="B843" s="0" t="s">
         <v>1679</v>
-      </c>
-[...1 lines deleted...]
-        <v>1680</v>
       </c>
     </row>
     <row r="844">
       <c r="A844" s="0" t="s">
+        <v>1680</v>
+      </c>
+      <c r="B844" s="0" t="s">
         <v>1681</v>
-      </c>
-[...1 lines deleted...]
-        <v>1682</v>
       </c>
     </row>
     <row r="845">
       <c r="A845" s="0" t="s">
+        <v>1682</v>
+      </c>
+      <c r="B845" s="0" t="s">
         <v>1683</v>
-      </c>
-[...1 lines deleted...]
-        <v>1684</v>
       </c>
     </row>
     <row r="846">
       <c r="A846" s="0" t="s">
+        <v>1684</v>
+      </c>
+      <c r="B846" s="0" t="s">
         <v>1685</v>
-      </c>
-[...1 lines deleted...]
-        <v>1686</v>
       </c>
     </row>
     <row r="847">
       <c r="A847" s="0" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B847" s="0" t="s">
         <v>1687</v>
-      </c>
-[...1 lines deleted...]
-        <v>1688</v>
       </c>
     </row>
     <row r="848">
       <c r="A848" s="0" t="s">
+        <v>1688</v>
+      </c>
+      <c r="B848" s="0" t="s">
         <v>1689</v>
-      </c>
-[...1 lines deleted...]
-        <v>1690</v>
       </c>
     </row>
     <row r="849">
       <c r="A849" s="0" t="s">
+        <v>1690</v>
+      </c>
+      <c r="B849" s="0" t="s">
         <v>1691</v>
-      </c>
-[...1 lines deleted...]
-        <v>1692</v>
       </c>
     </row>
     <row r="850">
       <c r="A850" s="0" t="s">
+        <v>1692</v>
+      </c>
+      <c r="B850" s="0" t="s">
         <v>1693</v>
-      </c>
-[...1 lines deleted...]
-        <v>1694</v>
       </c>
     </row>
     <row r="851">
       <c r="A851" s="0" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B851" s="0" t="s">
         <v>1695</v>
-      </c>
-[...1 lines deleted...]
-        <v>1696</v>
       </c>
     </row>
     <row r="852">
       <c r="A852" s="0" t="s">
+        <v>1696</v>
+      </c>
+      <c r="B852" s="0" t="s">
         <v>1697</v>
-      </c>
-[...1 lines deleted...]
-        <v>1698</v>
       </c>
     </row>
     <row r="853">
       <c r="A853" s="0" t="s">
+        <v>1698</v>
+      </c>
+      <c r="B853" s="0" t="s">
         <v>1699</v>
-      </c>
-[...1 lines deleted...]
-        <v>1700</v>
       </c>
     </row>
     <row r="854">
       <c r="A854" s="0" t="s">
+        <v>1700</v>
+      </c>
+      <c r="B854" s="0" t="s">
         <v>1701</v>
-      </c>
-[...1 lines deleted...]
-        <v>1702</v>
       </c>
     </row>
     <row r="855">
       <c r="A855" s="0" t="s">
+        <v>1702</v>
+      </c>
+      <c r="B855" s="0" t="s">
         <v>1703</v>
-      </c>
-[...1 lines deleted...]
-        <v>1704</v>
       </c>
     </row>
     <row r="856">
       <c r="A856" s="0" t="s">
+        <v>1704</v>
+      </c>
+      <c r="B856" s="0" t="s">
         <v>1705</v>
-      </c>
-[...1 lines deleted...]
-        <v>1706</v>
       </c>
     </row>
     <row r="857">
       <c r="A857" s="0" t="s">
+        <v>1706</v>
+      </c>
+      <c r="B857" s="0" t="s">
         <v>1707</v>
-      </c>
-[...1 lines deleted...]
-        <v>1708</v>
       </c>
     </row>
     <row r="858">
       <c r="A858" s="0" t="s">
+        <v>1708</v>
+      </c>
+      <c r="B858" s="0" t="s">
         <v>1709</v>
-      </c>
-[...1 lines deleted...]
-        <v>1710</v>
       </c>
     </row>
     <row r="859">
       <c r="A859" s="0" t="s">
+        <v>1710</v>
+      </c>
+      <c r="B859" s="0" t="s">
         <v>1711</v>
-      </c>
-[...1 lines deleted...]
-        <v>1712</v>
       </c>
     </row>
     <row r="860">
       <c r="A860" s="0" t="s">
+        <v>1712</v>
+      </c>
+      <c r="B860" s="0" t="s">
         <v>1713</v>
-      </c>
-[...1 lines deleted...]
-        <v>1714</v>
       </c>
     </row>
     <row r="861">
       <c r="A861" s="0" t="s">
+        <v>1714</v>
+      </c>
+      <c r="B861" s="0" t="s">
         <v>1715</v>
-      </c>
-[...1 lines deleted...]
-        <v>1716</v>
       </c>
     </row>
     <row r="862">
       <c r="A862" s="0" t="s">
+        <v>1716</v>
+      </c>
+      <c r="B862" s="0" t="s">
         <v>1717</v>
-      </c>
-[...1 lines deleted...]
-        <v>1718</v>
       </c>
     </row>
     <row r="863">
       <c r="A863" s="0" t="s">
+        <v>1718</v>
+      </c>
+      <c r="B863" s="0" t="s">
         <v>1719</v>
-      </c>
-[...1 lines deleted...]
-        <v>1720</v>
       </c>
     </row>
     <row r="864">
       <c r="A864" s="0" t="s">
+        <v>1720</v>
+      </c>
+      <c r="B864" s="0" t="s">
         <v>1721</v>
-      </c>
-[...1 lines deleted...]
-        <v>1722</v>
       </c>
     </row>
     <row r="865">
       <c r="A865" s="0" t="s">
+        <v>1722</v>
+      </c>
+      <c r="B865" s="0" t="s">
         <v>1723</v>
-      </c>
-[...1 lines deleted...]
-        <v>1724</v>
       </c>
     </row>
     <row r="866">
       <c r="A866" s="0" t="s">
+        <v>1724</v>
+      </c>
+      <c r="B866" s="0" t="s">
         <v>1725</v>
-      </c>
-[...1 lines deleted...]
-        <v>1726</v>
       </c>
     </row>
     <row r="867">
       <c r="A867" s="0" t="s">
+        <v>1726</v>
+      </c>
+      <c r="B867" s="0" t="s">
         <v>1727</v>
-      </c>
-[...1 lines deleted...]
-        <v>1728</v>
       </c>
     </row>
     <row r="868">
       <c r="A868" s="0" t="s">
+        <v>1728</v>
+      </c>
+      <c r="B868" s="0" t="s">
         <v>1729</v>
-      </c>
-[...1 lines deleted...]
-        <v>1730</v>
       </c>
     </row>
     <row r="869">
       <c r="A869" s="0" t="s">
+        <v>1730</v>
+      </c>
+      <c r="B869" s="0" t="s">
         <v>1731</v>
-      </c>
-[...1 lines deleted...]
-        <v>1732</v>
       </c>
     </row>
     <row r="870">
       <c r="A870" s="0" t="s">
+        <v>1732</v>
+      </c>
+      <c r="B870" s="0" t="s">
         <v>1733</v>
-      </c>
-[...1 lines deleted...]
-        <v>1734</v>
       </c>
     </row>
     <row r="871">
       <c r="A871" s="0" t="s">
+        <v>1734</v>
+      </c>
+      <c r="B871" s="0" t="s">
         <v>1735</v>
-      </c>
-[...1 lines deleted...]
-        <v>1736</v>
       </c>
     </row>
     <row r="872">
       <c r="A872" s="0" t="s">
+        <v>1736</v>
+      </c>
+      <c r="B872" s="0" t="s">
         <v>1737</v>
-      </c>
-[...1 lines deleted...]
-        <v>1738</v>
       </c>
     </row>
     <row r="873">
       <c r="A873" s="0" t="s">
+        <v>1738</v>
+      </c>
+      <c r="B873" s="0" t="s">
         <v>1739</v>
-      </c>
-[...1 lines deleted...]
-        <v>1740</v>
       </c>
     </row>
     <row r="874">
       <c r="A874" s="0" t="s">
+        <v>1740</v>
+      </c>
+      <c r="B874" s="0" t="s">
         <v>1741</v>
-      </c>
-[...1 lines deleted...]
-        <v>1742</v>
       </c>
     </row>
     <row r="875">
       <c r="A875" s="0" t="s">
+        <v>1742</v>
+      </c>
+      <c r="B875" s="0" t="s">
         <v>1743</v>
-      </c>
-[...1 lines deleted...]
-        <v>1744</v>
       </c>
     </row>
     <row r="876">
       <c r="A876" s="0" t="s">
+        <v>1744</v>
+      </c>
+      <c r="B876" s="0" t="s">
         <v>1745</v>
-      </c>
-[...1 lines deleted...]
-        <v>1746</v>
       </c>
     </row>
     <row r="877">
       <c r="A877" s="0" t="s">
+        <v>1746</v>
+      </c>
+      <c r="B877" s="0" t="s">
         <v>1747</v>
-      </c>
-[...1 lines deleted...]
-        <v>1748</v>
       </c>
     </row>
     <row r="878">
       <c r="A878" s="0" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B878" s="0" t="s">
         <v>1749</v>
-      </c>
-[...1 lines deleted...]
-        <v>1750</v>
       </c>
     </row>
     <row r="879">
       <c r="A879" s="0" t="s">
+        <v>1750</v>
+      </c>
+      <c r="B879" s="0" t="s">
         <v>1751</v>
-      </c>
-[...1 lines deleted...]
-        <v>1752</v>
       </c>
     </row>
     <row r="880">
       <c r="A880" s="0" t="s">
+        <v>1752</v>
+      </c>
+      <c r="B880" s="0" t="s">
         <v>1753</v>
-      </c>
-[...1 lines deleted...]
-        <v>1754</v>
       </c>
     </row>
     <row r="881">
       <c r="A881" s="0" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B881" s="0" t="s">
         <v>1755</v>
-      </c>
-[...1 lines deleted...]
-        <v>1756</v>
       </c>
     </row>
     <row r="882">
       <c r="A882" s="0" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B882" s="0" t="s">
         <v>1757</v>
-      </c>
-[...1 lines deleted...]
-        <v>1758</v>
       </c>
     </row>
     <row r="883">
       <c r="A883" s="0" t="s">
+        <v>1758</v>
+      </c>
+      <c r="B883" s="0" t="s">
         <v>1759</v>
-      </c>
-[...1 lines deleted...]
-        <v>1760</v>
       </c>
     </row>
     <row r="884">
       <c r="A884" s="0" t="s">
+        <v>1760</v>
+      </c>
+      <c r="B884" s="0" t="s">
         <v>1761</v>
-      </c>
-[...1 lines deleted...]
-        <v>1762</v>
       </c>
     </row>
     <row r="885">
       <c r="A885" s="0" t="s">
+        <v>1762</v>
+      </c>
+      <c r="B885" s="0" t="s">
         <v>1763</v>
-      </c>
-[...1 lines deleted...]
-        <v>1764</v>
       </c>
     </row>
     <row r="886">
       <c r="A886" s="0" t="s">
+        <v>1764</v>
+      </c>
+      <c r="B886" s="0" t="s">
         <v>1765</v>
-      </c>
-[...1 lines deleted...]
-        <v>1766</v>
       </c>
     </row>
     <row r="887">
       <c r="A887" s="0" t="s">
+        <v>1766</v>
+      </c>
+      <c r="B887" s="0" t="s">
         <v>1767</v>
-      </c>
-[...1 lines deleted...]
-        <v>1768</v>
       </c>
     </row>
     <row r="888">
       <c r="A888" s="0" t="s">
+        <v>1768</v>
+      </c>
+      <c r="B888" s="0" t="s">
         <v>1769</v>
-      </c>
-[...1 lines deleted...]
-        <v>1770</v>
       </c>
     </row>
     <row r="889">
       <c r="A889" s="0" t="s">
+        <v>1770</v>
+      </c>
+      <c r="B889" s="0" t="s">
         <v>1771</v>
-      </c>
-[...1 lines deleted...]
-        <v>1772</v>
       </c>
     </row>
     <row r="890">
       <c r="A890" s="0" t="s">
+        <v>1772</v>
+      </c>
+      <c r="B890" s="0" t="s">
         <v>1773</v>
-      </c>
-[...1 lines deleted...]
-        <v>1774</v>
       </c>
     </row>
     <row r="891">
       <c r="A891" s="0" t="s">
+        <v>1774</v>
+      </c>
+      <c r="B891" s="0" t="s">
         <v>1775</v>
-      </c>
-[...1 lines deleted...]
-        <v>1776</v>
       </c>
     </row>
     <row r="892">
       <c r="A892" s="0" t="s">
+        <v>1776</v>
+      </c>
+      <c r="B892" s="0" t="s">
         <v>1777</v>
-      </c>
-[...1 lines deleted...]
-        <v>1778</v>
       </c>
     </row>
     <row r="893">
       <c r="A893" s="0" t="s">
+        <v>1778</v>
+      </c>
+      <c r="B893" s="0" t="s">
         <v>1779</v>
-      </c>
-[...1 lines deleted...]
-        <v>1780</v>
       </c>
     </row>
     <row r="894">
       <c r="A894" s="0" t="s">
+        <v>1780</v>
+      </c>
+      <c r="B894" s="0" t="s">
         <v>1781</v>
-      </c>
-[...1 lines deleted...]
-        <v>1782</v>
       </c>
     </row>
     <row r="895">
       <c r="A895" s="0" t="s">
+        <v>1782</v>
+      </c>
+      <c r="B895" s="0" t="s">
         <v>1783</v>
-      </c>
-[...1 lines deleted...]
-        <v>1784</v>
       </c>
     </row>
     <row r="896">
       <c r="A896" s="0" t="s">
+        <v>1784</v>
+      </c>
+      <c r="B896" s="0" t="s">
         <v>1785</v>
-      </c>
-[...1 lines deleted...]
-        <v>1786</v>
       </c>
     </row>
     <row r="897">
       <c r="A897" s="0" t="s">
+        <v>1786</v>
+      </c>
+      <c r="B897" s="0" t="s">
         <v>1787</v>
-      </c>
-[...1 lines deleted...]
-        <v>1788</v>
       </c>
     </row>
     <row r="898">
       <c r="A898" s="0" t="s">
+        <v>1788</v>
+      </c>
+      <c r="B898" s="0" t="s">
         <v>1789</v>
-      </c>
-[...1 lines deleted...]
-        <v>1790</v>
       </c>
     </row>
     <row r="899">
       <c r="A899" s="0" t="s">
+        <v>1790</v>
+      </c>
+      <c r="B899" s="0" t="s">
         <v>1791</v>
-      </c>
-[...1 lines deleted...]
-        <v>1792</v>
       </c>
     </row>
     <row r="900">
       <c r="A900" s="0" t="s">
+        <v>1792</v>
+      </c>
+      <c r="B900" s="0" t="s">
         <v>1793</v>
-      </c>
-[...1 lines deleted...]
-        <v>1794</v>
       </c>
     </row>
     <row r="901">
       <c r="A901" s="0" t="s">
+        <v>1794</v>
+      </c>
+      <c r="B901" s="0" t="s">
         <v>1795</v>
-      </c>
-[...1 lines deleted...]
-        <v>1796</v>
       </c>
     </row>
     <row r="902">
       <c r="A902" s="0" t="s">
+        <v>1796</v>
+      </c>
+      <c r="B902" s="0" t="s">
         <v>1797</v>
-      </c>
-[...1 lines deleted...]
-        <v>1798</v>
       </c>
     </row>
     <row r="903">
       <c r="A903" s="0" t="s">
+        <v>1798</v>
+      </c>
+      <c r="B903" s="0" t="s">
         <v>1799</v>
-      </c>
-[...1 lines deleted...]
-        <v>1800</v>
       </c>
     </row>
     <row r="904">
       <c r="A904" s="0" t="s">
+        <v>1800</v>
+      </c>
+      <c r="B904" s="0" t="s">
         <v>1801</v>
-      </c>
-[...1 lines deleted...]
-        <v>1802</v>
       </c>
     </row>
     <row r="905">
       <c r="A905" s="0" t="s">
+        <v>1802</v>
+      </c>
+      <c r="B905" s="0" t="s">
         <v>1803</v>
-      </c>
-[...1 lines deleted...]
-        <v>1804</v>
       </c>
     </row>
     <row r="906">
       <c r="A906" s="0" t="s">
+        <v>1804</v>
+      </c>
+      <c r="B906" s="0" t="s">
         <v>1805</v>
-      </c>
-[...1 lines deleted...]
-        <v>1806</v>
       </c>
     </row>
     <row r="907">
       <c r="A907" s="0" t="s">
+        <v>1806</v>
+      </c>
+      <c r="B907" s="0" t="s">
         <v>1807</v>
-      </c>
-[...1 lines deleted...]
-        <v>1808</v>
       </c>
     </row>
     <row r="908">
       <c r="A908" s="0" t="s">
+        <v>1808</v>
+      </c>
+      <c r="B908" s="0" t="s">
         <v>1809</v>
-      </c>
-[...1 lines deleted...]
-        <v>1810</v>
       </c>
     </row>
     <row r="909">
       <c r="A909" s="0" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B909" s="0" t="s">
         <v>1811</v>
-      </c>
-[...1 lines deleted...]
-        <v>1812</v>
       </c>
     </row>
     <row r="910">
       <c r="A910" s="0" t="s">
+        <v>1812</v>
+      </c>
+      <c r="B910" s="0" t="s">
         <v>1813</v>
-      </c>
-[...1 lines deleted...]
-        <v>1814</v>
       </c>
     </row>
     <row r="911">
       <c r="A911" s="0" t="s">
+        <v>1814</v>
+      </c>
+      <c r="B911" s="0" t="s">
         <v>1815</v>
-      </c>
-[...1 lines deleted...]
-        <v>1816</v>
       </c>
     </row>
     <row r="912">
       <c r="A912" s="0" t="s">
+        <v>1816</v>
+      </c>
+      <c r="B912" s="0" t="s">
         <v>1817</v>
-      </c>
-[...1 lines deleted...]
-        <v>1818</v>
       </c>
     </row>
     <row r="913">
       <c r="A913" s="0" t="s">
+        <v>1818</v>
+      </c>
+      <c r="B913" s="0" t="s">
         <v>1819</v>
-      </c>
-[...1 lines deleted...]
-        <v>1820</v>
       </c>
     </row>
     <row r="914">
       <c r="A914" s="0" t="s">
+        <v>1820</v>
+      </c>
+      <c r="B914" s="0" t="s">
         <v>1821</v>
-      </c>
-[...1 lines deleted...]
-        <v>1822</v>
       </c>
     </row>
     <row r="915">
       <c r="A915" s="0" t="s">
+        <v>1822</v>
+      </c>
+      <c r="B915" s="0" t="s">
         <v>1823</v>
-      </c>
-[...1 lines deleted...]
-        <v>1824</v>
       </c>
     </row>
     <row r="916">
       <c r="A916" s="0" t="s">
+        <v>1824</v>
+      </c>
+      <c r="B916" s="0" t="s">
         <v>1825</v>
-      </c>
-[...1 lines deleted...]
-        <v>1826</v>
       </c>
     </row>
     <row r="917">
       <c r="A917" s="0" t="s">
+        <v>1826</v>
+      </c>
+      <c r="B917" s="0" t="s">
         <v>1827</v>
-      </c>
-[...1 lines deleted...]
-        <v>1828</v>
       </c>
     </row>
     <row r="918">
       <c r="A918" s="0" t="s">
+        <v>1828</v>
+      </c>
+      <c r="B918" s="0" t="s">
         <v>1829</v>
-      </c>
-[...1 lines deleted...]
-        <v>1830</v>
       </c>
     </row>
     <row r="919">
       <c r="A919" s="0" t="s">
+        <v>1830</v>
+      </c>
+      <c r="B919" s="0" t="s">
         <v>1831</v>
-      </c>
-[...1 lines deleted...]
-        <v>1832</v>
       </c>
     </row>
     <row r="920">
       <c r="A920" s="0" t="s">
+        <v>1832</v>
+      </c>
+      <c r="B920" s="0" t="s">
         <v>1833</v>
-      </c>
-[...1 lines deleted...]
-        <v>1834</v>
       </c>
     </row>
     <row r="921">
       <c r="A921" s="0" t="s">
+        <v>1834</v>
+      </c>
+      <c r="B921" s="0" t="s">
         <v>1835</v>
-      </c>
-[...1 lines deleted...]
-        <v>1836</v>
       </c>
     </row>
     <row r="922">
       <c r="A922" s="0" t="s">
+        <v>1836</v>
+      </c>
+      <c r="B922" s="0" t="s">
         <v>1837</v>
-      </c>
-[...1 lines deleted...]
-        <v>1838</v>
       </c>
     </row>
     <row r="923">
       <c r="A923" s="0" t="s">
+        <v>1838</v>
+      </c>
+      <c r="B923" s="0" t="s">
         <v>1839</v>
-      </c>
-[...1 lines deleted...]
-        <v>1840</v>
       </c>
     </row>
     <row r="924">
       <c r="A924" s="0" t="s">
+        <v>1840</v>
+      </c>
+      <c r="B924" s="0" t="s">
         <v>1841</v>
-      </c>
-[...1 lines deleted...]
-        <v>1842</v>
       </c>
     </row>
     <row r="925">
       <c r="A925" s="0" t="s">
+        <v>1842</v>
+      </c>
+      <c r="B925" s="0" t="s">
         <v>1843</v>
-      </c>
-[...1 lines deleted...]
-        <v>1844</v>
       </c>
     </row>
     <row r="926">
       <c r="A926" s="0" t="s">
+        <v>1844</v>
+      </c>
+      <c r="B926" s="0" t="s">
         <v>1845</v>
-      </c>
-[...1 lines deleted...]
-        <v>1846</v>
       </c>
     </row>
     <row r="927">
       <c r="A927" s="0" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B927" s="0" t="s">
         <v>1847</v>
-      </c>
-[...1 lines deleted...]
-        <v>1848</v>
       </c>
     </row>
     <row r="928">
       <c r="A928" s="0" t="s">
+        <v>1848</v>
+      </c>
+      <c r="B928" s="0" t="s">
         <v>1849</v>
-      </c>
-[...1 lines deleted...]
-        <v>1848</v>
       </c>
     </row>
     <row r="929">
       <c r="A929" s="0" t="s">
         <v>1850</v>
       </c>
       <c r="B929" s="0" t="s">
-        <v>1848</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="930">
       <c r="A930" s="0" t="s">
-        <v>1851</v>
+        <v>1852</v>
       </c>
       <c r="B930" s="0" t="s">
-        <v>1848</v>
+        <v>1853</v>
       </c>
     </row>
     <row r="931">
       <c r="A931" s="0" t="s">
-        <v>1852</v>
+        <v>1854</v>
       </c>
       <c r="B931" s="0" t="s">
-        <v>1848</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="932">
       <c r="A932" s="0" t="s">
-        <v>1853</v>
+        <v>1856</v>
       </c>
       <c r="B932" s="0" t="s">
-        <v>1848</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="933">
       <c r="A933" s="0" t="s">
-        <v>1854</v>
+        <v>1858</v>
       </c>
       <c r="B933" s="0" t="s">
-        <v>1848</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="934">
       <c r="A934" s="0" t="s">
-        <v>1855</v>
+        <v>1860</v>
       </c>
       <c r="B934" s="0" t="s">
-        <v>1848</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="935">
       <c r="A935" s="0" t="s">
-        <v>1856</v>
+        <v>1862</v>
       </c>
       <c r="B935" s="0" t="s">
-        <v>1848</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="936">
       <c r="A936" s="0" t="s">
-        <v>1857</v>
+        <v>1864</v>
       </c>
       <c r="B936" s="0" t="s">
-        <v>1848</v>
+        <v>1865</v>
       </c>
     </row>
     <row r="937">
       <c r="A937" s="0" t="s">
-        <v>1858</v>
+        <v>1866</v>
       </c>
       <c r="B937" s="0" t="s">
-        <v>1848</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="938">
       <c r="A938" s="0" t="s">
-        <v>1859</v>
+        <v>1868</v>
       </c>
       <c r="B938" s="0" t="s">
-        <v>1848</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="939">
       <c r="A939" s="0" t="s">
-        <v>1860</v>
+        <v>1870</v>
       </c>
       <c r="B939" s="0" t="s">
-        <v>1848</v>
+        <v>1871</v>
       </c>
     </row>
     <row r="940">
       <c r="A940" s="0" t="s">
-        <v>1861</v>
+        <v>1872</v>
       </c>
       <c r="B940" s="0" t="s">
-        <v>1848</v>
+        <v>1873</v>
+      </c>
+    </row>
+    <row r="941">
+      <c r="A941" s="0" t="s">
+        <v>1874</v>
+      </c>
+      <c r="B941" s="0" t="s">
+        <v>1875</v>
+      </c>
+    </row>
+    <row r="942">
+      <c r="A942" s="0" t="s">
+        <v>1876</v>
+      </c>
+      <c r="B942" s="0" t="s">
+        <v>1877</v>
+      </c>
+    </row>
+    <row r="943">
+      <c r="A943" s="0" t="s">
+        <v>1878</v>
+      </c>
+      <c r="B943" s="0" t="s">
+        <v>1879</v>
+      </c>
+    </row>
+    <row r="944">
+      <c r="A944" s="0" t="s">
+        <v>1880</v>
+      </c>
+      <c r="B944" s="0" t="s">
+        <v>1881</v>
+      </c>
+    </row>
+    <row r="945">
+      <c r="A945" s="0" t="s">
+        <v>1882</v>
+      </c>
+      <c r="B945" s="0" t="s">
+        <v>1883</v>
+      </c>
+    </row>
+    <row r="946">
+      <c r="A946" s="0" t="s">
+        <v>1884</v>
+      </c>
+      <c r="B946" s="0" t="s">
+        <v>1885</v>
+      </c>
+    </row>
+    <row r="947">
+      <c r="A947" s="0" t="s">
+        <v>1886</v>
+      </c>
+      <c r="B947" s="0" t="s">
+        <v>1887</v>
+      </c>
+    </row>
+    <row r="948">
+      <c r="A948" s="0" t="s">
+        <v>1888</v>
+      </c>
+      <c r="B948" s="0" t="s">
+        <v>1889</v>
+      </c>
+    </row>
+    <row r="949">
+      <c r="A949" s="0" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B949" s="0" t="s">
+        <v>1891</v>
+      </c>
+    </row>
+    <row r="950">
+      <c r="A950" s="0" t="s">
+        <v>1892</v>
+      </c>
+      <c r="B950" s="0" t="s">
+        <v>1893</v>
+      </c>
+    </row>
+    <row r="951">
+      <c r="A951" s="0" t="s">
+        <v>1894</v>
+      </c>
+      <c r="B951" s="0" t="s">
+        <v>1895</v>
+      </c>
+    </row>
+    <row r="952">
+      <c r="A952" s="0" t="s">
+        <v>1896</v>
+      </c>
+      <c r="B952" s="0" t="s">
+        <v>1897</v>
+      </c>
+    </row>
+    <row r="953">
+      <c r="A953" s="0" t="s">
+        <v>1898</v>
+      </c>
+      <c r="B953" s="0" t="s">
+        <v>1899</v>
+      </c>
+    </row>
+    <row r="954">
+      <c r="A954" s="0" t="s">
+        <v>1900</v>
+      </c>
+      <c r="B954" s="0" t="s">
+        <v>1901</v>
+      </c>
+    </row>
+    <row r="955">
+      <c r="A955" s="0" t="s">
+        <v>1902</v>
+      </c>
+      <c r="B955" s="0" t="s">
+        <v>1903</v>
+      </c>
+    </row>
+    <row r="956">
+      <c r="A956" s="0" t="s">
+        <v>1904</v>
+      </c>
+      <c r="B956" s="0" t="s">
+        <v>1905</v>
+      </c>
+    </row>
+    <row r="957">
+      <c r="A957" s="0" t="s">
+        <v>1906</v>
+      </c>
+      <c r="B957" s="0" t="s">
+        <v>1907</v>
+      </c>
+    </row>
+    <row r="958">
+      <c r="A958" s="0" t="s">
+        <v>1908</v>
+      </c>
+      <c r="B958" s="0" t="s">
+        <v>1909</v>
+      </c>
+    </row>
+    <row r="959">
+      <c r="A959" s="0" t="s">
+        <v>1910</v>
+      </c>
+      <c r="B959" s="0" t="s">
+        <v>1911</v>
+      </c>
+    </row>
+    <row r="960">
+      <c r="A960" s="0" t="s">
+        <v>1912</v>
+      </c>
+      <c r="B960" s="0" t="s">
+        <v>1913</v>
+      </c>
+    </row>
+    <row r="961">
+      <c r="A961" s="0" t="s">
+        <v>1914</v>
+      </c>
+      <c r="B961" s="0" t="s">
+        <v>1915</v>
+      </c>
+    </row>
+    <row r="962">
+      <c r="A962" s="0" t="s">
+        <v>1916</v>
+      </c>
+      <c r="B962" s="0" t="s">
+        <v>1917</v>
+      </c>
+    </row>
+    <row r="963">
+      <c r="A963" s="0" t="s">
+        <v>1918</v>
+      </c>
+      <c r="B963" s="0" t="s">
+        <v>1919</v>
+      </c>
+    </row>
+    <row r="964">
+      <c r="A964" s="0" t="s">
+        <v>1920</v>
+      </c>
+      <c r="B964" s="0" t="s">
+        <v>1921</v>
+      </c>
+    </row>
+    <row r="965">
+      <c r="A965" s="0" t="s">
+        <v>1922</v>
+      </c>
+      <c r="B965" s="0" t="s">
+        <v>1923</v>
+      </c>
+    </row>
+    <row r="966">
+      <c r="A966" s="0" t="s">
+        <v>1924</v>
+      </c>
+      <c r="B966" s="0" t="s">
+        <v>1925</v>
+      </c>
+    </row>
+    <row r="967">
+      <c r="A967" s="0" t="s">
+        <v>1926</v>
+      </c>
+      <c r="B967" s="0" t="s">
+        <v>1927</v>
+      </c>
+    </row>
+    <row r="968">
+      <c r="A968" s="0" t="s">
+        <v>1928</v>
+      </c>
+      <c r="B968" s="0" t="s">
+        <v>1929</v>
+      </c>
+    </row>
+    <row r="969">
+      <c r="A969" s="0" t="s">
+        <v>1930</v>
+      </c>
+      <c r="B969" s="0" t="s">
+        <v>1931</v>
+      </c>
+    </row>
+    <row r="970">
+      <c r="A970" s="0" t="s">
+        <v>1932</v>
+      </c>
+      <c r="B970" s="0" t="s">
+        <v>1933</v>
+      </c>
+    </row>
+    <row r="971">
+      <c r="A971" s="0" t="s">
+        <v>1934</v>
+      </c>
+      <c r="B971" s="0" t="s">
+        <v>1935</v>
+      </c>
+    </row>
+    <row r="972">
+      <c r="A972" s="0" t="s">
+        <v>1936</v>
+      </c>
+      <c r="B972" s="0" t="s">
+        <v>1937</v>
+      </c>
+    </row>
+    <row r="973">
+      <c r="A973" s="0" t="s">
+        <v>1938</v>
+      </c>
+      <c r="B973" s="0" t="s">
+        <v>1939</v>
+      </c>
+    </row>
+    <row r="974">
+      <c r="A974" s="0" t="s">
+        <v>1940</v>
+      </c>
+      <c r="B974" s="0" t="s">
+        <v>1941</v>
+      </c>
+    </row>
+    <row r="975">
+      <c r="A975" s="0" t="s">
+        <v>1942</v>
+      </c>
+      <c r="B975" s="0" t="s">
+        <v>1943</v>
+      </c>
+    </row>
+    <row r="976">
+      <c r="A976" s="0" t="s">
+        <v>1944</v>
+      </c>
+      <c r="B976" s="0" t="s">
+        <v>1945</v>
+      </c>
+    </row>
+    <row r="977">
+      <c r="A977" s="0" t="s">
+        <v>1946</v>
+      </c>
+      <c r="B977" s="0" t="s">
+        <v>1947</v>
+      </c>
+    </row>
+    <row r="978">
+      <c r="A978" s="0" t="s">
+        <v>1948</v>
+      </c>
+      <c r="B978" s="0" t="s">
+        <v>1949</v>
+      </c>
+    </row>
+    <row r="979">
+      <c r="A979" s="0" t="s">
+        <v>1950</v>
+      </c>
+      <c r="B979" s="0" t="s">
+        <v>1951</v>
+      </c>
+    </row>
+    <row r="980">
+      <c r="A980" s="0" t="s">
+        <v>1952</v>
+      </c>
+      <c r="B980" s="0" t="s">
+        <v>1953</v>
+      </c>
+    </row>
+    <row r="981">
+      <c r="A981" s="0" t="s">
+        <v>1954</v>
+      </c>
+      <c r="B981" s="0" t="s">
+        <v>1955</v>
+      </c>
+    </row>
+    <row r="982">
+      <c r="A982" s="0" t="s">
+        <v>1956</v>
+      </c>
+      <c r="B982" s="0" t="s">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="983">
+      <c r="A983" s="0" t="s">
+        <v>1958</v>
+      </c>
+      <c r="B983" s="0" t="s">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="984">
+      <c r="A984" s="0" t="s">
+        <v>1959</v>
+      </c>
+      <c r="B984" s="0" t="s">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="985">
+      <c r="A985" s="0" t="s">
+        <v>1960</v>
+      </c>
+      <c r="B985" s="0" t="s">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="986">
+      <c r="A986" s="0" t="s">
+        <v>1961</v>
+      </c>
+      <c r="B986" s="0" t="s">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="987">
+      <c r="A987" s="0" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B987" s="0" t="s">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="988">
+      <c r="A988" s="0" t="s">
+        <v>1963</v>
+      </c>
+      <c r="B988" s="0" t="s">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="989">
+      <c r="A989" s="0" t="s">
+        <v>1964</v>
+      </c>
+      <c r="B989" s="0" t="s">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="990">
+      <c r="A990" s="0" t="s">
+        <v>1965</v>
+      </c>
+      <c r="B990" s="0" t="s">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="991">
+      <c r="A991" s="0" t="s">
+        <v>1966</v>
+      </c>
+      <c r="B991" s="0" t="s">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="992">
+      <c r="A992" s="0" t="s">
+        <v>1967</v>
+      </c>
+      <c r="B992" s="0" t="s">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="993">
+      <c r="A993" s="0" t="s">
+        <v>1968</v>
+      </c>
+      <c r="B993" s="0" t="s">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="994">
+      <c r="A994" s="0" t="s">
+        <v>1969</v>
+      </c>
+      <c r="B994" s="0" t="s">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="995">
+      <c r="A995" s="0" t="s">
+        <v>1970</v>
+      </c>
+      <c r="B995" s="0" t="s">
+        <v>1957</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>