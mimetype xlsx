--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -4,59 +4,107 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1777" uniqueCount="1777">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1793" uniqueCount="1793">
   <si>
     <t>BESTINVER BONOS INSTITUCIONAL III, F.I. - CLASE Z</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>16,734013</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>16,729211</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>16,729962</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>16,729795</t>
+  </si>
+  <si>
+    <t>07/12/2025</t>
+  </si>
+  <si>
+    <t>16,730240</t>
+  </si>
+  <si>
+    <t>06/12/2025</t>
+  </si>
+  <si>
+    <t>16,729429</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>16,728618</t>
+  </si>
+  <si>
+    <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>16,729712</t>
   </si>
   <si>
     <t>03/12/2025</t>
   </si>
   <si>
     <t>16,726651</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>16,726750</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>16,726676</t>
   </si>
   <si>
     <t>30/11/2025</t>
   </si>
   <si>
     <t>16,725572</t>
   </si>
@@ -5383,51 +5431,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B890"/>
+  <dimension ref="A1:B898"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -10759,115 +10807,115 @@
       <c r="B669" s="0" t="s">
         <v>1336</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" s="0" t="s">
         <v>1337</v>
       </c>
       <c r="B670" s="0" t="s">
         <v>1338</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" s="0" t="s">
         <v>1339</v>
       </c>
       <c r="B671" s="0" t="s">
         <v>1340</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" s="0" t="s">
         <v>1341</v>
       </c>
       <c r="B672" s="0" t="s">
-        <v>1284</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" s="0" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
       <c r="B673" s="0" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" s="0" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="B674" s="0" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" s="0" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
       <c r="B675" s="0" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" s="0" t="s">
-        <v>1348</v>
+        <v>1349</v>
       </c>
       <c r="B676" s="0" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" s="0" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
       <c r="B677" s="0" t="s">
-        <v>1351</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="0" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="B678" s="0" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" s="0" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="B679" s="0" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" s="0" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="B680" s="0" t="s">
-        <v>1357</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" s="0" t="s">
         <v>1358</v>
       </c>
       <c r="B681" s="0" t="s">
         <v>1359</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" s="0" t="s">
         <v>1360</v>
       </c>
       <c r="B682" s="0" t="s">
         <v>1361</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" s="0" t="s">
         <v>1362</v>
       </c>
       <c r="B683" s="0" t="s">
         <v>1363</v>
       </c>
@@ -11887,115 +11935,115 @@
       <c r="B810" s="0" t="s">
         <v>1617</v>
       </c>
     </row>
     <row r="811">
       <c r="A811" s="0" t="s">
         <v>1618</v>
       </c>
       <c r="B811" s="0" t="s">
         <v>1619</v>
       </c>
     </row>
     <row r="812">
       <c r="A812" s="0" t="s">
         <v>1620</v>
       </c>
       <c r="B812" s="0" t="s">
         <v>1621</v>
       </c>
     </row>
     <row r="813">
       <c r="A813" s="0" t="s">
         <v>1622</v>
       </c>
       <c r="B813" s="0" t="s">
-        <v>1605</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="814">
       <c r="A814" s="0" t="s">
-        <v>1623</v>
+        <v>1624</v>
       </c>
       <c r="B814" s="0" t="s">
-        <v>1624</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="815">
       <c r="A815" s="0" t="s">
-        <v>1625</v>
+        <v>1626</v>
       </c>
       <c r="B815" s="0" t="s">
-        <v>1626</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="816">
       <c r="A816" s="0" t="s">
-        <v>1627</v>
+        <v>1628</v>
       </c>
       <c r="B816" s="0" t="s">
-        <v>1628</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="817">
       <c r="A817" s="0" t="s">
-        <v>1629</v>
+        <v>1630</v>
       </c>
       <c r="B817" s="0" t="s">
-        <v>1630</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="818">
       <c r="A818" s="0" t="s">
-        <v>1631</v>
+        <v>1632</v>
       </c>
       <c r="B818" s="0" t="s">
-        <v>1632</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="819">
       <c r="A819" s="0" t="s">
-        <v>1633</v>
+        <v>1634</v>
       </c>
       <c r="B819" s="0" t="s">
-        <v>1634</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="820">
       <c r="A820" s="0" t="s">
-        <v>1635</v>
+        <v>1636</v>
       </c>
       <c r="B820" s="0" t="s">
-        <v>1636</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="821">
       <c r="A821" s="0" t="s">
-        <v>1637</v>
+        <v>1638</v>
       </c>
       <c r="B821" s="0" t="s">
-        <v>1638</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="822">
       <c r="A822" s="0" t="s">
         <v>1639</v>
       </c>
       <c r="B822" s="0" t="s">
         <v>1640</v>
       </c>
     </row>
     <row r="823">
       <c r="A823" s="0" t="s">
         <v>1641</v>
       </c>
       <c r="B823" s="0" t="s">
         <v>1642</v>
       </c>
     </row>
     <row r="824">
       <c r="A824" s="0" t="s">
         <v>1643</v>
       </c>
       <c r="B824" s="0" t="s">
         <v>1644</v>
       </c>
@@ -12504,31 +12552,95 @@
         <v>1770</v>
       </c>
     </row>
     <row r="888">
       <c r="A888" s="0" t="s">
         <v>1771</v>
       </c>
       <c r="B888" s="0" t="s">
         <v>1772</v>
       </c>
     </row>
     <row r="889">
       <c r="A889" s="0" t="s">
         <v>1773</v>
       </c>
       <c r="B889" s="0" t="s">
         <v>1774</v>
       </c>
     </row>
     <row r="890">
       <c r="A890" s="0" t="s">
         <v>1775</v>
       </c>
       <c r="B890" s="0" t="s">
         <v>1776</v>
+      </c>
+    </row>
+    <row r="891">
+      <c r="A891" s="0" t="s">
+        <v>1777</v>
+      </c>
+      <c r="B891" s="0" t="s">
+        <v>1778</v>
+      </c>
+    </row>
+    <row r="892">
+      <c r="A892" s="0" t="s">
+        <v>1779</v>
+      </c>
+      <c r="B892" s="0" t="s">
+        <v>1780</v>
+      </c>
+    </row>
+    <row r="893">
+      <c r="A893" s="0" t="s">
+        <v>1781</v>
+      </c>
+      <c r="B893" s="0" t="s">
+        <v>1782</v>
+      </c>
+    </row>
+    <row r="894">
+      <c r="A894" s="0" t="s">
+        <v>1783</v>
+      </c>
+      <c r="B894" s="0" t="s">
+        <v>1784</v>
+      </c>
+    </row>
+    <row r="895">
+      <c r="A895" s="0" t="s">
+        <v>1785</v>
+      </c>
+      <c r="B895" s="0" t="s">
+        <v>1786</v>
+      </c>
+    </row>
+    <row r="896">
+      <c r="A896" s="0" t="s">
+        <v>1787</v>
+      </c>
+      <c r="B896" s="0" t="s">
+        <v>1788</v>
+      </c>
+    </row>
+    <row r="897">
+      <c r="A897" s="0" t="s">
+        <v>1789</v>
+      </c>
+      <c r="B897" s="0" t="s">
+        <v>1790</v>
+      </c>
+    </row>
+    <row r="898">
+      <c r="A898" s="0" t="s">
+        <v>1791</v>
+      </c>
+      <c r="B898" s="0" t="s">
+        <v>1792</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>