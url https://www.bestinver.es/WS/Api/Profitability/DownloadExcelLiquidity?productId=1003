--- v1 (2025-12-13)
+++ v2 (2026-02-13)
@@ -4,59 +4,431 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1793" uniqueCount="1793">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1917" uniqueCount="1917">
   <si>
     <t>BESTINVER BONOS INSTITUCIONAL III, F.I. - CLASE Z</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>16,797123</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>16,794351</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>16,791884</t>
+  </si>
+  <si>
+    <t>08/02/2026</t>
+  </si>
+  <si>
+    <t>16,791236</t>
+  </si>
+  <si>
+    <t>07/02/2026</t>
+  </si>
+  <si>
+    <t>16,790461</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>16,789686</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>16,787750</t>
+  </si>
+  <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>16,789922</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>16,788378</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>16,783645</t>
+  </si>
+  <si>
+    <t>01/02/2026</t>
+  </si>
+  <si>
+    <t>16,785560</t>
+  </si>
+  <si>
+    <t>31/01/2026</t>
+  </si>
+  <si>
+    <t>16,784785</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>16,784079</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>16,782058</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>16,780718</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>16,777791</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>16,780055</t>
+  </si>
+  <si>
+    <t>25/01/2026</t>
+  </si>
+  <si>
+    <t>16,777358</t>
+  </si>
+  <si>
+    <t>24/01/2026</t>
+  </si>
+  <si>
+    <t>16,776583</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>16,775808</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>16,775435</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>16,773352</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>16,772764</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>16,768483</t>
+  </si>
+  <si>
+    <t>18/01/2026</t>
+  </si>
+  <si>
+    <t>16,769920</t>
+  </si>
+  <si>
+    <t>17/01/2026</t>
+  </si>
+  <si>
+    <t>16,769147</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>16,768373</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>16,768179</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>16,764518</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>16,764800</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>16,763299</t>
+  </si>
+  <si>
+    <t>11/01/2026</t>
+  </si>
+  <si>
+    <t>16,762066</t>
+  </si>
+  <si>
+    <t>10/01/2026</t>
+  </si>
+  <si>
+    <t>16,761254</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>16,760442</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>16,757559</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>16,758117</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>16,755888</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>16,753474</t>
+  </si>
+  <si>
+    <t>04/01/2026</t>
+  </si>
+  <si>
+    <t>16,753122</t>
+  </si>
+  <si>
+    <t>03/01/2026</t>
+  </si>
+  <si>
+    <t>16,752312</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>16,751502</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
+    <t>16,747608</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>16,746800</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>16,747049</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>16,746127</t>
+  </si>
+  <si>
+    <t>28/12/2025</t>
+  </si>
+  <si>
+    <t>16,746731</t>
+  </si>
+  <si>
+    <t>27/12/2025</t>
+  </si>
+  <si>
+    <t>16,745925</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>16,745118</t>
+  </si>
+  <si>
+    <t>25/12/2025</t>
+  </si>
+  <si>
+    <t>16,743542</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>16,742735</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>16,741080</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>16,738917</t>
+  </si>
+  <si>
+    <t>21/12/2025</t>
+  </si>
+  <si>
+    <t>16,739510</t>
+  </si>
+  <si>
+    <t>20/12/2025</t>
+  </si>
+  <si>
+    <t>16,738706</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>16,737901</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>16,737738</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>16,737299</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>16,734875</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>16,735120</t>
+  </si>
+  <si>
+    <t>14/12/2025</t>
+  </si>
+  <si>
+    <t>16,733919</t>
+  </si>
+  <si>
+    <t>13/12/2025</t>
+  </si>
+  <si>
+    <t>16,733116</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>16,732313</t>
   </si>
   <si>
     <t>11/12/2025</t>
   </si>
   <si>
     <t>16,734013</t>
   </si>
   <si>
     <t>10/12/2025</t>
   </si>
   <si>
     <t>16,729211</t>
   </si>
   <si>
     <t>09/12/2025</t>
   </si>
   <si>
     <t>16,729962</t>
   </si>
   <si>
     <t>08/12/2025</t>
   </si>
   <si>
     <t>16,729795</t>
   </si>
@@ -5431,51 +5803,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B898"/>
+  <dimension ref="A1:B960"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -10871,547 +11243,547 @@
       <c r="B677" s="0" t="s">
         <v>1352</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="0" t="s">
         <v>1353</v>
       </c>
       <c r="B678" s="0" t="s">
         <v>1354</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" s="0" t="s">
         <v>1355</v>
       </c>
       <c r="B679" s="0" t="s">
         <v>1356</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" s="0" t="s">
         <v>1357</v>
       </c>
       <c r="B680" s="0" t="s">
-        <v>1300</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" s="0" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="B681" s="0" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" s="0" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
       <c r="B682" s="0" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" s="0" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
       <c r="B683" s="0" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" s="0" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
       <c r="B684" s="0" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" s="0" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="B685" s="0" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" s="0" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="B686" s="0" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="687">
       <c r="A687" s="0" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
       <c r="B687" s="0" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" s="0" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
       <c r="B688" s="0" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" s="0" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="B689" s="0" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="690">
       <c r="A690" s="0" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
       <c r="B690" s="0" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" s="0" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
       <c r="B691" s="0" t="s">
-        <v>1379</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="692">
       <c r="A692" s="0" t="s">
-        <v>1380</v>
+        <v>1381</v>
       </c>
       <c r="B692" s="0" t="s">
-        <v>1381</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" s="0" t="s">
-        <v>1382</v>
+        <v>1383</v>
       </c>
       <c r="B693" s="0" t="s">
-        <v>1383</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" s="0" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
       <c r="B694" s="0" t="s">
-        <v>1385</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" s="0" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
       <c r="B695" s="0" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" s="0" t="s">
-        <v>1388</v>
+        <v>1389</v>
       </c>
       <c r="B696" s="0" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" s="0" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="B697" s="0" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" s="0" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
       <c r="B698" s="0" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" s="0" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="B699" s="0" t="s">
-        <v>1395</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" s="0" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
       <c r="B700" s="0" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="701">
       <c r="A701" s="0" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="B701" s="0" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" s="0" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="B702" s="0" t="s">
-        <v>1401</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="703">
       <c r="A703" s="0" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
       <c r="B703" s="0" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" s="0" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
       <c r="B704" s="0" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" s="0" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
       <c r="B705" s="0" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" s="0" t="s">
-        <v>1408</v>
+        <v>1409</v>
       </c>
       <c r="B706" s="0" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" s="0" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="B707" s="0" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="0" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="B708" s="0" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="0" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="B709" s="0" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" s="0" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="B710" s="0" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" s="0" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="B711" s="0" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" s="0" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
       <c r="B712" s="0" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" s="0" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
       <c r="B713" s="0" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" s="0" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
       <c r="B714" s="0" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" s="0" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="B715" s="0" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" s="0" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
       <c r="B716" s="0" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" s="0" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="B717" s="0" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" s="0" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
       <c r="B718" s="0" t="s">
-        <v>1433</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" s="0" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
       <c r="B719" s="0" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" s="0" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
       <c r="B720" s="0" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" s="0" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="B721" s="0" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" s="0" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
       <c r="B722" s="0" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" s="0" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="B723" s="0" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" s="0" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
       <c r="B724" s="0" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" s="0" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="B725" s="0" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="726">
       <c r="A726" s="0" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
       <c r="B726" s="0" t="s">
-        <v>1449</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" s="0" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
       <c r="B727" s="0" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="728">
       <c r="A728" s="0" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
       <c r="B728" s="0" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="729">
       <c r="A729" s="0" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
       <c r="B729" s="0" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" s="0" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
       <c r="B730" s="0" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" s="0" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="B731" s="0" t="s">
-        <v>1459</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" s="0" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
       <c r="B732" s="0" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" s="0" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="B733" s="0" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="734">
       <c r="A734" s="0" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="B734" s="0" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="735">
       <c r="A735" s="0" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="B735" s="0" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" s="0" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
       <c r="B736" s="0" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" s="0" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
       <c r="B737" s="0" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="738">
       <c r="A738" s="0" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
       <c r="B738" s="0" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" s="0" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="B739" s="0" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" s="0" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
       <c r="B740" s="0" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" s="0" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="B741" s="0" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" s="0" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="B742" s="0" t="s">
-        <v>1481</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" s="0" t="s">
         <v>1482</v>
       </c>
       <c r="B743" s="0" t="s">
         <v>1483</v>
       </c>
     </row>
     <row r="744">
       <c r="A744" s="0" t="s">
         <v>1484</v>
       </c>
       <c r="B744" s="0" t="s">
         <v>1485</v>
       </c>
     </row>
     <row r="745">
       <c r="A745" s="0" t="s">
         <v>1486</v>
       </c>
       <c r="B745" s="0" t="s">
         <v>1487</v>
       </c>
@@ -11999,547 +12371,547 @@
       <c r="B818" s="0" t="s">
         <v>1633</v>
       </c>
     </row>
     <row r="819">
       <c r="A819" s="0" t="s">
         <v>1634</v>
       </c>
       <c r="B819" s="0" t="s">
         <v>1635</v>
       </c>
     </row>
     <row r="820">
       <c r="A820" s="0" t="s">
         <v>1636</v>
       </c>
       <c r="B820" s="0" t="s">
         <v>1637</v>
       </c>
     </row>
     <row r="821">
       <c r="A821" s="0" t="s">
         <v>1638</v>
       </c>
       <c r="B821" s="0" t="s">
-        <v>1621</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="822">
       <c r="A822" s="0" t="s">
-        <v>1639</v>
+        <v>1640</v>
       </c>
       <c r="B822" s="0" t="s">
-        <v>1640</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="823">
       <c r="A823" s="0" t="s">
-        <v>1641</v>
+        <v>1642</v>
       </c>
       <c r="B823" s="0" t="s">
-        <v>1642</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="824">
       <c r="A824" s="0" t="s">
-        <v>1643</v>
+        <v>1644</v>
       </c>
       <c r="B824" s="0" t="s">
-        <v>1644</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="825">
       <c r="A825" s="0" t="s">
-        <v>1645</v>
+        <v>1646</v>
       </c>
       <c r="B825" s="0" t="s">
-        <v>1646</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="826">
       <c r="A826" s="0" t="s">
-        <v>1647</v>
+        <v>1648</v>
       </c>
       <c r="B826" s="0" t="s">
-        <v>1648</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="827">
       <c r="A827" s="0" t="s">
-        <v>1649</v>
+        <v>1650</v>
       </c>
       <c r="B827" s="0" t="s">
-        <v>1650</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="828">
       <c r="A828" s="0" t="s">
-        <v>1651</v>
+        <v>1652</v>
       </c>
       <c r="B828" s="0" t="s">
-        <v>1652</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="829">
       <c r="A829" s="0" t="s">
-        <v>1653</v>
+        <v>1654</v>
       </c>
       <c r="B829" s="0" t="s">
-        <v>1654</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="830">
       <c r="A830" s="0" t="s">
-        <v>1655</v>
+        <v>1656</v>
       </c>
       <c r="B830" s="0" t="s">
-        <v>1656</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="831">
       <c r="A831" s="0" t="s">
-        <v>1657</v>
+        <v>1658</v>
       </c>
       <c r="B831" s="0" t="s">
-        <v>1658</v>
+        <v>1659</v>
       </c>
     </row>
     <row r="832">
       <c r="A832" s="0" t="s">
-        <v>1659</v>
+        <v>1660</v>
       </c>
       <c r="B832" s="0" t="s">
-        <v>1660</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="833">
       <c r="A833" s="0" t="s">
-        <v>1661</v>
+        <v>1662</v>
       </c>
       <c r="B833" s="0" t="s">
-        <v>1662</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="834">
       <c r="A834" s="0" t="s">
-        <v>1663</v>
+        <v>1664</v>
       </c>
       <c r="B834" s="0" t="s">
-        <v>1664</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="835">
       <c r="A835" s="0" t="s">
-        <v>1665</v>
+        <v>1666</v>
       </c>
       <c r="B835" s="0" t="s">
-        <v>1666</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="836">
       <c r="A836" s="0" t="s">
-        <v>1667</v>
+        <v>1668</v>
       </c>
       <c r="B836" s="0" t="s">
-        <v>1668</v>
+        <v>1669</v>
       </c>
     </row>
     <row r="837">
       <c r="A837" s="0" t="s">
-        <v>1669</v>
+        <v>1670</v>
       </c>
       <c r="B837" s="0" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="838">
       <c r="A838" s="0" t="s">
-        <v>1671</v>
+        <v>1672</v>
       </c>
       <c r="B838" s="0" t="s">
-        <v>1672</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="839">
       <c r="A839" s="0" t="s">
-        <v>1673</v>
+        <v>1674</v>
       </c>
       <c r="B839" s="0" t="s">
-        <v>1674</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="840">
       <c r="A840" s="0" t="s">
-        <v>1675</v>
+        <v>1676</v>
       </c>
       <c r="B840" s="0" t="s">
-        <v>1676</v>
+        <v>1677</v>
       </c>
     </row>
     <row r="841">
       <c r="A841" s="0" t="s">
-        <v>1677</v>
+        <v>1678</v>
       </c>
       <c r="B841" s="0" t="s">
-        <v>1678</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="842">
       <c r="A842" s="0" t="s">
-        <v>1679</v>
+        <v>1680</v>
       </c>
       <c r="B842" s="0" t="s">
-        <v>1680</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="843">
       <c r="A843" s="0" t="s">
-        <v>1681</v>
+        <v>1682</v>
       </c>
       <c r="B843" s="0" t="s">
-        <v>1682</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="844">
       <c r="A844" s="0" t="s">
-        <v>1683</v>
+        <v>1684</v>
       </c>
       <c r="B844" s="0" t="s">
-        <v>1684</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="845">
       <c r="A845" s="0" t="s">
-        <v>1685</v>
+        <v>1686</v>
       </c>
       <c r="B845" s="0" t="s">
-        <v>1686</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="846">
       <c r="A846" s="0" t="s">
-        <v>1687</v>
+        <v>1688</v>
       </c>
       <c r="B846" s="0" t="s">
-        <v>1688</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="847">
       <c r="A847" s="0" t="s">
-        <v>1689</v>
+        <v>1690</v>
       </c>
       <c r="B847" s="0" t="s">
-        <v>1690</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="848">
       <c r="A848" s="0" t="s">
-        <v>1691</v>
+        <v>1692</v>
       </c>
       <c r="B848" s="0" t="s">
-        <v>1692</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="849">
       <c r="A849" s="0" t="s">
-        <v>1693</v>
+        <v>1694</v>
       </c>
       <c r="B849" s="0" t="s">
-        <v>1694</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="850">
       <c r="A850" s="0" t="s">
-        <v>1695</v>
+        <v>1696</v>
       </c>
       <c r="B850" s="0" t="s">
-        <v>1696</v>
+        <v>1697</v>
       </c>
     </row>
     <row r="851">
       <c r="A851" s="0" t="s">
-        <v>1697</v>
+        <v>1698</v>
       </c>
       <c r="B851" s="0" t="s">
-        <v>1698</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="852">
       <c r="A852" s="0" t="s">
-        <v>1699</v>
+        <v>1700</v>
       </c>
       <c r="B852" s="0" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="853">
       <c r="A853" s="0" t="s">
-        <v>1701</v>
+        <v>1702</v>
       </c>
       <c r="B853" s="0" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="854">
       <c r="A854" s="0" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
       <c r="B854" s="0" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="855">
       <c r="A855" s="0" t="s">
-        <v>1705</v>
+        <v>1706</v>
       </c>
       <c r="B855" s="0" t="s">
-        <v>1706</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="856">
       <c r="A856" s="0" t="s">
-        <v>1707</v>
+        <v>1708</v>
       </c>
       <c r="B856" s="0" t="s">
-        <v>1708</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="857">
       <c r="A857" s="0" t="s">
-        <v>1709</v>
+        <v>1710</v>
       </c>
       <c r="B857" s="0" t="s">
-        <v>1710</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="858">
       <c r="A858" s="0" t="s">
-        <v>1711</v>
+        <v>1712</v>
       </c>
       <c r="B858" s="0" t="s">
-        <v>1712</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="859">
       <c r="A859" s="0" t="s">
-        <v>1713</v>
+        <v>1714</v>
       </c>
       <c r="B859" s="0" t="s">
-        <v>1714</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="860">
       <c r="A860" s="0" t="s">
-        <v>1715</v>
+        <v>1716</v>
       </c>
       <c r="B860" s="0" t="s">
-        <v>1716</v>
+        <v>1717</v>
       </c>
     </row>
     <row r="861">
       <c r="A861" s="0" t="s">
-        <v>1717</v>
+        <v>1718</v>
       </c>
       <c r="B861" s="0" t="s">
-        <v>1718</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="862">
       <c r="A862" s="0" t="s">
-        <v>1719</v>
+        <v>1720</v>
       </c>
       <c r="B862" s="0" t="s">
-        <v>1720</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="863">
       <c r="A863" s="0" t="s">
-        <v>1721</v>
+        <v>1722</v>
       </c>
       <c r="B863" s="0" t="s">
-        <v>1722</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="864">
       <c r="A864" s="0" t="s">
-        <v>1723</v>
+        <v>1724</v>
       </c>
       <c r="B864" s="0" t="s">
-        <v>1724</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="865">
       <c r="A865" s="0" t="s">
-        <v>1725</v>
+        <v>1726</v>
       </c>
       <c r="B865" s="0" t="s">
-        <v>1726</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="866">
       <c r="A866" s="0" t="s">
-        <v>1727</v>
+        <v>1728</v>
       </c>
       <c r="B866" s="0" t="s">
-        <v>1728</v>
+        <v>1729</v>
       </c>
     </row>
     <row r="867">
       <c r="A867" s="0" t="s">
-        <v>1729</v>
+        <v>1730</v>
       </c>
       <c r="B867" s="0" t="s">
-        <v>1730</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="868">
       <c r="A868" s="0" t="s">
-        <v>1731</v>
+        <v>1732</v>
       </c>
       <c r="B868" s="0" t="s">
-        <v>1732</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="869">
       <c r="A869" s="0" t="s">
-        <v>1733</v>
+        <v>1734</v>
       </c>
       <c r="B869" s="0" t="s">
-        <v>1734</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="870">
       <c r="A870" s="0" t="s">
-        <v>1735</v>
+        <v>1736</v>
       </c>
       <c r="B870" s="0" t="s">
-        <v>1736</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="871">
       <c r="A871" s="0" t="s">
-        <v>1737</v>
+        <v>1738</v>
       </c>
       <c r="B871" s="0" t="s">
-        <v>1738</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="872">
       <c r="A872" s="0" t="s">
-        <v>1739</v>
+        <v>1740</v>
       </c>
       <c r="B872" s="0" t="s">
-        <v>1740</v>
+        <v>1741</v>
       </c>
     </row>
     <row r="873">
       <c r="A873" s="0" t="s">
-        <v>1741</v>
+        <v>1742</v>
       </c>
       <c r="B873" s="0" t="s">
-        <v>1742</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="874">
       <c r="A874" s="0" t="s">
-        <v>1743</v>
+        <v>1744</v>
       </c>
       <c r="B874" s="0" t="s">
-        <v>1744</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="875">
       <c r="A875" s="0" t="s">
-        <v>1745</v>
+        <v>1746</v>
       </c>
       <c r="B875" s="0" t="s">
-        <v>1746</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="876">
       <c r="A876" s="0" t="s">
-        <v>1747</v>
+        <v>1748</v>
       </c>
       <c r="B876" s="0" t="s">
-        <v>1748</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="877">
       <c r="A877" s="0" t="s">
-        <v>1749</v>
+        <v>1750</v>
       </c>
       <c r="B877" s="0" t="s">
-        <v>1750</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="878">
       <c r="A878" s="0" t="s">
-        <v>1751</v>
+        <v>1752</v>
       </c>
       <c r="B878" s="0" t="s">
-        <v>1752</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="879">
       <c r="A879" s="0" t="s">
-        <v>1753</v>
+        <v>1754</v>
       </c>
       <c r="B879" s="0" t="s">
-        <v>1754</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="880">
       <c r="A880" s="0" t="s">
-        <v>1755</v>
+        <v>1756</v>
       </c>
       <c r="B880" s="0" t="s">
-        <v>1756</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="881">
       <c r="A881" s="0" t="s">
-        <v>1757</v>
+        <v>1758</v>
       </c>
       <c r="B881" s="0" t="s">
-        <v>1758</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="882">
       <c r="A882" s="0" t="s">
-        <v>1759</v>
+        <v>1760</v>
       </c>
       <c r="B882" s="0" t="s">
-        <v>1760</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="883">
       <c r="A883" s="0" t="s">
-        <v>1761</v>
+        <v>1762</v>
       </c>
       <c r="B883" s="0" t="s">
-        <v>1762</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="884">
       <c r="A884" s="0" t="s">
         <v>1763</v>
       </c>
       <c r="B884" s="0" t="s">
         <v>1764</v>
       </c>
     </row>
     <row r="885">
       <c r="A885" s="0" t="s">
         <v>1765</v>
       </c>
       <c r="B885" s="0" t="s">
         <v>1766</v>
       </c>
     </row>
     <row r="886">
       <c r="A886" s="0" t="s">
         <v>1767</v>
       </c>
       <c r="B886" s="0" t="s">
         <v>1768</v>
       </c>
@@ -12616,31 +12988,527 @@
         <v>1786</v>
       </c>
     </row>
     <row r="896">
       <c r="A896" s="0" t="s">
         <v>1787</v>
       </c>
       <c r="B896" s="0" t="s">
         <v>1788</v>
       </c>
     </row>
     <row r="897">
       <c r="A897" s="0" t="s">
         <v>1789</v>
       </c>
       <c r="B897" s="0" t="s">
         <v>1790</v>
       </c>
     </row>
     <row r="898">
       <c r="A898" s="0" t="s">
         <v>1791</v>
       </c>
       <c r="B898" s="0" t="s">
         <v>1792</v>
+      </c>
+    </row>
+    <row r="899">
+      <c r="A899" s="0" t="s">
+        <v>1793</v>
+      </c>
+      <c r="B899" s="0" t="s">
+        <v>1794</v>
+      </c>
+    </row>
+    <row r="900">
+      <c r="A900" s="0" t="s">
+        <v>1795</v>
+      </c>
+      <c r="B900" s="0" t="s">
+        <v>1796</v>
+      </c>
+    </row>
+    <row r="901">
+      <c r="A901" s="0" t="s">
+        <v>1797</v>
+      </c>
+      <c r="B901" s="0" t="s">
+        <v>1798</v>
+      </c>
+    </row>
+    <row r="902">
+      <c r="A902" s="0" t="s">
+        <v>1799</v>
+      </c>
+      <c r="B902" s="0" t="s">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="903">
+      <c r="A903" s="0" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B903" s="0" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="904">
+      <c r="A904" s="0" t="s">
+        <v>1803</v>
+      </c>
+      <c r="B904" s="0" t="s">
+        <v>1804</v>
+      </c>
+    </row>
+    <row r="905">
+      <c r="A905" s="0" t="s">
+        <v>1805</v>
+      </c>
+      <c r="B905" s="0" t="s">
+        <v>1806</v>
+      </c>
+    </row>
+    <row r="906">
+      <c r="A906" s="0" t="s">
+        <v>1807</v>
+      </c>
+      <c r="B906" s="0" t="s">
+        <v>1808</v>
+      </c>
+    </row>
+    <row r="907">
+      <c r="A907" s="0" t="s">
+        <v>1809</v>
+      </c>
+      <c r="B907" s="0" t="s">
+        <v>1810</v>
+      </c>
+    </row>
+    <row r="908">
+      <c r="A908" s="0" t="s">
+        <v>1811</v>
+      </c>
+      <c r="B908" s="0" t="s">
+        <v>1812</v>
+      </c>
+    </row>
+    <row r="909">
+      <c r="A909" s="0" t="s">
+        <v>1813</v>
+      </c>
+      <c r="B909" s="0" t="s">
+        <v>1814</v>
+      </c>
+    </row>
+    <row r="910">
+      <c r="A910" s="0" t="s">
+        <v>1815</v>
+      </c>
+      <c r="B910" s="0" t="s">
+        <v>1816</v>
+      </c>
+    </row>
+    <row r="911">
+      <c r="A911" s="0" t="s">
+        <v>1817</v>
+      </c>
+      <c r="B911" s="0" t="s">
+        <v>1818</v>
+      </c>
+    </row>
+    <row r="912">
+      <c r="A912" s="0" t="s">
+        <v>1819</v>
+      </c>
+      <c r="B912" s="0" t="s">
+        <v>1820</v>
+      </c>
+    </row>
+    <row r="913">
+      <c r="A913" s="0" t="s">
+        <v>1821</v>
+      </c>
+      <c r="B913" s="0" t="s">
+        <v>1822</v>
+      </c>
+    </row>
+    <row r="914">
+      <c r="A914" s="0" t="s">
+        <v>1823</v>
+      </c>
+      <c r="B914" s="0" t="s">
+        <v>1824</v>
+      </c>
+    </row>
+    <row r="915">
+      <c r="A915" s="0" t="s">
+        <v>1825</v>
+      </c>
+      <c r="B915" s="0" t="s">
+        <v>1826</v>
+      </c>
+    </row>
+    <row r="916">
+      <c r="A916" s="0" t="s">
+        <v>1827</v>
+      </c>
+      <c r="B916" s="0" t="s">
+        <v>1828</v>
+      </c>
+    </row>
+    <row r="917">
+      <c r="A917" s="0" t="s">
+        <v>1829</v>
+      </c>
+      <c r="B917" s="0" t="s">
+        <v>1830</v>
+      </c>
+    </row>
+    <row r="918">
+      <c r="A918" s="0" t="s">
+        <v>1831</v>
+      </c>
+      <c r="B918" s="0" t="s">
+        <v>1832</v>
+      </c>
+    </row>
+    <row r="919">
+      <c r="A919" s="0" t="s">
+        <v>1833</v>
+      </c>
+      <c r="B919" s="0" t="s">
+        <v>1834</v>
+      </c>
+    </row>
+    <row r="920">
+      <c r="A920" s="0" t="s">
+        <v>1835</v>
+      </c>
+      <c r="B920" s="0" t="s">
+        <v>1836</v>
+      </c>
+    </row>
+    <row r="921">
+      <c r="A921" s="0" t="s">
+        <v>1837</v>
+      </c>
+      <c r="B921" s="0" t="s">
+        <v>1838</v>
+      </c>
+    </row>
+    <row r="922">
+      <c r="A922" s="0" t="s">
+        <v>1839</v>
+      </c>
+      <c r="B922" s="0" t="s">
+        <v>1840</v>
+      </c>
+    </row>
+    <row r="923">
+      <c r="A923" s="0" t="s">
+        <v>1841</v>
+      </c>
+      <c r="B923" s="0" t="s">
+        <v>1842</v>
+      </c>
+    </row>
+    <row r="924">
+      <c r="A924" s="0" t="s">
+        <v>1843</v>
+      </c>
+      <c r="B924" s="0" t="s">
+        <v>1844</v>
+      </c>
+    </row>
+    <row r="925">
+      <c r="A925" s="0" t="s">
+        <v>1845</v>
+      </c>
+      <c r="B925" s="0" t="s">
+        <v>1846</v>
+      </c>
+    </row>
+    <row r="926">
+      <c r="A926" s="0" t="s">
+        <v>1847</v>
+      </c>
+      <c r="B926" s="0" t="s">
+        <v>1848</v>
+      </c>
+    </row>
+    <row r="927">
+      <c r="A927" s="0" t="s">
+        <v>1849</v>
+      </c>
+      <c r="B927" s="0" t="s">
+        <v>1850</v>
+      </c>
+    </row>
+    <row r="928">
+      <c r="A928" s="0" t="s">
+        <v>1851</v>
+      </c>
+      <c r="B928" s="0" t="s">
+        <v>1852</v>
+      </c>
+    </row>
+    <row r="929">
+      <c r="A929" s="0" t="s">
+        <v>1853</v>
+      </c>
+      <c r="B929" s="0" t="s">
+        <v>1854</v>
+      </c>
+    </row>
+    <row r="930">
+      <c r="A930" s="0" t="s">
+        <v>1855</v>
+      </c>
+      <c r="B930" s="0" t="s">
+        <v>1856</v>
+      </c>
+    </row>
+    <row r="931">
+      <c r="A931" s="0" t="s">
+        <v>1857</v>
+      </c>
+      <c r="B931" s="0" t="s">
+        <v>1858</v>
+      </c>
+    </row>
+    <row r="932">
+      <c r="A932" s="0" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B932" s="0" t="s">
+        <v>1860</v>
+      </c>
+    </row>
+    <row r="933">
+      <c r="A933" s="0" t="s">
+        <v>1861</v>
+      </c>
+      <c r="B933" s="0" t="s">
+        <v>1862</v>
+      </c>
+    </row>
+    <row r="934">
+      <c r="A934" s="0" t="s">
+        <v>1863</v>
+      </c>
+      <c r="B934" s="0" t="s">
+        <v>1864</v>
+      </c>
+    </row>
+    <row r="935">
+      <c r="A935" s="0" t="s">
+        <v>1865</v>
+      </c>
+      <c r="B935" s="0" t="s">
+        <v>1866</v>
+      </c>
+    </row>
+    <row r="936">
+      <c r="A936" s="0" t="s">
+        <v>1867</v>
+      </c>
+      <c r="B936" s="0" t="s">
+        <v>1868</v>
+      </c>
+    </row>
+    <row r="937">
+      <c r="A937" s="0" t="s">
+        <v>1869</v>
+      </c>
+      <c r="B937" s="0" t="s">
+        <v>1870</v>
+      </c>
+    </row>
+    <row r="938">
+      <c r="A938" s="0" t="s">
+        <v>1871</v>
+      </c>
+      <c r="B938" s="0" t="s">
+        <v>1872</v>
+      </c>
+    </row>
+    <row r="939">
+      <c r="A939" s="0" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B939" s="0" t="s">
+        <v>1874</v>
+      </c>
+    </row>
+    <row r="940">
+      <c r="A940" s="0" t="s">
+        <v>1875</v>
+      </c>
+      <c r="B940" s="0" t="s">
+        <v>1876</v>
+      </c>
+    </row>
+    <row r="941">
+      <c r="A941" s="0" t="s">
+        <v>1877</v>
+      </c>
+      <c r="B941" s="0" t="s">
+        <v>1878</v>
+      </c>
+    </row>
+    <row r="942">
+      <c r="A942" s="0" t="s">
+        <v>1879</v>
+      </c>
+      <c r="B942" s="0" t="s">
+        <v>1880</v>
+      </c>
+    </row>
+    <row r="943">
+      <c r="A943" s="0" t="s">
+        <v>1881</v>
+      </c>
+      <c r="B943" s="0" t="s">
+        <v>1882</v>
+      </c>
+    </row>
+    <row r="944">
+      <c r="A944" s="0" t="s">
+        <v>1883</v>
+      </c>
+      <c r="B944" s="0" t="s">
+        <v>1884</v>
+      </c>
+    </row>
+    <row r="945">
+      <c r="A945" s="0" t="s">
+        <v>1885</v>
+      </c>
+      <c r="B945" s="0" t="s">
+        <v>1886</v>
+      </c>
+    </row>
+    <row r="946">
+      <c r="A946" s="0" t="s">
+        <v>1887</v>
+      </c>
+      <c r="B946" s="0" t="s">
+        <v>1888</v>
+      </c>
+    </row>
+    <row r="947">
+      <c r="A947" s="0" t="s">
+        <v>1889</v>
+      </c>
+      <c r="B947" s="0" t="s">
+        <v>1890</v>
+      </c>
+    </row>
+    <row r="948">
+      <c r="A948" s="0" t="s">
+        <v>1891</v>
+      </c>
+      <c r="B948" s="0" t="s">
+        <v>1892</v>
+      </c>
+    </row>
+    <row r="949">
+      <c r="A949" s="0" t="s">
+        <v>1893</v>
+      </c>
+      <c r="B949" s="0" t="s">
+        <v>1894</v>
+      </c>
+    </row>
+    <row r="950">
+      <c r="A950" s="0" t="s">
+        <v>1895</v>
+      </c>
+      <c r="B950" s="0" t="s">
+        <v>1896</v>
+      </c>
+    </row>
+    <row r="951">
+      <c r="A951" s="0" t="s">
+        <v>1897</v>
+      </c>
+      <c r="B951" s="0" t="s">
+        <v>1898</v>
+      </c>
+    </row>
+    <row r="952">
+      <c r="A952" s="0" t="s">
+        <v>1899</v>
+      </c>
+      <c r="B952" s="0" t="s">
+        <v>1900</v>
+      </c>
+    </row>
+    <row r="953">
+      <c r="A953" s="0" t="s">
+        <v>1901</v>
+      </c>
+      <c r="B953" s="0" t="s">
+        <v>1902</v>
+      </c>
+    </row>
+    <row r="954">
+      <c r="A954" s="0" t="s">
+        <v>1903</v>
+      </c>
+      <c r="B954" s="0" t="s">
+        <v>1904</v>
+      </c>
+    </row>
+    <row r="955">
+      <c r="A955" s="0" t="s">
+        <v>1905</v>
+      </c>
+      <c r="B955" s="0" t="s">
+        <v>1906</v>
+      </c>
+    </row>
+    <row r="956">
+      <c r="A956" s="0" t="s">
+        <v>1907</v>
+      </c>
+      <c r="B956" s="0" t="s">
+        <v>1908</v>
+      </c>
+    </row>
+    <row r="957">
+      <c r="A957" s="0" t="s">
+        <v>1909</v>
+      </c>
+      <c r="B957" s="0" t="s">
+        <v>1910</v>
+      </c>
+    </row>
+    <row r="958">
+      <c r="A958" s="0" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B958" s="0" t="s">
+        <v>1912</v>
+      </c>
+    </row>
+    <row r="959">
+      <c r="A959" s="0" t="s">
+        <v>1913</v>
+      </c>
+      <c r="B959" s="0" t="s">
+        <v>1914</v>
+      </c>
+    </row>
+    <row r="960">
+      <c r="A960" s="0" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B960" s="0" t="s">
+        <v>1916</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>