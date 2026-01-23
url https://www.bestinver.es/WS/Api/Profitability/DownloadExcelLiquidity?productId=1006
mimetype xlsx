--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -4,59 +4,359 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1545" uniqueCount="1545">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1645" uniqueCount="1645">
   <si>
     <t>BESTINVER DEUDA CORPORATIVA, FI - CLASE R</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>17,123597</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>17,096491</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>17,091179</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>17,106241</t>
+  </si>
+  <si>
+    <t>18/01/2026</t>
+  </si>
+  <si>
+    <t>17,125952</t>
+  </si>
+  <si>
+    <t>17/01/2026</t>
+  </si>
+  <si>
+    <t>17,124481</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>17,122999</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>17,127438</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>17,111641</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>17,105776</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>17,091231</t>
+  </si>
+  <si>
+    <t>11/01/2026</t>
+  </si>
+  <si>
+    <t>17,084552</t>
+  </si>
+  <si>
+    <t>10/01/2026</t>
+  </si>
+  <si>
+    <t>17,083046</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>17,081540</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>17,063994</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>17,060802</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>17,045572</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>17,029243</t>
+  </si>
+  <si>
+    <t>04/01/2026</t>
+  </si>
+  <si>
+    <t>17,014951</t>
+  </si>
+  <si>
+    <t>03/01/2026</t>
+  </si>
+  <si>
+    <t>17,013426</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>17,016333</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
+    <t>17,013373</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>17,011101</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>17,008429</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>17,006459</t>
+  </si>
+  <si>
+    <t>28/12/2025</t>
+  </si>
+  <si>
+    <t>17,000973</t>
+  </si>
+  <si>
+    <t>27/12/2025</t>
+  </si>
+  <si>
+    <t>16,999438</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>16,997910</t>
+  </si>
+  <si>
+    <t>25/12/2025</t>
+  </si>
+  <si>
+    <t>16,994943</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>16,994663</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>16,993022</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>16,976735</t>
+  </si>
+  <si>
+    <t>21/12/2025</t>
+  </si>
+  <si>
+    <t>16,982697</t>
+  </si>
+  <si>
+    <t>20/12/2025</t>
+  </si>
+  <si>
+    <t>16,981157</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>16,979616</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>16,986051</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>16,986196</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>16,983717</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>16,995435</t>
+  </si>
+  <si>
+    <t>14/12/2025</t>
+  </si>
+  <si>
+    <t>16,980996</t>
+  </si>
+  <si>
+    <t>13/12/2025</t>
+  </si>
+  <si>
+    <t>16,979472</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>16,977951</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>16,981375</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>16,976715</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>16,983286</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>16,983878</t>
+  </si>
+  <si>
+    <t>07/12/2025</t>
+  </si>
+  <si>
+    <t>17,001564</t>
+  </si>
+  <si>
+    <t>06/12/2025</t>
+  </si>
+  <si>
+    <t>17,000008</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>16,998452</t>
+  </si>
+  <si>
+    <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>16,993342</t>
   </si>
   <si>
     <t>03/12/2025</t>
   </si>
   <si>
     <t>16,987323</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>16,976622</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>16,960893</t>
   </si>
   <si>
     <t>30/11/2025</t>
   </si>
   <si>
     <t>16,957829</t>
   </si>
@@ -4687,51 +4987,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B869"/>
+  <dimension ref="A1:B919"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -7991,451 +8291,451 @@
       <c r="B410" s="0" t="s">
         <v>818</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="0" t="s">
         <v>819</v>
       </c>
       <c r="B411" s="0" t="s">
         <v>820</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="0" t="s">
         <v>821</v>
       </c>
       <c r="B412" s="0" t="s">
         <v>822</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="0" t="s">
         <v>823</v>
       </c>
       <c r="B413" s="0" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="0" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="B414" s="0" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="0" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="B415" s="0" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="0" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="B416" s="0" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="0" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="B417" s="0" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="0" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="B418" s="0" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="0" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="B419" s="0" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="0" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="B420" s="0" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="0" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="B421" s="0" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="0" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="B422" s="0" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="0" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="B423" s="0" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="0" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="B424" s="0" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="0" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="B425" s="0" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="0" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="B426" s="0" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="0" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="B427" s="0" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="0" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="B428" s="0" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="0" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="B429" s="0" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="0" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="B430" s="0" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="0" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="B431" s="0" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="0" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="B432" s="0" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="0" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="B433" s="0" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="0" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="B434" s="0" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="0" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="B435" s="0" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="0" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="B436" s="0" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="0" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="B437" s="0" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="0" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="B438" s="0" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="0" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="B439" s="0" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="0" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="B440" s="0" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="0" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="B441" s="0" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="0" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="B442" s="0" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="0" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="B443" s="0" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="0" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="B444" s="0" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="0" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="B445" s="0" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="0" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="B446" s="0" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="0" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="B447" s="0" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="0" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="B448" s="0" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="0" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="B449" s="0" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="0" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="B450" s="0" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="0" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="B451" s="0" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="0" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="B452" s="0" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="0" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="B453" s="0" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="0" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="B454" s="0" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="0" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="B455" s="0" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="0" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="B456" s="0" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="0" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="B457" s="0" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="0" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="B458" s="0" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="0" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="B459" s="0" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="0" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="B460" s="0" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="0" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="B461" s="0" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="0" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="B462" s="0" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="0" t="s">
+        <v>923</v>
+      </c>
+      <c r="B463" s="0" t="s">
         <v>922</v>
-      </c>
-[...1 lines deleted...]
-        <v>923</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="0" t="s">
         <v>924</v>
       </c>
       <c r="B464" s="0" t="s">
         <v>925</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="0" t="s">
         <v>926</v>
       </c>
       <c r="B465" s="0" t="s">
         <v>927</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="0" t="s">
         <v>928</v>
       </c>
       <c r="B466" s="0" t="s">
         <v>929</v>
       </c>
@@ -9295,451 +9595,451 @@
       <c r="B573" s="0" t="s">
         <v>1143</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="0" t="s">
         <v>1144</v>
       </c>
       <c r="B574" s="0" t="s">
         <v>1145</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="0" t="s">
         <v>1146</v>
       </c>
       <c r="B575" s="0" t="s">
         <v>1147</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="0" t="s">
         <v>1148</v>
       </c>
       <c r="B576" s="0" t="s">
-        <v>1139</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="0" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="B577" s="0" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="0" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="B578" s="0" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="0" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="B579" s="0" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="0" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="B580" s="0" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="0" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="B581" s="0" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="0" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="B582" s="0" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="0" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="B583" s="0" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="0" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="B584" s="0" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="0" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="B585" s="0" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="0" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="B586" s="0" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="0" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="B587" s="0" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="0" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="B588" s="0" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="0" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="B589" s="0" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="0" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="B590" s="0" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" s="0" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="B591" s="0" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" s="0" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="B592" s="0" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="0" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="B593" s="0" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="0" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="B594" s="0" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="0" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="B595" s="0" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" s="0" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="B596" s="0" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" s="0" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="B597" s="0" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="598">
       <c r="A598" s="0" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="B598" s="0" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="599">
       <c r="A599" s="0" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="B599" s="0" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="600">
       <c r="A600" s="0" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="B600" s="0" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="601">
       <c r="A601" s="0" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="B601" s="0" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="602">
       <c r="A602" s="0" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="B602" s="0" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="603">
       <c r="A603" s="0" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="B603" s="0" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="604">
       <c r="A604" s="0" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="B604" s="0" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="605">
       <c r="A605" s="0" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="B605" s="0" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="606">
       <c r="A606" s="0" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="B606" s="0" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="607">
       <c r="A607" s="0" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="B607" s="0" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="608">
       <c r="A608" s="0" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="B608" s="0" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="609">
       <c r="A609" s="0" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="B609" s="0" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="610">
       <c r="A610" s="0" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="B610" s="0" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="611">
       <c r="A611" s="0" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="B611" s="0" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="612">
       <c r="A612" s="0" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="B612" s="0" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="613">
       <c r="A613" s="0" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="B613" s="0" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="614">
       <c r="A614" s="0" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
       <c r="B614" s="0" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="615">
       <c r="A615" s="0" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="B615" s="0" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="616">
       <c r="A616" s="0" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
       <c r="B616" s="0" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="617">
       <c r="A617" s="0" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="B617" s="0" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="618">
       <c r="A618" s="0" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="B618" s="0" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="619">
       <c r="A619" s="0" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="B619" s="0" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="620">
       <c r="A620" s="0" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="B620" s="0" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="621">
       <c r="A621" s="0" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="B621" s="0" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="622">
       <c r="A622" s="0" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="B622" s="0" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" s="0" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="B623" s="0" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" s="0" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="B624" s="0" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" s="0" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="B625" s="0" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" s="0" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="B626" s="0" t="s">
-        <v>1248</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" s="0" t="s">
         <v>1249</v>
       </c>
       <c r="B627" s="0" t="s">
         <v>1250</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" s="0" t="s">
         <v>1251</v>
       </c>
       <c r="B628" s="0" t="s">
         <v>1252</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" s="0" t="s">
         <v>1253</v>
       </c>
       <c r="B629" s="0" t="s">
         <v>1254</v>
       </c>
@@ -9967,1704 +10267,2104 @@
       <c r="B657" s="0" t="s">
         <v>1310</v>
       </c>
     </row>
     <row r="658">
       <c r="A658" s="0" t="s">
         <v>1311</v>
       </c>
       <c r="B658" s="0" t="s">
         <v>1312</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" s="0" t="s">
         <v>1313</v>
       </c>
       <c r="B659" s="0" t="s">
         <v>1314</v>
       </c>
     </row>
     <row r="660">
       <c r="A660" s="0" t="s">
         <v>1315</v>
       </c>
       <c r="B660" s="0" t="s">
-        <v>1314</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="661">
       <c r="A661" s="0" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="B661" s="0" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="662">
       <c r="A662" s="0" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="B662" s="0" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="663">
       <c r="A663" s="0" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="B663" s="0" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="664">
       <c r="A664" s="0" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="B664" s="0" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="665">
       <c r="A665" s="0" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="B665" s="0" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" s="0" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="B666" s="0" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" s="0" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="B667" s="0" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" s="0" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="B668" s="0" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" s="0" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="B669" s="0" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" s="0" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="B670" s="0" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" s="0" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="B671" s="0" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" s="0" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="B672" s="0" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" s="0" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="B673" s="0" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" s="0" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
       <c r="B674" s="0" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" s="0" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="B675" s="0" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" s="0" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
       <c r="B676" s="0" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" s="0" t="s">
-        <v>1348</v>
+        <v>1349</v>
       </c>
       <c r="B677" s="0" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="0" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
       <c r="B678" s="0" t="s">
-        <v>1351</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" s="0" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="B679" s="0" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" s="0" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="B680" s="0" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" s="0" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="B681" s="0" t="s">
-        <v>1355</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" s="0" t="s">
-        <v>1357</v>
+        <v>1359</v>
       </c>
       <c r="B682" s="0" t="s">
-        <v>1355</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" s="0" t="s">
-        <v>1358</v>
+        <v>1361</v>
       </c>
       <c r="B683" s="0" t="s">
-        <v>1355</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" s="0" t="s">
-        <v>1359</v>
+        <v>1363</v>
       </c>
       <c r="B684" s="0" t="s">
-        <v>1355</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" s="0" t="s">
-        <v>1360</v>
+        <v>1365</v>
       </c>
       <c r="B685" s="0" t="s">
-        <v>1355</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" s="0" t="s">
-        <v>1361</v>
+        <v>1367</v>
       </c>
       <c r="B686" s="0" t="s">
-        <v>1355</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="687">
       <c r="A687" s="0" t="s">
-        <v>1362</v>
+        <v>1369</v>
       </c>
       <c r="B687" s="0" t="s">
-        <v>1355</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" s="0" t="s">
-        <v>1363</v>
+        <v>1371</v>
       </c>
       <c r="B688" s="0" t="s">
-        <v>1355</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" s="0" t="s">
-        <v>1364</v>
+        <v>1373</v>
       </c>
       <c r="B689" s="0" t="s">
-        <v>1355</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="690">
       <c r="A690" s="0" t="s">
-        <v>1365</v>
+        <v>1375</v>
       </c>
       <c r="B690" s="0" t="s">
-        <v>1355</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" s="0" t="s">
-        <v>1366</v>
+        <v>1377</v>
       </c>
       <c r="B691" s="0" t="s">
-        <v>1355</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="692">
       <c r="A692" s="0" t="s">
-        <v>1367</v>
+        <v>1379</v>
       </c>
       <c r="B692" s="0" t="s">
-        <v>1355</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" s="0" t="s">
-        <v>1368</v>
+        <v>1381</v>
       </c>
       <c r="B693" s="0" t="s">
-        <v>1355</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" s="0" t="s">
-        <v>1369</v>
+        <v>1383</v>
       </c>
       <c r="B694" s="0" t="s">
-        <v>1355</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" s="0" t="s">
-        <v>1370</v>
+        <v>1385</v>
       </c>
       <c r="B695" s="0" t="s">
-        <v>1355</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" s="0" t="s">
-        <v>1371</v>
+        <v>1387</v>
       </c>
       <c r="B696" s="0" t="s">
-        <v>1355</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" s="0" t="s">
-        <v>1372</v>
+        <v>1389</v>
       </c>
       <c r="B697" s="0" t="s">
-        <v>1355</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" s="0" t="s">
-        <v>1373</v>
+        <v>1391</v>
       </c>
       <c r="B698" s="0" t="s">
-        <v>1355</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" s="0" t="s">
-        <v>1374</v>
+        <v>1393</v>
       </c>
       <c r="B699" s="0" t="s">
-        <v>1355</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" s="0" t="s">
-        <v>1375</v>
+        <v>1395</v>
       </c>
       <c r="B700" s="0" t="s">
-        <v>1355</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="701">
       <c r="A701" s="0" t="s">
-        <v>1376</v>
+        <v>1397</v>
       </c>
       <c r="B701" s="0" t="s">
-        <v>1355</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" s="0" t="s">
-        <v>1377</v>
+        <v>1399</v>
       </c>
       <c r="B702" s="0" t="s">
-        <v>1355</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="703">
       <c r="A703" s="0" t="s">
-        <v>1378</v>
+        <v>1401</v>
       </c>
       <c r="B703" s="0" t="s">
-        <v>1355</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" s="0" t="s">
-        <v>1379</v>
+        <v>1403</v>
       </c>
       <c r="B704" s="0" t="s">
-        <v>1355</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" s="0" t="s">
-        <v>1380</v>
+        <v>1405</v>
       </c>
       <c r="B705" s="0" t="s">
-        <v>1355</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" s="0" t="s">
-        <v>1381</v>
+        <v>1407</v>
       </c>
       <c r="B706" s="0" t="s">
-        <v>1355</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" s="0" t="s">
-        <v>1382</v>
+        <v>1409</v>
       </c>
       <c r="B707" s="0" t="s">
-        <v>1355</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="0" t="s">
-        <v>1383</v>
+        <v>1411</v>
       </c>
       <c r="B708" s="0" t="s">
-        <v>1355</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="0" t="s">
-        <v>1384</v>
+        <v>1413</v>
       </c>
       <c r="B709" s="0" t="s">
-        <v>1355</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" s="0" t="s">
-        <v>1385</v>
+        <v>1415</v>
       </c>
       <c r="B710" s="0" t="s">
-        <v>1355</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" s="0" t="s">
-        <v>1386</v>
+        <v>1416</v>
       </c>
       <c r="B711" s="0" t="s">
-        <v>1355</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" s="0" t="s">
-        <v>1387</v>
+        <v>1418</v>
       </c>
       <c r="B712" s="0" t="s">
-        <v>1355</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" s="0" t="s">
-        <v>1388</v>
+        <v>1420</v>
       </c>
       <c r="B713" s="0" t="s">
-        <v>1355</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" s="0" t="s">
-        <v>1389</v>
+        <v>1422</v>
       </c>
       <c r="B714" s="0" t="s">
-        <v>1355</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" s="0" t="s">
-        <v>1390</v>
+        <v>1424</v>
       </c>
       <c r="B715" s="0" t="s">
-        <v>1355</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" s="0" t="s">
-        <v>1391</v>
+        <v>1426</v>
       </c>
       <c r="B716" s="0" t="s">
-        <v>1355</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" s="0" t="s">
-        <v>1392</v>
+        <v>1428</v>
       </c>
       <c r="B717" s="0" t="s">
-        <v>1355</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" s="0" t="s">
-        <v>1393</v>
+        <v>1430</v>
       </c>
       <c r="B718" s="0" t="s">
-        <v>1355</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" s="0" t="s">
-        <v>1394</v>
+        <v>1432</v>
       </c>
       <c r="B719" s="0" t="s">
-        <v>1355</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" s="0" t="s">
-        <v>1395</v>
+        <v>1434</v>
       </c>
       <c r="B720" s="0" t="s">
-        <v>1355</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" s="0" t="s">
-        <v>1396</v>
+        <v>1436</v>
       </c>
       <c r="B721" s="0" t="s">
-        <v>1355</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" s="0" t="s">
-        <v>1397</v>
+        <v>1438</v>
       </c>
       <c r="B722" s="0" t="s">
-        <v>1355</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" s="0" t="s">
-        <v>1398</v>
+        <v>1440</v>
       </c>
       <c r="B723" s="0" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" s="0" t="s">
-        <v>1399</v>
+        <v>1442</v>
       </c>
       <c r="B724" s="0" t="s">
-        <v>1355</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" s="0" t="s">
-        <v>1400</v>
+        <v>1444</v>
       </c>
       <c r="B725" s="0" t="s">
-        <v>1355</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="726">
       <c r="A726" s="0" t="s">
-        <v>1401</v>
+        <v>1446</v>
       </c>
       <c r="B726" s="0" t="s">
-        <v>1355</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" s="0" t="s">
-        <v>1402</v>
+        <v>1448</v>
       </c>
       <c r="B727" s="0" t="s">
-        <v>1355</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="728">
       <c r="A728" s="0" t="s">
-        <v>1403</v>
+        <v>1450</v>
       </c>
       <c r="B728" s="0" t="s">
-        <v>1355</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="729">
       <c r="A729" s="0" t="s">
-        <v>1404</v>
+        <v>1452</v>
       </c>
       <c r="B729" s="0" t="s">
-        <v>1355</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" s="0" t="s">
-        <v>1405</v>
+        <v>1454</v>
       </c>
       <c r="B730" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" s="0" t="s">
-        <v>1406</v>
+        <v>1456</v>
       </c>
       <c r="B731" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" s="0" t="s">
-        <v>1407</v>
+        <v>1457</v>
       </c>
       <c r="B732" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" s="0" t="s">
-        <v>1408</v>
+        <v>1458</v>
       </c>
       <c r="B733" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="734">
       <c r="A734" s="0" t="s">
-        <v>1409</v>
+        <v>1459</v>
       </c>
       <c r="B734" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="735">
       <c r="A735" s="0" t="s">
-        <v>1410</v>
+        <v>1460</v>
       </c>
       <c r="B735" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" s="0" t="s">
-        <v>1411</v>
+        <v>1461</v>
       </c>
       <c r="B736" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" s="0" t="s">
-        <v>1412</v>
+        <v>1462</v>
       </c>
       <c r="B737" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="738">
       <c r="A738" s="0" t="s">
-        <v>1413</v>
+        <v>1463</v>
       </c>
       <c r="B738" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" s="0" t="s">
-        <v>1414</v>
+        <v>1464</v>
       </c>
       <c r="B739" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" s="0" t="s">
-        <v>1415</v>
+        <v>1465</v>
       </c>
       <c r="B740" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" s="0" t="s">
-        <v>1416</v>
+        <v>1466</v>
       </c>
       <c r="B741" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" s="0" t="s">
-        <v>1417</v>
+        <v>1467</v>
       </c>
       <c r="B742" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" s="0" t="s">
-        <v>1418</v>
+        <v>1468</v>
       </c>
       <c r="B743" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="744">
       <c r="A744" s="0" t="s">
-        <v>1419</v>
+        <v>1469</v>
       </c>
       <c r="B744" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="745">
       <c r="A745" s="0" t="s">
-        <v>1420</v>
+        <v>1470</v>
       </c>
       <c r="B745" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="746">
       <c r="A746" s="0" t="s">
-        <v>1421</v>
+        <v>1471</v>
       </c>
       <c r="B746" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="747">
       <c r="A747" s="0" t="s">
-        <v>1422</v>
+        <v>1472</v>
       </c>
       <c r="B747" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="748">
       <c r="A748" s="0" t="s">
-        <v>1423</v>
+        <v>1473</v>
       </c>
       <c r="B748" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="749">
       <c r="A749" s="0" t="s">
-        <v>1424</v>
+        <v>1474</v>
       </c>
       <c r="B749" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="750">
       <c r="A750" s="0" t="s">
-        <v>1425</v>
+        <v>1475</v>
       </c>
       <c r="B750" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="751">
       <c r="A751" s="0" t="s">
-        <v>1426</v>
+        <v>1476</v>
       </c>
       <c r="B751" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="752">
       <c r="A752" s="0" t="s">
-        <v>1427</v>
+        <v>1477</v>
       </c>
       <c r="B752" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="753">
       <c r="A753" s="0" t="s">
-        <v>1428</v>
+        <v>1478</v>
       </c>
       <c r="B753" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="754">
       <c r="A754" s="0" t="s">
-        <v>1429</v>
+        <v>1479</v>
       </c>
       <c r="B754" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="755">
       <c r="A755" s="0" t="s">
-        <v>1430</v>
+        <v>1480</v>
       </c>
       <c r="B755" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="756">
       <c r="A756" s="0" t="s">
-        <v>1431</v>
+        <v>1481</v>
       </c>
       <c r="B756" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="757">
       <c r="A757" s="0" t="s">
-        <v>1432</v>
+        <v>1482</v>
       </c>
       <c r="B757" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="758">
       <c r="A758" s="0" t="s">
-        <v>1433</v>
+        <v>1483</v>
       </c>
       <c r="B758" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="759">
       <c r="A759" s="0" t="s">
-        <v>1434</v>
+        <v>1484</v>
       </c>
       <c r="B759" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="760">
       <c r="A760" s="0" t="s">
-        <v>1435</v>
+        <v>1485</v>
       </c>
       <c r="B760" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="761">
       <c r="A761" s="0" t="s">
-        <v>1436</v>
+        <v>1486</v>
       </c>
       <c r="B761" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="762">
       <c r="A762" s="0" t="s">
-        <v>1437</v>
+        <v>1487</v>
       </c>
       <c r="B762" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="763">
       <c r="A763" s="0" t="s">
-        <v>1438</v>
+        <v>1488</v>
       </c>
       <c r="B763" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="764">
       <c r="A764" s="0" t="s">
-        <v>1439</v>
+        <v>1489</v>
       </c>
       <c r="B764" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="765">
       <c r="A765" s="0" t="s">
-        <v>1440</v>
+        <v>1490</v>
       </c>
       <c r="B765" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="766">
       <c r="A766" s="0" t="s">
-        <v>1441</v>
+        <v>1491</v>
       </c>
       <c r="B766" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="767">
       <c r="A767" s="0" t="s">
-        <v>1442</v>
+        <v>1492</v>
       </c>
       <c r="B767" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="768">
       <c r="A768" s="0" t="s">
-        <v>1443</v>
+        <v>1493</v>
       </c>
       <c r="B768" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" s="0" t="s">
-        <v>1444</v>
+        <v>1494</v>
       </c>
       <c r="B769" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" s="0" t="s">
-        <v>1445</v>
+        <v>1495</v>
       </c>
       <c r="B770" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="771">
       <c r="A771" s="0" t="s">
-        <v>1446</v>
+        <v>1496</v>
       </c>
       <c r="B771" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="772">
       <c r="A772" s="0" t="s">
-        <v>1447</v>
+        <v>1497</v>
       </c>
       <c r="B772" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="773">
       <c r="A773" s="0" t="s">
-        <v>1448</v>
+        <v>1498</v>
       </c>
       <c r="B773" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" s="0" t="s">
-        <v>1449</v>
+        <v>1499</v>
       </c>
       <c r="B774" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" s="0" t="s">
-        <v>1450</v>
+        <v>1500</v>
       </c>
       <c r="B775" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" s="0" t="s">
-        <v>1451</v>
+        <v>1501</v>
       </c>
       <c r="B776" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" s="0" t="s">
-        <v>1452</v>
+        <v>1502</v>
       </c>
       <c r="B777" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="778">
       <c r="A778" s="0" t="s">
-        <v>1453</v>
+        <v>1503</v>
       </c>
       <c r="B778" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" s="0" t="s">
-        <v>1454</v>
+        <v>1504</v>
       </c>
       <c r="B779" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" s="0" t="s">
-        <v>1455</v>
+        <v>1505</v>
       </c>
       <c r="B780" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" s="0" t="s">
-        <v>1456</v>
+        <v>1506</v>
       </c>
       <c r="B781" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" s="0" t="s">
-        <v>1457</v>
+        <v>1507</v>
       </c>
       <c r="B782" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" s="0" t="s">
-        <v>1458</v>
+        <v>1508</v>
       </c>
       <c r="B783" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" s="0" t="s">
-        <v>1459</v>
+        <v>1509</v>
       </c>
       <c r="B784" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" s="0" t="s">
-        <v>1460</v>
+        <v>1510</v>
       </c>
       <c r="B785" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="786">
       <c r="A786" s="0" t="s">
-        <v>1461</v>
+        <v>1511</v>
       </c>
       <c r="B786" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="787">
       <c r="A787" s="0" t="s">
-        <v>1462</v>
+        <v>1512</v>
       </c>
       <c r="B787" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="788">
       <c r="A788" s="0" t="s">
-        <v>1463</v>
+        <v>1513</v>
       </c>
       <c r="B788" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="789">
       <c r="A789" s="0" t="s">
-        <v>1464</v>
+        <v>1514</v>
       </c>
       <c r="B789" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="790">
       <c r="A790" s="0" t="s">
-        <v>1465</v>
+        <v>1515</v>
       </c>
       <c r="B790" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="791">
       <c r="A791" s="0" t="s">
-        <v>1466</v>
+        <v>1516</v>
       </c>
       <c r="B791" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="792">
       <c r="A792" s="0" t="s">
-        <v>1467</v>
+        <v>1517</v>
       </c>
       <c r="B792" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="793">
       <c r="A793" s="0" t="s">
-        <v>1468</v>
+        <v>1518</v>
       </c>
       <c r="B793" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="794">
       <c r="A794" s="0" t="s">
-        <v>1469</v>
+        <v>1519</v>
       </c>
       <c r="B794" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="795">
       <c r="A795" s="0" t="s">
-        <v>1470</v>
+        <v>1520</v>
       </c>
       <c r="B795" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="796">
       <c r="A796" s="0" t="s">
-        <v>1471</v>
+        <v>1521</v>
       </c>
       <c r="B796" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="797">
       <c r="A797" s="0" t="s">
-        <v>1472</v>
+        <v>1522</v>
       </c>
       <c r="B797" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="798">
       <c r="A798" s="0" t="s">
-        <v>1473</v>
+        <v>1523</v>
       </c>
       <c r="B798" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="799">
       <c r="A799" s="0" t="s">
-        <v>1474</v>
+        <v>1524</v>
       </c>
       <c r="B799" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="800">
       <c r="A800" s="0" t="s">
-        <v>1475</v>
+        <v>1525</v>
       </c>
       <c r="B800" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="801">
       <c r="A801" s="0" t="s">
-        <v>1476</v>
+        <v>1526</v>
       </c>
       <c r="B801" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="802">
       <c r="A802" s="0" t="s">
-        <v>1477</v>
+        <v>1527</v>
       </c>
       <c r="B802" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="803">
       <c r="A803" s="0" t="s">
-        <v>1478</v>
+        <v>1528</v>
       </c>
       <c r="B803" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="804">
       <c r="A804" s="0" t="s">
-        <v>1479</v>
+        <v>1529</v>
       </c>
       <c r="B804" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="805">
       <c r="A805" s="0" t="s">
-        <v>1480</v>
+        <v>1530</v>
       </c>
       <c r="B805" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="806">
       <c r="A806" s="0" t="s">
-        <v>1481</v>
+        <v>1531</v>
       </c>
       <c r="B806" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="807">
       <c r="A807" s="0" t="s">
-        <v>1482</v>
+        <v>1532</v>
       </c>
       <c r="B807" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="808">
       <c r="A808" s="0" t="s">
-        <v>1483</v>
+        <v>1533</v>
       </c>
       <c r="B808" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="809">
       <c r="A809" s="0" t="s">
-        <v>1484</v>
+        <v>1534</v>
       </c>
       <c r="B809" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="810">
       <c r="A810" s="0" t="s">
-        <v>1485</v>
+        <v>1535</v>
       </c>
       <c r="B810" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="811">
       <c r="A811" s="0" t="s">
-        <v>1486</v>
+        <v>1536</v>
       </c>
       <c r="B811" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="812">
       <c r="A812" s="0" t="s">
-        <v>1487</v>
+        <v>1537</v>
       </c>
       <c r="B812" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="813">
       <c r="A813" s="0" t="s">
-        <v>1488</v>
+        <v>1538</v>
       </c>
       <c r="B813" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="814">
       <c r="A814" s="0" t="s">
-        <v>1489</v>
+        <v>1539</v>
       </c>
       <c r="B814" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="815">
       <c r="A815" s="0" t="s">
-        <v>1490</v>
+        <v>1540</v>
       </c>
       <c r="B815" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="816">
       <c r="A816" s="0" t="s">
-        <v>1491</v>
+        <v>1541</v>
       </c>
       <c r="B816" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="817">
       <c r="A817" s="0" t="s">
-        <v>1492</v>
+        <v>1542</v>
       </c>
       <c r="B817" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="818">
       <c r="A818" s="0" t="s">
-        <v>1493</v>
+        <v>1543</v>
       </c>
       <c r="B818" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="819">
       <c r="A819" s="0" t="s">
-        <v>1494</v>
+        <v>1544</v>
       </c>
       <c r="B819" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="820">
       <c r="A820" s="0" t="s">
-        <v>1495</v>
+        <v>1545</v>
       </c>
       <c r="B820" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="821">
       <c r="A821" s="0" t="s">
-        <v>1496</v>
+        <v>1546</v>
       </c>
       <c r="B821" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="822">
       <c r="A822" s="0" t="s">
-        <v>1497</v>
+        <v>1547</v>
       </c>
       <c r="B822" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="823">
       <c r="A823" s="0" t="s">
-        <v>1498</v>
+        <v>1548</v>
       </c>
       <c r="B823" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="824">
       <c r="A824" s="0" t="s">
-        <v>1499</v>
+        <v>1549</v>
       </c>
       <c r="B824" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="825">
       <c r="A825" s="0" t="s">
-        <v>1500</v>
+        <v>1550</v>
       </c>
       <c r="B825" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="826">
       <c r="A826" s="0" t="s">
-        <v>1501</v>
+        <v>1551</v>
       </c>
       <c r="B826" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="827">
       <c r="A827" s="0" t="s">
-        <v>1502</v>
+        <v>1552</v>
       </c>
       <c r="B827" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="828">
       <c r="A828" s="0" t="s">
-        <v>1503</v>
+        <v>1553</v>
       </c>
       <c r="B828" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="829">
       <c r="A829" s="0" t="s">
-        <v>1504</v>
+        <v>1554</v>
       </c>
       <c r="B829" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="830">
       <c r="A830" s="0" t="s">
-        <v>1505</v>
+        <v>1555</v>
       </c>
       <c r="B830" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="831">
       <c r="A831" s="0" t="s">
-        <v>1506</v>
+        <v>1556</v>
       </c>
       <c r="B831" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="832">
       <c r="A832" s="0" t="s">
-        <v>1507</v>
+        <v>1557</v>
       </c>
       <c r="B832" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="833">
       <c r="A833" s="0" t="s">
-        <v>1508</v>
+        <v>1558</v>
       </c>
       <c r="B833" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="834">
       <c r="A834" s="0" t="s">
-        <v>1509</v>
+        <v>1559</v>
       </c>
       <c r="B834" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="835">
       <c r="A835" s="0" t="s">
-        <v>1510</v>
+        <v>1560</v>
       </c>
       <c r="B835" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="836">
       <c r="A836" s="0" t="s">
-        <v>1511</v>
+        <v>1561</v>
       </c>
       <c r="B836" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="837">
       <c r="A837" s="0" t="s">
-        <v>1512</v>
+        <v>1562</v>
       </c>
       <c r="B837" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="838">
       <c r="A838" s="0" t="s">
-        <v>1513</v>
+        <v>1563</v>
       </c>
       <c r="B838" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="839">
       <c r="A839" s="0" t="s">
-        <v>1514</v>
+        <v>1564</v>
       </c>
       <c r="B839" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="840">
       <c r="A840" s="0" t="s">
-        <v>1515</v>
+        <v>1565</v>
       </c>
       <c r="B840" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="841">
       <c r="A841" s="0" t="s">
-        <v>1516</v>
+        <v>1566</v>
       </c>
       <c r="B841" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="842">
       <c r="A842" s="0" t="s">
-        <v>1517</v>
+        <v>1567</v>
       </c>
       <c r="B842" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="843">
       <c r="A843" s="0" t="s">
-        <v>1518</v>
+        <v>1568</v>
       </c>
       <c r="B843" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="844">
       <c r="A844" s="0" t="s">
-        <v>1519</v>
+        <v>1569</v>
       </c>
       <c r="B844" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="845">
       <c r="A845" s="0" t="s">
-        <v>1520</v>
+        <v>1570</v>
       </c>
       <c r="B845" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="846">
       <c r="A846" s="0" t="s">
-        <v>1521</v>
+        <v>1571</v>
       </c>
       <c r="B846" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="847">
       <c r="A847" s="0" t="s">
-        <v>1522</v>
+        <v>1572</v>
       </c>
       <c r="B847" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="848">
       <c r="A848" s="0" t="s">
-        <v>1523</v>
+        <v>1573</v>
       </c>
       <c r="B848" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="849">
       <c r="A849" s="0" t="s">
-        <v>1524</v>
+        <v>1574</v>
       </c>
       <c r="B849" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="850">
       <c r="A850" s="0" t="s">
-        <v>1525</v>
+        <v>1575</v>
       </c>
       <c r="B850" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="851">
       <c r="A851" s="0" t="s">
-        <v>1526</v>
+        <v>1576</v>
       </c>
       <c r="B851" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="852">
       <c r="A852" s="0" t="s">
-        <v>1527</v>
+        <v>1577</v>
       </c>
       <c r="B852" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="853">
       <c r="A853" s="0" t="s">
-        <v>1528</v>
+        <v>1578</v>
       </c>
       <c r="B853" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="854">
       <c r="A854" s="0" t="s">
-        <v>1529</v>
+        <v>1579</v>
       </c>
       <c r="B854" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="855">
       <c r="A855" s="0" t="s">
-        <v>1530</v>
+        <v>1580</v>
       </c>
       <c r="B855" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="856">
       <c r="A856" s="0" t="s">
-        <v>1531</v>
+        <v>1581</v>
       </c>
       <c r="B856" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="857">
       <c r="A857" s="0" t="s">
-        <v>1532</v>
+        <v>1582</v>
       </c>
       <c r="B857" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="858">
       <c r="A858" s="0" t="s">
-        <v>1533</v>
+        <v>1583</v>
       </c>
       <c r="B858" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="859">
       <c r="A859" s="0" t="s">
-        <v>1534</v>
+        <v>1584</v>
       </c>
       <c r="B859" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="860">
       <c r="A860" s="0" t="s">
-        <v>1535</v>
+        <v>1585</v>
       </c>
       <c r="B860" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="861">
       <c r="A861" s="0" t="s">
-        <v>1536</v>
+        <v>1586</v>
       </c>
       <c r="B861" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="862">
       <c r="A862" s="0" t="s">
-        <v>1537</v>
+        <v>1587</v>
       </c>
       <c r="B862" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="863">
       <c r="A863" s="0" t="s">
-        <v>1538</v>
+        <v>1588</v>
       </c>
       <c r="B863" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="864">
       <c r="A864" s="0" t="s">
-        <v>1539</v>
+        <v>1589</v>
       </c>
       <c r="B864" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="865">
       <c r="A865" s="0" t="s">
-        <v>1540</v>
+        <v>1590</v>
       </c>
       <c r="B865" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="866">
       <c r="A866" s="0" t="s">
-        <v>1541</v>
+        <v>1591</v>
       </c>
       <c r="B866" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="867">
       <c r="A867" s="0" t="s">
-        <v>1542</v>
+        <v>1592</v>
       </c>
       <c r="B867" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="868">
       <c r="A868" s="0" t="s">
-        <v>1543</v>
+        <v>1593</v>
       </c>
       <c r="B868" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="869">
       <c r="A869" s="0" t="s">
-        <v>1544</v>
+        <v>1594</v>
       </c>
       <c r="B869" s="0" t="s">
-        <v>1355</v>
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="870">
+      <c r="A870" s="0" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B870" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="871">
+      <c r="A871" s="0" t="s">
+        <v>1596</v>
+      </c>
+      <c r="B871" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="872">
+      <c r="A872" s="0" t="s">
+        <v>1597</v>
+      </c>
+      <c r="B872" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="873">
+      <c r="A873" s="0" t="s">
+        <v>1598</v>
+      </c>
+      <c r="B873" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="874">
+      <c r="A874" s="0" t="s">
+        <v>1599</v>
+      </c>
+      <c r="B874" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="875">
+      <c r="A875" s="0" t="s">
+        <v>1600</v>
+      </c>
+      <c r="B875" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="876">
+      <c r="A876" s="0" t="s">
+        <v>1601</v>
+      </c>
+      <c r="B876" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="877">
+      <c r="A877" s="0" t="s">
+        <v>1602</v>
+      </c>
+      <c r="B877" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="878">
+      <c r="A878" s="0" t="s">
+        <v>1603</v>
+      </c>
+      <c r="B878" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="879">
+      <c r="A879" s="0" t="s">
+        <v>1604</v>
+      </c>
+      <c r="B879" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="880">
+      <c r="A880" s="0" t="s">
+        <v>1605</v>
+      </c>
+      <c r="B880" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="881">
+      <c r="A881" s="0" t="s">
+        <v>1606</v>
+      </c>
+      <c r="B881" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="882">
+      <c r="A882" s="0" t="s">
+        <v>1607</v>
+      </c>
+      <c r="B882" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="883">
+      <c r="A883" s="0" t="s">
+        <v>1608</v>
+      </c>
+      <c r="B883" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="884">
+      <c r="A884" s="0" t="s">
+        <v>1609</v>
+      </c>
+      <c r="B884" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="885">
+      <c r="A885" s="0" t="s">
+        <v>1610</v>
+      </c>
+      <c r="B885" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="886">
+      <c r="A886" s="0" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B886" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="887">
+      <c r="A887" s="0" t="s">
+        <v>1612</v>
+      </c>
+      <c r="B887" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="888">
+      <c r="A888" s="0" t="s">
+        <v>1613</v>
+      </c>
+      <c r="B888" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="889">
+      <c r="A889" s="0" t="s">
+        <v>1614</v>
+      </c>
+      <c r="B889" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="890">
+      <c r="A890" s="0" t="s">
+        <v>1615</v>
+      </c>
+      <c r="B890" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="891">
+      <c r="A891" s="0" t="s">
+        <v>1616</v>
+      </c>
+      <c r="B891" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="892">
+      <c r="A892" s="0" t="s">
+        <v>1617</v>
+      </c>
+      <c r="B892" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="893">
+      <c r="A893" s="0" t="s">
+        <v>1618</v>
+      </c>
+      <c r="B893" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="894">
+      <c r="A894" s="0" t="s">
+        <v>1619</v>
+      </c>
+      <c r="B894" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="895">
+      <c r="A895" s="0" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B895" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="896">
+      <c r="A896" s="0" t="s">
+        <v>1621</v>
+      </c>
+      <c r="B896" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="897">
+      <c r="A897" s="0" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B897" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="898">
+      <c r="A898" s="0" t="s">
+        <v>1623</v>
+      </c>
+      <c r="B898" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="899">
+      <c r="A899" s="0" t="s">
+        <v>1624</v>
+      </c>
+      <c r="B899" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="900">
+      <c r="A900" s="0" t="s">
+        <v>1625</v>
+      </c>
+      <c r="B900" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="901">
+      <c r="A901" s="0" t="s">
+        <v>1626</v>
+      </c>
+      <c r="B901" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="902">
+      <c r="A902" s="0" t="s">
+        <v>1627</v>
+      </c>
+      <c r="B902" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="903">
+      <c r="A903" s="0" t="s">
+        <v>1628</v>
+      </c>
+      <c r="B903" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="904">
+      <c r="A904" s="0" t="s">
+        <v>1629</v>
+      </c>
+      <c r="B904" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="905">
+      <c r="A905" s="0" t="s">
+        <v>1630</v>
+      </c>
+      <c r="B905" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="906">
+      <c r="A906" s="0" t="s">
+        <v>1631</v>
+      </c>
+      <c r="B906" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="907">
+      <c r="A907" s="0" t="s">
+        <v>1632</v>
+      </c>
+      <c r="B907" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="908">
+      <c r="A908" s="0" t="s">
+        <v>1633</v>
+      </c>
+      <c r="B908" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="909">
+      <c r="A909" s="0" t="s">
+        <v>1634</v>
+      </c>
+      <c r="B909" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="910">
+      <c r="A910" s="0" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B910" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="911">
+      <c r="A911" s="0" t="s">
+        <v>1636</v>
+      </c>
+      <c r="B911" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="912">
+      <c r="A912" s="0" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B912" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="913">
+      <c r="A913" s="0" t="s">
+        <v>1638</v>
+      </c>
+      <c r="B913" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="914">
+      <c r="A914" s="0" t="s">
+        <v>1639</v>
+      </c>
+      <c r="B914" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="915">
+      <c r="A915" s="0" t="s">
+        <v>1640</v>
+      </c>
+      <c r="B915" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="916">
+      <c r="A916" s="0" t="s">
+        <v>1641</v>
+      </c>
+      <c r="B916" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="917">
+      <c r="A917" s="0" t="s">
+        <v>1642</v>
+      </c>
+      <c r="B917" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="918">
+      <c r="A918" s="0" t="s">
+        <v>1643</v>
+      </c>
+      <c r="B918" s="0" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="919">
+      <c r="A919" s="0" t="s">
+        <v>1644</v>
+      </c>
+      <c r="B919" s="0" t="s">
+        <v>1455</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>