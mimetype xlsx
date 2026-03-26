--- v1 (2026-01-23)
+++ v2 (2026-03-26)
@@ -4,59 +4,425 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1645" uniqueCount="1645">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1767" uniqueCount="1767">
   <si>
     <t>BESTINVER DEUDA CORPORATIVA, FI - CLASE R</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>24/03/2026</t>
+  </si>
+  <si>
+    <t>16,839596</t>
+  </si>
+  <si>
+    <t>23/03/2026</t>
+  </si>
+  <si>
+    <t>16,839612</t>
+  </si>
+  <si>
+    <t>22/03/2026</t>
+  </si>
+  <si>
+    <t>16,867875</t>
+  </si>
+  <si>
+    <t>21/03/2026</t>
+  </si>
+  <si>
+    <t>16,866104</t>
+  </si>
+  <si>
+    <t>20/03/2026</t>
+  </si>
+  <si>
+    <t>16,864331</t>
+  </si>
+  <si>
+    <t>19/03/2026</t>
+  </si>
+  <si>
+    <t>16,924958</t>
+  </si>
+  <si>
+    <t>18/03/2026</t>
+  </si>
+  <si>
+    <t>16,998746</t>
+  </si>
+  <si>
+    <t>17/03/2026</t>
+  </si>
+  <si>
+    <t>17,000117</t>
+  </si>
+  <si>
+    <t>16/03/2026</t>
+  </si>
+  <si>
+    <t>16,972123</t>
+  </si>
+  <si>
+    <t>15/03/2026</t>
+  </si>
+  <si>
+    <t>16,980595</t>
+  </si>
+  <si>
+    <t>14/03/2026</t>
+  </si>
+  <si>
+    <t>16,978894</t>
+  </si>
+  <si>
+    <t>13/03/2026</t>
+  </si>
+  <si>
+    <t>16,977194</t>
+  </si>
+  <si>
+    <t>12/03/2026</t>
+  </si>
+  <si>
+    <t>17,010122</t>
+  </si>
+  <si>
+    <t>11/03/2026</t>
+  </si>
+  <si>
+    <t>17,063337</t>
+  </si>
+  <si>
+    <t>10/03/2026</t>
+  </si>
+  <si>
+    <t>17,116052</t>
+  </si>
+  <si>
+    <t>09/03/2026</t>
+  </si>
+  <si>
+    <t>17,029353</t>
+  </si>
+  <si>
+    <t>08/03/2026</t>
+  </si>
+  <si>
+    <t>17,109209</t>
+  </si>
+  <si>
+    <t>07/03/2026</t>
+  </si>
+  <si>
+    <t>17,107597</t>
+  </si>
+  <si>
+    <t>06/03/2026</t>
+  </si>
+  <si>
+    <t>17,105986</t>
+  </si>
+  <si>
+    <t>05/03/2026</t>
+  </si>
+  <si>
+    <t>17,153258</t>
+  </si>
+  <si>
+    <t>04/03/2026</t>
+  </si>
+  <si>
+    <t>17,161993</t>
+  </si>
+  <si>
+    <t>03/03/2026</t>
+  </si>
+  <si>
+    <t>17,113532</t>
+  </si>
+  <si>
+    <t>02/03/2026</t>
+  </si>
+  <si>
+    <t>17,177472</t>
+  </si>
+  <si>
+    <t>01/03/2026</t>
+  </si>
+  <si>
+    <t>17,223253</t>
+  </si>
+  <si>
+    <t>28/02/2026</t>
+  </si>
+  <si>
+    <t>17,220361</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t>17,218827</t>
+  </si>
+  <si>
+    <t>26/02/2026</t>
+  </si>
+  <si>
+    <t>17,241647</t>
+  </si>
+  <si>
+    <t>25/02/2026</t>
+  </si>
+  <si>
+    <t>17,222149</t>
+  </si>
+  <si>
+    <t>24/02/2026</t>
+  </si>
+  <si>
+    <t>17,230379</t>
+  </si>
+  <si>
+    <t>23/02/2026</t>
+  </si>
+  <si>
+    <t>17,230850</t>
+  </si>
+  <si>
+    <t>22/02/2026</t>
+  </si>
+  <si>
+    <t>17,221384</t>
+  </si>
+  <si>
+    <t>21/02/2026</t>
+  </si>
+  <si>
+    <t>17,219818</t>
+  </si>
+  <si>
+    <t>20/02/2026</t>
+  </si>
+  <si>
+    <t>17,218252</t>
+  </si>
+  <si>
+    <t>19/02/2026</t>
+  </si>
+  <si>
+    <t>17,215329</t>
+  </si>
+  <si>
+    <t>18/02/2026</t>
+  </si>
+  <si>
+    <t>17,209697</t>
+  </si>
+  <si>
+    <t>17/02/2026</t>
+  </si>
+  <si>
+    <t>17,187118</t>
+  </si>
+  <si>
+    <t>16/02/2026</t>
+  </si>
+  <si>
+    <t>17,191418</t>
+  </si>
+  <si>
+    <t>15/02/2026</t>
+  </si>
+  <si>
+    <t>17,180255</t>
+  </si>
+  <si>
+    <t>14/02/2026</t>
+  </si>
+  <si>
+    <t>17,178687</t>
+  </si>
+  <si>
+    <t>13/02/2026</t>
+  </si>
+  <si>
+    <t>17,177118</t>
+  </si>
+  <si>
+    <t>12/02/2026</t>
+  </si>
+  <si>
+    <t>17,188960</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>17,182718</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>17,182847</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>17,171306</t>
+  </si>
+  <si>
+    <t>08/02/2026</t>
+  </si>
+  <si>
+    <t>17,169249</t>
+  </si>
+  <si>
+    <t>07/02/2026</t>
+  </si>
+  <si>
+    <t>17,167660</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>17,166068</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>17,172526</t>
+  </si>
+  <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>17,183413</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>17,179334</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>17,160667</t>
+  </si>
+  <si>
+    <t>01/02/2026</t>
+  </si>
+  <si>
+    <t>17,173668</t>
+  </si>
+  <si>
+    <t>31/01/2026</t>
+  </si>
+  <si>
+    <t>17,172131</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>17,171220</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>17,168526</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>17,166302</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>17,143759</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>17,137969</t>
+  </si>
+  <si>
+    <t>25/01/2026</t>
+  </si>
+  <si>
+    <t>17,125823</t>
+  </si>
+  <si>
+    <t>24/01/2026</t>
+  </si>
+  <si>
+    <t>17,124275</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>17,122728</t>
   </si>
   <si>
     <t>22/01/2026</t>
   </si>
   <si>
     <t>17,123597</t>
   </si>
   <si>
     <t>21/01/2026</t>
   </si>
   <si>
     <t>17,096491</t>
   </si>
   <si>
     <t>20/01/2026</t>
   </si>
   <si>
     <t>17,091179</t>
   </si>
   <si>
     <t>19/01/2026</t>
   </si>
   <si>
     <t>17,106241</t>
   </si>
@@ -4987,51 +5353,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B919"/>
+  <dimension ref="A1:B980"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -8691,539 +9057,539 @@
       <c r="B460" s="0" t="s">
         <v>918</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="0" t="s">
         <v>919</v>
       </c>
       <c r="B461" s="0" t="s">
         <v>920</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="0" t="s">
         <v>921</v>
       </c>
       <c r="B462" s="0" t="s">
         <v>922</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="0" t="s">
         <v>923</v>
       </c>
       <c r="B463" s="0" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="0" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="B464" s="0" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="0" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="B465" s="0" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="0" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="B466" s="0" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="0" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="B467" s="0" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="0" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="B468" s="0" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="0" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="B469" s="0" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="0" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="B470" s="0" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="0" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="B471" s="0" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="0" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="B472" s="0" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="0" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="B473" s="0" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="0" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="B474" s="0" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="0" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="B475" s="0" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="0" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="B476" s="0" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="0" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="B477" s="0" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="0" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="B478" s="0" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="0" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="B479" s="0" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="0" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="B480" s="0" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="0" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="B481" s="0" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="0" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="B482" s="0" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="0" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="B483" s="0" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="0" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="B484" s="0" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="0" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="B485" s="0" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="0" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="B486" s="0" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="0" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="B487" s="0" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="0" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="B488" s="0" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="0" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="B489" s="0" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="0" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="B490" s="0" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="0" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="B491" s="0" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="0" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="B492" s="0" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="0" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="B493" s="0" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="0" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="B494" s="0" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="0" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="B495" s="0" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="0" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="B496" s="0" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="0" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="B497" s="0" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="0" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="B498" s="0" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="0" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="B499" s="0" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="0" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="B500" s="0" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="0" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="B501" s="0" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="0" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="B502" s="0" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="0" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="B503" s="0" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="0" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="B504" s="0" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="0" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="B505" s="0" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="0" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="B506" s="0" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="0" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="B507" s="0" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="0" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="B508" s="0" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="0" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="B509" s="0" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="0" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="B510" s="0" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="0" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="B511" s="0" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="0" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="B512" s="0" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="0" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="B513" s="0" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="0" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="B514" s="0" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="0" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="B515" s="0" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="0" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="B516" s="0" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="0" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="B517" s="0" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="0" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="B518" s="0" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="0" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="B519" s="0" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="0" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="B520" s="0" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="0" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="B521" s="0" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="0" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="B522" s="0" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="0" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="B523" s="0" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="0" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B524" s="0" t="s">
         <v>1044</v>
-      </c>
-[...1 lines deleted...]
-        <v>1045</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="0" t="s">
         <v>1046</v>
       </c>
       <c r="B525" s="0" t="s">
         <v>1047</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="0" t="s">
         <v>1048</v>
       </c>
       <c r="B526" s="0" t="s">
         <v>1049</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="0" t="s">
         <v>1050</v>
       </c>
       <c r="B527" s="0" t="s">
         <v>1051</v>
       </c>
@@ -9995,539 +10361,539 @@
       <c r="B623" s="0" t="s">
         <v>1243</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" s="0" t="s">
         <v>1244</v>
       </c>
       <c r="B624" s="0" t="s">
         <v>1245</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" s="0" t="s">
         <v>1246</v>
       </c>
       <c r="B625" s="0" t="s">
         <v>1247</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" s="0" t="s">
         <v>1248</v>
       </c>
       <c r="B626" s="0" t="s">
-        <v>1239</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" s="0" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="B627" s="0" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" s="0" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="B628" s="0" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" s="0" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="B629" s="0" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" s="0" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="B630" s="0" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="631">
       <c r="A631" s="0" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
       <c r="B631" s="0" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="632">
       <c r="A632" s="0" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="B632" s="0" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" s="0" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="B633" s="0" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" s="0" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="B634" s="0" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="635">
       <c r="A635" s="0" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="B635" s="0" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="636">
       <c r="A636" s="0" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="B636" s="0" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="637">
       <c r="A637" s="0" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="B637" s="0" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="638">
       <c r="A638" s="0" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="B638" s="0" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" s="0" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="B639" s="0" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="640">
       <c r="A640" s="0" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="B640" s="0" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="641">
       <c r="A641" s="0" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="B641" s="0" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="642">
       <c r="A642" s="0" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="B642" s="0" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="643">
       <c r="A643" s="0" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="B643" s="0" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="644">
       <c r="A644" s="0" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="B644" s="0" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="645">
       <c r="A645" s="0" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="B645" s="0" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="646">
       <c r="A646" s="0" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="B646" s="0" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="647">
       <c r="A647" s="0" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="B647" s="0" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="648">
       <c r="A648" s="0" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="B648" s="0" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="649">
       <c r="A649" s="0" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="B649" s="0" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" s="0" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="B650" s="0" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" s="0" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="B651" s="0" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="652">
       <c r="A652" s="0" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="B652" s="0" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="653">
       <c r="A653" s="0" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="B653" s="0" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="654">
       <c r="A654" s="0" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="B654" s="0" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="655">
       <c r="A655" s="0" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="B655" s="0" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="656">
       <c r="A656" s="0" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="B656" s="0" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="657">
       <c r="A657" s="0" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="B657" s="0" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="658">
       <c r="A658" s="0" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="B658" s="0" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" s="0" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="B659" s="0" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="660">
       <c r="A660" s="0" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="B660" s="0" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="661">
       <c r="A661" s="0" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="B661" s="0" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="662">
       <c r="A662" s="0" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="B662" s="0" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="663">
       <c r="A663" s="0" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="B663" s="0" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="664">
       <c r="A664" s="0" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="B664" s="0" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="665">
       <c r="A665" s="0" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="B665" s="0" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" s="0" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="B666" s="0" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" s="0" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="B667" s="0" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" s="0" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="B668" s="0" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" s="0" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="B669" s="0" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" s="0" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="B670" s="0" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" s="0" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="B671" s="0" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" s="0" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="B672" s="0" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" s="0" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="B673" s="0" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" s="0" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="B674" s="0" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" s="0" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="B675" s="0" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" s="0" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
       <c r="B676" s="0" t="s">
-        <v>1348</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" s="0" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
       <c r="B677" s="0" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="0" t="s">
-        <v>1351</v>
+        <v>1352</v>
       </c>
       <c r="B678" s="0" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" s="0" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="B679" s="0" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" s="0" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="B680" s="0" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" s="0" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="B681" s="0" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" s="0" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="B682" s="0" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" s="0" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="B683" s="0" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" s="0" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="B684" s="0" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" s="0" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="B685" s="0" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" s="0" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="B686" s="0" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="687">
       <c r="A687" s="0" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="B687" s="0" t="s">
-        <v>1370</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" s="0" t="s">
         <v>1371</v>
       </c>
       <c r="B688" s="0" t="s">
         <v>1372</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" s="0" t="s">
         <v>1373</v>
       </c>
       <c r="B689" s="0" t="s">
         <v>1374</v>
       </c>
     </row>
     <row r="690">
       <c r="A690" s="0" t="s">
         <v>1375</v>
       </c>
       <c r="B690" s="0" t="s">
         <v>1376</v>
       </c>
@@ -10667,1704 +11033,2192 @@
       <c r="B707" s="0" t="s">
         <v>1410</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="0" t="s">
         <v>1411</v>
       </c>
       <c r="B708" s="0" t="s">
         <v>1412</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="0" t="s">
         <v>1413</v>
       </c>
       <c r="B709" s="0" t="s">
         <v>1414</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" s="0" t="s">
         <v>1415</v>
       </c>
       <c r="B710" s="0" t="s">
-        <v>1414</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" s="0" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="B711" s="0" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" s="0" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="B712" s="0" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" s="0" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
       <c r="B713" s="0" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" s="0" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
       <c r="B714" s="0" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" s="0" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
       <c r="B715" s="0" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" s="0" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="B716" s="0" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" s="0" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
       <c r="B717" s="0" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" s="0" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="B718" s="0" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" s="0" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
       <c r="B719" s="0" t="s">
-        <v>1433</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" s="0" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
       <c r="B720" s="0" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" s="0" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
       <c r="B721" s="0" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" s="0" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="B722" s="0" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" s="0" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
       <c r="B723" s="0" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" s="0" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="B724" s="0" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" s="0" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
       <c r="B725" s="0" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="726">
       <c r="A726" s="0" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="B726" s="0" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" s="0" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
       <c r="B727" s="0" t="s">
-        <v>1449</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="728">
       <c r="A728" s="0" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
       <c r="B728" s="0" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="729">
       <c r="A729" s="0" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
       <c r="B729" s="0" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" s="0" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
       <c r="B730" s="0" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" s="0" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
       <c r="B731" s="0" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" s="0" t="s">
-        <v>1457</v>
+        <v>1459</v>
       </c>
       <c r="B732" s="0" t="s">
-        <v>1455</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" s="0" t="s">
-        <v>1458</v>
+        <v>1461</v>
       </c>
       <c r="B733" s="0" t="s">
-        <v>1455</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="734">
       <c r="A734" s="0" t="s">
-        <v>1459</v>
+        <v>1463</v>
       </c>
       <c r="B734" s="0" t="s">
-        <v>1455</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="735">
       <c r="A735" s="0" t="s">
-        <v>1460</v>
+        <v>1465</v>
       </c>
       <c r="B735" s="0" t="s">
-        <v>1455</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" s="0" t="s">
-        <v>1461</v>
+        <v>1467</v>
       </c>
       <c r="B736" s="0" t="s">
-        <v>1455</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" s="0" t="s">
-        <v>1462</v>
+        <v>1469</v>
       </c>
       <c r="B737" s="0" t="s">
-        <v>1455</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="738">
       <c r="A738" s="0" t="s">
-        <v>1463</v>
+        <v>1471</v>
       </c>
       <c r="B738" s="0" t="s">
-        <v>1455</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" s="0" t="s">
-        <v>1464</v>
+        <v>1473</v>
       </c>
       <c r="B739" s="0" t="s">
-        <v>1455</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" s="0" t="s">
-        <v>1465</v>
+        <v>1475</v>
       </c>
       <c r="B740" s="0" t="s">
-        <v>1455</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" s="0" t="s">
-        <v>1466</v>
+        <v>1477</v>
       </c>
       <c r="B741" s="0" t="s">
-        <v>1455</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" s="0" t="s">
-        <v>1467</v>
+        <v>1479</v>
       </c>
       <c r="B742" s="0" t="s">
-        <v>1455</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" s="0" t="s">
-        <v>1468</v>
+        <v>1481</v>
       </c>
       <c r="B743" s="0" t="s">
-        <v>1455</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="744">
       <c r="A744" s="0" t="s">
-        <v>1469</v>
+        <v>1483</v>
       </c>
       <c r="B744" s="0" t="s">
-        <v>1455</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="745">
       <c r="A745" s="0" t="s">
-        <v>1470</v>
+        <v>1485</v>
       </c>
       <c r="B745" s="0" t="s">
-        <v>1455</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="746">
       <c r="A746" s="0" t="s">
-        <v>1471</v>
+        <v>1487</v>
       </c>
       <c r="B746" s="0" t="s">
-        <v>1455</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="747">
       <c r="A747" s="0" t="s">
-        <v>1472</v>
+        <v>1489</v>
       </c>
       <c r="B747" s="0" t="s">
-        <v>1455</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="748">
       <c r="A748" s="0" t="s">
-        <v>1473</v>
+        <v>1491</v>
       </c>
       <c r="B748" s="0" t="s">
-        <v>1455</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="749">
       <c r="A749" s="0" t="s">
-        <v>1474</v>
+        <v>1493</v>
       </c>
       <c r="B749" s="0" t="s">
-        <v>1455</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="750">
       <c r="A750" s="0" t="s">
-        <v>1475</v>
+        <v>1495</v>
       </c>
       <c r="B750" s="0" t="s">
-        <v>1455</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="751">
       <c r="A751" s="0" t="s">
-        <v>1476</v>
+        <v>1497</v>
       </c>
       <c r="B751" s="0" t="s">
-        <v>1455</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="752">
       <c r="A752" s="0" t="s">
-        <v>1477</v>
+        <v>1499</v>
       </c>
       <c r="B752" s="0" t="s">
-        <v>1455</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="753">
       <c r="A753" s="0" t="s">
-        <v>1478</v>
+        <v>1501</v>
       </c>
       <c r="B753" s="0" t="s">
-        <v>1455</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="754">
       <c r="A754" s="0" t="s">
-        <v>1479</v>
+        <v>1503</v>
       </c>
       <c r="B754" s="0" t="s">
-        <v>1455</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="755">
       <c r="A755" s="0" t="s">
-        <v>1480</v>
+        <v>1505</v>
       </c>
       <c r="B755" s="0" t="s">
-        <v>1455</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="756">
       <c r="A756" s="0" t="s">
-        <v>1481</v>
+        <v>1507</v>
       </c>
       <c r="B756" s="0" t="s">
-        <v>1455</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="757">
       <c r="A757" s="0" t="s">
-        <v>1482</v>
+        <v>1509</v>
       </c>
       <c r="B757" s="0" t="s">
-        <v>1455</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="758">
       <c r="A758" s="0" t="s">
-        <v>1483</v>
+        <v>1511</v>
       </c>
       <c r="B758" s="0" t="s">
-        <v>1455</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="759">
       <c r="A759" s="0" t="s">
-        <v>1484</v>
+        <v>1513</v>
       </c>
       <c r="B759" s="0" t="s">
-        <v>1455</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="760">
       <c r="A760" s="0" t="s">
-        <v>1485</v>
+        <v>1515</v>
       </c>
       <c r="B760" s="0" t="s">
-        <v>1455</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="761">
       <c r="A761" s="0" t="s">
-        <v>1486</v>
+        <v>1517</v>
       </c>
       <c r="B761" s="0" t="s">
-        <v>1455</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="762">
       <c r="A762" s="0" t="s">
-        <v>1487</v>
+        <v>1519</v>
       </c>
       <c r="B762" s="0" t="s">
-        <v>1455</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="763">
       <c r="A763" s="0" t="s">
-        <v>1488</v>
+        <v>1521</v>
       </c>
       <c r="B763" s="0" t="s">
-        <v>1455</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="764">
       <c r="A764" s="0" t="s">
-        <v>1489</v>
+        <v>1523</v>
       </c>
       <c r="B764" s="0" t="s">
-        <v>1455</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="765">
       <c r="A765" s="0" t="s">
-        <v>1490</v>
+        <v>1525</v>
       </c>
       <c r="B765" s="0" t="s">
-        <v>1455</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="766">
       <c r="A766" s="0" t="s">
-        <v>1491</v>
+        <v>1527</v>
       </c>
       <c r="B766" s="0" t="s">
-        <v>1455</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="767">
       <c r="A767" s="0" t="s">
-        <v>1492</v>
+        <v>1529</v>
       </c>
       <c r="B767" s="0" t="s">
-        <v>1455</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="768">
       <c r="A768" s="0" t="s">
-        <v>1493</v>
+        <v>1531</v>
       </c>
       <c r="B768" s="0" t="s">
-        <v>1455</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" s="0" t="s">
-        <v>1494</v>
+        <v>1533</v>
       </c>
       <c r="B769" s="0" t="s">
-        <v>1455</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" s="0" t="s">
-        <v>1495</v>
+        <v>1535</v>
       </c>
       <c r="B770" s="0" t="s">
-        <v>1455</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="771">
       <c r="A771" s="0" t="s">
-        <v>1496</v>
+        <v>1537</v>
       </c>
       <c r="B771" s="0" t="s">
-        <v>1455</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="772">
       <c r="A772" s="0" t="s">
-        <v>1497</v>
+        <v>1538</v>
       </c>
       <c r="B772" s="0" t="s">
-        <v>1455</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="773">
       <c r="A773" s="0" t="s">
-        <v>1498</v>
+        <v>1540</v>
       </c>
       <c r="B773" s="0" t="s">
-        <v>1455</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" s="0" t="s">
-        <v>1499</v>
+        <v>1542</v>
       </c>
       <c r="B774" s="0" t="s">
-        <v>1455</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" s="0" t="s">
-        <v>1500</v>
+        <v>1544</v>
       </c>
       <c r="B775" s="0" t="s">
-        <v>1455</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" s="0" t="s">
-        <v>1501</v>
+        <v>1546</v>
       </c>
       <c r="B776" s="0" t="s">
-        <v>1455</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" s="0" t="s">
-        <v>1502</v>
+        <v>1548</v>
       </c>
       <c r="B777" s="0" t="s">
-        <v>1455</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="778">
       <c r="A778" s="0" t="s">
-        <v>1503</v>
+        <v>1550</v>
       </c>
       <c r="B778" s="0" t="s">
-        <v>1455</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" s="0" t="s">
-        <v>1504</v>
+        <v>1552</v>
       </c>
       <c r="B779" s="0" t="s">
-        <v>1455</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" s="0" t="s">
-        <v>1505</v>
+        <v>1554</v>
       </c>
       <c r="B780" s="0" t="s">
-        <v>1455</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" s="0" t="s">
-        <v>1506</v>
+        <v>1556</v>
       </c>
       <c r="B781" s="0" t="s">
-        <v>1455</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" s="0" t="s">
-        <v>1507</v>
+        <v>1558</v>
       </c>
       <c r="B782" s="0" t="s">
-        <v>1455</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" s="0" t="s">
-        <v>1508</v>
+        <v>1560</v>
       </c>
       <c r="B783" s="0" t="s">
-        <v>1455</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" s="0" t="s">
-        <v>1509</v>
+        <v>1562</v>
       </c>
       <c r="B784" s="0" t="s">
-        <v>1455</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" s="0" t="s">
-        <v>1510</v>
+        <v>1564</v>
       </c>
       <c r="B785" s="0" t="s">
-        <v>1455</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="786">
       <c r="A786" s="0" t="s">
-        <v>1511</v>
+        <v>1566</v>
       </c>
       <c r="B786" s="0" t="s">
-        <v>1455</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="787">
       <c r="A787" s="0" t="s">
-        <v>1512</v>
+        <v>1568</v>
       </c>
       <c r="B787" s="0" t="s">
-        <v>1455</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="788">
       <c r="A788" s="0" t="s">
-        <v>1513</v>
+        <v>1570</v>
       </c>
       <c r="B788" s="0" t="s">
-        <v>1455</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="789">
       <c r="A789" s="0" t="s">
-        <v>1514</v>
+        <v>1572</v>
       </c>
       <c r="B789" s="0" t="s">
-        <v>1455</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="790">
       <c r="A790" s="0" t="s">
-        <v>1515</v>
+        <v>1574</v>
       </c>
       <c r="B790" s="0" t="s">
-        <v>1455</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="791">
       <c r="A791" s="0" t="s">
-        <v>1516</v>
+        <v>1576</v>
       </c>
       <c r="B791" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="792">
       <c r="A792" s="0" t="s">
-        <v>1517</v>
+        <v>1578</v>
       </c>
       <c r="B792" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="793">
       <c r="A793" s="0" t="s">
-        <v>1518</v>
+        <v>1579</v>
       </c>
       <c r="B793" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="794">
       <c r="A794" s="0" t="s">
-        <v>1519</v>
+        <v>1580</v>
       </c>
       <c r="B794" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="795">
       <c r="A795" s="0" t="s">
-        <v>1520</v>
+        <v>1581</v>
       </c>
       <c r="B795" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="796">
       <c r="A796" s="0" t="s">
-        <v>1521</v>
+        <v>1582</v>
       </c>
       <c r="B796" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="797">
       <c r="A797" s="0" t="s">
-        <v>1522</v>
+        <v>1583</v>
       </c>
       <c r="B797" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="798">
       <c r="A798" s="0" t="s">
-        <v>1523</v>
+        <v>1584</v>
       </c>
       <c r="B798" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="799">
       <c r="A799" s="0" t="s">
-        <v>1524</v>
+        <v>1585</v>
       </c>
       <c r="B799" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="800">
       <c r="A800" s="0" t="s">
-        <v>1525</v>
+        <v>1586</v>
       </c>
       <c r="B800" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="801">
       <c r="A801" s="0" t="s">
-        <v>1526</v>
+        <v>1587</v>
       </c>
       <c r="B801" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="802">
       <c r="A802" s="0" t="s">
-        <v>1527</v>
+        <v>1588</v>
       </c>
       <c r="B802" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="803">
       <c r="A803" s="0" t="s">
-        <v>1528</v>
+        <v>1589</v>
       </c>
       <c r="B803" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="804">
       <c r="A804" s="0" t="s">
-        <v>1529</v>
+        <v>1590</v>
       </c>
       <c r="B804" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="805">
       <c r="A805" s="0" t="s">
-        <v>1530</v>
+        <v>1591</v>
       </c>
       <c r="B805" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="806">
       <c r="A806" s="0" t="s">
-        <v>1531</v>
+        <v>1592</v>
       </c>
       <c r="B806" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="807">
       <c r="A807" s="0" t="s">
-        <v>1532</v>
+        <v>1593</v>
       </c>
       <c r="B807" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="808">
       <c r="A808" s="0" t="s">
-        <v>1533</v>
+        <v>1594</v>
       </c>
       <c r="B808" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="809">
       <c r="A809" s="0" t="s">
-        <v>1534</v>
+        <v>1595</v>
       </c>
       <c r="B809" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="810">
       <c r="A810" s="0" t="s">
-        <v>1535</v>
+        <v>1596</v>
       </c>
       <c r="B810" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="811">
       <c r="A811" s="0" t="s">
-        <v>1536</v>
+        <v>1597</v>
       </c>
       <c r="B811" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="812">
       <c r="A812" s="0" t="s">
-        <v>1537</v>
+        <v>1598</v>
       </c>
       <c r="B812" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="813">
       <c r="A813" s="0" t="s">
-        <v>1538</v>
+        <v>1599</v>
       </c>
       <c r="B813" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="814">
       <c r="A814" s="0" t="s">
-        <v>1539</v>
+        <v>1600</v>
       </c>
       <c r="B814" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="815">
       <c r="A815" s="0" t="s">
-        <v>1540</v>
+        <v>1601</v>
       </c>
       <c r="B815" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="816">
       <c r="A816" s="0" t="s">
-        <v>1541</v>
+        <v>1602</v>
       </c>
       <c r="B816" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="817">
       <c r="A817" s="0" t="s">
-        <v>1542</v>
+        <v>1603</v>
       </c>
       <c r="B817" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="818">
       <c r="A818" s="0" t="s">
-        <v>1543</v>
+        <v>1604</v>
       </c>
       <c r="B818" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="819">
       <c r="A819" s="0" t="s">
-        <v>1544</v>
+        <v>1605</v>
       </c>
       <c r="B819" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="820">
       <c r="A820" s="0" t="s">
-        <v>1545</v>
+        <v>1606</v>
       </c>
       <c r="B820" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="821">
       <c r="A821" s="0" t="s">
-        <v>1546</v>
+        <v>1607</v>
       </c>
       <c r="B821" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="822">
       <c r="A822" s="0" t="s">
-        <v>1547</v>
+        <v>1608</v>
       </c>
       <c r="B822" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="823">
       <c r="A823" s="0" t="s">
-        <v>1548</v>
+        <v>1609</v>
       </c>
       <c r="B823" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="824">
       <c r="A824" s="0" t="s">
-        <v>1549</v>
+        <v>1610</v>
       </c>
       <c r="B824" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="825">
       <c r="A825" s="0" t="s">
-        <v>1550</v>
+        <v>1611</v>
       </c>
       <c r="B825" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="826">
       <c r="A826" s="0" t="s">
-        <v>1551</v>
+        <v>1612</v>
       </c>
       <c r="B826" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="827">
       <c r="A827" s="0" t="s">
-        <v>1552</v>
+        <v>1613</v>
       </c>
       <c r="B827" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="828">
       <c r="A828" s="0" t="s">
-        <v>1553</v>
+        <v>1614</v>
       </c>
       <c r="B828" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="829">
       <c r="A829" s="0" t="s">
-        <v>1554</v>
+        <v>1615</v>
       </c>
       <c r="B829" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="830">
       <c r="A830" s="0" t="s">
-        <v>1555</v>
+        <v>1616</v>
       </c>
       <c r="B830" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="831">
       <c r="A831" s="0" t="s">
-        <v>1556</v>
+        <v>1617</v>
       </c>
       <c r="B831" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="832">
       <c r="A832" s="0" t="s">
-        <v>1557</v>
+        <v>1618</v>
       </c>
       <c r="B832" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="833">
       <c r="A833" s="0" t="s">
-        <v>1558</v>
+        <v>1619</v>
       </c>
       <c r="B833" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="834">
       <c r="A834" s="0" t="s">
-        <v>1559</v>
+        <v>1620</v>
       </c>
       <c r="B834" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="835">
       <c r="A835" s="0" t="s">
-        <v>1560</v>
+        <v>1621</v>
       </c>
       <c r="B835" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="836">
       <c r="A836" s="0" t="s">
-        <v>1561</v>
+        <v>1622</v>
       </c>
       <c r="B836" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="837">
       <c r="A837" s="0" t="s">
-        <v>1562</v>
+        <v>1623</v>
       </c>
       <c r="B837" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="838">
       <c r="A838" s="0" t="s">
-        <v>1563</v>
+        <v>1624</v>
       </c>
       <c r="B838" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="839">
       <c r="A839" s="0" t="s">
-        <v>1564</v>
+        <v>1625</v>
       </c>
       <c r="B839" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="840">
       <c r="A840" s="0" t="s">
-        <v>1565</v>
+        <v>1626</v>
       </c>
       <c r="B840" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="841">
       <c r="A841" s="0" t="s">
-        <v>1566</v>
+        <v>1627</v>
       </c>
       <c r="B841" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="842">
       <c r="A842" s="0" t="s">
-        <v>1567</v>
+        <v>1628</v>
       </c>
       <c r="B842" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="843">
       <c r="A843" s="0" t="s">
-        <v>1568</v>
+        <v>1629</v>
       </c>
       <c r="B843" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="844">
       <c r="A844" s="0" t="s">
-        <v>1569</v>
+        <v>1630</v>
       </c>
       <c r="B844" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="845">
       <c r="A845" s="0" t="s">
-        <v>1570</v>
+        <v>1631</v>
       </c>
       <c r="B845" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="846">
       <c r="A846" s="0" t="s">
-        <v>1571</v>
+        <v>1632</v>
       </c>
       <c r="B846" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="847">
       <c r="A847" s="0" t="s">
-        <v>1572</v>
+        <v>1633</v>
       </c>
       <c r="B847" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="848">
       <c r="A848" s="0" t="s">
-        <v>1573</v>
+        <v>1634</v>
       </c>
       <c r="B848" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="849">
       <c r="A849" s="0" t="s">
-        <v>1574</v>
+        <v>1635</v>
       </c>
       <c r="B849" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="850">
       <c r="A850" s="0" t="s">
-        <v>1575</v>
+        <v>1636</v>
       </c>
       <c r="B850" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="851">
       <c r="A851" s="0" t="s">
-        <v>1576</v>
+        <v>1637</v>
       </c>
       <c r="B851" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="852">
       <c r="A852" s="0" t="s">
-        <v>1577</v>
+        <v>1638</v>
       </c>
       <c r="B852" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="853">
       <c r="A853" s="0" t="s">
-        <v>1578</v>
+        <v>1639</v>
       </c>
       <c r="B853" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="854">
       <c r="A854" s="0" t="s">
-        <v>1579</v>
+        <v>1640</v>
       </c>
       <c r="B854" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="855">
       <c r="A855" s="0" t="s">
-        <v>1580</v>
+        <v>1641</v>
       </c>
       <c r="B855" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="856">
       <c r="A856" s="0" t="s">
-        <v>1581</v>
+        <v>1642</v>
       </c>
       <c r="B856" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="857">
       <c r="A857" s="0" t="s">
-        <v>1582</v>
+        <v>1643</v>
       </c>
       <c r="B857" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="858">
       <c r="A858" s="0" t="s">
-        <v>1583</v>
+        <v>1644</v>
       </c>
       <c r="B858" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="859">
       <c r="A859" s="0" t="s">
-        <v>1584</v>
+        <v>1645</v>
       </c>
       <c r="B859" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="860">
       <c r="A860" s="0" t="s">
-        <v>1585</v>
+        <v>1646</v>
       </c>
       <c r="B860" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="861">
       <c r="A861" s="0" t="s">
-        <v>1586</v>
+        <v>1647</v>
       </c>
       <c r="B861" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="862">
       <c r="A862" s="0" t="s">
-        <v>1587</v>
+        <v>1648</v>
       </c>
       <c r="B862" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="863">
       <c r="A863" s="0" t="s">
-        <v>1588</v>
+        <v>1649</v>
       </c>
       <c r="B863" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="864">
       <c r="A864" s="0" t="s">
-        <v>1589</v>
+        <v>1650</v>
       </c>
       <c r="B864" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="865">
       <c r="A865" s="0" t="s">
-        <v>1590</v>
+        <v>1651</v>
       </c>
       <c r="B865" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="866">
       <c r="A866" s="0" t="s">
-        <v>1591</v>
+        <v>1652</v>
       </c>
       <c r="B866" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="867">
       <c r="A867" s="0" t="s">
-        <v>1592</v>
+        <v>1653</v>
       </c>
       <c r="B867" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="868">
       <c r="A868" s="0" t="s">
-        <v>1593</v>
+        <v>1654</v>
       </c>
       <c r="B868" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="869">
       <c r="A869" s="0" t="s">
-        <v>1594</v>
+        <v>1655</v>
       </c>
       <c r="B869" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="870">
       <c r="A870" s="0" t="s">
-        <v>1595</v>
+        <v>1656</v>
       </c>
       <c r="B870" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="871">
       <c r="A871" s="0" t="s">
-        <v>1596</v>
+        <v>1657</v>
       </c>
       <c r="B871" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="872">
       <c r="A872" s="0" t="s">
-        <v>1597</v>
+        <v>1658</v>
       </c>
       <c r="B872" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="873">
       <c r="A873" s="0" t="s">
-        <v>1598</v>
+        <v>1659</v>
       </c>
       <c r="B873" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="874">
       <c r="A874" s="0" t="s">
-        <v>1599</v>
+        <v>1660</v>
       </c>
       <c r="B874" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="875">
       <c r="A875" s="0" t="s">
-        <v>1600</v>
+        <v>1661</v>
       </c>
       <c r="B875" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="876">
       <c r="A876" s="0" t="s">
-        <v>1601</v>
+        <v>1662</v>
       </c>
       <c r="B876" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="877">
       <c r="A877" s="0" t="s">
-        <v>1602</v>
+        <v>1663</v>
       </c>
       <c r="B877" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="878">
       <c r="A878" s="0" t="s">
-        <v>1603</v>
+        <v>1664</v>
       </c>
       <c r="B878" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="879">
       <c r="A879" s="0" t="s">
-        <v>1604</v>
+        <v>1665</v>
       </c>
       <c r="B879" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="880">
       <c r="A880" s="0" t="s">
-        <v>1605</v>
+        <v>1666</v>
       </c>
       <c r="B880" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="881">
       <c r="A881" s="0" t="s">
-        <v>1606</v>
+        <v>1667</v>
       </c>
       <c r="B881" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="882">
       <c r="A882" s="0" t="s">
-        <v>1607</v>
+        <v>1668</v>
       </c>
       <c r="B882" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="883">
       <c r="A883" s="0" t="s">
-        <v>1608</v>
+        <v>1669</v>
       </c>
       <c r="B883" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="884">
       <c r="A884" s="0" t="s">
-        <v>1609</v>
+        <v>1670</v>
       </c>
       <c r="B884" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="885">
       <c r="A885" s="0" t="s">
-        <v>1610</v>
+        <v>1671</v>
       </c>
       <c r="B885" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="886">
       <c r="A886" s="0" t="s">
-        <v>1611</v>
+        <v>1672</v>
       </c>
       <c r="B886" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="887">
       <c r="A887" s="0" t="s">
-        <v>1612</v>
+        <v>1673</v>
       </c>
       <c r="B887" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="888">
       <c r="A888" s="0" t="s">
-        <v>1613</v>
+        <v>1674</v>
       </c>
       <c r="B888" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="889">
       <c r="A889" s="0" t="s">
-        <v>1614</v>
+        <v>1675</v>
       </c>
       <c r="B889" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="890">
       <c r="A890" s="0" t="s">
-        <v>1615</v>
+        <v>1676</v>
       </c>
       <c r="B890" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="891">
       <c r="A891" s="0" t="s">
-        <v>1616</v>
+        <v>1677</v>
       </c>
       <c r="B891" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="892">
       <c r="A892" s="0" t="s">
-        <v>1617</v>
+        <v>1678</v>
       </c>
       <c r="B892" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="893">
       <c r="A893" s="0" t="s">
-        <v>1618</v>
+        <v>1679</v>
       </c>
       <c r="B893" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="894">
       <c r="A894" s="0" t="s">
-        <v>1619</v>
+        <v>1680</v>
       </c>
       <c r="B894" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="895">
       <c r="A895" s="0" t="s">
-        <v>1620</v>
+        <v>1681</v>
       </c>
       <c r="B895" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="896">
       <c r="A896" s="0" t="s">
-        <v>1621</v>
+        <v>1682</v>
       </c>
       <c r="B896" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="897">
       <c r="A897" s="0" t="s">
-        <v>1622</v>
+        <v>1683</v>
       </c>
       <c r="B897" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="898">
       <c r="A898" s="0" t="s">
-        <v>1623</v>
+        <v>1684</v>
       </c>
       <c r="B898" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="899">
       <c r="A899" s="0" t="s">
-        <v>1624</v>
+        <v>1685</v>
       </c>
       <c r="B899" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="900">
       <c r="A900" s="0" t="s">
-        <v>1625</v>
+        <v>1686</v>
       </c>
       <c r="B900" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="901">
       <c r="A901" s="0" t="s">
-        <v>1626</v>
+        <v>1687</v>
       </c>
       <c r="B901" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="902">
       <c r="A902" s="0" t="s">
-        <v>1627</v>
+        <v>1688</v>
       </c>
       <c r="B902" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="903">
       <c r="A903" s="0" t="s">
-        <v>1628</v>
+        <v>1689</v>
       </c>
       <c r="B903" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="904">
       <c r="A904" s="0" t="s">
-        <v>1629</v>
+        <v>1690</v>
       </c>
       <c r="B904" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="905">
       <c r="A905" s="0" t="s">
-        <v>1630</v>
+        <v>1691</v>
       </c>
       <c r="B905" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="906">
       <c r="A906" s="0" t="s">
-        <v>1631</v>
+        <v>1692</v>
       </c>
       <c r="B906" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="907">
       <c r="A907" s="0" t="s">
-        <v>1632</v>
+        <v>1693</v>
       </c>
       <c r="B907" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="908">
       <c r="A908" s="0" t="s">
-        <v>1633</v>
+        <v>1694</v>
       </c>
       <c r="B908" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="909">
       <c r="A909" s="0" t="s">
-        <v>1634</v>
+        <v>1695</v>
       </c>
       <c r="B909" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="910">
       <c r="A910" s="0" t="s">
-        <v>1635</v>
+        <v>1696</v>
       </c>
       <c r="B910" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="911">
       <c r="A911" s="0" t="s">
-        <v>1636</v>
+        <v>1697</v>
       </c>
       <c r="B911" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="912">
       <c r="A912" s="0" t="s">
-        <v>1637</v>
+        <v>1698</v>
       </c>
       <c r="B912" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="913">
       <c r="A913" s="0" t="s">
-        <v>1638</v>
+        <v>1699</v>
       </c>
       <c r="B913" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="914">
       <c r="A914" s="0" t="s">
-        <v>1639</v>
+        <v>1700</v>
       </c>
       <c r="B914" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="915">
       <c r="A915" s="0" t="s">
-        <v>1640</v>
+        <v>1701</v>
       </c>
       <c r="B915" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="916">
       <c r="A916" s="0" t="s">
-        <v>1641</v>
+        <v>1702</v>
       </c>
       <c r="B916" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="917">
       <c r="A917" s="0" t="s">
-        <v>1642</v>
+        <v>1703</v>
       </c>
       <c r="B917" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="918">
       <c r="A918" s="0" t="s">
-        <v>1643</v>
+        <v>1704</v>
       </c>
       <c r="B918" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="919">
       <c r="A919" s="0" t="s">
-        <v>1644</v>
+        <v>1705</v>
       </c>
       <c r="B919" s="0" t="s">
-        <v>1455</v>
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="920">
+      <c r="A920" s="0" t="s">
+        <v>1706</v>
+      </c>
+      <c r="B920" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="921">
+      <c r="A921" s="0" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B921" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="922">
+      <c r="A922" s="0" t="s">
+        <v>1708</v>
+      </c>
+      <c r="B922" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="923">
+      <c r="A923" s="0" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B923" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="924">
+      <c r="A924" s="0" t="s">
+        <v>1710</v>
+      </c>
+      <c r="B924" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="925">
+      <c r="A925" s="0" t="s">
+        <v>1711</v>
+      </c>
+      <c r="B925" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="926">
+      <c r="A926" s="0" t="s">
+        <v>1712</v>
+      </c>
+      <c r="B926" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="927">
+      <c r="A927" s="0" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B927" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="928">
+      <c r="A928" s="0" t="s">
+        <v>1714</v>
+      </c>
+      <c r="B928" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="929">
+      <c r="A929" s="0" t="s">
+        <v>1715</v>
+      </c>
+      <c r="B929" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="930">
+      <c r="A930" s="0" t="s">
+        <v>1716</v>
+      </c>
+      <c r="B930" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="931">
+      <c r="A931" s="0" t="s">
+        <v>1717</v>
+      </c>
+      <c r="B931" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="932">
+      <c r="A932" s="0" t="s">
+        <v>1718</v>
+      </c>
+      <c r="B932" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="933">
+      <c r="A933" s="0" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B933" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="934">
+      <c r="A934" s="0" t="s">
+        <v>1720</v>
+      </c>
+      <c r="B934" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="935">
+      <c r="A935" s="0" t="s">
+        <v>1721</v>
+      </c>
+      <c r="B935" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="936">
+      <c r="A936" s="0" t="s">
+        <v>1722</v>
+      </c>
+      <c r="B936" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="937">
+      <c r="A937" s="0" t="s">
+        <v>1723</v>
+      </c>
+      <c r="B937" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="938">
+      <c r="A938" s="0" t="s">
+        <v>1724</v>
+      </c>
+      <c r="B938" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="939">
+      <c r="A939" s="0" t="s">
+        <v>1725</v>
+      </c>
+      <c r="B939" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="940">
+      <c r="A940" s="0" t="s">
+        <v>1726</v>
+      </c>
+      <c r="B940" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="941">
+      <c r="A941" s="0" t="s">
+        <v>1727</v>
+      </c>
+      <c r="B941" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="942">
+      <c r="A942" s="0" t="s">
+        <v>1728</v>
+      </c>
+      <c r="B942" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="943">
+      <c r="A943" s="0" t="s">
+        <v>1729</v>
+      </c>
+      <c r="B943" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="944">
+      <c r="A944" s="0" t="s">
+        <v>1730</v>
+      </c>
+      <c r="B944" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="945">
+      <c r="A945" s="0" t="s">
+        <v>1731</v>
+      </c>
+      <c r="B945" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="946">
+      <c r="A946" s="0" t="s">
+        <v>1732</v>
+      </c>
+      <c r="B946" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="947">
+      <c r="A947" s="0" t="s">
+        <v>1733</v>
+      </c>
+      <c r="B947" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="948">
+      <c r="A948" s="0" t="s">
+        <v>1734</v>
+      </c>
+      <c r="B948" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="949">
+      <c r="A949" s="0" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B949" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="950">
+      <c r="A950" s="0" t="s">
+        <v>1736</v>
+      </c>
+      <c r="B950" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="951">
+      <c r="A951" s="0" t="s">
+        <v>1737</v>
+      </c>
+      <c r="B951" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="952">
+      <c r="A952" s="0" t="s">
+        <v>1738</v>
+      </c>
+      <c r="B952" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="953">
+      <c r="A953" s="0" t="s">
+        <v>1739</v>
+      </c>
+      <c r="B953" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="954">
+      <c r="A954" s="0" t="s">
+        <v>1740</v>
+      </c>
+      <c r="B954" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="955">
+      <c r="A955" s="0" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B955" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="956">
+      <c r="A956" s="0" t="s">
+        <v>1742</v>
+      </c>
+      <c r="B956" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="957">
+      <c r="A957" s="0" t="s">
+        <v>1743</v>
+      </c>
+      <c r="B957" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="958">
+      <c r="A958" s="0" t="s">
+        <v>1744</v>
+      </c>
+      <c r="B958" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="959">
+      <c r="A959" s="0" t="s">
+        <v>1745</v>
+      </c>
+      <c r="B959" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="960">
+      <c r="A960" s="0" t="s">
+        <v>1746</v>
+      </c>
+      <c r="B960" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="961">
+      <c r="A961" s="0" t="s">
+        <v>1747</v>
+      </c>
+      <c r="B961" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="962">
+      <c r="A962" s="0" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B962" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="963">
+      <c r="A963" s="0" t="s">
+        <v>1749</v>
+      </c>
+      <c r="B963" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="964">
+      <c r="A964" s="0" t="s">
+        <v>1750</v>
+      </c>
+      <c r="B964" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="965">
+      <c r="A965" s="0" t="s">
+        <v>1751</v>
+      </c>
+      <c r="B965" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="966">
+      <c r="A966" s="0" t="s">
+        <v>1752</v>
+      </c>
+      <c r="B966" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="967">
+      <c r="A967" s="0" t="s">
+        <v>1753</v>
+      </c>
+      <c r="B967" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="968">
+      <c r="A968" s="0" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B968" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="969">
+      <c r="A969" s="0" t="s">
+        <v>1755</v>
+      </c>
+      <c r="B969" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="970">
+      <c r="A970" s="0" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B970" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="971">
+      <c r="A971" s="0" t="s">
+        <v>1757</v>
+      </c>
+      <c r="B971" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="972">
+      <c r="A972" s="0" t="s">
+        <v>1758</v>
+      </c>
+      <c r="B972" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="973">
+      <c r="A973" s="0" t="s">
+        <v>1759</v>
+      </c>
+      <c r="B973" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="974">
+      <c r="A974" s="0" t="s">
+        <v>1760</v>
+      </c>
+      <c r="B974" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="975">
+      <c r="A975" s="0" t="s">
+        <v>1761</v>
+      </c>
+      <c r="B975" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="976">
+      <c r="A976" s="0" t="s">
+        <v>1762</v>
+      </c>
+      <c r="B976" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="977">
+      <c r="A977" s="0" t="s">
+        <v>1763</v>
+      </c>
+      <c r="B977" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="978">
+      <c r="A978" s="0" t="s">
+        <v>1764</v>
+      </c>
+      <c r="B978" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="979">
+      <c r="A979" s="0" t="s">
+        <v>1765</v>
+      </c>
+      <c r="B979" s="0" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="980">
+      <c r="A980" s="0" t="s">
+        <v>1766</v>
+      </c>
+      <c r="B980" s="0" t="s">
+        <v>1577</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>