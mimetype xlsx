--- v0 (2025-12-13)
+++ v1 (2026-02-13)
@@ -4,59 +4,431 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1648" uniqueCount="1648">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1772" uniqueCount="1772">
   <si>
     <t>BESTINVER DEUDA CORPORATIVA, FI - CLASE Z</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>18,785742</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>18,785575</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>18,772649</t>
+  </si>
+  <si>
+    <t>08/02/2026</t>
+  </si>
+  <si>
+    <t>18,770091</t>
+  </si>
+  <si>
+    <t>07/02/2026</t>
+  </si>
+  <si>
+    <t>18,768045</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>18,765996</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>18,772746</t>
+  </si>
+  <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>18,784339</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>18,779572</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>18,758857</t>
+  </si>
+  <si>
+    <t>01/02/2026</t>
+  </si>
+  <si>
+    <t>18,772761</t>
+  </si>
+  <si>
+    <t>31/01/2026</t>
+  </si>
+  <si>
+    <t>18,770772</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>18,769468</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>18,766214</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>18,763475</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>18,738526</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>18,731888</t>
+  </si>
+  <si>
+    <t>25/01/2026</t>
+  </si>
+  <si>
+    <t>18,718304</t>
+  </si>
+  <si>
+    <t>24/01/2026</t>
+  </si>
+  <si>
+    <t>18,716305</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>18,714305</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>18,714946</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>18,685013</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>18,678901</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>18,695053</t>
+  </si>
+  <si>
+    <t>18/01/2026</t>
+  </si>
+  <si>
+    <t>18,716287</t>
+  </si>
+  <si>
+    <t>17/01/2026</t>
+  </si>
+  <si>
+    <t>18,714371</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>18,712443</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>18,716986</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>18,699416</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>18,692699</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>18,676497</t>
+  </si>
+  <si>
+    <t>11/01/2026</t>
+  </si>
+  <si>
+    <t>18,668892</t>
+  </si>
+  <si>
+    <t>10/01/2026</t>
+  </si>
+  <si>
+    <t>18,666940</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>18,664987</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>18,645507</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>18,641714</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>18,624765</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>18,606619</t>
+  </si>
+  <si>
+    <t>04/01/2026</t>
+  </si>
+  <si>
+    <t>18,590698</t>
+  </si>
+  <si>
+    <t>03/01/2026</t>
+  </si>
+  <si>
+    <t>18,588726</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>18,591598</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
+    <t>18,588059</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>18,585270</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>18,582046</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>18,579588</t>
+  </si>
+  <si>
+    <t>28/12/2025</t>
+  </si>
+  <si>
+    <t>18,573290</t>
+  </si>
+  <si>
+    <t>27/12/2025</t>
+  </si>
+  <si>
+    <t>18,571308</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>18,569335</t>
+  </si>
+  <si>
+    <t>25/12/2025</t>
+  </si>
+  <si>
+    <t>18,565790</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>18,565178</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>18,563081</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>18,544986</t>
+  </si>
+  <si>
+    <t>21/12/2025</t>
+  </si>
+  <si>
+    <t>18,551193</t>
+  </si>
+  <si>
+    <t>20/12/2025</t>
+  </si>
+  <si>
+    <t>18,549207</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>18,547218</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>18,553943</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>18,553795</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>18,550783</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>18,563279</t>
+  </si>
+  <si>
+    <t>14/12/2025</t>
+  </si>
+  <si>
+    <t>18,547203</t>
+  </si>
+  <si>
+    <t>13/12/2025</t>
+  </si>
+  <si>
+    <t>18,545235</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>18,543268</t>
   </si>
   <si>
     <t>11/12/2025</t>
   </si>
   <si>
     <t>18,546703</t>
   </si>
   <si>
     <t>10/12/2025</t>
   </si>
   <si>
     <t>18,541309</t>
   </si>
   <si>
     <t>09/12/2025</t>
   </si>
   <si>
     <t>18,548180</t>
   </si>
   <si>
     <t>08/12/2025</t>
   </si>
   <si>
     <t>18,548522</t>
   </si>
@@ -4996,51 +5368,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B877"/>
+  <dimension ref="A1:B939"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -8364,547 +8736,547 @@
       <c r="B418" s="0" t="s">
         <v>834</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="0" t="s">
         <v>835</v>
       </c>
       <c r="B419" s="0" t="s">
         <v>836</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="0" t="s">
         <v>837</v>
       </c>
       <c r="B420" s="0" t="s">
         <v>838</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="0" t="s">
         <v>839</v>
       </c>
       <c r="B421" s="0" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="0" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="B422" s="0" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="0" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="B423" s="0" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="0" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="B424" s="0" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="0" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="B425" s="0" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="0" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="B426" s="0" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="0" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="B427" s="0" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="0" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="B428" s="0" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="0" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="B429" s="0" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="0" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="B430" s="0" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="0" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="B431" s="0" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="0" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="B432" s="0" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="0" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="B433" s="0" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="0" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="B434" s="0" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="0" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="B435" s="0" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="0" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="B436" s="0" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="0" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="B437" s="0" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="0" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="B438" s="0" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="0" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="B439" s="0" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="0" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="B440" s="0" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="0" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="B441" s="0" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="0" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="B442" s="0" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="0" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="B443" s="0" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="0" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="B444" s="0" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="0" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="B445" s="0" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="0" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="B446" s="0" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="0" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="B447" s="0" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="0" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="B448" s="0" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="0" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="B449" s="0" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="0" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="B450" s="0" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="0" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="B451" s="0" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="0" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="B452" s="0" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="0" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="B453" s="0" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="0" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="B454" s="0" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="0" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="B455" s="0" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="0" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="B456" s="0" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="0" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="B457" s="0" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="0" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="B458" s="0" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="0" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="B459" s="0" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="0" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="B460" s="0" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="0" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="B461" s="0" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="0" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="B462" s="0" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="0" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="B463" s="0" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="0" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="B464" s="0" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="0" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="B465" s="0" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="0" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="B466" s="0" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="0" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="B467" s="0" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="0" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="B468" s="0" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="0" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="B469" s="0" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="0" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="B470" s="0" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="0" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="B471" s="0" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="0" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="B472" s="0" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="0" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="B473" s="0" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="0" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="B474" s="0" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="0" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="B475" s="0" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="0" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="B476" s="0" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="0" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="B477" s="0" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="0" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="B478" s="0" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="0" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="B479" s="0" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="0" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="B480" s="0" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="0" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="B481" s="0" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="0" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="B482" s="0" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="0" t="s">
+        <v>963</v>
+      </c>
+      <c r="B483" s="0" t="s">
         <v>962</v>
-      </c>
-[...1 lines deleted...]
-        <v>963</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="0" t="s">
         <v>964</v>
       </c>
       <c r="B484" s="0" t="s">
         <v>965</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="0" t="s">
         <v>966</v>
       </c>
       <c r="B485" s="0" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="0" t="s">
         <v>968</v>
       </c>
       <c r="B486" s="0" t="s">
         <v>969</v>
       </c>
@@ -10340,547 +10712,547 @@
       <c r="B665" s="0" t="s">
         <v>1327</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" s="0" t="s">
         <v>1328</v>
       </c>
       <c r="B666" s="0" t="s">
         <v>1329</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" s="0" t="s">
         <v>1330</v>
       </c>
       <c r="B667" s="0" t="s">
         <v>1331</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" s="0" t="s">
         <v>1332</v>
       </c>
       <c r="B668" s="0" t="s">
-        <v>1331</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" s="0" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="B669" s="0" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" s="0" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="B670" s="0" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" s="0" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="B671" s="0" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" s="0" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="B672" s="0" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" s="0" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="B673" s="0" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" s="0" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="B674" s="0" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" s="0" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="B675" s="0" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" s="0" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
       <c r="B676" s="0" t="s">
-        <v>1348</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" s="0" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
       <c r="B677" s="0" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="0" t="s">
-        <v>1351</v>
+        <v>1352</v>
       </c>
       <c r="B678" s="0" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" s="0" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="B679" s="0" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" s="0" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="B680" s="0" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" s="0" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="B681" s="0" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" s="0" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="B682" s="0" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" s="0" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="B683" s="0" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" s="0" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="B684" s="0" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" s="0" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="B685" s="0" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" s="0" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="B686" s="0" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="687">
       <c r="A687" s="0" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="B687" s="0" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" s="0" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
       <c r="B688" s="0" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" s="0" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="B689" s="0" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="690">
       <c r="A690" s="0" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="B690" s="0" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" s="0" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
       <c r="B691" s="0" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="692">
       <c r="A692" s="0" t="s">
-        <v>1379</v>
+        <v>1380</v>
       </c>
       <c r="B692" s="0" t="s">
-        <v>1380</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" s="0" t="s">
-        <v>1381</v>
+        <v>1382</v>
       </c>
       <c r="B693" s="0" t="s">
-        <v>1382</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" s="0" t="s">
-        <v>1383</v>
+        <v>1384</v>
       </c>
       <c r="B694" s="0" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" s="0" t="s">
-        <v>1385</v>
+        <v>1386</v>
       </c>
       <c r="B695" s="0" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" s="0" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
       <c r="B696" s="0" t="s">
-        <v>1388</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" s="0" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="B697" s="0" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" s="0" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
       <c r="B698" s="0" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" s="0" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
       <c r="B699" s="0" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" s="0" t="s">
-        <v>1395</v>
+        <v>1396</v>
       </c>
       <c r="B700" s="0" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="701">
       <c r="A701" s="0" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="B701" s="0" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" s="0" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="B702" s="0" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="703">
       <c r="A703" s="0" t="s">
-        <v>1401</v>
+        <v>1402</v>
       </c>
       <c r="B703" s="0" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" s="0" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
       <c r="B704" s="0" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" s="0" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="B705" s="0" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" s="0" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
       <c r="B706" s="0" t="s">
-        <v>1408</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" s="0" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="B707" s="0" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="0" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="B708" s="0" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="0" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="B709" s="0" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" s="0" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="B710" s="0" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" s="0" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
       <c r="B711" s="0" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" s="0" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
       <c r="B712" s="0" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" s="0" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
       <c r="B713" s="0" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" s="0" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="B714" s="0" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" s="0" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
       <c r="B715" s="0" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" s="0" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
       <c r="B716" s="0" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" s="0" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
       <c r="B717" s="0" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" s="0" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
       <c r="B718" s="0" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" s="0" t="s">
-        <v>1433</v>
+        <v>1434</v>
       </c>
       <c r="B719" s="0" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" s="0" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="B720" s="0" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" s="0" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
       <c r="B721" s="0" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" s="0" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="B722" s="0" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" s="0" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
       <c r="B723" s="0" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" s="0" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
       <c r="B724" s="0" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" s="0" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="B725" s="0" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="726">
       <c r="A726" s="0" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
       <c r="B726" s="0" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" s="0" t="s">
-        <v>1449</v>
+        <v>1450</v>
       </c>
       <c r="B727" s="0" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="728">
       <c r="A728" s="0" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="B728" s="0" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="729">
       <c r="A729" s="0" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
       <c r="B729" s="0" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" s="0" t="s">
+        <v>1456</v>
+      </c>
+      <c r="B730" s="0" t="s">
         <v>1455</v>
-      </c>
-[...1 lines deleted...]
-        <v>1456</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" s="0" t="s">
         <v>1457</v>
       </c>
       <c r="B731" s="0" t="s">
         <v>1458</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" s="0" t="s">
         <v>1459</v>
       </c>
       <c r="B732" s="0" t="s">
         <v>1460</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" s="0" t="s">
         <v>1461</v>
       </c>
       <c r="B733" s="0" t="s">
         <v>1462</v>
       </c>
@@ -11196,848 +11568,1344 @@
       <c r="B772" s="0" t="s">
         <v>1540</v>
       </c>
     </row>
     <row r="773">
       <c r="A773" s="0" t="s">
         <v>1541</v>
       </c>
       <c r="B773" s="0" t="s">
         <v>1542</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" s="0" t="s">
         <v>1543</v>
       </c>
       <c r="B774" s="0" t="s">
         <v>1544</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" s="0" t="s">
         <v>1545</v>
       </c>
       <c r="B775" s="0" t="s">
-        <v>1544</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" s="0" t="s">
-        <v>1546</v>
+        <v>1547</v>
       </c>
       <c r="B776" s="0" t="s">
-        <v>1544</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" s="0" t="s">
-        <v>1547</v>
+        <v>1549</v>
       </c>
       <c r="B777" s="0" t="s">
-        <v>1544</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="778">
       <c r="A778" s="0" t="s">
-        <v>1548</v>
+        <v>1551</v>
       </c>
       <c r="B778" s="0" t="s">
-        <v>1544</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" s="0" t="s">
-        <v>1549</v>
+        <v>1553</v>
       </c>
       <c r="B779" s="0" t="s">
-        <v>1544</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" s="0" t="s">
-        <v>1550</v>
+        <v>1555</v>
       </c>
       <c r="B780" s="0" t="s">
-        <v>1544</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" s="0" t="s">
-        <v>1551</v>
+        <v>1557</v>
       </c>
       <c r="B781" s="0" t="s">
-        <v>1544</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" s="0" t="s">
-        <v>1552</v>
+        <v>1559</v>
       </c>
       <c r="B782" s="0" t="s">
-        <v>1544</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" s="0" t="s">
-        <v>1553</v>
+        <v>1561</v>
       </c>
       <c r="B783" s="0" t="s">
-        <v>1544</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" s="0" t="s">
-        <v>1554</v>
+        <v>1563</v>
       </c>
       <c r="B784" s="0" t="s">
-        <v>1544</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" s="0" t="s">
-        <v>1555</v>
+        <v>1565</v>
       </c>
       <c r="B785" s="0" t="s">
-        <v>1544</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="786">
       <c r="A786" s="0" t="s">
-        <v>1556</v>
+        <v>1567</v>
       </c>
       <c r="B786" s="0" t="s">
-        <v>1544</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="787">
       <c r="A787" s="0" t="s">
-        <v>1557</v>
+        <v>1569</v>
       </c>
       <c r="B787" s="0" t="s">
-        <v>1544</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="788">
       <c r="A788" s="0" t="s">
-        <v>1558</v>
+        <v>1571</v>
       </c>
       <c r="B788" s="0" t="s">
-        <v>1544</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="789">
       <c r="A789" s="0" t="s">
-        <v>1559</v>
+        <v>1573</v>
       </c>
       <c r="B789" s="0" t="s">
-        <v>1544</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="790">
       <c r="A790" s="0" t="s">
-        <v>1560</v>
+        <v>1575</v>
       </c>
       <c r="B790" s="0" t="s">
-        <v>1544</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="791">
       <c r="A791" s="0" t="s">
-        <v>1561</v>
+        <v>1577</v>
       </c>
       <c r="B791" s="0" t="s">
-        <v>1544</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="792">
       <c r="A792" s="0" t="s">
-        <v>1562</v>
+        <v>1579</v>
       </c>
       <c r="B792" s="0" t="s">
-        <v>1544</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="793">
       <c r="A793" s="0" t="s">
-        <v>1563</v>
+        <v>1581</v>
       </c>
       <c r="B793" s="0" t="s">
-        <v>1544</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="794">
       <c r="A794" s="0" t="s">
-        <v>1564</v>
+        <v>1583</v>
       </c>
       <c r="B794" s="0" t="s">
-        <v>1544</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="795">
       <c r="A795" s="0" t="s">
-        <v>1565</v>
+        <v>1585</v>
       </c>
       <c r="B795" s="0" t="s">
-        <v>1544</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="796">
       <c r="A796" s="0" t="s">
-        <v>1566</v>
+        <v>1587</v>
       </c>
       <c r="B796" s="0" t="s">
-        <v>1544</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="797">
       <c r="A797" s="0" t="s">
-        <v>1567</v>
+        <v>1589</v>
       </c>
       <c r="B797" s="0" t="s">
-        <v>1544</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="798">
       <c r="A798" s="0" t="s">
-        <v>1568</v>
+        <v>1591</v>
       </c>
       <c r="B798" s="0" t="s">
-        <v>1544</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="799">
       <c r="A799" s="0" t="s">
-        <v>1569</v>
+        <v>1593</v>
       </c>
       <c r="B799" s="0" t="s">
-        <v>1544</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="800">
       <c r="A800" s="0" t="s">
-        <v>1570</v>
+        <v>1595</v>
       </c>
       <c r="B800" s="0" t="s">
-        <v>1544</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="801">
       <c r="A801" s="0" t="s">
-        <v>1571</v>
+        <v>1597</v>
       </c>
       <c r="B801" s="0" t="s">
-        <v>1544</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="802">
       <c r="A802" s="0" t="s">
-        <v>1572</v>
+        <v>1599</v>
       </c>
       <c r="B802" s="0" t="s">
-        <v>1544</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="803">
       <c r="A803" s="0" t="s">
-        <v>1573</v>
+        <v>1601</v>
       </c>
       <c r="B803" s="0" t="s">
-        <v>1544</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="804">
       <c r="A804" s="0" t="s">
-        <v>1574</v>
+        <v>1603</v>
       </c>
       <c r="B804" s="0" t="s">
-        <v>1544</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="805">
       <c r="A805" s="0" t="s">
-        <v>1575</v>
+        <v>1605</v>
       </c>
       <c r="B805" s="0" t="s">
-        <v>1544</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="806">
       <c r="A806" s="0" t="s">
-        <v>1576</v>
+        <v>1607</v>
       </c>
       <c r="B806" s="0" t="s">
-        <v>1544</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="807">
       <c r="A807" s="0" t="s">
-        <v>1577</v>
+        <v>1609</v>
       </c>
       <c r="B807" s="0" t="s">
-        <v>1544</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="808">
       <c r="A808" s="0" t="s">
-        <v>1578</v>
+        <v>1611</v>
       </c>
       <c r="B808" s="0" t="s">
-        <v>1544</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="809">
       <c r="A809" s="0" t="s">
-        <v>1579</v>
+        <v>1613</v>
       </c>
       <c r="B809" s="0" t="s">
-        <v>1544</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="810">
       <c r="A810" s="0" t="s">
-        <v>1580</v>
+        <v>1615</v>
       </c>
       <c r="B810" s="0" t="s">
-        <v>1544</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="811">
       <c r="A811" s="0" t="s">
-        <v>1581</v>
+        <v>1617</v>
       </c>
       <c r="B811" s="0" t="s">
-        <v>1544</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="812">
       <c r="A812" s="0" t="s">
-        <v>1582</v>
+        <v>1619</v>
       </c>
       <c r="B812" s="0" t="s">
-        <v>1544</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="813">
       <c r="A813" s="0" t="s">
-        <v>1583</v>
+        <v>1621</v>
       </c>
       <c r="B813" s="0" t="s">
-        <v>1544</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="814">
       <c r="A814" s="0" t="s">
-        <v>1584</v>
+        <v>1623</v>
       </c>
       <c r="B814" s="0" t="s">
-        <v>1544</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="815">
       <c r="A815" s="0" t="s">
-        <v>1585</v>
+        <v>1625</v>
       </c>
       <c r="B815" s="0" t="s">
-        <v>1544</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="816">
       <c r="A816" s="0" t="s">
-        <v>1586</v>
+        <v>1627</v>
       </c>
       <c r="B816" s="0" t="s">
-        <v>1544</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="817">
       <c r="A817" s="0" t="s">
-        <v>1587</v>
+        <v>1629</v>
       </c>
       <c r="B817" s="0" t="s">
-        <v>1544</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="818">
       <c r="A818" s="0" t="s">
-        <v>1588</v>
+        <v>1631</v>
       </c>
       <c r="B818" s="0" t="s">
-        <v>1544</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="819">
       <c r="A819" s="0" t="s">
-        <v>1589</v>
+        <v>1633</v>
       </c>
       <c r="B819" s="0" t="s">
-        <v>1544</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="820">
       <c r="A820" s="0" t="s">
-        <v>1590</v>
+        <v>1635</v>
       </c>
       <c r="B820" s="0" t="s">
-        <v>1544</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="821">
       <c r="A821" s="0" t="s">
-        <v>1591</v>
+        <v>1637</v>
       </c>
       <c r="B821" s="0" t="s">
-        <v>1544</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="822">
       <c r="A822" s="0" t="s">
-        <v>1592</v>
+        <v>1639</v>
       </c>
       <c r="B822" s="0" t="s">
-        <v>1544</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="823">
       <c r="A823" s="0" t="s">
-        <v>1593</v>
+        <v>1641</v>
       </c>
       <c r="B823" s="0" t="s">
-        <v>1544</v>
+        <v>1642</v>
       </c>
     </row>
     <row r="824">
       <c r="A824" s="0" t="s">
-        <v>1594</v>
+        <v>1643</v>
       </c>
       <c r="B824" s="0" t="s">
-        <v>1544</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="825">
       <c r="A825" s="0" t="s">
-        <v>1595</v>
+        <v>1645</v>
       </c>
       <c r="B825" s="0" t="s">
-        <v>1544</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="826">
       <c r="A826" s="0" t="s">
-        <v>1596</v>
+        <v>1647</v>
       </c>
       <c r="B826" s="0" t="s">
-        <v>1544</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="827">
       <c r="A827" s="0" t="s">
-        <v>1597</v>
+        <v>1649</v>
       </c>
       <c r="B827" s="0" t="s">
-        <v>1544</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="828">
       <c r="A828" s="0" t="s">
-        <v>1598</v>
+        <v>1651</v>
       </c>
       <c r="B828" s="0" t="s">
-        <v>1544</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="829">
       <c r="A829" s="0" t="s">
-        <v>1599</v>
+        <v>1653</v>
       </c>
       <c r="B829" s="0" t="s">
-        <v>1544</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="830">
       <c r="A830" s="0" t="s">
-        <v>1600</v>
+        <v>1655</v>
       </c>
       <c r="B830" s="0" t="s">
-        <v>1544</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="831">
       <c r="A831" s="0" t="s">
-        <v>1601</v>
+        <v>1657</v>
       </c>
       <c r="B831" s="0" t="s">
-        <v>1544</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="832">
       <c r="A832" s="0" t="s">
-        <v>1602</v>
+        <v>1659</v>
       </c>
       <c r="B832" s="0" t="s">
-        <v>1544</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="833">
       <c r="A833" s="0" t="s">
-        <v>1603</v>
+        <v>1661</v>
       </c>
       <c r="B833" s="0" t="s">
-        <v>1544</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="834">
       <c r="A834" s="0" t="s">
-        <v>1604</v>
+        <v>1663</v>
       </c>
       <c r="B834" s="0" t="s">
-        <v>1544</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="835">
       <c r="A835" s="0" t="s">
-        <v>1605</v>
+        <v>1665</v>
       </c>
       <c r="B835" s="0" t="s">
-        <v>1544</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="836">
       <c r="A836" s="0" t="s">
-        <v>1606</v>
+        <v>1667</v>
       </c>
       <c r="B836" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="837">
       <c r="A837" s="0" t="s">
-        <v>1607</v>
+        <v>1669</v>
       </c>
       <c r="B837" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="838">
       <c r="A838" s="0" t="s">
-        <v>1608</v>
+        <v>1670</v>
       </c>
       <c r="B838" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="839">
       <c r="A839" s="0" t="s">
-        <v>1609</v>
+        <v>1671</v>
       </c>
       <c r="B839" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="840">
       <c r="A840" s="0" t="s">
-        <v>1610</v>
+        <v>1672</v>
       </c>
       <c r="B840" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="841">
       <c r="A841" s="0" t="s">
-        <v>1611</v>
+        <v>1673</v>
       </c>
       <c r="B841" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="842">
       <c r="A842" s="0" t="s">
-        <v>1612</v>
+        <v>1674</v>
       </c>
       <c r="B842" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="843">
       <c r="A843" s="0" t="s">
-        <v>1613</v>
+        <v>1675</v>
       </c>
       <c r="B843" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="844">
       <c r="A844" s="0" t="s">
-        <v>1614</v>
+        <v>1676</v>
       </c>
       <c r="B844" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="845">
       <c r="A845" s="0" t="s">
-        <v>1615</v>
+        <v>1677</v>
       </c>
       <c r="B845" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="846">
       <c r="A846" s="0" t="s">
-        <v>1616</v>
+        <v>1678</v>
       </c>
       <c r="B846" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="847">
       <c r="A847" s="0" t="s">
-        <v>1617</v>
+        <v>1679</v>
       </c>
       <c r="B847" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="848">
       <c r="A848" s="0" t="s">
-        <v>1618</v>
+        <v>1680</v>
       </c>
       <c r="B848" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="849">
       <c r="A849" s="0" t="s">
-        <v>1619</v>
+        <v>1681</v>
       </c>
       <c r="B849" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="850">
       <c r="A850" s="0" t="s">
-        <v>1620</v>
+        <v>1682</v>
       </c>
       <c r="B850" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="851">
       <c r="A851" s="0" t="s">
-        <v>1621</v>
+        <v>1683</v>
       </c>
       <c r="B851" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="852">
       <c r="A852" s="0" t="s">
-        <v>1622</v>
+        <v>1684</v>
       </c>
       <c r="B852" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="853">
       <c r="A853" s="0" t="s">
-        <v>1623</v>
+        <v>1685</v>
       </c>
       <c r="B853" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="854">
       <c r="A854" s="0" t="s">
-        <v>1624</v>
+        <v>1686</v>
       </c>
       <c r="B854" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="855">
       <c r="A855" s="0" t="s">
-        <v>1625</v>
+        <v>1687</v>
       </c>
       <c r="B855" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="856">
       <c r="A856" s="0" t="s">
-        <v>1626</v>
+        <v>1688</v>
       </c>
       <c r="B856" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="857">
       <c r="A857" s="0" t="s">
-        <v>1627</v>
+        <v>1689</v>
       </c>
       <c r="B857" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="858">
       <c r="A858" s="0" t="s">
-        <v>1628</v>
+        <v>1690</v>
       </c>
       <c r="B858" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="859">
       <c r="A859" s="0" t="s">
-        <v>1629</v>
+        <v>1691</v>
       </c>
       <c r="B859" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="860">
       <c r="A860" s="0" t="s">
-        <v>1630</v>
+        <v>1692</v>
       </c>
       <c r="B860" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="861">
       <c r="A861" s="0" t="s">
-        <v>1631</v>
+        <v>1693</v>
       </c>
       <c r="B861" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="862">
       <c r="A862" s="0" t="s">
-        <v>1632</v>
+        <v>1694</v>
       </c>
       <c r="B862" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="863">
       <c r="A863" s="0" t="s">
-        <v>1633</v>
+        <v>1695</v>
       </c>
       <c r="B863" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="864">
       <c r="A864" s="0" t="s">
-        <v>1634</v>
+        <v>1696</v>
       </c>
       <c r="B864" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="865">
       <c r="A865" s="0" t="s">
-        <v>1635</v>
+        <v>1697</v>
       </c>
       <c r="B865" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="866">
       <c r="A866" s="0" t="s">
-        <v>1636</v>
+        <v>1698</v>
       </c>
       <c r="B866" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="867">
       <c r="A867" s="0" t="s">
-        <v>1637</v>
+        <v>1699</v>
       </c>
       <c r="B867" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="868">
       <c r="A868" s="0" t="s">
-        <v>1638</v>
+        <v>1700</v>
       </c>
       <c r="B868" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="869">
       <c r="A869" s="0" t="s">
-        <v>1639</v>
+        <v>1701</v>
       </c>
       <c r="B869" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="870">
       <c r="A870" s="0" t="s">
-        <v>1640</v>
+        <v>1702</v>
       </c>
       <c r="B870" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="871">
       <c r="A871" s="0" t="s">
-        <v>1641</v>
+        <v>1703</v>
       </c>
       <c r="B871" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="872">
       <c r="A872" s="0" t="s">
-        <v>1642</v>
+        <v>1704</v>
       </c>
       <c r="B872" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="873">
       <c r="A873" s="0" t="s">
-        <v>1643</v>
+        <v>1705</v>
       </c>
       <c r="B873" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="874">
       <c r="A874" s="0" t="s">
-        <v>1644</v>
+        <v>1706</v>
       </c>
       <c r="B874" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="875">
       <c r="A875" s="0" t="s">
-        <v>1645</v>
+        <v>1707</v>
       </c>
       <c r="B875" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="876">
       <c r="A876" s="0" t="s">
-        <v>1646</v>
+        <v>1708</v>
       </c>
       <c r="B876" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="877">
       <c r="A877" s="0" t="s">
-        <v>1647</v>
+        <v>1709</v>
       </c>
       <c r="B877" s="0" t="s">
-        <v>1544</v>
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="878">
+      <c r="A878" s="0" t="s">
+        <v>1710</v>
+      </c>
+      <c r="B878" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="879">
+      <c r="A879" s="0" t="s">
+        <v>1711</v>
+      </c>
+      <c r="B879" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="880">
+      <c r="A880" s="0" t="s">
+        <v>1712</v>
+      </c>
+      <c r="B880" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="881">
+      <c r="A881" s="0" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B881" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="882">
+      <c r="A882" s="0" t="s">
+        <v>1714</v>
+      </c>
+      <c r="B882" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="883">
+      <c r="A883" s="0" t="s">
+        <v>1715</v>
+      </c>
+      <c r="B883" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="884">
+      <c r="A884" s="0" t="s">
+        <v>1716</v>
+      </c>
+      <c r="B884" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="885">
+      <c r="A885" s="0" t="s">
+        <v>1717</v>
+      </c>
+      <c r="B885" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="886">
+      <c r="A886" s="0" t="s">
+        <v>1718</v>
+      </c>
+      <c r="B886" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="887">
+      <c r="A887" s="0" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B887" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="888">
+      <c r="A888" s="0" t="s">
+        <v>1720</v>
+      </c>
+      <c r="B888" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="889">
+      <c r="A889" s="0" t="s">
+        <v>1721</v>
+      </c>
+      <c r="B889" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="890">
+      <c r="A890" s="0" t="s">
+        <v>1722</v>
+      </c>
+      <c r="B890" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="891">
+      <c r="A891" s="0" t="s">
+        <v>1723</v>
+      </c>
+      <c r="B891" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="892">
+      <c r="A892" s="0" t="s">
+        <v>1724</v>
+      </c>
+      <c r="B892" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="893">
+      <c r="A893" s="0" t="s">
+        <v>1725</v>
+      </c>
+      <c r="B893" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="894">
+      <c r="A894" s="0" t="s">
+        <v>1726</v>
+      </c>
+      <c r="B894" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="895">
+      <c r="A895" s="0" t="s">
+        <v>1727</v>
+      </c>
+      <c r="B895" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="896">
+      <c r="A896" s="0" t="s">
+        <v>1728</v>
+      </c>
+      <c r="B896" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="897">
+      <c r="A897" s="0" t="s">
+        <v>1729</v>
+      </c>
+      <c r="B897" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="898">
+      <c r="A898" s="0" t="s">
+        <v>1730</v>
+      </c>
+      <c r="B898" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="899">
+      <c r="A899" s="0" t="s">
+        <v>1731</v>
+      </c>
+      <c r="B899" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="900">
+      <c r="A900" s="0" t="s">
+        <v>1732</v>
+      </c>
+      <c r="B900" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="901">
+      <c r="A901" s="0" t="s">
+        <v>1733</v>
+      </c>
+      <c r="B901" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="902">
+      <c r="A902" s="0" t="s">
+        <v>1734</v>
+      </c>
+      <c r="B902" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="903">
+      <c r="A903" s="0" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B903" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="904">
+      <c r="A904" s="0" t="s">
+        <v>1736</v>
+      </c>
+      <c r="B904" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="905">
+      <c r="A905" s="0" t="s">
+        <v>1737</v>
+      </c>
+      <c r="B905" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="906">
+      <c r="A906" s="0" t="s">
+        <v>1738</v>
+      </c>
+      <c r="B906" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="907">
+      <c r="A907" s="0" t="s">
+        <v>1739</v>
+      </c>
+      <c r="B907" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="908">
+      <c r="A908" s="0" t="s">
+        <v>1740</v>
+      </c>
+      <c r="B908" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="909">
+      <c r="A909" s="0" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B909" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="910">
+      <c r="A910" s="0" t="s">
+        <v>1742</v>
+      </c>
+      <c r="B910" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="911">
+      <c r="A911" s="0" t="s">
+        <v>1743</v>
+      </c>
+      <c r="B911" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="912">
+      <c r="A912" s="0" t="s">
+        <v>1744</v>
+      </c>
+      <c r="B912" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="913">
+      <c r="A913" s="0" t="s">
+        <v>1745</v>
+      </c>
+      <c r="B913" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="914">
+      <c r="A914" s="0" t="s">
+        <v>1746</v>
+      </c>
+      <c r="B914" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="915">
+      <c r="A915" s="0" t="s">
+        <v>1747</v>
+      </c>
+      <c r="B915" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="916">
+      <c r="A916" s="0" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B916" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="917">
+      <c r="A917" s="0" t="s">
+        <v>1749</v>
+      </c>
+      <c r="B917" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="918">
+      <c r="A918" s="0" t="s">
+        <v>1750</v>
+      </c>
+      <c r="B918" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="919">
+      <c r="A919" s="0" t="s">
+        <v>1751</v>
+      </c>
+      <c r="B919" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="920">
+      <c r="A920" s="0" t="s">
+        <v>1752</v>
+      </c>
+      <c r="B920" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="921">
+      <c r="A921" s="0" t="s">
+        <v>1753</v>
+      </c>
+      <c r="B921" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="922">
+      <c r="A922" s="0" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B922" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="923">
+      <c r="A923" s="0" t="s">
+        <v>1755</v>
+      </c>
+      <c r="B923" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="924">
+      <c r="A924" s="0" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B924" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="925">
+      <c r="A925" s="0" t="s">
+        <v>1757</v>
+      </c>
+      <c r="B925" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="926">
+      <c r="A926" s="0" t="s">
+        <v>1758</v>
+      </c>
+      <c r="B926" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="927">
+      <c r="A927" s="0" t="s">
+        <v>1759</v>
+      </c>
+      <c r="B927" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="928">
+      <c r="A928" s="0" t="s">
+        <v>1760</v>
+      </c>
+      <c r="B928" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="929">
+      <c r="A929" s="0" t="s">
+        <v>1761</v>
+      </c>
+      <c r="B929" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="930">
+      <c r="A930" s="0" t="s">
+        <v>1762</v>
+      </c>
+      <c r="B930" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="931">
+      <c r="A931" s="0" t="s">
+        <v>1763</v>
+      </c>
+      <c r="B931" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="932">
+      <c r="A932" s="0" t="s">
+        <v>1764</v>
+      </c>
+      <c r="B932" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="933">
+      <c r="A933" s="0" t="s">
+        <v>1765</v>
+      </c>
+      <c r="B933" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="934">
+      <c r="A934" s="0" t="s">
+        <v>1766</v>
+      </c>
+      <c r="B934" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="935">
+      <c r="A935" s="0" t="s">
+        <v>1767</v>
+      </c>
+      <c r="B935" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="936">
+      <c r="A936" s="0" t="s">
+        <v>1768</v>
+      </c>
+      <c r="B936" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="937">
+      <c r="A937" s="0" t="s">
+        <v>1769</v>
+      </c>
+      <c r="B937" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="938">
+      <c r="A938" s="0" t="s">
+        <v>1770</v>
+      </c>
+      <c r="B938" s="0" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="939">
+      <c r="A939" s="0" t="s">
+        <v>1771</v>
+      </c>
+      <c r="B939" s="0" t="s">
+        <v>1668</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>