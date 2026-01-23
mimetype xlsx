--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -4,65 +4,215 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="661" uniqueCount="661">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="711" uniqueCount="711">
   <si>
     <t>BESTINVER BONOS INSTITUCIONAL IV, F.I. - CLASE R</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
   </si>
   <si>
+    <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>15,000000</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>18/01/2026</t>
+  </si>
+  <si>
+    <t>17/01/2026</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>11/01/2026</t>
+  </si>
+  <si>
+    <t>10/01/2026</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>04/01/2026</t>
+  </si>
+  <si>
+    <t>03/01/2026</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>28/12/2025</t>
+  </si>
+  <si>
+    <t>27/12/2025</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>25/12/2025</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>21/12/2025</t>
+  </si>
+  <si>
+    <t>20/12/2025</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>14/12/2025</t>
+  </si>
+  <si>
+    <t>13/12/2025</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>07/12/2025</t>
+  </si>
+  <si>
+    <t>06/12/2025</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>04/12/2025</t>
+  </si>
+  <si>
     <t>03/12/2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>15,000000</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>30/11/2025</t>
   </si>
   <si>
     <t>29/11/2025</t>
   </si>
   <si>
     <t>28/11/2025</t>
   </si>
   <si>
     <t>27/11/2025</t>
   </si>
   <si>
     <t>26/11/2025</t>
   </si>
   <si>
     <t>25/11/2025</t>
   </si>
@@ -2035,51 +2185,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B659"/>
+  <dimension ref="A1:B709"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -7310,29 +7460,429 @@
     </row>
     <row r="657">
       <c r="A657" s="0" t="s">
         <v>658</v>
       </c>
       <c r="B657" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="658">
       <c r="A658" s="0" t="s">
         <v>659</v>
       </c>
       <c r="B658" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" s="0" t="s">
         <v>660</v>
       </c>
       <c r="B659" s="0" t="s">
         <v>4</v>
       </c>
     </row>
+    <row r="660">
+      <c r="A660" s="0" t="s">
+        <v>661</v>
+      </c>
+      <c r="B660" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="661">
+      <c r="A661" s="0" t="s">
+        <v>662</v>
+      </c>
+      <c r="B661" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="662">
+      <c r="A662" s="0" t="s">
+        <v>663</v>
+      </c>
+      <c r="B662" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="663">
+      <c r="A663" s="0" t="s">
+        <v>664</v>
+      </c>
+      <c r="B663" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="664">
+      <c r="A664" s="0" t="s">
+        <v>665</v>
+      </c>
+      <c r="B664" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="665">
+      <c r="A665" s="0" t="s">
+        <v>666</v>
+      </c>
+      <c r="B665" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="666">
+      <c r="A666" s="0" t="s">
+        <v>667</v>
+      </c>
+      <c r="B666" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="667">
+      <c r="A667" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="B667" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="668">
+      <c r="A668" s="0" t="s">
+        <v>669</v>
+      </c>
+      <c r="B668" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="669">
+      <c r="A669" s="0" t="s">
+        <v>670</v>
+      </c>
+      <c r="B669" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="670">
+      <c r="A670" s="0" t="s">
+        <v>671</v>
+      </c>
+      <c r="B670" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="671">
+      <c r="A671" s="0" t="s">
+        <v>672</v>
+      </c>
+      <c r="B671" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="672">
+      <c r="A672" s="0" t="s">
+        <v>673</v>
+      </c>
+      <c r="B672" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="673">
+      <c r="A673" s="0" t="s">
+        <v>674</v>
+      </c>
+      <c r="B673" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="674">
+      <c r="A674" s="0" t="s">
+        <v>675</v>
+      </c>
+      <c r="B674" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="675">
+      <c r="A675" s="0" t="s">
+        <v>676</v>
+      </c>
+      <c r="B675" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="676">
+      <c r="A676" s="0" t="s">
+        <v>677</v>
+      </c>
+      <c r="B676" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="677">
+      <c r="A677" s="0" t="s">
+        <v>678</v>
+      </c>
+      <c r="B677" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="678">
+      <c r="A678" s="0" t="s">
+        <v>679</v>
+      </c>
+      <c r="B678" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="679">
+      <c r="A679" s="0" t="s">
+        <v>680</v>
+      </c>
+      <c r="B679" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="680">
+      <c r="A680" s="0" t="s">
+        <v>681</v>
+      </c>
+      <c r="B680" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="681">
+      <c r="A681" s="0" t="s">
+        <v>682</v>
+      </c>
+      <c r="B681" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="682">
+      <c r="A682" s="0" t="s">
+        <v>683</v>
+      </c>
+      <c r="B682" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="683">
+      <c r="A683" s="0" t="s">
+        <v>684</v>
+      </c>
+      <c r="B683" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="684">
+      <c r="A684" s="0" t="s">
+        <v>685</v>
+      </c>
+      <c r="B684" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="685">
+      <c r="A685" s="0" t="s">
+        <v>686</v>
+      </c>
+      <c r="B685" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="686">
+      <c r="A686" s="0" t="s">
+        <v>687</v>
+      </c>
+      <c r="B686" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="687">
+      <c r="A687" s="0" t="s">
+        <v>688</v>
+      </c>
+      <c r="B687" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="688">
+      <c r="A688" s="0" t="s">
+        <v>689</v>
+      </c>
+      <c r="B688" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="689">
+      <c r="A689" s="0" t="s">
+        <v>690</v>
+      </c>
+      <c r="B689" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="690">
+      <c r="A690" s="0" t="s">
+        <v>691</v>
+      </c>
+      <c r="B690" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="691">
+      <c r="A691" s="0" t="s">
+        <v>692</v>
+      </c>
+      <c r="B691" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="692">
+      <c r="A692" s="0" t="s">
+        <v>693</v>
+      </c>
+      <c r="B692" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="693">
+      <c r="A693" s="0" t="s">
+        <v>694</v>
+      </c>
+      <c r="B693" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="694">
+      <c r="A694" s="0" t="s">
+        <v>695</v>
+      </c>
+      <c r="B694" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="695">
+      <c r="A695" s="0" t="s">
+        <v>696</v>
+      </c>
+      <c r="B695" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="696">
+      <c r="A696" s="0" t="s">
+        <v>697</v>
+      </c>
+      <c r="B696" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="697">
+      <c r="A697" s="0" t="s">
+        <v>698</v>
+      </c>
+      <c r="B697" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="698">
+      <c r="A698" s="0" t="s">
+        <v>699</v>
+      </c>
+      <c r="B698" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="699">
+      <c r="A699" s="0" t="s">
+        <v>700</v>
+      </c>
+      <c r="B699" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="700">
+      <c r="A700" s="0" t="s">
+        <v>701</v>
+      </c>
+      <c r="B700" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="701">
+      <c r="A701" s="0" t="s">
+        <v>702</v>
+      </c>
+      <c r="B701" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="702">
+      <c r="A702" s="0" t="s">
+        <v>703</v>
+      </c>
+      <c r="B702" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="703">
+      <c r="A703" s="0" t="s">
+        <v>704</v>
+      </c>
+      <c r="B703" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="704">
+      <c r="A704" s="0" t="s">
+        <v>705</v>
+      </c>
+      <c r="B704" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="705">
+      <c r="A705" s="0" t="s">
+        <v>706</v>
+      </c>
+      <c r="B705" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="706">
+      <c r="A706" s="0" t="s">
+        <v>707</v>
+      </c>
+      <c r="B706" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="707">
+      <c r="A707" s="0" t="s">
+        <v>708</v>
+      </c>
+      <c r="B707" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="708">
+      <c r="A708" s="0" t="s">
+        <v>709</v>
+      </c>
+      <c r="B708" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="709">
+      <c r="A709" s="0" t="s">
+        <v>710</v>
+      </c>
+      <c r="B709" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>