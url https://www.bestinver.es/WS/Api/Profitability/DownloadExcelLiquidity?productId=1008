--- v1 (2026-01-23)
+++ v2 (2026-03-26)
@@ -4,65 +4,248 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="711" uniqueCount="711">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="772" uniqueCount="772">
   <si>
     <t>BESTINVER BONOS INSTITUCIONAL IV, F.I. - CLASE R</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
   </si>
   <si>
+    <t>24/03/2026</t>
+  </si>
+  <si>
+    <t>15,000000</t>
+  </si>
+  <si>
+    <t>23/03/2026</t>
+  </si>
+  <si>
+    <t>22/03/2026</t>
+  </si>
+  <si>
+    <t>21/03/2026</t>
+  </si>
+  <si>
+    <t>20/03/2026</t>
+  </si>
+  <si>
+    <t>19/03/2026</t>
+  </si>
+  <si>
+    <t>18/03/2026</t>
+  </si>
+  <si>
+    <t>17/03/2026</t>
+  </si>
+  <si>
+    <t>16/03/2026</t>
+  </si>
+  <si>
+    <t>15/03/2026</t>
+  </si>
+  <si>
+    <t>14/03/2026</t>
+  </si>
+  <si>
+    <t>13/03/2026</t>
+  </si>
+  <si>
+    <t>12/03/2026</t>
+  </si>
+  <si>
+    <t>11/03/2026</t>
+  </si>
+  <si>
+    <t>10/03/2026</t>
+  </si>
+  <si>
+    <t>09/03/2026</t>
+  </si>
+  <si>
+    <t>08/03/2026</t>
+  </si>
+  <si>
+    <t>07/03/2026</t>
+  </si>
+  <si>
+    <t>06/03/2026</t>
+  </si>
+  <si>
+    <t>05/03/2026</t>
+  </si>
+  <si>
+    <t>04/03/2026</t>
+  </si>
+  <si>
+    <t>03/03/2026</t>
+  </si>
+  <si>
+    <t>02/03/2026</t>
+  </si>
+  <si>
+    <t>01/03/2026</t>
+  </si>
+  <si>
+    <t>28/02/2026</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t>26/02/2026</t>
+  </si>
+  <si>
+    <t>25/02/2026</t>
+  </si>
+  <si>
+    <t>24/02/2026</t>
+  </si>
+  <si>
+    <t>23/02/2026</t>
+  </si>
+  <si>
+    <t>22/02/2026</t>
+  </si>
+  <si>
+    <t>21/02/2026</t>
+  </si>
+  <si>
+    <t>20/02/2026</t>
+  </si>
+  <si>
+    <t>19/02/2026</t>
+  </si>
+  <si>
+    <t>18/02/2026</t>
+  </si>
+  <si>
+    <t>17/02/2026</t>
+  </si>
+  <si>
+    <t>16/02/2026</t>
+  </si>
+  <si>
+    <t>15/02/2026</t>
+  </si>
+  <si>
+    <t>14/02/2026</t>
+  </si>
+  <si>
+    <t>13/02/2026</t>
+  </si>
+  <si>
+    <t>12/02/2026</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>08/02/2026</t>
+  </si>
+  <si>
+    <t>07/02/2026</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>01/02/2026</t>
+  </si>
+  <si>
+    <t>31/01/2026</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>25/01/2026</t>
+  </si>
+  <si>
+    <t>24/01/2026</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
     <t>22/01/2026</t>
-  </si>
-[...1 lines deleted...]
-    <t>15,000000</t>
   </si>
   <si>
     <t>21/01/2026</t>
   </si>
   <si>
     <t>20/01/2026</t>
   </si>
   <si>
     <t>19/01/2026</t>
   </si>
   <si>
     <t>18/01/2026</t>
   </si>
   <si>
     <t>17/01/2026</t>
   </si>
   <si>
     <t>16/01/2026</t>
   </si>
   <si>
     <t>15/01/2026</t>
   </si>
   <si>
     <t>14/01/2026</t>
   </si>
@@ -2185,51 +2368,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B709"/>
+  <dimension ref="A1:B770"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -7860,29 +8043,517 @@
     </row>
     <row r="707">
       <c r="A707" s="0" t="s">
         <v>708</v>
       </c>
       <c r="B707" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="0" t="s">
         <v>709</v>
       </c>
       <c r="B708" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="0" t="s">
         <v>710</v>
       </c>
       <c r="B709" s="0" t="s">
         <v>4</v>
       </c>
     </row>
+    <row r="710">
+      <c r="A710" s="0" t="s">
+        <v>711</v>
+      </c>
+      <c r="B710" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="711">
+      <c r="A711" s="0" t="s">
+        <v>712</v>
+      </c>
+      <c r="B711" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="712">
+      <c r="A712" s="0" t="s">
+        <v>713</v>
+      </c>
+      <c r="B712" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="713">
+      <c r="A713" s="0" t="s">
+        <v>714</v>
+      </c>
+      <c r="B713" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="714">
+      <c r="A714" s="0" t="s">
+        <v>715</v>
+      </c>
+      <c r="B714" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="715">
+      <c r="A715" s="0" t="s">
+        <v>716</v>
+      </c>
+      <c r="B715" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="716">
+      <c r="A716" s="0" t="s">
+        <v>717</v>
+      </c>
+      <c r="B716" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="717">
+      <c r="A717" s="0" t="s">
+        <v>718</v>
+      </c>
+      <c r="B717" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="718">
+      <c r="A718" s="0" t="s">
+        <v>719</v>
+      </c>
+      <c r="B718" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="719">
+      <c r="A719" s="0" t="s">
+        <v>720</v>
+      </c>
+      <c r="B719" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="720">
+      <c r="A720" s="0" t="s">
+        <v>721</v>
+      </c>
+      <c r="B720" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="721">
+      <c r="A721" s="0" t="s">
+        <v>722</v>
+      </c>
+      <c r="B721" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="722">
+      <c r="A722" s="0" t="s">
+        <v>723</v>
+      </c>
+      <c r="B722" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="723">
+      <c r="A723" s="0" t="s">
+        <v>724</v>
+      </c>
+      <c r="B723" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="724">
+      <c r="A724" s="0" t="s">
+        <v>725</v>
+      </c>
+      <c r="B724" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="725">
+      <c r="A725" s="0" t="s">
+        <v>726</v>
+      </c>
+      <c r="B725" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="726">
+      <c r="A726" s="0" t="s">
+        <v>727</v>
+      </c>
+      <c r="B726" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="727">
+      <c r="A727" s="0" t="s">
+        <v>728</v>
+      </c>
+      <c r="B727" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="728">
+      <c r="A728" s="0" t="s">
+        <v>729</v>
+      </c>
+      <c r="B728" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="729">
+      <c r="A729" s="0" t="s">
+        <v>730</v>
+      </c>
+      <c r="B729" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="730">
+      <c r="A730" s="0" t="s">
+        <v>731</v>
+      </c>
+      <c r="B730" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="731">
+      <c r="A731" s="0" t="s">
+        <v>732</v>
+      </c>
+      <c r="B731" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="732">
+      <c r="A732" s="0" t="s">
+        <v>733</v>
+      </c>
+      <c r="B732" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="733">
+      <c r="A733" s="0" t="s">
+        <v>734</v>
+      </c>
+      <c r="B733" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="734">
+      <c r="A734" s="0" t="s">
+        <v>735</v>
+      </c>
+      <c r="B734" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="735">
+      <c r="A735" s="0" t="s">
+        <v>736</v>
+      </c>
+      <c r="B735" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="736">
+      <c r="A736" s="0" t="s">
+        <v>737</v>
+      </c>
+      <c r="B736" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="737">
+      <c r="A737" s="0" t="s">
+        <v>738</v>
+      </c>
+      <c r="B737" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="738">
+      <c r="A738" s="0" t="s">
+        <v>739</v>
+      </c>
+      <c r="B738" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="739">
+      <c r="A739" s="0" t="s">
+        <v>740</v>
+      </c>
+      <c r="B739" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="740">
+      <c r="A740" s="0" t="s">
+        <v>741</v>
+      </c>
+      <c r="B740" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="741">
+      <c r="A741" s="0" t="s">
+        <v>742</v>
+      </c>
+      <c r="B741" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="742">
+      <c r="A742" s="0" t="s">
+        <v>743</v>
+      </c>
+      <c r="B742" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="743">
+      <c r="A743" s="0" t="s">
+        <v>744</v>
+      </c>
+      <c r="B743" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="744">
+      <c r="A744" s="0" t="s">
+        <v>745</v>
+      </c>
+      <c r="B744" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="745">
+      <c r="A745" s="0" t="s">
+        <v>746</v>
+      </c>
+      <c r="B745" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="746">
+      <c r="A746" s="0" t="s">
+        <v>747</v>
+      </c>
+      <c r="B746" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="747">
+      <c r="A747" s="0" t="s">
+        <v>748</v>
+      </c>
+      <c r="B747" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="748">
+      <c r="A748" s="0" t="s">
+        <v>749</v>
+      </c>
+      <c r="B748" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="749">
+      <c r="A749" s="0" t="s">
+        <v>750</v>
+      </c>
+      <c r="B749" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="750">
+      <c r="A750" s="0" t="s">
+        <v>751</v>
+      </c>
+      <c r="B750" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="751">
+      <c r="A751" s="0" t="s">
+        <v>752</v>
+      </c>
+      <c r="B751" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="752">
+      <c r="A752" s="0" t="s">
+        <v>753</v>
+      </c>
+      <c r="B752" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="753">
+      <c r="A753" s="0" t="s">
+        <v>754</v>
+      </c>
+      <c r="B753" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="754">
+      <c r="A754" s="0" t="s">
+        <v>755</v>
+      </c>
+      <c r="B754" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="755">
+      <c r="A755" s="0" t="s">
+        <v>756</v>
+      </c>
+      <c r="B755" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="756">
+      <c r="A756" s="0" t="s">
+        <v>757</v>
+      </c>
+      <c r="B756" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="757">
+      <c r="A757" s="0" t="s">
+        <v>758</v>
+      </c>
+      <c r="B757" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="758">
+      <c r="A758" s="0" t="s">
+        <v>759</v>
+      </c>
+      <c r="B758" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="759">
+      <c r="A759" s="0" t="s">
+        <v>760</v>
+      </c>
+      <c r="B759" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="760">
+      <c r="A760" s="0" t="s">
+        <v>761</v>
+      </c>
+      <c r="B760" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="761">
+      <c r="A761" s="0" t="s">
+        <v>762</v>
+      </c>
+      <c r="B761" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="762">
+      <c r="A762" s="0" t="s">
+        <v>763</v>
+      </c>
+      <c r="B762" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="763">
+      <c r="A763" s="0" t="s">
+        <v>764</v>
+      </c>
+      <c r="B763" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="764">
+      <c r="A764" s="0" t="s">
+        <v>765</v>
+      </c>
+      <c r="B764" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="765">
+      <c r="A765" s="0" t="s">
+        <v>766</v>
+      </c>
+      <c r="B765" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="766">
+      <c r="A766" s="0" t="s">
+        <v>767</v>
+      </c>
+      <c r="B766" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="767">
+      <c r="A767" s="0" t="s">
+        <v>768</v>
+      </c>
+      <c r="B767" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="768">
+      <c r="A768" s="0" t="s">
+        <v>769</v>
+      </c>
+      <c r="B768" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="769">
+      <c r="A769" s="0" t="s">
+        <v>770</v>
+      </c>
+      <c r="B769" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="770">
+      <c r="A770" s="0" t="s">
+        <v>771</v>
+      </c>
+      <c r="B770" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>