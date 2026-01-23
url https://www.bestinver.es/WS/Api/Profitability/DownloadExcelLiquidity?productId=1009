--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -4,59 +4,359 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1317" uniqueCount="1317">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1417" uniqueCount="1417">
   <si>
     <t>BESTINVER BONOS INSTITUCIONAL IV, F.I. - CLASE Z</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>16,584787</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>16,567972</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>16,568049</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>16,572129</t>
+  </si>
+  <si>
+    <t>18/01/2026</t>
+  </si>
+  <si>
+    <t>16,575146</t>
+  </si>
+  <si>
+    <t>17/01/2026</t>
+  </si>
+  <si>
+    <t>16,573475</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>16,571803</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>16,575567</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>16,575519</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>16,572121</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>16,569038</t>
+  </si>
+  <si>
+    <t>11/01/2026</t>
+  </si>
+  <si>
+    <t>16,564503</t>
+  </si>
+  <si>
+    <t>10/01/2026</t>
+  </si>
+  <si>
+    <t>16,562830</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>16,561158</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>16,553739</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>16,556924</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>16,544754</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>16,532149</t>
+  </si>
+  <si>
+    <t>04/01/2026</t>
+  </si>
+  <si>
+    <t>16,527513</t>
+  </si>
+  <si>
+    <t>03/01/2026</t>
+  </si>
+  <si>
+    <t>16,525839</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>16,524163</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
+    <t>16,525865</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>16,524193</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>16,523632</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>16,522469</t>
+  </si>
+  <si>
+    <t>28/12/2025</t>
+  </si>
+  <si>
+    <t>16,516133</t>
+  </si>
+  <si>
+    <t>27/12/2025</t>
+  </si>
+  <si>
+    <t>16,514462</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>16,512793</t>
+  </si>
+  <si>
+    <t>25/12/2025</t>
+  </si>
+  <si>
+    <t>16,510715</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>16,509045</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>16,505448</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>16,499442</t>
+  </si>
+  <si>
+    <t>21/12/2025</t>
+  </si>
+  <si>
+    <t>16,500933</t>
+  </si>
+  <si>
+    <t>20/12/2025</t>
+  </si>
+  <si>
+    <t>16,499267</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>16,497600</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>16,502781</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>16,500017</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>16,497491</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>16,496423</t>
+  </si>
+  <si>
+    <t>14/12/2025</t>
+  </si>
+  <si>
+    <t>16,492842</t>
+  </si>
+  <si>
+    <t>13/12/2025</t>
+  </si>
+  <si>
+    <t>16,491176</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>16,489510</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>16,490396</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>16,480156</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>16,488145</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>16,487022</t>
+  </si>
+  <si>
+    <t>07/12/2025</t>
+  </si>
+  <si>
+    <t>16,508145</t>
+  </si>
+  <si>
+    <t>06/12/2025</t>
+  </si>
+  <si>
+    <t>16,506476</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>16,504807</t>
+  </si>
+  <si>
+    <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>16,509945</t>
   </si>
   <si>
     <t>03/12/2025</t>
   </si>
   <si>
     <t>16,508235</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>16,505443</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>16,499027</t>
   </si>
   <si>
     <t>30/11/2025</t>
   </si>
   <si>
     <t>16,504549</t>
   </si>
@@ -4003,51 +4303,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B659"/>
+  <dimension ref="A1:B709"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -9278,29 +9578,429 @@
     </row>
     <row r="657">
       <c r="A657" s="0" t="s">
         <v>1311</v>
       </c>
       <c r="B657" s="0" t="s">
         <v>1312</v>
       </c>
     </row>
     <row r="658">
       <c r="A658" s="0" t="s">
         <v>1313</v>
       </c>
       <c r="B658" s="0" t="s">
         <v>1314</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" s="0" t="s">
         <v>1315</v>
       </c>
       <c r="B659" s="0" t="s">
         <v>1316</v>
       </c>
     </row>
+    <row r="660">
+      <c r="A660" s="0" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B660" s="0" t="s">
+        <v>1318</v>
+      </c>
+    </row>
+    <row r="661">
+      <c r="A661" s="0" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B661" s="0" t="s">
+        <v>1320</v>
+      </c>
+    </row>
+    <row r="662">
+      <c r="A662" s="0" t="s">
+        <v>1321</v>
+      </c>
+      <c r="B662" s="0" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="663">
+      <c r="A663" s="0" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B663" s="0" t="s">
+        <v>1324</v>
+      </c>
+    </row>
+    <row r="664">
+      <c r="A664" s="0" t="s">
+        <v>1325</v>
+      </c>
+      <c r="B664" s="0" t="s">
+        <v>1326</v>
+      </c>
+    </row>
+    <row r="665">
+      <c r="A665" s="0" t="s">
+        <v>1327</v>
+      </c>
+      <c r="B665" s="0" t="s">
+        <v>1328</v>
+      </c>
+    </row>
+    <row r="666">
+      <c r="A666" s="0" t="s">
+        <v>1329</v>
+      </c>
+      <c r="B666" s="0" t="s">
+        <v>1330</v>
+      </c>
+    </row>
+    <row r="667">
+      <c r="A667" s="0" t="s">
+        <v>1331</v>
+      </c>
+      <c r="B667" s="0" t="s">
+        <v>1332</v>
+      </c>
+    </row>
+    <row r="668">
+      <c r="A668" s="0" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B668" s="0" t="s">
+        <v>1334</v>
+      </c>
+    </row>
+    <row r="669">
+      <c r="A669" s="0" t="s">
+        <v>1335</v>
+      </c>
+      <c r="B669" s="0" t="s">
+        <v>1336</v>
+      </c>
+    </row>
+    <row r="670">
+      <c r="A670" s="0" t="s">
+        <v>1337</v>
+      </c>
+      <c r="B670" s="0" t="s">
+        <v>1338</v>
+      </c>
+    </row>
+    <row r="671">
+      <c r="A671" s="0" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B671" s="0" t="s">
+        <v>1340</v>
+      </c>
+    </row>
+    <row r="672">
+      <c r="A672" s="0" t="s">
+        <v>1341</v>
+      </c>
+      <c r="B672" s="0" t="s">
+        <v>1342</v>
+      </c>
+    </row>
+    <row r="673">
+      <c r="A673" s="0" t="s">
+        <v>1343</v>
+      </c>
+      <c r="B673" s="0" t="s">
+        <v>1344</v>
+      </c>
+    </row>
+    <row r="674">
+      <c r="A674" s="0" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B674" s="0" t="s">
+        <v>1346</v>
+      </c>
+    </row>
+    <row r="675">
+      <c r="A675" s="0" t="s">
+        <v>1347</v>
+      </c>
+      <c r="B675" s="0" t="s">
+        <v>1348</v>
+      </c>
+    </row>
+    <row r="676">
+      <c r="A676" s="0" t="s">
+        <v>1349</v>
+      </c>
+      <c r="B676" s="0" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="677">
+      <c r="A677" s="0" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B677" s="0" t="s">
+        <v>1352</v>
+      </c>
+    </row>
+    <row r="678">
+      <c r="A678" s="0" t="s">
+        <v>1353</v>
+      </c>
+      <c r="B678" s="0" t="s">
+        <v>1354</v>
+      </c>
+    </row>
+    <row r="679">
+      <c r="A679" s="0" t="s">
+        <v>1355</v>
+      </c>
+      <c r="B679" s="0" t="s">
+        <v>1356</v>
+      </c>
+    </row>
+    <row r="680">
+      <c r="A680" s="0" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B680" s="0" t="s">
+        <v>1358</v>
+      </c>
+    </row>
+    <row r="681">
+      <c r="A681" s="0" t="s">
+        <v>1359</v>
+      </c>
+      <c r="B681" s="0" t="s">
+        <v>1360</v>
+      </c>
+    </row>
+    <row r="682">
+      <c r="A682" s="0" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B682" s="0" t="s">
+        <v>1362</v>
+      </c>
+    </row>
+    <row r="683">
+      <c r="A683" s="0" t="s">
+        <v>1363</v>
+      </c>
+      <c r="B683" s="0" t="s">
+        <v>1364</v>
+      </c>
+    </row>
+    <row r="684">
+      <c r="A684" s="0" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B684" s="0" t="s">
+        <v>1366</v>
+      </c>
+    </row>
+    <row r="685">
+      <c r="A685" s="0" t="s">
+        <v>1367</v>
+      </c>
+      <c r="B685" s="0" t="s">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="686">
+      <c r="A686" s="0" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B686" s="0" t="s">
+        <v>1370</v>
+      </c>
+    </row>
+    <row r="687">
+      <c r="A687" s="0" t="s">
+        <v>1371</v>
+      </c>
+      <c r="B687" s="0" t="s">
+        <v>1372</v>
+      </c>
+    </row>
+    <row r="688">
+      <c r="A688" s="0" t="s">
+        <v>1373</v>
+      </c>
+      <c r="B688" s="0" t="s">
+        <v>1374</v>
+      </c>
+    </row>
+    <row r="689">
+      <c r="A689" s="0" t="s">
+        <v>1375</v>
+      </c>
+      <c r="B689" s="0" t="s">
+        <v>1376</v>
+      </c>
+    </row>
+    <row r="690">
+      <c r="A690" s="0" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B690" s="0" t="s">
+        <v>1378</v>
+      </c>
+    </row>
+    <row r="691">
+      <c r="A691" s="0" t="s">
+        <v>1379</v>
+      </c>
+      <c r="B691" s="0" t="s">
+        <v>1380</v>
+      </c>
+    </row>
+    <row r="692">
+      <c r="A692" s="0" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B692" s="0" t="s">
+        <v>1382</v>
+      </c>
+    </row>
+    <row r="693">
+      <c r="A693" s="0" t="s">
+        <v>1383</v>
+      </c>
+      <c r="B693" s="0" t="s">
+        <v>1384</v>
+      </c>
+    </row>
+    <row r="694">
+      <c r="A694" s="0" t="s">
+        <v>1385</v>
+      </c>
+      <c r="B694" s="0" t="s">
+        <v>1386</v>
+      </c>
+    </row>
+    <row r="695">
+      <c r="A695" s="0" t="s">
+        <v>1387</v>
+      </c>
+      <c r="B695" s="0" t="s">
+        <v>1388</v>
+      </c>
+    </row>
+    <row r="696">
+      <c r="A696" s="0" t="s">
+        <v>1389</v>
+      </c>
+      <c r="B696" s="0" t="s">
+        <v>1390</v>
+      </c>
+    </row>
+    <row r="697">
+      <c r="A697" s="0" t="s">
+        <v>1391</v>
+      </c>
+      <c r="B697" s="0" t="s">
+        <v>1392</v>
+      </c>
+    </row>
+    <row r="698">
+      <c r="A698" s="0" t="s">
+        <v>1393</v>
+      </c>
+      <c r="B698" s="0" t="s">
+        <v>1394</v>
+      </c>
+    </row>
+    <row r="699">
+      <c r="A699" s="0" t="s">
+        <v>1395</v>
+      </c>
+      <c r="B699" s="0" t="s">
+        <v>1396</v>
+      </c>
+    </row>
+    <row r="700">
+      <c r="A700" s="0" t="s">
+        <v>1397</v>
+      </c>
+      <c r="B700" s="0" t="s">
+        <v>1398</v>
+      </c>
+    </row>
+    <row r="701">
+      <c r="A701" s="0" t="s">
+        <v>1399</v>
+      </c>
+      <c r="B701" s="0" t="s">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="702">
+      <c r="A702" s="0" t="s">
+        <v>1401</v>
+      </c>
+      <c r="B702" s="0" t="s">
+        <v>1402</v>
+      </c>
+    </row>
+    <row r="703">
+      <c r="A703" s="0" t="s">
+        <v>1403</v>
+      </c>
+      <c r="B703" s="0" t="s">
+        <v>1404</v>
+      </c>
+    </row>
+    <row r="704">
+      <c r="A704" s="0" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B704" s="0" t="s">
+        <v>1406</v>
+      </c>
+    </row>
+    <row r="705">
+      <c r="A705" s="0" t="s">
+        <v>1407</v>
+      </c>
+      <c r="B705" s="0" t="s">
+        <v>1408</v>
+      </c>
+    </row>
+    <row r="706">
+      <c r="A706" s="0" t="s">
+        <v>1409</v>
+      </c>
+      <c r="B706" s="0" t="s">
+        <v>1410</v>
+      </c>
+    </row>
+    <row r="707">
+      <c r="A707" s="0" t="s">
+        <v>1411</v>
+      </c>
+      <c r="B707" s="0" t="s">
+        <v>1412</v>
+      </c>
+    </row>
+    <row r="708">
+      <c r="A708" s="0" t="s">
+        <v>1413</v>
+      </c>
+      <c r="B708" s="0" t="s">
+        <v>1414</v>
+      </c>
+    </row>
+    <row r="709">
+      <c r="A709" s="0" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B709" s="0" t="s">
+        <v>1416</v>
+      </c>
+    </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>