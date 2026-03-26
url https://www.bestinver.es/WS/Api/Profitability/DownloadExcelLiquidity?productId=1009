--- v1 (2026-01-23)
+++ v2 (2026-03-26)
@@ -4,59 +4,425 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1417" uniqueCount="1417">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1539" uniqueCount="1539">
   <si>
     <t>BESTINVER BONOS INSTITUCIONAL IV, F.I. - CLASE Z</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>24/03/2026</t>
+  </si>
+  <si>
+    <t>16,396561</t>
+  </si>
+  <si>
+    <t>23/03/2026</t>
+  </si>
+  <si>
+    <t>16,405530</t>
+  </si>
+  <si>
+    <t>22/03/2026</t>
+  </si>
+  <si>
+    <t>16,402922</t>
+  </si>
+  <si>
+    <t>21/03/2026</t>
+  </si>
+  <si>
+    <t>16,401231</t>
+  </si>
+  <si>
+    <t>20/03/2026</t>
+  </si>
+  <si>
+    <t>16,399541</t>
+  </si>
+  <si>
+    <t>19/03/2026</t>
+  </si>
+  <si>
+    <t>16,437651</t>
+  </si>
+  <si>
+    <t>18/03/2026</t>
+  </si>
+  <si>
+    <t>16,483025</t>
+  </si>
+  <si>
+    <t>17/03/2026</t>
+  </si>
+  <si>
+    <t>16,495993</t>
+  </si>
+  <si>
+    <t>16/03/2026</t>
+  </si>
+  <si>
+    <t>16,480697</t>
+  </si>
+  <si>
+    <t>15/03/2026</t>
+  </si>
+  <si>
+    <t>16,474627</t>
+  </si>
+  <si>
+    <t>14/03/2026</t>
+  </si>
+  <si>
+    <t>16,472936</t>
+  </si>
+  <si>
+    <t>13/03/2026</t>
+  </si>
+  <si>
+    <t>16,471245</t>
+  </si>
+  <si>
+    <t>12/03/2026</t>
+  </si>
+  <si>
+    <t>16,488992</t>
+  </si>
+  <si>
+    <t>11/03/2026</t>
+  </si>
+  <si>
+    <t>16,518742</t>
+  </si>
+  <si>
+    <t>10/03/2026</t>
+  </si>
+  <si>
+    <t>16,567450</t>
+  </si>
+  <si>
+    <t>09/03/2026</t>
+  </si>
+  <si>
+    <t>16,514330</t>
+  </si>
+  <si>
+    <t>08/03/2026</t>
+  </si>
+  <si>
+    <t>16,550766</t>
+  </si>
+  <si>
+    <t>07/03/2026</t>
+  </si>
+  <si>
+    <t>16,549095</t>
+  </si>
+  <si>
+    <t>06/03/2026</t>
+  </si>
+  <si>
+    <t>16,547425</t>
+  </si>
+  <si>
+    <t>05/03/2026</t>
+  </si>
+  <si>
+    <t>16,582480</t>
+  </si>
+  <si>
+    <t>04/03/2026</t>
+  </si>
+  <si>
+    <t>16,610097</t>
+  </si>
+  <si>
+    <t>03/03/2026</t>
+  </si>
+  <si>
+    <t>16,573405</t>
+  </si>
+  <si>
+    <t>02/03/2026</t>
+  </si>
+  <si>
+    <t>16,612885</t>
+  </si>
+  <si>
+    <t>01/03/2026</t>
+  </si>
+  <si>
+    <t>16,646286</t>
+  </si>
+  <si>
+    <t>28/02/2026</t>
+  </si>
+  <si>
+    <t>16,644483</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t>16,642828</t>
+  </si>
+  <si>
+    <t>26/02/2026</t>
+  </si>
+  <si>
+    <t>16,649074</t>
+  </si>
+  <si>
+    <t>25/02/2026</t>
+  </si>
+  <si>
+    <t>16,645405</t>
+  </si>
+  <si>
+    <t>24/02/2026</t>
+  </si>
+  <si>
+    <t>16,647507</t>
+  </si>
+  <si>
+    <t>23/02/2026</t>
+  </si>
+  <si>
+    <t>16,650165</t>
+  </si>
+  <si>
+    <t>22/02/2026</t>
+  </si>
+  <si>
+    <t>16,643420</t>
+  </si>
+  <si>
+    <t>21/02/2026</t>
+  </si>
+  <si>
+    <t>16,641765</t>
+  </si>
+  <si>
+    <t>20/02/2026</t>
+  </si>
+  <si>
+    <t>16,640110</t>
+  </si>
+  <si>
+    <t>19/02/2026</t>
+  </si>
+  <si>
+    <t>16,638620</t>
+  </si>
+  <si>
+    <t>18/02/2026</t>
+  </si>
+  <si>
+    <t>16,639748</t>
+  </si>
+  <si>
+    <t>17/02/2026</t>
+  </si>
+  <si>
+    <t>16,635826</t>
+  </si>
+  <si>
+    <t>16/02/2026</t>
+  </si>
+  <si>
+    <t>16,639854</t>
+  </si>
+  <si>
+    <t>15/02/2026</t>
+  </si>
+  <si>
+    <t>16,636496</t>
+  </si>
+  <si>
+    <t>14/02/2026</t>
+  </si>
+  <si>
+    <t>16,634837</t>
+  </si>
+  <si>
+    <t>13/02/2026</t>
+  </si>
+  <si>
+    <t>16,633178</t>
+  </si>
+  <si>
+    <t>12/02/2026</t>
+  </si>
+  <si>
+    <t>16,634821</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>16,631296</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>16,629529</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>16,625498</t>
+  </si>
+  <si>
+    <t>08/02/2026</t>
+  </si>
+  <si>
+    <t>16,617436</t>
+  </si>
+  <si>
+    <t>07/02/2026</t>
+  </si>
+  <si>
+    <t>16,615777</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>16,614118</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>16,613487</t>
+  </si>
+  <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>16,618647</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>16,612913</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>16,603946</t>
+  </si>
+  <si>
+    <t>01/02/2026</t>
+  </si>
+  <si>
+    <t>16,611697</t>
+  </si>
+  <si>
+    <t>31/01/2026</t>
+  </si>
+  <si>
+    <t>16,610038</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>16,608454</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>16,609095</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>16,605298</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>16,598205</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>16,594299</t>
+  </si>
+  <si>
+    <t>25/01/2026</t>
+  </si>
+  <si>
+    <t>16,584574</t>
+  </si>
+  <si>
+    <t>24/01/2026</t>
+  </si>
+  <si>
+    <t>16,582945</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>16,581316</t>
   </si>
   <si>
     <t>22/01/2026</t>
   </si>
   <si>
     <t>16,584787</t>
   </si>
   <si>
     <t>21/01/2026</t>
   </si>
   <si>
     <t>16,567972</t>
   </si>
   <si>
     <t>20/01/2026</t>
   </si>
   <si>
     <t>16,568049</t>
   </si>
   <si>
     <t>19/01/2026</t>
   </si>
   <si>
     <t>16,572129</t>
   </si>
@@ -4303,51 +4669,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B709"/>
+  <dimension ref="A1:B770"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -9978,29 +10344,517 @@
     </row>
     <row r="707">
       <c r="A707" s="0" t="s">
         <v>1411</v>
       </c>
       <c r="B707" s="0" t="s">
         <v>1412</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="0" t="s">
         <v>1413</v>
       </c>
       <c r="B708" s="0" t="s">
         <v>1414</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="0" t="s">
         <v>1415</v>
       </c>
       <c r="B709" s="0" t="s">
         <v>1416</v>
       </c>
     </row>
+    <row r="710">
+      <c r="A710" s="0" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B710" s="0" t="s">
+        <v>1418</v>
+      </c>
+    </row>
+    <row r="711">
+      <c r="A711" s="0" t="s">
+        <v>1419</v>
+      </c>
+      <c r="B711" s="0" t="s">
+        <v>1420</v>
+      </c>
+    </row>
+    <row r="712">
+      <c r="A712" s="0" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B712" s="0" t="s">
+        <v>1422</v>
+      </c>
+    </row>
+    <row r="713">
+      <c r="A713" s="0" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B713" s="0" t="s">
+        <v>1424</v>
+      </c>
+    </row>
+    <row r="714">
+      <c r="A714" s="0" t="s">
+        <v>1425</v>
+      </c>
+      <c r="B714" s="0" t="s">
+        <v>1426</v>
+      </c>
+    </row>
+    <row r="715">
+      <c r="A715" s="0" t="s">
+        <v>1427</v>
+      </c>
+      <c r="B715" s="0" t="s">
+        <v>1428</v>
+      </c>
+    </row>
+    <row r="716">
+      <c r="A716" s="0" t="s">
+        <v>1429</v>
+      </c>
+      <c r="B716" s="0" t="s">
+        <v>1430</v>
+      </c>
+    </row>
+    <row r="717">
+      <c r="A717" s="0" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B717" s="0" t="s">
+        <v>1432</v>
+      </c>
+    </row>
+    <row r="718">
+      <c r="A718" s="0" t="s">
+        <v>1433</v>
+      </c>
+      <c r="B718" s="0" t="s">
+        <v>1434</v>
+      </c>
+    </row>
+    <row r="719">
+      <c r="A719" s="0" t="s">
+        <v>1435</v>
+      </c>
+      <c r="B719" s="0" t="s">
+        <v>1436</v>
+      </c>
+    </row>
+    <row r="720">
+      <c r="A720" s="0" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B720" s="0" t="s">
+        <v>1438</v>
+      </c>
+    </row>
+    <row r="721">
+      <c r="A721" s="0" t="s">
+        <v>1439</v>
+      </c>
+      <c r="B721" s="0" t="s">
+        <v>1440</v>
+      </c>
+    </row>
+    <row r="722">
+      <c r="A722" s="0" t="s">
+        <v>1441</v>
+      </c>
+      <c r="B722" s="0" t="s">
+        <v>1442</v>
+      </c>
+    </row>
+    <row r="723">
+      <c r="A723" s="0" t="s">
+        <v>1443</v>
+      </c>
+      <c r="B723" s="0" t="s">
+        <v>1444</v>
+      </c>
+    </row>
+    <row r="724">
+      <c r="A724" s="0" t="s">
+        <v>1445</v>
+      </c>
+      <c r="B724" s="0" t="s">
+        <v>1446</v>
+      </c>
+    </row>
+    <row r="725">
+      <c r="A725" s="0" t="s">
+        <v>1447</v>
+      </c>
+      <c r="B725" s="0" t="s">
+        <v>1448</v>
+      </c>
+    </row>
+    <row r="726">
+      <c r="A726" s="0" t="s">
+        <v>1449</v>
+      </c>
+      <c r="B726" s="0" t="s">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="727">
+      <c r="A727" s="0" t="s">
+        <v>1451</v>
+      </c>
+      <c r="B727" s="0" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="728">
+      <c r="A728" s="0" t="s">
+        <v>1453</v>
+      </c>
+      <c r="B728" s="0" t="s">
+        <v>1454</v>
+      </c>
+    </row>
+    <row r="729">
+      <c r="A729" s="0" t="s">
+        <v>1455</v>
+      </c>
+      <c r="B729" s="0" t="s">
+        <v>1456</v>
+      </c>
+    </row>
+    <row r="730">
+      <c r="A730" s="0" t="s">
+        <v>1457</v>
+      </c>
+      <c r="B730" s="0" t="s">
+        <v>1458</v>
+      </c>
+    </row>
+    <row r="731">
+      <c r="A731" s="0" t="s">
+        <v>1459</v>
+      </c>
+      <c r="B731" s="0" t="s">
+        <v>1460</v>
+      </c>
+    </row>
+    <row r="732">
+      <c r="A732" s="0" t="s">
+        <v>1461</v>
+      </c>
+      <c r="B732" s="0" t="s">
+        <v>1462</v>
+      </c>
+    </row>
+    <row r="733">
+      <c r="A733" s="0" t="s">
+        <v>1463</v>
+      </c>
+      <c r="B733" s="0" t="s">
+        <v>1464</v>
+      </c>
+    </row>
+    <row r="734">
+      <c r="A734" s="0" t="s">
+        <v>1465</v>
+      </c>
+      <c r="B734" s="0" t="s">
+        <v>1466</v>
+      </c>
+    </row>
+    <row r="735">
+      <c r="A735" s="0" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B735" s="0" t="s">
+        <v>1468</v>
+      </c>
+    </row>
+    <row r="736">
+      <c r="A736" s="0" t="s">
+        <v>1469</v>
+      </c>
+      <c r="B736" s="0" t="s">
+        <v>1470</v>
+      </c>
+    </row>
+    <row r="737">
+      <c r="A737" s="0" t="s">
+        <v>1471</v>
+      </c>
+      <c r="B737" s="0" t="s">
+        <v>1472</v>
+      </c>
+    </row>
+    <row r="738">
+      <c r="A738" s="0" t="s">
+        <v>1473</v>
+      </c>
+      <c r="B738" s="0" t="s">
+        <v>1474</v>
+      </c>
+    </row>
+    <row r="739">
+      <c r="A739" s="0" t="s">
+        <v>1475</v>
+      </c>
+      <c r="B739" s="0" t="s">
+        <v>1476</v>
+      </c>
+    </row>
+    <row r="740">
+      <c r="A740" s="0" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B740" s="0" t="s">
+        <v>1478</v>
+      </c>
+    </row>
+    <row r="741">
+      <c r="A741" s="0" t="s">
+        <v>1479</v>
+      </c>
+      <c r="B741" s="0" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="742">
+      <c r="A742" s="0" t="s">
+        <v>1481</v>
+      </c>
+      <c r="B742" s="0" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="743">
+      <c r="A743" s="0" t="s">
+        <v>1483</v>
+      </c>
+      <c r="B743" s="0" t="s">
+        <v>1484</v>
+      </c>
+    </row>
+    <row r="744">
+      <c r="A744" s="0" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B744" s="0" t="s">
+        <v>1486</v>
+      </c>
+    </row>
+    <row r="745">
+      <c r="A745" s="0" t="s">
+        <v>1487</v>
+      </c>
+      <c r="B745" s="0" t="s">
+        <v>1488</v>
+      </c>
+    </row>
+    <row r="746">
+      <c r="A746" s="0" t="s">
+        <v>1489</v>
+      </c>
+      <c r="B746" s="0" t="s">
+        <v>1490</v>
+      </c>
+    </row>
+    <row r="747">
+      <c r="A747" s="0" t="s">
+        <v>1491</v>
+      </c>
+      <c r="B747" s="0" t="s">
+        <v>1492</v>
+      </c>
+    </row>
+    <row r="748">
+      <c r="A748" s="0" t="s">
+        <v>1493</v>
+      </c>
+      <c r="B748" s="0" t="s">
+        <v>1494</v>
+      </c>
+    </row>
+    <row r="749">
+      <c r="A749" s="0" t="s">
+        <v>1495</v>
+      </c>
+      <c r="B749" s="0" t="s">
+        <v>1496</v>
+      </c>
+    </row>
+    <row r="750">
+      <c r="A750" s="0" t="s">
+        <v>1497</v>
+      </c>
+      <c r="B750" s="0" t="s">
+        <v>1498</v>
+      </c>
+    </row>
+    <row r="751">
+      <c r="A751" s="0" t="s">
+        <v>1499</v>
+      </c>
+      <c r="B751" s="0" t="s">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="752">
+      <c r="A752" s="0" t="s">
+        <v>1501</v>
+      </c>
+      <c r="B752" s="0" t="s">
+        <v>1502</v>
+      </c>
+    </row>
+    <row r="753">
+      <c r="A753" s="0" t="s">
+        <v>1503</v>
+      </c>
+      <c r="B753" s="0" t="s">
+        <v>1504</v>
+      </c>
+    </row>
+    <row r="754">
+      <c r="A754" s="0" t="s">
+        <v>1505</v>
+      </c>
+      <c r="B754" s="0" t="s">
+        <v>1506</v>
+      </c>
+    </row>
+    <row r="755">
+      <c r="A755" s="0" t="s">
+        <v>1507</v>
+      </c>
+      <c r="B755" s="0" t="s">
+        <v>1508</v>
+      </c>
+    </row>
+    <row r="756">
+      <c r="A756" s="0" t="s">
+        <v>1509</v>
+      </c>
+      <c r="B756" s="0" t="s">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="757">
+      <c r="A757" s="0" t="s">
+        <v>1511</v>
+      </c>
+      <c r="B757" s="0" t="s">
+        <v>1512</v>
+      </c>
+    </row>
+    <row r="758">
+      <c r="A758" s="0" t="s">
+        <v>1513</v>
+      </c>
+      <c r="B758" s="0" t="s">
+        <v>1514</v>
+      </c>
+    </row>
+    <row r="759">
+      <c r="A759" s="0" t="s">
+        <v>1515</v>
+      </c>
+      <c r="B759" s="0" t="s">
+        <v>1516</v>
+      </c>
+    </row>
+    <row r="760">
+      <c r="A760" s="0" t="s">
+        <v>1517</v>
+      </c>
+      <c r="B760" s="0" t="s">
+        <v>1518</v>
+      </c>
+    </row>
+    <row r="761">
+      <c r="A761" s="0" t="s">
+        <v>1519</v>
+      </c>
+      <c r="B761" s="0" t="s">
+        <v>1520</v>
+      </c>
+    </row>
+    <row r="762">
+      <c r="A762" s="0" t="s">
+        <v>1521</v>
+      </c>
+      <c r="B762" s="0" t="s">
+        <v>1522</v>
+      </c>
+    </row>
+    <row r="763">
+      <c r="A763" s="0" t="s">
+        <v>1523</v>
+      </c>
+      <c r="B763" s="0" t="s">
+        <v>1524</v>
+      </c>
+    </row>
+    <row r="764">
+      <c r="A764" s="0" t="s">
+        <v>1525</v>
+      </c>
+      <c r="B764" s="0" t="s">
+        <v>1526</v>
+      </c>
+    </row>
+    <row r="765">
+      <c r="A765" s="0" t="s">
+        <v>1527</v>
+      </c>
+      <c r="B765" s="0" t="s">
+        <v>1528</v>
+      </c>
+    </row>
+    <row r="766">
+      <c r="A766" s="0" t="s">
+        <v>1529</v>
+      </c>
+      <c r="B766" s="0" t="s">
+        <v>1530</v>
+      </c>
+    </row>
+    <row r="767">
+      <c r="A767" s="0" t="s">
+        <v>1531</v>
+      </c>
+      <c r="B767" s="0" t="s">
+        <v>1532</v>
+      </c>
+    </row>
+    <row r="768">
+      <c r="A768" s="0" t="s">
+        <v>1533</v>
+      </c>
+      <c r="B768" s="0" t="s">
+        <v>1534</v>
+      </c>
+    </row>
+    <row r="769">
+      <c r="A769" s="0" t="s">
+        <v>1535</v>
+      </c>
+      <c r="B769" s="0" t="s">
+        <v>1536</v>
+      </c>
+    </row>
+    <row r="770">
+      <c r="A770" s="0" t="s">
+        <v>1537</v>
+      </c>
+      <c r="B770" s="0" t="s">
+        <v>1538</v>
+      </c>
+    </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>