--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -4,59 +4,107 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="696" uniqueCount="696">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="712" uniqueCount="712">
   <si>
     <t>BESTINVER BONOS INSTITUCIONAL V, F.I. - CLASE R</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>15,543890</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>15,530849</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>15,540300</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>15,538174</t>
+  </si>
+  <si>
+    <t>07/12/2025</t>
+  </si>
+  <si>
+    <t>15,566072</t>
+  </si>
+  <si>
+    <t>06/12/2025</t>
+  </si>
+  <si>
+    <t>15,564714</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>15,563356</t>
+  </si>
+  <si>
+    <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>15,571907</t>
   </si>
   <si>
     <t>03/12/2025</t>
   </si>
   <si>
     <t>15,569776</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>15,563977</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>15,556559</t>
   </si>
   <si>
     <t>30/11/2025</t>
   </si>
   <si>
     <t>15,563039</t>
   </si>
@@ -2140,51 +2188,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B435"/>
+  <dimension ref="A1:B443"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -4244,1408 +4292,1472 @@
       <c r="B260" s="0" t="s">
         <v>518</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="0" t="s">
         <v>519</v>
       </c>
       <c r="B261" s="0" t="s">
         <v>520</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="0" t="s">
         <v>521</v>
       </c>
       <c r="B262" s="0" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="0" t="s">
         <v>523</v>
       </c>
       <c r="B263" s="0" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="0" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="B264" s="0" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="0" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B265" s="0" t="s">
-        <v>522</v>
+        <v>528</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="0" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="B266" s="0" t="s">
-        <v>522</v>
+        <v>530</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
-        <v>527</v>
+        <v>531</v>
       </c>
       <c r="B267" s="0" t="s">
-        <v>522</v>
+        <v>532</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="B268" s="0" t="s">
-        <v>522</v>
+        <v>534</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="0" t="s">
-        <v>529</v>
+        <v>535</v>
       </c>
       <c r="B269" s="0" t="s">
-        <v>522</v>
+        <v>536</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="0" t="s">
-        <v>530</v>
+        <v>537</v>
       </c>
       <c r="B270" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="s">
-        <v>531</v>
+        <v>539</v>
       </c>
       <c r="B271" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="s">
-        <v>532</v>
+        <v>540</v>
       </c>
       <c r="B272" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
-        <v>533</v>
+        <v>541</v>
       </c>
       <c r="B273" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
-        <v>534</v>
+        <v>542</v>
       </c>
       <c r="B274" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="0" t="s">
-        <v>535</v>
+        <v>543</v>
       </c>
       <c r="B275" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="0" t="s">
-        <v>536</v>
+        <v>544</v>
       </c>
       <c r="B276" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="0" t="s">
-        <v>537</v>
+        <v>545</v>
       </c>
       <c r="B277" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="0" t="s">
-        <v>538</v>
+        <v>546</v>
       </c>
       <c r="B278" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="0" t="s">
-        <v>539</v>
+        <v>547</v>
       </c>
       <c r="B279" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="0" t="s">
-        <v>540</v>
+        <v>548</v>
       </c>
       <c r="B280" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="0" t="s">
-        <v>541</v>
+        <v>549</v>
       </c>
       <c r="B281" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="0" t="s">
-        <v>542</v>
+        <v>550</v>
       </c>
       <c r="B282" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="0" t="s">
-        <v>543</v>
+        <v>551</v>
       </c>
       <c r="B283" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="0" t="s">
-        <v>544</v>
+        <v>552</v>
       </c>
       <c r="B284" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="0" t="s">
-        <v>545</v>
+        <v>553</v>
       </c>
       <c r="B285" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="0" t="s">
-        <v>546</v>
+        <v>554</v>
       </c>
       <c r="B286" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="0" t="s">
-        <v>547</v>
+        <v>555</v>
       </c>
       <c r="B287" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="0" t="s">
-        <v>548</v>
+        <v>556</v>
       </c>
       <c r="B288" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="0" t="s">
-        <v>549</v>
+        <v>557</v>
       </c>
       <c r="B289" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="0" t="s">
-        <v>550</v>
+        <v>558</v>
       </c>
       <c r="B290" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="0" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
       <c r="B291" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="0" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="B292" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="0" t="s">
-        <v>553</v>
+        <v>561</v>
       </c>
       <c r="B293" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="0" t="s">
-        <v>554</v>
+        <v>562</v>
       </c>
       <c r="B294" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="0" t="s">
-        <v>555</v>
+        <v>563</v>
       </c>
       <c r="B295" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="0" t="s">
-        <v>556</v>
+        <v>564</v>
       </c>
       <c r="B296" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="0" t="s">
-        <v>557</v>
+        <v>565</v>
       </c>
       <c r="B297" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="0" t="s">
-        <v>558</v>
+        <v>566</v>
       </c>
       <c r="B298" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="0" t="s">
-        <v>559</v>
+        <v>567</v>
       </c>
       <c r="B299" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="0" t="s">
-        <v>560</v>
+        <v>568</v>
       </c>
       <c r="B300" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="0" t="s">
-        <v>561</v>
+        <v>569</v>
       </c>
       <c r="B301" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="0" t="s">
-        <v>562</v>
+        <v>570</v>
       </c>
       <c r="B302" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="0" t="s">
-        <v>563</v>
+        <v>571</v>
       </c>
       <c r="B303" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="0" t="s">
-        <v>564</v>
+        <v>572</v>
       </c>
       <c r="B304" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="0" t="s">
-        <v>565</v>
+        <v>573</v>
       </c>
       <c r="B305" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="0" t="s">
-        <v>566</v>
+        <v>574</v>
       </c>
       <c r="B306" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="0" t="s">
-        <v>567</v>
+        <v>575</v>
       </c>
       <c r="B307" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="0" t="s">
-        <v>568</v>
+        <v>576</v>
       </c>
       <c r="B308" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="0" t="s">
-        <v>569</v>
+        <v>577</v>
       </c>
       <c r="B309" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="0" t="s">
-        <v>570</v>
+        <v>578</v>
       </c>
       <c r="B310" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="0" t="s">
-        <v>571</v>
+        <v>579</v>
       </c>
       <c r="B311" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="0" t="s">
-        <v>572</v>
+        <v>580</v>
       </c>
       <c r="B312" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="0" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="B313" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="0" t="s">
-        <v>574</v>
+        <v>582</v>
       </c>
       <c r="B314" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="0" t="s">
-        <v>575</v>
+        <v>583</v>
       </c>
       <c r="B315" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="0" t="s">
-        <v>576</v>
+        <v>584</v>
       </c>
       <c r="B316" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="0" t="s">
-        <v>577</v>
+        <v>585</v>
       </c>
       <c r="B317" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="0" t="s">
-        <v>578</v>
+        <v>586</v>
       </c>
       <c r="B318" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="0" t="s">
-        <v>579</v>
+        <v>587</v>
       </c>
       <c r="B319" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="0" t="s">
-        <v>580</v>
+        <v>588</v>
       </c>
       <c r="B320" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="0" t="s">
-        <v>581</v>
+        <v>589</v>
       </c>
       <c r="B321" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="0" t="s">
-        <v>582</v>
+        <v>590</v>
       </c>
       <c r="B322" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="0" t="s">
-        <v>583</v>
+        <v>591</v>
       </c>
       <c r="B323" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="0" t="s">
-        <v>584</v>
+        <v>592</v>
       </c>
       <c r="B324" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="0" t="s">
-        <v>585</v>
+        <v>593</v>
       </c>
       <c r="B325" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="0" t="s">
-        <v>586</v>
+        <v>594</v>
       </c>
       <c r="B326" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="0" t="s">
-        <v>587</v>
+        <v>595</v>
       </c>
       <c r="B327" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="0" t="s">
-        <v>588</v>
+        <v>596</v>
       </c>
       <c r="B328" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="0" t="s">
-        <v>589</v>
+        <v>597</v>
       </c>
       <c r="B329" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="0" t="s">
-        <v>590</v>
+        <v>598</v>
       </c>
       <c r="B330" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="0" t="s">
-        <v>591</v>
+        <v>599</v>
       </c>
       <c r="B331" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="0" t="s">
-        <v>592</v>
+        <v>600</v>
       </c>
       <c r="B332" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="0" t="s">
-        <v>593</v>
+        <v>601</v>
       </c>
       <c r="B333" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="0" t="s">
-        <v>594</v>
+        <v>602</v>
       </c>
       <c r="B334" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="0" t="s">
-        <v>595</v>
+        <v>603</v>
       </c>
       <c r="B335" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="0" t="s">
-        <v>596</v>
+        <v>604</v>
       </c>
       <c r="B336" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="0" t="s">
-        <v>597</v>
+        <v>605</v>
       </c>
       <c r="B337" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="0" t="s">
-        <v>598</v>
+        <v>606</v>
       </c>
       <c r="B338" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="0" t="s">
-        <v>599</v>
+        <v>607</v>
       </c>
       <c r="B339" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="0" t="s">
-        <v>600</v>
+        <v>608</v>
       </c>
       <c r="B340" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="0" t="s">
-        <v>601</v>
+        <v>609</v>
       </c>
       <c r="B341" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="0" t="s">
-        <v>602</v>
+        <v>610</v>
       </c>
       <c r="B342" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="0" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="B343" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="0" t="s">
-        <v>604</v>
+        <v>612</v>
       </c>
       <c r="B344" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="0" t="s">
-        <v>605</v>
+        <v>613</v>
       </c>
       <c r="B345" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="0" t="s">
-        <v>606</v>
+        <v>614</v>
       </c>
       <c r="B346" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="0" t="s">
-        <v>607</v>
+        <v>615</v>
       </c>
       <c r="B347" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="0" t="s">
-        <v>608</v>
+        <v>616</v>
       </c>
       <c r="B348" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="0" t="s">
-        <v>609</v>
+        <v>617</v>
       </c>
       <c r="B349" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="0" t="s">
-        <v>610</v>
+        <v>618</v>
       </c>
       <c r="B350" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="0" t="s">
-        <v>611</v>
+        <v>619</v>
       </c>
       <c r="B351" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="0" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="B352" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="0" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="B353" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="0" t="s">
-        <v>614</v>
+        <v>622</v>
       </c>
       <c r="B354" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="0" t="s">
-        <v>615</v>
+        <v>623</v>
       </c>
       <c r="B355" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="0" t="s">
-        <v>616</v>
+        <v>624</v>
       </c>
       <c r="B356" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="0" t="s">
-        <v>617</v>
+        <v>625</v>
       </c>
       <c r="B357" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="0" t="s">
-        <v>618</v>
+        <v>626</v>
       </c>
       <c r="B358" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="0" t="s">
-        <v>619</v>
+        <v>627</v>
       </c>
       <c r="B359" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="0" t="s">
-        <v>620</v>
+        <v>628</v>
       </c>
       <c r="B360" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="0" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
       <c r="B361" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="0" t="s">
-        <v>622</v>
+        <v>630</v>
       </c>
       <c r="B362" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="0" t="s">
-        <v>623</v>
+        <v>631</v>
       </c>
       <c r="B363" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="0" t="s">
-        <v>624</v>
+        <v>632</v>
       </c>
       <c r="B364" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="0" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="B365" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="0" t="s">
-        <v>626</v>
+        <v>634</v>
       </c>
       <c r="B366" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="0" t="s">
-        <v>627</v>
+        <v>635</v>
       </c>
       <c r="B367" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="0" t="s">
-        <v>628</v>
+        <v>636</v>
       </c>
       <c r="B368" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="0" t="s">
-        <v>629</v>
+        <v>637</v>
       </c>
       <c r="B369" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="0" t="s">
-        <v>630</v>
+        <v>638</v>
       </c>
       <c r="B370" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="0" t="s">
-        <v>631</v>
+        <v>639</v>
       </c>
       <c r="B371" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="0" t="s">
-        <v>632</v>
+        <v>640</v>
       </c>
       <c r="B372" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="0" t="s">
-        <v>633</v>
+        <v>641</v>
       </c>
       <c r="B373" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="0" t="s">
-        <v>634</v>
+        <v>642</v>
       </c>
       <c r="B374" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="0" t="s">
-        <v>635</v>
+        <v>643</v>
       </c>
       <c r="B375" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="0" t="s">
-        <v>636</v>
+        <v>644</v>
       </c>
       <c r="B376" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="0" t="s">
-        <v>637</v>
+        <v>645</v>
       </c>
       <c r="B377" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="0" t="s">
-        <v>638</v>
+        <v>646</v>
       </c>
       <c r="B378" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="0" t="s">
-        <v>639</v>
+        <v>647</v>
       </c>
       <c r="B379" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="0" t="s">
-        <v>640</v>
+        <v>648</v>
       </c>
       <c r="B380" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="0" t="s">
-        <v>641</v>
+        <v>649</v>
       </c>
       <c r="B381" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="0" t="s">
-        <v>642</v>
+        <v>650</v>
       </c>
       <c r="B382" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="0" t="s">
-        <v>643</v>
+        <v>651</v>
       </c>
       <c r="B383" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="0" t="s">
-        <v>644</v>
+        <v>652</v>
       </c>
       <c r="B384" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="0" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B385" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="0" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="B386" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="0" t="s">
-        <v>647</v>
+        <v>655</v>
       </c>
       <c r="B387" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="0" t="s">
-        <v>648</v>
+        <v>656</v>
       </c>
       <c r="B388" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="0" t="s">
-        <v>649</v>
+        <v>657</v>
       </c>
       <c r="B389" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="0" t="s">
-        <v>650</v>
+        <v>658</v>
       </c>
       <c r="B390" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="0" t="s">
-        <v>651</v>
+        <v>659</v>
       </c>
       <c r="B391" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="0" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B392" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="0" t="s">
-        <v>653</v>
+        <v>661</v>
       </c>
       <c r="B393" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="0" t="s">
-        <v>654</v>
+        <v>662</v>
       </c>
       <c r="B394" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="0" t="s">
-        <v>655</v>
+        <v>663</v>
       </c>
       <c r="B395" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="0" t="s">
-        <v>656</v>
+        <v>664</v>
       </c>
       <c r="B396" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="0" t="s">
-        <v>657</v>
+        <v>665</v>
       </c>
       <c r="B397" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="0" t="s">
-        <v>658</v>
+        <v>666</v>
       </c>
       <c r="B398" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="0" t="s">
-        <v>659</v>
+        <v>667</v>
       </c>
       <c r="B399" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="0" t="s">
-        <v>660</v>
+        <v>668</v>
       </c>
       <c r="B400" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="0" t="s">
-        <v>661</v>
+        <v>669</v>
       </c>
       <c r="B401" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="0" t="s">
-        <v>662</v>
+        <v>670</v>
       </c>
       <c r="B402" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="0" t="s">
-        <v>663</v>
+        <v>671</v>
       </c>
       <c r="B403" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="0" t="s">
-        <v>664</v>
+        <v>672</v>
       </c>
       <c r="B404" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="0" t="s">
-        <v>665</v>
+        <v>673</v>
       </c>
       <c r="B405" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="0" t="s">
-        <v>666</v>
+        <v>674</v>
       </c>
       <c r="B406" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="0" t="s">
-        <v>667</v>
+        <v>675</v>
       </c>
       <c r="B407" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="0" t="s">
-        <v>668</v>
+        <v>676</v>
       </c>
       <c r="B408" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="0" t="s">
-        <v>669</v>
+        <v>677</v>
       </c>
       <c r="B409" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="0" t="s">
-        <v>670</v>
+        <v>678</v>
       </c>
       <c r="B410" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="0" t="s">
-        <v>671</v>
+        <v>679</v>
       </c>
       <c r="B411" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="0" t="s">
-        <v>672</v>
+        <v>680</v>
       </c>
       <c r="B412" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="0" t="s">
-        <v>673</v>
+        <v>681</v>
       </c>
       <c r="B413" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="0" t="s">
-        <v>674</v>
+        <v>682</v>
       </c>
       <c r="B414" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="0" t="s">
-        <v>675</v>
+        <v>683</v>
       </c>
       <c r="B415" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="0" t="s">
-        <v>676</v>
+        <v>684</v>
       </c>
       <c r="B416" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="0" t="s">
-        <v>677</v>
+        <v>685</v>
       </c>
       <c r="B417" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="0" t="s">
-        <v>678</v>
+        <v>686</v>
       </c>
       <c r="B418" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="0" t="s">
-        <v>679</v>
+        <v>687</v>
       </c>
       <c r="B419" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="0" t="s">
-        <v>680</v>
+        <v>688</v>
       </c>
       <c r="B420" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="0" t="s">
-        <v>681</v>
+        <v>689</v>
       </c>
       <c r="B421" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="0" t="s">
-        <v>682</v>
+        <v>690</v>
       </c>
       <c r="B422" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="0" t="s">
-        <v>683</v>
+        <v>691</v>
       </c>
       <c r="B423" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="0" t="s">
-        <v>684</v>
+        <v>692</v>
       </c>
       <c r="B424" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="0" t="s">
-        <v>685</v>
+        <v>693</v>
       </c>
       <c r="B425" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="0" t="s">
-        <v>686</v>
+        <v>694</v>
       </c>
       <c r="B426" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="0" t="s">
-        <v>687</v>
+        <v>695</v>
       </c>
       <c r="B427" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="0" t="s">
-        <v>688</v>
+        <v>696</v>
       </c>
       <c r="B428" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="0" t="s">
-        <v>689</v>
+        <v>697</v>
       </c>
       <c r="B429" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="0" t="s">
-        <v>690</v>
+        <v>698</v>
       </c>
       <c r="B430" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="0" t="s">
-        <v>691</v>
+        <v>699</v>
       </c>
       <c r="B431" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="0" t="s">
-        <v>692</v>
+        <v>700</v>
       </c>
       <c r="B432" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="0" t="s">
-        <v>693</v>
+        <v>701</v>
       </c>
       <c r="B433" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="0" t="s">
-        <v>694</v>
+        <v>702</v>
       </c>
       <c r="B434" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="0" t="s">
-        <v>695</v>
+        <v>703</v>
       </c>
       <c r="B435" s="0" t="s">
-        <v>522</v>
+        <v>538</v>
+      </c>
+    </row>
+    <row r="436">
+      <c r="A436" s="0" t="s">
+        <v>704</v>
+      </c>
+      <c r="B436" s="0" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="437">
+      <c r="A437" s="0" t="s">
+        <v>705</v>
+      </c>
+      <c r="B437" s="0" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="438">
+      <c r="A438" s="0" t="s">
+        <v>706</v>
+      </c>
+      <c r="B438" s="0" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="439">
+      <c r="A439" s="0" t="s">
+        <v>707</v>
+      </c>
+      <c r="B439" s="0" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="440">
+      <c r="A440" s="0" t="s">
+        <v>708</v>
+      </c>
+      <c r="B440" s="0" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="441">
+      <c r="A441" s="0" t="s">
+        <v>709</v>
+      </c>
+      <c r="B441" s="0" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="442">
+      <c r="A442" s="0" t="s">
+        <v>710</v>
+      </c>
+      <c r="B442" s="0" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="443">
+      <c r="A443" s="0" t="s">
+        <v>711</v>
+      </c>
+      <c r="B443" s="0" t="s">
+        <v>538</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>