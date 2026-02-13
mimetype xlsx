--- v1 (2025-12-13)
+++ v2 (2026-02-13)
@@ -4,59 +4,431 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="712" uniqueCount="712">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="836" uniqueCount="836">
   <si>
     <t>BESTINVER BONOS INSTITUCIONAL V, F.I. - CLASE R</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>15,713554</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>15,711194</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>15,704145</t>
+  </si>
+  <si>
+    <t>08/02/2026</t>
+  </si>
+  <si>
+    <t>15,695515</t>
+  </si>
+  <si>
+    <t>07/02/2026</t>
+  </si>
+  <si>
+    <t>15,694159</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>15,692803</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>15,690107</t>
+  </si>
+  <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>15,698224</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>15,691378</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>15,678430</t>
+  </si>
+  <si>
+    <t>01/02/2026</t>
+  </si>
+  <si>
+    <t>15,686080</t>
+  </si>
+  <si>
+    <t>31/01/2026</t>
+  </si>
+  <si>
+    <t>15,684724</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>15,683499</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>15,684356</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>15,677154</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>15,668085</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>15,662144</t>
+  </si>
+  <si>
+    <t>25/01/2026</t>
+  </si>
+  <si>
+    <t>15,648751</t>
+  </si>
+  <si>
+    <t>24/01/2026</t>
+  </si>
+  <si>
+    <t>15,647394</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>15,646038</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>15,649915</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>15,635402</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>15,631105</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>15,637814</t>
+  </si>
+  <si>
+    <t>18/01/2026</t>
+  </si>
+  <si>
+    <t>15,645219</t>
+  </si>
+  <si>
+    <t>17/01/2026</t>
+  </si>
+  <si>
+    <t>15,643861</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>15,642503</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>15,648963</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>15,648746</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>15,642838</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>15,639152</t>
+  </si>
+  <si>
+    <t>11/01/2026</t>
+  </si>
+  <si>
+    <t>15,634401</t>
+  </si>
+  <si>
+    <t>10/01/2026</t>
+  </si>
+  <si>
+    <t>15,633039</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>15,631677</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>15,618992</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>15,623853</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>15,603321</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>15,585476</t>
+  </si>
+  <si>
+    <t>04/01/2026</t>
+  </si>
+  <si>
+    <t>15,578273</t>
+  </si>
+  <si>
+    <t>03/01/2026</t>
+  </si>
+  <si>
+    <t>15,576912</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>15,575549</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
+    <t>15,577316</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>15,575958</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>15,575442</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>15,574762</t>
+  </si>
+  <si>
+    <t>28/12/2025</t>
+  </si>
+  <si>
+    <t>15,572929</t>
+  </si>
+  <si>
+    <t>27/12/2025</t>
+  </si>
+  <si>
+    <t>15,571572</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>15,570215</t>
+  </si>
+  <si>
+    <t>25/12/2025</t>
+  </si>
+  <si>
+    <t>15,568489</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>15,567131</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>15,559534</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>15,550356</t>
+  </si>
+  <si>
+    <t>21/12/2025</t>
+  </si>
+  <si>
+    <t>15,553329</t>
+  </si>
+  <si>
+    <t>20/12/2025</t>
+  </si>
+  <si>
+    <t>15,551973</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>15,550617</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>15,560204</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>15,556754</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>15,550764</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>15,550653</t>
+  </si>
+  <si>
+    <t>14/12/2025</t>
+  </si>
+  <si>
+    <t>15,544835</t>
+  </si>
+  <si>
+    <t>13/12/2025</t>
+  </si>
+  <si>
+    <t>15,543481</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>15,542127</t>
   </si>
   <si>
     <t>11/12/2025</t>
   </si>
   <si>
     <t>15,543890</t>
   </si>
   <si>
     <t>10/12/2025</t>
   </si>
   <si>
     <t>15,530849</t>
   </si>
   <si>
     <t>09/12/2025</t>
   </si>
   <si>
     <t>15,540300</t>
   </si>
   <si>
     <t>08/12/2025</t>
   </si>
   <si>
     <t>15,538174</t>
   </si>
@@ -2188,51 +2560,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B443"/>
+  <dimension ref="A1:B505"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -4356,1408 +4728,1904 @@
       <c r="B268" s="0" t="s">
         <v>534</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="0" t="s">
         <v>535</v>
       </c>
       <c r="B269" s="0" t="s">
         <v>536</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="0" t="s">
         <v>537</v>
       </c>
       <c r="B270" s="0" t="s">
         <v>538</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="s">
         <v>539</v>
       </c>
       <c r="B271" s="0" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="B272" s="0" t="s">
-        <v>538</v>
+        <v>542</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="B273" s="0" t="s">
-        <v>538</v>
+        <v>544</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="B274" s="0" t="s">
-        <v>538</v>
+        <v>546</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="0" t="s">
-        <v>543</v>
+        <v>547</v>
       </c>
       <c r="B275" s="0" t="s">
-        <v>538</v>
+        <v>548</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="0" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="B276" s="0" t="s">
-        <v>538</v>
+        <v>550</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="0" t="s">
-        <v>545</v>
+        <v>551</v>
       </c>
       <c r="B277" s="0" t="s">
-        <v>538</v>
+        <v>552</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="0" t="s">
-        <v>546</v>
+        <v>553</v>
       </c>
       <c r="B278" s="0" t="s">
-        <v>538</v>
+        <v>554</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="0" t="s">
-        <v>547</v>
+        <v>555</v>
       </c>
       <c r="B279" s="0" t="s">
-        <v>538</v>
+        <v>556</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="0" t="s">
-        <v>548</v>
+        <v>557</v>
       </c>
       <c r="B280" s="0" t="s">
-        <v>538</v>
+        <v>558</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="0" t="s">
-        <v>549</v>
+        <v>559</v>
       </c>
       <c r="B281" s="0" t="s">
-        <v>538</v>
+        <v>560</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="0" t="s">
-        <v>550</v>
+        <v>561</v>
       </c>
       <c r="B282" s="0" t="s">
-        <v>538</v>
+        <v>562</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="0" t="s">
-        <v>551</v>
+        <v>563</v>
       </c>
       <c r="B283" s="0" t="s">
-        <v>538</v>
+        <v>564</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="0" t="s">
-        <v>552</v>
+        <v>565</v>
       </c>
       <c r="B284" s="0" t="s">
-        <v>538</v>
+        <v>566</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="0" t="s">
-        <v>553</v>
+        <v>567</v>
       </c>
       <c r="B285" s="0" t="s">
-        <v>538</v>
+        <v>568</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="0" t="s">
-        <v>554</v>
+        <v>569</v>
       </c>
       <c r="B286" s="0" t="s">
-        <v>538</v>
+        <v>570</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="0" t="s">
-        <v>555</v>
+        <v>571</v>
       </c>
       <c r="B287" s="0" t="s">
-        <v>538</v>
+        <v>572</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="0" t="s">
-        <v>556</v>
+        <v>573</v>
       </c>
       <c r="B288" s="0" t="s">
-        <v>538</v>
+        <v>574</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="0" t="s">
-        <v>557</v>
+        <v>575</v>
       </c>
       <c r="B289" s="0" t="s">
-        <v>538</v>
+        <v>576</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="0" t="s">
-        <v>558</v>
+        <v>577</v>
       </c>
       <c r="B290" s="0" t="s">
-        <v>538</v>
+        <v>578</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="0" t="s">
-        <v>559</v>
+        <v>579</v>
       </c>
       <c r="B291" s="0" t="s">
-        <v>538</v>
+        <v>580</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="0" t="s">
-        <v>560</v>
+        <v>581</v>
       </c>
       <c r="B292" s="0" t="s">
-        <v>538</v>
+        <v>582</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="0" t="s">
-        <v>561</v>
+        <v>583</v>
       </c>
       <c r="B293" s="0" t="s">
-        <v>538</v>
+        <v>584</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="0" t="s">
-        <v>562</v>
+        <v>585</v>
       </c>
       <c r="B294" s="0" t="s">
-        <v>538</v>
+        <v>586</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="0" t="s">
-        <v>563</v>
+        <v>587</v>
       </c>
       <c r="B295" s="0" t="s">
-        <v>538</v>
+        <v>588</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="0" t="s">
-        <v>564</v>
+        <v>589</v>
       </c>
       <c r="B296" s="0" t="s">
-        <v>538</v>
+        <v>590</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="0" t="s">
-        <v>565</v>
+        <v>591</v>
       </c>
       <c r="B297" s="0" t="s">
-        <v>538</v>
+        <v>592</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="0" t="s">
-        <v>566</v>
+        <v>593</v>
       </c>
       <c r="B298" s="0" t="s">
-        <v>538</v>
+        <v>594</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="0" t="s">
-        <v>567</v>
+        <v>595</v>
       </c>
       <c r="B299" s="0" t="s">
-        <v>538</v>
+        <v>596</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="0" t="s">
-        <v>568</v>
+        <v>597</v>
       </c>
       <c r="B300" s="0" t="s">
-        <v>538</v>
+        <v>598</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="0" t="s">
-        <v>569</v>
+        <v>599</v>
       </c>
       <c r="B301" s="0" t="s">
-        <v>538</v>
+        <v>600</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="0" t="s">
-        <v>570</v>
+        <v>601</v>
       </c>
       <c r="B302" s="0" t="s">
-        <v>538</v>
+        <v>602</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="0" t="s">
-        <v>571</v>
+        <v>603</v>
       </c>
       <c r="B303" s="0" t="s">
-        <v>538</v>
+        <v>604</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="0" t="s">
-        <v>572</v>
+        <v>605</v>
       </c>
       <c r="B304" s="0" t="s">
-        <v>538</v>
+        <v>606</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="0" t="s">
-        <v>573</v>
+        <v>607</v>
       </c>
       <c r="B305" s="0" t="s">
-        <v>538</v>
+        <v>608</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="0" t="s">
-        <v>574</v>
+        <v>609</v>
       </c>
       <c r="B306" s="0" t="s">
-        <v>538</v>
+        <v>610</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="0" t="s">
-        <v>575</v>
+        <v>611</v>
       </c>
       <c r="B307" s="0" t="s">
-        <v>538</v>
+        <v>612</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="0" t="s">
-        <v>576</v>
+        <v>613</v>
       </c>
       <c r="B308" s="0" t="s">
-        <v>538</v>
+        <v>614</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="0" t="s">
-        <v>577</v>
+        <v>615</v>
       </c>
       <c r="B309" s="0" t="s">
-        <v>538</v>
+        <v>616</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="0" t="s">
-        <v>578</v>
+        <v>617</v>
       </c>
       <c r="B310" s="0" t="s">
-        <v>538</v>
+        <v>618</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="0" t="s">
-        <v>579</v>
+        <v>619</v>
       </c>
       <c r="B311" s="0" t="s">
-        <v>538</v>
+        <v>620</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="0" t="s">
-        <v>580</v>
+        <v>621</v>
       </c>
       <c r="B312" s="0" t="s">
-        <v>538</v>
+        <v>622</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="0" t="s">
-        <v>581</v>
+        <v>623</v>
       </c>
       <c r="B313" s="0" t="s">
-        <v>538</v>
+        <v>624</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="0" t="s">
-        <v>582</v>
+        <v>625</v>
       </c>
       <c r="B314" s="0" t="s">
-        <v>538</v>
+        <v>626</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="0" t="s">
-        <v>583</v>
+        <v>627</v>
       </c>
       <c r="B315" s="0" t="s">
-        <v>538</v>
+        <v>628</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="0" t="s">
-        <v>584</v>
+        <v>629</v>
       </c>
       <c r="B316" s="0" t="s">
-        <v>538</v>
+        <v>630</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="0" t="s">
-        <v>585</v>
+        <v>631</v>
       </c>
       <c r="B317" s="0" t="s">
-        <v>538</v>
+        <v>632</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="0" t="s">
-        <v>586</v>
+        <v>633</v>
       </c>
       <c r="B318" s="0" t="s">
-        <v>538</v>
+        <v>634</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="0" t="s">
-        <v>587</v>
+        <v>635</v>
       </c>
       <c r="B319" s="0" t="s">
-        <v>538</v>
+        <v>636</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="0" t="s">
-        <v>588</v>
+        <v>637</v>
       </c>
       <c r="B320" s="0" t="s">
-        <v>538</v>
+        <v>638</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="0" t="s">
-        <v>589</v>
+        <v>639</v>
       </c>
       <c r="B321" s="0" t="s">
-        <v>538</v>
+        <v>640</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="0" t="s">
-        <v>590</v>
+        <v>641</v>
       </c>
       <c r="B322" s="0" t="s">
-        <v>538</v>
+        <v>642</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="0" t="s">
-        <v>591</v>
+        <v>643</v>
       </c>
       <c r="B323" s="0" t="s">
-        <v>538</v>
+        <v>644</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="0" t="s">
-        <v>592</v>
+        <v>645</v>
       </c>
       <c r="B324" s="0" t="s">
-        <v>538</v>
+        <v>646</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="0" t="s">
-        <v>593</v>
+        <v>647</v>
       </c>
       <c r="B325" s="0" t="s">
-        <v>538</v>
+        <v>648</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="0" t="s">
-        <v>594</v>
+        <v>649</v>
       </c>
       <c r="B326" s="0" t="s">
-        <v>538</v>
+        <v>650</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="0" t="s">
-        <v>595</v>
+        <v>651</v>
       </c>
       <c r="B327" s="0" t="s">
-        <v>538</v>
+        <v>652</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="0" t="s">
-        <v>596</v>
+        <v>653</v>
       </c>
       <c r="B328" s="0" t="s">
-        <v>538</v>
+        <v>654</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="0" t="s">
-        <v>597</v>
+        <v>655</v>
       </c>
       <c r="B329" s="0" t="s">
-        <v>538</v>
+        <v>656</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="0" t="s">
-        <v>598</v>
+        <v>657</v>
       </c>
       <c r="B330" s="0" t="s">
-        <v>538</v>
+        <v>658</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="0" t="s">
-        <v>599</v>
+        <v>659</v>
       </c>
       <c r="B331" s="0" t="s">
-        <v>538</v>
+        <v>660</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="0" t="s">
-        <v>600</v>
+        <v>661</v>
       </c>
       <c r="B332" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="0" t="s">
-        <v>601</v>
+        <v>663</v>
       </c>
       <c r="B333" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="0" t="s">
-        <v>602</v>
+        <v>664</v>
       </c>
       <c r="B334" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="0" t="s">
-        <v>603</v>
+        <v>665</v>
       </c>
       <c r="B335" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="0" t="s">
-        <v>604</v>
+        <v>666</v>
       </c>
       <c r="B336" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="0" t="s">
-        <v>605</v>
+        <v>667</v>
       </c>
       <c r="B337" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="0" t="s">
-        <v>606</v>
+        <v>668</v>
       </c>
       <c r="B338" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="0" t="s">
-        <v>607</v>
+        <v>669</v>
       </c>
       <c r="B339" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="0" t="s">
-        <v>608</v>
+        <v>670</v>
       </c>
       <c r="B340" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="0" t="s">
-        <v>609</v>
+        <v>671</v>
       </c>
       <c r="B341" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="0" t="s">
-        <v>610</v>
+        <v>672</v>
       </c>
       <c r="B342" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="0" t="s">
-        <v>611</v>
+        <v>673</v>
       </c>
       <c r="B343" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="0" t="s">
-        <v>612</v>
+        <v>674</v>
       </c>
       <c r="B344" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="0" t="s">
-        <v>613</v>
+        <v>675</v>
       </c>
       <c r="B345" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="0" t="s">
-        <v>614</v>
+        <v>676</v>
       </c>
       <c r="B346" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="0" t="s">
-        <v>615</v>
+        <v>677</v>
       </c>
       <c r="B347" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="0" t="s">
-        <v>616</v>
+        <v>678</v>
       </c>
       <c r="B348" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="0" t="s">
-        <v>617</v>
+        <v>679</v>
       </c>
       <c r="B349" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="0" t="s">
-        <v>618</v>
+        <v>680</v>
       </c>
       <c r="B350" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="0" t="s">
-        <v>619</v>
+        <v>681</v>
       </c>
       <c r="B351" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="0" t="s">
-        <v>620</v>
+        <v>682</v>
       </c>
       <c r="B352" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="0" t="s">
-        <v>621</v>
+        <v>683</v>
       </c>
       <c r="B353" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="0" t="s">
-        <v>622</v>
+        <v>684</v>
       </c>
       <c r="B354" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="0" t="s">
-        <v>623</v>
+        <v>685</v>
       </c>
       <c r="B355" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="0" t="s">
-        <v>624</v>
+        <v>686</v>
       </c>
       <c r="B356" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="0" t="s">
-        <v>625</v>
+        <v>687</v>
       </c>
       <c r="B357" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="0" t="s">
-        <v>626</v>
+        <v>688</v>
       </c>
       <c r="B358" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="0" t="s">
-        <v>627</v>
+        <v>689</v>
       </c>
       <c r="B359" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="0" t="s">
-        <v>628</v>
+        <v>690</v>
       </c>
       <c r="B360" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="0" t="s">
-        <v>629</v>
+        <v>691</v>
       </c>
       <c r="B361" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="0" t="s">
-        <v>630</v>
+        <v>692</v>
       </c>
       <c r="B362" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="0" t="s">
-        <v>631</v>
+        <v>693</v>
       </c>
       <c r="B363" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="0" t="s">
-        <v>632</v>
+        <v>694</v>
       </c>
       <c r="B364" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="0" t="s">
-        <v>633</v>
+        <v>695</v>
       </c>
       <c r="B365" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="0" t="s">
-        <v>634</v>
+        <v>696</v>
       </c>
       <c r="B366" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="0" t="s">
-        <v>635</v>
+        <v>697</v>
       </c>
       <c r="B367" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="0" t="s">
-        <v>636</v>
+        <v>698</v>
       </c>
       <c r="B368" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="0" t="s">
-        <v>637</v>
+        <v>699</v>
       </c>
       <c r="B369" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="0" t="s">
-        <v>638</v>
+        <v>700</v>
       </c>
       <c r="B370" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="0" t="s">
-        <v>639</v>
+        <v>701</v>
       </c>
       <c r="B371" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="0" t="s">
-        <v>640</v>
+        <v>702</v>
       </c>
       <c r="B372" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="0" t="s">
-        <v>641</v>
+        <v>703</v>
       </c>
       <c r="B373" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="0" t="s">
-        <v>642</v>
+        <v>704</v>
       </c>
       <c r="B374" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="0" t="s">
-        <v>643</v>
+        <v>705</v>
       </c>
       <c r="B375" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="0" t="s">
-        <v>644</v>
+        <v>706</v>
       </c>
       <c r="B376" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="0" t="s">
-        <v>645</v>
+        <v>707</v>
       </c>
       <c r="B377" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="0" t="s">
-        <v>646</v>
+        <v>708</v>
       </c>
       <c r="B378" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="0" t="s">
-        <v>647</v>
+        <v>709</v>
       </c>
       <c r="B379" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="0" t="s">
-        <v>648</v>
+        <v>710</v>
       </c>
       <c r="B380" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="0" t="s">
-        <v>649</v>
+        <v>711</v>
       </c>
       <c r="B381" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="0" t="s">
-        <v>650</v>
+        <v>712</v>
       </c>
       <c r="B382" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="0" t="s">
-        <v>651</v>
+        <v>713</v>
       </c>
       <c r="B383" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="0" t="s">
-        <v>652</v>
+        <v>714</v>
       </c>
       <c r="B384" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="0" t="s">
-        <v>653</v>
+        <v>715</v>
       </c>
       <c r="B385" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="0" t="s">
-        <v>654</v>
+        <v>716</v>
       </c>
       <c r="B386" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="0" t="s">
-        <v>655</v>
+        <v>717</v>
       </c>
       <c r="B387" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="0" t="s">
-        <v>656</v>
+        <v>718</v>
       </c>
       <c r="B388" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="0" t="s">
-        <v>657</v>
+        <v>719</v>
       </c>
       <c r="B389" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="0" t="s">
-        <v>658</v>
+        <v>720</v>
       </c>
       <c r="B390" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="0" t="s">
-        <v>659</v>
+        <v>721</v>
       </c>
       <c r="B391" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="0" t="s">
-        <v>660</v>
+        <v>722</v>
       </c>
       <c r="B392" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="0" t="s">
-        <v>661</v>
+        <v>723</v>
       </c>
       <c r="B393" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="0" t="s">
-        <v>662</v>
+        <v>724</v>
       </c>
       <c r="B394" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="0" t="s">
-        <v>663</v>
+        <v>725</v>
       </c>
       <c r="B395" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="0" t="s">
-        <v>664</v>
+        <v>726</v>
       </c>
       <c r="B396" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="0" t="s">
-        <v>665</v>
+        <v>727</v>
       </c>
       <c r="B397" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="0" t="s">
-        <v>666</v>
+        <v>728</v>
       </c>
       <c r="B398" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="0" t="s">
-        <v>667</v>
+        <v>729</v>
       </c>
       <c r="B399" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="0" t="s">
-        <v>668</v>
+        <v>730</v>
       </c>
       <c r="B400" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="0" t="s">
-        <v>669</v>
+        <v>731</v>
       </c>
       <c r="B401" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="0" t="s">
-        <v>670</v>
+        <v>732</v>
       </c>
       <c r="B402" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="0" t="s">
-        <v>671</v>
+        <v>733</v>
       </c>
       <c r="B403" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="0" t="s">
-        <v>672</v>
+        <v>734</v>
       </c>
       <c r="B404" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="0" t="s">
-        <v>673</v>
+        <v>735</v>
       </c>
       <c r="B405" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="0" t="s">
-        <v>674</v>
+        <v>736</v>
       </c>
       <c r="B406" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="0" t="s">
-        <v>675</v>
+        <v>737</v>
       </c>
       <c r="B407" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="0" t="s">
-        <v>676</v>
+        <v>738</v>
       </c>
       <c r="B408" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="0" t="s">
-        <v>677</v>
+        <v>739</v>
       </c>
       <c r="B409" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="0" t="s">
-        <v>678</v>
+        <v>740</v>
       </c>
       <c r="B410" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="0" t="s">
-        <v>679</v>
+        <v>741</v>
       </c>
       <c r="B411" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="0" t="s">
-        <v>680</v>
+        <v>742</v>
       </c>
       <c r="B412" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="0" t="s">
-        <v>681</v>
+        <v>743</v>
       </c>
       <c r="B413" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="0" t="s">
-        <v>682</v>
+        <v>744</v>
       </c>
       <c r="B414" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="0" t="s">
-        <v>683</v>
+        <v>745</v>
       </c>
       <c r="B415" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="0" t="s">
-        <v>684</v>
+        <v>746</v>
       </c>
       <c r="B416" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="0" t="s">
-        <v>685</v>
+        <v>747</v>
       </c>
       <c r="B417" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="0" t="s">
-        <v>686</v>
+        <v>748</v>
       </c>
       <c r="B418" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="0" t="s">
-        <v>687</v>
+        <v>749</v>
       </c>
       <c r="B419" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="0" t="s">
-        <v>688</v>
+        <v>750</v>
       </c>
       <c r="B420" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="0" t="s">
-        <v>689</v>
+        <v>751</v>
       </c>
       <c r="B421" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="0" t="s">
-        <v>690</v>
+        <v>752</v>
       </c>
       <c r="B422" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="0" t="s">
-        <v>691</v>
+        <v>753</v>
       </c>
       <c r="B423" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="0" t="s">
-        <v>692</v>
+        <v>754</v>
       </c>
       <c r="B424" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="0" t="s">
-        <v>693</v>
+        <v>755</v>
       </c>
       <c r="B425" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="0" t="s">
-        <v>694</v>
+        <v>756</v>
       </c>
       <c r="B426" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="0" t="s">
-        <v>695</v>
+        <v>757</v>
       </c>
       <c r="B427" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="0" t="s">
-        <v>696</v>
+        <v>758</v>
       </c>
       <c r="B428" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="0" t="s">
-        <v>697</v>
+        <v>759</v>
       </c>
       <c r="B429" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="0" t="s">
-        <v>698</v>
+        <v>760</v>
       </c>
       <c r="B430" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="0" t="s">
-        <v>699</v>
+        <v>761</v>
       </c>
       <c r="B431" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="0" t="s">
-        <v>700</v>
+        <v>762</v>
       </c>
       <c r="B432" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="0" t="s">
-        <v>701</v>
+        <v>763</v>
       </c>
       <c r="B433" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="0" t="s">
-        <v>702</v>
+        <v>764</v>
       </c>
       <c r="B434" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="0" t="s">
-        <v>703</v>
+        <v>765</v>
       </c>
       <c r="B435" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="0" t="s">
-        <v>704</v>
+        <v>766</v>
       </c>
       <c r="B436" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="0" t="s">
-        <v>705</v>
+        <v>767</v>
       </c>
       <c r="B437" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="0" t="s">
-        <v>706</v>
+        <v>768</v>
       </c>
       <c r="B438" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="0" t="s">
-        <v>707</v>
+        <v>769</v>
       </c>
       <c r="B439" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="0" t="s">
-        <v>708</v>
+        <v>770</v>
       </c>
       <c r="B440" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="0" t="s">
-        <v>709</v>
+        <v>771</v>
       </c>
       <c r="B441" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="0" t="s">
-        <v>710</v>
+        <v>772</v>
       </c>
       <c r="B442" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="0" t="s">
-        <v>711</v>
+        <v>773</v>
       </c>
       <c r="B443" s="0" t="s">
-        <v>538</v>
+        <v>662</v>
+      </c>
+    </row>
+    <row r="444">
+      <c r="A444" s="0" t="s">
+        <v>774</v>
+      </c>
+      <c r="B444" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="445">
+      <c r="A445" s="0" t="s">
+        <v>775</v>
+      </c>
+      <c r="B445" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="446">
+      <c r="A446" s="0" t="s">
+        <v>776</v>
+      </c>
+      <c r="B446" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="447">
+      <c r="A447" s="0" t="s">
+        <v>777</v>
+      </c>
+      <c r="B447" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="448">
+      <c r="A448" s="0" t="s">
+        <v>778</v>
+      </c>
+      <c r="B448" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="449">
+      <c r="A449" s="0" t="s">
+        <v>779</v>
+      </c>
+      <c r="B449" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="450">
+      <c r="A450" s="0" t="s">
+        <v>780</v>
+      </c>
+      <c r="B450" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="451">
+      <c r="A451" s="0" t="s">
+        <v>781</v>
+      </c>
+      <c r="B451" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="452">
+      <c r="A452" s="0" t="s">
+        <v>782</v>
+      </c>
+      <c r="B452" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="453">
+      <c r="A453" s="0" t="s">
+        <v>783</v>
+      </c>
+      <c r="B453" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="454">
+      <c r="A454" s="0" t="s">
+        <v>784</v>
+      </c>
+      <c r="B454" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="455">
+      <c r="A455" s="0" t="s">
+        <v>785</v>
+      </c>
+      <c r="B455" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="456">
+      <c r="A456" s="0" t="s">
+        <v>786</v>
+      </c>
+      <c r="B456" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="457">
+      <c r="A457" s="0" t="s">
+        <v>787</v>
+      </c>
+      <c r="B457" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="458">
+      <c r="A458" s="0" t="s">
+        <v>788</v>
+      </c>
+      <c r="B458" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="459">
+      <c r="A459" s="0" t="s">
+        <v>789</v>
+      </c>
+      <c r="B459" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="460">
+      <c r="A460" s="0" t="s">
+        <v>790</v>
+      </c>
+      <c r="B460" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="461">
+      <c r="A461" s="0" t="s">
+        <v>791</v>
+      </c>
+      <c r="B461" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="462">
+      <c r="A462" s="0" t="s">
+        <v>792</v>
+      </c>
+      <c r="B462" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="463">
+      <c r="A463" s="0" t="s">
+        <v>793</v>
+      </c>
+      <c r="B463" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="464">
+      <c r="A464" s="0" t="s">
+        <v>794</v>
+      </c>
+      <c r="B464" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="465">
+      <c r="A465" s="0" t="s">
+        <v>795</v>
+      </c>
+      <c r="B465" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="466">
+      <c r="A466" s="0" t="s">
+        <v>796</v>
+      </c>
+      <c r="B466" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="467">
+      <c r="A467" s="0" t="s">
+        <v>797</v>
+      </c>
+      <c r="B467" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="468">
+      <c r="A468" s="0" t="s">
+        <v>798</v>
+      </c>
+      <c r="B468" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="469">
+      <c r="A469" s="0" t="s">
+        <v>799</v>
+      </c>
+      <c r="B469" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="470">
+      <c r="A470" s="0" t="s">
+        <v>800</v>
+      </c>
+      <c r="B470" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="471">
+      <c r="A471" s="0" t="s">
+        <v>801</v>
+      </c>
+      <c r="B471" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="472">
+      <c r="A472" s="0" t="s">
+        <v>802</v>
+      </c>
+      <c r="B472" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="473">
+      <c r="A473" s="0" t="s">
+        <v>803</v>
+      </c>
+      <c r="B473" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="474">
+      <c r="A474" s="0" t="s">
+        <v>804</v>
+      </c>
+      <c r="B474" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="475">
+      <c r="A475" s="0" t="s">
+        <v>805</v>
+      </c>
+      <c r="B475" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="476">
+      <c r="A476" s="0" t="s">
+        <v>806</v>
+      </c>
+      <c r="B476" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="477">
+      <c r="A477" s="0" t="s">
+        <v>807</v>
+      </c>
+      <c r="B477" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="478">
+      <c r="A478" s="0" t="s">
+        <v>808</v>
+      </c>
+      <c r="B478" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="479">
+      <c r="A479" s="0" t="s">
+        <v>809</v>
+      </c>
+      <c r="B479" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="480">
+      <c r="A480" s="0" t="s">
+        <v>810</v>
+      </c>
+      <c r="B480" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="481">
+      <c r="A481" s="0" t="s">
+        <v>811</v>
+      </c>
+      <c r="B481" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="482">
+      <c r="A482" s="0" t="s">
+        <v>812</v>
+      </c>
+      <c r="B482" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="483">
+      <c r="A483" s="0" t="s">
+        <v>813</v>
+      </c>
+      <c r="B483" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="484">
+      <c r="A484" s="0" t="s">
+        <v>814</v>
+      </c>
+      <c r="B484" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="485">
+      <c r="A485" s="0" t="s">
+        <v>815</v>
+      </c>
+      <c r="B485" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="486">
+      <c r="A486" s="0" t="s">
+        <v>816</v>
+      </c>
+      <c r="B486" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="487">
+      <c r="A487" s="0" t="s">
+        <v>817</v>
+      </c>
+      <c r="B487" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="488">
+      <c r="A488" s="0" t="s">
+        <v>818</v>
+      </c>
+      <c r="B488" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="489">
+      <c r="A489" s="0" t="s">
+        <v>819</v>
+      </c>
+      <c r="B489" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="490">
+      <c r="A490" s="0" t="s">
+        <v>820</v>
+      </c>
+      <c r="B490" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="491">
+      <c r="A491" s="0" t="s">
+        <v>821</v>
+      </c>
+      <c r="B491" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="492">
+      <c r="A492" s="0" t="s">
+        <v>822</v>
+      </c>
+      <c r="B492" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="493">
+      <c r="A493" s="0" t="s">
+        <v>823</v>
+      </c>
+      <c r="B493" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="494">
+      <c r="A494" s="0" t="s">
+        <v>824</v>
+      </c>
+      <c r="B494" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="495">
+      <c r="A495" s="0" t="s">
+        <v>825</v>
+      </c>
+      <c r="B495" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="496">
+      <c r="A496" s="0" t="s">
+        <v>826</v>
+      </c>
+      <c r="B496" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="497">
+      <c r="A497" s="0" t="s">
+        <v>827</v>
+      </c>
+      <c r="B497" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="498">
+      <c r="A498" s="0" t="s">
+        <v>828</v>
+      </c>
+      <c r="B498" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="499">
+      <c r="A499" s="0" t="s">
+        <v>829</v>
+      </c>
+      <c r="B499" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="500">
+      <c r="A500" s="0" t="s">
+        <v>830</v>
+      </c>
+      <c r="B500" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="501">
+      <c r="A501" s="0" t="s">
+        <v>831</v>
+      </c>
+      <c r="B501" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="502">
+      <c r="A502" s="0" t="s">
+        <v>832</v>
+      </c>
+      <c r="B502" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="503">
+      <c r="A503" s="0" t="s">
+        <v>833</v>
+      </c>
+      <c r="B503" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="504">
+      <c r="A504" s="0" t="s">
+        <v>834</v>
+      </c>
+      <c r="B504" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="505">
+      <c r="A505" s="0" t="s">
+        <v>835</v>
+      </c>
+      <c r="B505" s="0" t="s">
+        <v>662</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>