--- v0 (2025-12-13)
+++ v1 (2026-02-13)
@@ -4,59 +4,431 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="885" uniqueCount="885">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1009" uniqueCount="1009">
   <si>
     <t>BESTINVER BONOS INSTITUCIONAL V, F.I. - CLASE Z</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>15,966195</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>15,963621</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>15,956284</t>
+  </si>
+  <si>
+    <t>08/02/2026</t>
+  </si>
+  <si>
+    <t>15,947340</t>
+  </si>
+  <si>
+    <t>07/02/2026</t>
+  </si>
+  <si>
+    <t>15,945788</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>15,944236</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>15,941322</t>
+  </si>
+  <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>15,949394</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>15,942263</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>15,928934</t>
+  </si>
+  <si>
+    <t>01/02/2026</t>
+  </si>
+  <si>
+    <t>15,936532</t>
+  </si>
+  <si>
+    <t>31/01/2026</t>
+  </si>
+  <si>
+    <t>15,934979</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>15,933561</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>15,934256</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>15,926766</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>15,917377</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>15,911167</t>
+  </si>
+  <si>
+    <t>25/01/2026</t>
+  </si>
+  <si>
+    <t>15,897387</t>
+  </si>
+  <si>
+    <t>24/01/2026</t>
+  </si>
+  <si>
+    <t>15,895834</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>15,894281</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>15,898045</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>15,883128</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>15,878589</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>15,885230</t>
+  </si>
+  <si>
+    <t>18/01/2026</t>
+  </si>
+  <si>
+    <t>15,892578</t>
+  </si>
+  <si>
+    <t>17/01/2026</t>
+  </si>
+  <si>
+    <t>15,891025</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>15,889472</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>15,895860</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>15,895466</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>15,889289</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>15,885372</t>
+  </si>
+  <si>
+    <t>11/01/2026</t>
+  </si>
+  <si>
+    <t>15,880372</t>
+  </si>
+  <si>
+    <t>10/01/2026</t>
+  </si>
+  <si>
+    <t>15,878815</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>15,877257</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>15,864199</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>15,868962</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>15,847935</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>15,829636</t>
+  </si>
+  <si>
+    <t>04/01/2026</t>
+  </si>
+  <si>
+    <t>15,822146</t>
+  </si>
+  <si>
+    <t>03/01/2026</t>
+  </si>
+  <si>
+    <t>15,820591</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>15,819033</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
+    <t>15,820654</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>15,819101</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>15,818404</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>15,817540</t>
+  </si>
+  <si>
+    <t>28/12/2025</t>
+  </si>
+  <si>
+    <t>15,815504</t>
+  </si>
+  <si>
+    <t>27/12/2025</t>
+  </si>
+  <si>
+    <t>15,813952</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>15,812401</t>
+  </si>
+  <si>
+    <t>25/12/2025</t>
+  </si>
+  <si>
+    <t>15,810475</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>15,808922</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>15,801034</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>15,791540</t>
+  </si>
+  <si>
+    <t>21/12/2025</t>
+  </si>
+  <si>
+    <t>15,794385</t>
+  </si>
+  <si>
+    <t>20/12/2025</t>
+  </si>
+  <si>
+    <t>15,792835</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>15,791285</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>15,800845</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>15,797169</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>15,790913</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>15,790627</t>
+  </si>
+  <si>
+    <t>14/12/2025</t>
+  </si>
+  <si>
+    <t>15,784545</t>
+  </si>
+  <si>
+    <t>13/12/2025</t>
+  </si>
+  <si>
+    <t>15,782998</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>15,781450</t>
   </si>
   <si>
     <t>11/12/2025</t>
   </si>
   <si>
     <t>15,783068</t>
   </si>
   <si>
     <t>10/12/2025</t>
   </si>
   <si>
     <t>15,769653</t>
   </si>
   <si>
     <t>09/12/2025</t>
   </si>
   <si>
     <t>15,779077</t>
   </si>
   <si>
     <t>08/12/2025</t>
   </si>
   <si>
     <t>15,776745</t>
   </si>
@@ -2707,51 +3079,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B443"/>
+  <dimension ref="A1:B505"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -6254,29 +6626,525 @@
     </row>
     <row r="441">
       <c r="A441" s="0" t="s">
         <v>879</v>
       </c>
       <c r="B441" s="0" t="s">
         <v>880</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="0" t="s">
         <v>881</v>
       </c>
       <c r="B442" s="0" t="s">
         <v>882</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="0" t="s">
         <v>883</v>
       </c>
       <c r="B443" s="0" t="s">
         <v>884</v>
       </c>
     </row>
+    <row r="444">
+      <c r="A444" s="0" t="s">
+        <v>885</v>
+      </c>
+      <c r="B444" s="0" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="445">
+      <c r="A445" s="0" t="s">
+        <v>887</v>
+      </c>
+      <c r="B445" s="0" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="446">
+      <c r="A446" s="0" t="s">
+        <v>889</v>
+      </c>
+      <c r="B446" s="0" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="447">
+      <c r="A447" s="0" t="s">
+        <v>891</v>
+      </c>
+      <c r="B447" s="0" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="448">
+      <c r="A448" s="0" t="s">
+        <v>893</v>
+      </c>
+      <c r="B448" s="0" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="449">
+      <c r="A449" s="0" t="s">
+        <v>895</v>
+      </c>
+      <c r="B449" s="0" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="450">
+      <c r="A450" s="0" t="s">
+        <v>897</v>
+      </c>
+      <c r="B450" s="0" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="451">
+      <c r="A451" s="0" t="s">
+        <v>899</v>
+      </c>
+      <c r="B451" s="0" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="452">
+      <c r="A452" s="0" t="s">
+        <v>901</v>
+      </c>
+      <c r="B452" s="0" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="453">
+      <c r="A453" s="0" t="s">
+        <v>903</v>
+      </c>
+      <c r="B453" s="0" t="s">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="454">
+      <c r="A454" s="0" t="s">
+        <v>905</v>
+      </c>
+      <c r="B454" s="0" t="s">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="455">
+      <c r="A455" s="0" t="s">
+        <v>907</v>
+      </c>
+      <c r="B455" s="0" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="456">
+      <c r="A456" s="0" t="s">
+        <v>909</v>
+      </c>
+      <c r="B456" s="0" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="457">
+      <c r="A457" s="0" t="s">
+        <v>911</v>
+      </c>
+      <c r="B457" s="0" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="458">
+      <c r="A458" s="0" t="s">
+        <v>913</v>
+      </c>
+      <c r="B458" s="0" t="s">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="459">
+      <c r="A459" s="0" t="s">
+        <v>915</v>
+      </c>
+      <c r="B459" s="0" t="s">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="460">
+      <c r="A460" s="0" t="s">
+        <v>917</v>
+      </c>
+      <c r="B460" s="0" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="461">
+      <c r="A461" s="0" t="s">
+        <v>919</v>
+      </c>
+      <c r="B461" s="0" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="462">
+      <c r="A462" s="0" t="s">
+        <v>921</v>
+      </c>
+      <c r="B462" s="0" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="463">
+      <c r="A463" s="0" t="s">
+        <v>923</v>
+      </c>
+      <c r="B463" s="0" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="464">
+      <c r="A464" s="0" t="s">
+        <v>925</v>
+      </c>
+      <c r="B464" s="0" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="465">
+      <c r="A465" s="0" t="s">
+        <v>927</v>
+      </c>
+      <c r="B465" s="0" t="s">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="466">
+      <c r="A466" s="0" t="s">
+        <v>929</v>
+      </c>
+      <c r="B466" s="0" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="467">
+      <c r="A467" s="0" t="s">
+        <v>931</v>
+      </c>
+      <c r="B467" s="0" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="468">
+      <c r="A468" s="0" t="s">
+        <v>933</v>
+      </c>
+      <c r="B468" s="0" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="469">
+      <c r="A469" s="0" t="s">
+        <v>935</v>
+      </c>
+      <c r="B469" s="0" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="470">
+      <c r="A470" s="0" t="s">
+        <v>937</v>
+      </c>
+      <c r="B470" s="0" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="471">
+      <c r="A471" s="0" t="s">
+        <v>939</v>
+      </c>
+      <c r="B471" s="0" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="472">
+      <c r="A472" s="0" t="s">
+        <v>941</v>
+      </c>
+      <c r="B472" s="0" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="473">
+      <c r="A473" s="0" t="s">
+        <v>943</v>
+      </c>
+      <c r="B473" s="0" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="474">
+      <c r="A474" s="0" t="s">
+        <v>945</v>
+      </c>
+      <c r="B474" s="0" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="475">
+      <c r="A475" s="0" t="s">
+        <v>947</v>
+      </c>
+      <c r="B475" s="0" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="476">
+      <c r="A476" s="0" t="s">
+        <v>949</v>
+      </c>
+      <c r="B476" s="0" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="477">
+      <c r="A477" s="0" t="s">
+        <v>951</v>
+      </c>
+      <c r="B477" s="0" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="478">
+      <c r="A478" s="0" t="s">
+        <v>953</v>
+      </c>
+      <c r="B478" s="0" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="479">
+      <c r="A479" s="0" t="s">
+        <v>955</v>
+      </c>
+      <c r="B479" s="0" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="480">
+      <c r="A480" s="0" t="s">
+        <v>957</v>
+      </c>
+      <c r="B480" s="0" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="481">
+      <c r="A481" s="0" t="s">
+        <v>959</v>
+      </c>
+      <c r="B481" s="0" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="482">
+      <c r="A482" s="0" t="s">
+        <v>961</v>
+      </c>
+      <c r="B482" s="0" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="483">
+      <c r="A483" s="0" t="s">
+        <v>963</v>
+      </c>
+      <c r="B483" s="0" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="484">
+      <c r="A484" s="0" t="s">
+        <v>965</v>
+      </c>
+      <c r="B484" s="0" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="485">
+      <c r="A485" s="0" t="s">
+        <v>967</v>
+      </c>
+      <c r="B485" s="0" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="486">
+      <c r="A486" s="0" t="s">
+        <v>969</v>
+      </c>
+      <c r="B486" s="0" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="487">
+      <c r="A487" s="0" t="s">
+        <v>971</v>
+      </c>
+      <c r="B487" s="0" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="488">
+      <c r="A488" s="0" t="s">
+        <v>973</v>
+      </c>
+      <c r="B488" s="0" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="489">
+      <c r="A489" s="0" t="s">
+        <v>975</v>
+      </c>
+      <c r="B489" s="0" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="490">
+      <c r="A490" s="0" t="s">
+        <v>977</v>
+      </c>
+      <c r="B490" s="0" t="s">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="491">
+      <c r="A491" s="0" t="s">
+        <v>979</v>
+      </c>
+      <c r="B491" s="0" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="492">
+      <c r="A492" s="0" t="s">
+        <v>981</v>
+      </c>
+      <c r="B492" s="0" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="493">
+      <c r="A493" s="0" t="s">
+        <v>983</v>
+      </c>
+      <c r="B493" s="0" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="494">
+      <c r="A494" s="0" t="s">
+        <v>985</v>
+      </c>
+      <c r="B494" s="0" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="495">
+      <c r="A495" s="0" t="s">
+        <v>987</v>
+      </c>
+      <c r="B495" s="0" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="496">
+      <c r="A496" s="0" t="s">
+        <v>989</v>
+      </c>
+      <c r="B496" s="0" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="497">
+      <c r="A497" s="0" t="s">
+        <v>991</v>
+      </c>
+      <c r="B497" s="0" t="s">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="498">
+      <c r="A498" s="0" t="s">
+        <v>993</v>
+      </c>
+      <c r="B498" s="0" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="499">
+      <c r="A499" s="0" t="s">
+        <v>995</v>
+      </c>
+      <c r="B499" s="0" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="500">
+      <c r="A500" s="0" t="s">
+        <v>997</v>
+      </c>
+      <c r="B500" s="0" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="501">
+      <c r="A501" s="0" t="s">
+        <v>999</v>
+      </c>
+      <c r="B501" s="0" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="502">
+      <c r="A502" s="0" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B502" s="0" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="503">
+      <c r="A503" s="0" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B503" s="0" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="504">
+      <c r="A504" s="0" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B504" s="0" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="505">
+      <c r="A505" s="0" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B505" s="0" t="s">
+        <v>1008</v>
+      </c>
+    </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>