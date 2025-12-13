--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -4,59 +4,107 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="530" uniqueCount="530">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="546" uniqueCount="546">
   <si>
     <t>BESTINVER BONOS INSTITUCIONAL, F.I. - CLASE X</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>15,615418</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>15,613338</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>15,618161</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>15,621749</t>
+  </si>
+  <si>
+    <t>07/12/2025</t>
+  </si>
+  <si>
+    <t>15,625389</t>
+  </si>
+  <si>
+    <t>06/12/2025</t>
+  </si>
+  <si>
+    <t>15,623435</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>15,621481</t>
+  </si>
+  <si>
+    <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>15,613351</t>
   </si>
   <si>
     <t>03/12/2025</t>
   </si>
   <si>
     <t>15,604798</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>15,596260</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>15,585728</t>
   </si>
   <si>
     <t>30/11/2025</t>
   </si>
   <si>
     <t>15,582704</t>
   </si>
@@ -1642,51 +1690,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B268"/>
+  <dimension ref="A1:B276"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -3754,64 +3802,128 @@
       <c r="B261" s="0" t="s">
         <v>520</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="0" t="s">
         <v>521</v>
       </c>
       <c r="B262" s="0" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="0" t="s">
         <v>523</v>
       </c>
       <c r="B263" s="0" t="s">
         <v>524</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="0" t="s">
         <v>525</v>
       </c>
       <c r="B264" s="0" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="0" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="B265" s="0" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="0" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="B266" s="0" t="s">
-        <v>524</v>
+        <v>530</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="B267" s="0" t="s">
-        <v>524</v>
+        <v>532</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
       <c r="B268" s="0" t="s">
-        <v>524</v>
+        <v>534</v>
+      </c>
+    </row>
+    <row r="269">
+      <c r="A269" s="0" t="s">
+        <v>535</v>
+      </c>
+      <c r="B269" s="0" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="270">
+      <c r="A270" s="0" t="s">
+        <v>537</v>
+      </c>
+      <c r="B270" s="0" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="271">
+      <c r="A271" s="0" t="s">
+        <v>539</v>
+      </c>
+      <c r="B271" s="0" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="272">
+      <c r="A272" s="0" t="s">
+        <v>541</v>
+      </c>
+      <c r="B272" s="0" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="273">
+      <c r="A273" s="0" t="s">
+        <v>542</v>
+      </c>
+      <c r="B273" s="0" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="274">
+      <c r="A274" s="0" t="s">
+        <v>543</v>
+      </c>
+      <c r="B274" s="0" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="275">
+      <c r="A275" s="0" t="s">
+        <v>544</v>
+      </c>
+      <c r="B275" s="0" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="276">
+      <c r="A276" s="0" t="s">
+        <v>545</v>
+      </c>
+      <c r="B276" s="0" t="s">
+        <v>540</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>