--- v1 (2025-12-13)
+++ v2 (2026-02-13)
@@ -4,59 +4,431 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="546" uniqueCount="546">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="670" uniqueCount="670">
   <si>
     <t>BESTINVER BONOS INSTITUCIONAL, F.I. - CLASE X</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>15,732207</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>15,734462</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>15,730872</t>
+  </si>
+  <si>
+    <t>08/02/2026</t>
+  </si>
+  <si>
+    <t>15,727036</t>
+  </si>
+  <si>
+    <t>07/02/2026</t>
+  </si>
+  <si>
+    <t>15,725004</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>15,722972</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>15,727530</t>
+  </si>
+  <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>15,734932</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>15,737975</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>15,726182</t>
+  </si>
+  <si>
+    <t>01/02/2026</t>
+  </si>
+  <si>
+    <t>15,730693</t>
+  </si>
+  <si>
+    <t>31/01/2026</t>
+  </si>
+  <si>
+    <t>15,728726</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>15,727963</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>15,731255</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>15,740507</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>15,735641</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>15,727419</t>
+  </si>
+  <si>
+    <t>25/01/2026</t>
+  </si>
+  <si>
+    <t>15,730307</t>
+  </si>
+  <si>
+    <t>24/01/2026</t>
+  </si>
+  <si>
+    <t>15,728350</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>15,726393</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>15,726002</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>15,704235</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>15,697179</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>15,711135</t>
+  </si>
+  <si>
+    <t>18/01/2026</t>
+  </si>
+  <si>
+    <t>15,734529</t>
+  </si>
+  <si>
+    <t>17/01/2026</t>
+  </si>
+  <si>
+    <t>15,732580</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>15,730632</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>15,728568</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>15,729251</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>15,731109</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>15,727713</t>
+  </si>
+  <si>
+    <t>11/01/2026</t>
+  </si>
+  <si>
+    <t>15,722584</t>
+  </si>
+  <si>
+    <t>10/01/2026</t>
+  </si>
+  <si>
+    <t>15,720604</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>15,718624</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>15,708392</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>15,703391</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>15,688693</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>15,679041</t>
+  </si>
+  <si>
+    <t>04/01/2026</t>
+  </si>
+  <si>
+    <t>15,667019</t>
+  </si>
+  <si>
+    <t>03/01/2026</t>
+  </si>
+  <si>
+    <t>15,665053</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>15,663086</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
+    <t>15,660454</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>15,658490</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>15,657957</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>15,655132</t>
+  </si>
+  <si>
+    <t>28/12/2025</t>
+  </si>
+  <si>
+    <t>15,652611</t>
+  </si>
+  <si>
+    <t>27/12/2025</t>
+  </si>
+  <si>
+    <t>15,650631</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>15,648651</t>
+  </si>
+  <si>
+    <t>25/12/2025</t>
+  </si>
+  <si>
+    <t>15,646130</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>15,644150</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>15,641232</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>15,638094</t>
+  </si>
+  <si>
+    <t>21/12/2025</t>
+  </si>
+  <si>
+    <t>15,639020</t>
+  </si>
+  <si>
+    <t>20/12/2025</t>
+  </si>
+  <si>
+    <t>15,637055</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>15,635090</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>15,630438</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>15,625815</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>15,623050</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>15,620898</t>
+  </si>
+  <si>
+    <t>14/12/2025</t>
+  </si>
+  <si>
+    <t>15,618806</t>
+  </si>
+  <si>
+    <t>13/12/2025</t>
+  </si>
+  <si>
+    <t>15,616848</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>15,614889</t>
   </si>
   <si>
     <t>11/12/2025</t>
   </si>
   <si>
     <t>15,615418</t>
   </si>
   <si>
     <t>10/12/2025</t>
   </si>
   <si>
     <t>15,613338</t>
   </si>
   <si>
     <t>09/12/2025</t>
   </si>
   <si>
     <t>15,618161</t>
   </si>
   <si>
     <t>08/12/2025</t>
   </si>
   <si>
     <t>15,621749</t>
   </si>
@@ -1690,51 +2062,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B276"/>
+  <dimension ref="A1:B338"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -3866,64 +4238,560 @@
       <c r="B269" s="0" t="s">
         <v>536</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="0" t="s">
         <v>537</v>
       </c>
       <c r="B270" s="0" t="s">
         <v>538</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="s">
         <v>539</v>
       </c>
       <c r="B271" s="0" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="s">
         <v>541</v>
       </c>
       <c r="B272" s="0" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B273" s="0" t="s">
-        <v>540</v>
+        <v>544</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="B274" s="0" t="s">
-        <v>540</v>
+        <v>546</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="0" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="B275" s="0" t="s">
-        <v>540</v>
+        <v>548</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="0" t="s">
-        <v>545</v>
+        <v>549</v>
       </c>
       <c r="B276" s="0" t="s">
-        <v>540</v>
+        <v>550</v>
+      </c>
+    </row>
+    <row r="277">
+      <c r="A277" s="0" t="s">
+        <v>551</v>
+      </c>
+      <c r="B277" s="0" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="278">
+      <c r="A278" s="0" t="s">
+        <v>553</v>
+      </c>
+      <c r="B278" s="0" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="279">
+      <c r="A279" s="0" t="s">
+        <v>555</v>
+      </c>
+      <c r="B279" s="0" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="280">
+      <c r="A280" s="0" t="s">
+        <v>557</v>
+      </c>
+      <c r="B280" s="0" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="281">
+      <c r="A281" s="0" t="s">
+        <v>559</v>
+      </c>
+      <c r="B281" s="0" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="282">
+      <c r="A282" s="0" t="s">
+        <v>561</v>
+      </c>
+      <c r="B282" s="0" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="283">
+      <c r="A283" s="0" t="s">
+        <v>563</v>
+      </c>
+      <c r="B283" s="0" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="284">
+      <c r="A284" s="0" t="s">
+        <v>565</v>
+      </c>
+      <c r="B284" s="0" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="285">
+      <c r="A285" s="0" t="s">
+        <v>567</v>
+      </c>
+      <c r="B285" s="0" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="286">
+      <c r="A286" s="0" t="s">
+        <v>569</v>
+      </c>
+      <c r="B286" s="0" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="287">
+      <c r="A287" s="0" t="s">
+        <v>571</v>
+      </c>
+      <c r="B287" s="0" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="288">
+      <c r="A288" s="0" t="s">
+        <v>573</v>
+      </c>
+      <c r="B288" s="0" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="289">
+      <c r="A289" s="0" t="s">
+        <v>575</v>
+      </c>
+      <c r="B289" s="0" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="290">
+      <c r="A290" s="0" t="s">
+        <v>577</v>
+      </c>
+      <c r="B290" s="0" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="291">
+      <c r="A291" s="0" t="s">
+        <v>579</v>
+      </c>
+      <c r="B291" s="0" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="292">
+      <c r="A292" s="0" t="s">
+        <v>581</v>
+      </c>
+      <c r="B292" s="0" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="293">
+      <c r="A293" s="0" t="s">
+        <v>583</v>
+      </c>
+      <c r="B293" s="0" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="294">
+      <c r="A294" s="0" t="s">
+        <v>585</v>
+      </c>
+      <c r="B294" s="0" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="295">
+      <c r="A295" s="0" t="s">
+        <v>587</v>
+      </c>
+      <c r="B295" s="0" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="296">
+      <c r="A296" s="0" t="s">
+        <v>589</v>
+      </c>
+      <c r="B296" s="0" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="297">
+      <c r="A297" s="0" t="s">
+        <v>591</v>
+      </c>
+      <c r="B297" s="0" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="298">
+      <c r="A298" s="0" t="s">
+        <v>593</v>
+      </c>
+      <c r="B298" s="0" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="299">
+      <c r="A299" s="0" t="s">
+        <v>595</v>
+      </c>
+      <c r="B299" s="0" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="300">
+      <c r="A300" s="0" t="s">
+        <v>597</v>
+      </c>
+      <c r="B300" s="0" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="301">
+      <c r="A301" s="0" t="s">
+        <v>599</v>
+      </c>
+      <c r="B301" s="0" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="302">
+      <c r="A302" s="0" t="s">
+        <v>601</v>
+      </c>
+      <c r="B302" s="0" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="303">
+      <c r="A303" s="0" t="s">
+        <v>603</v>
+      </c>
+      <c r="B303" s="0" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="304">
+      <c r="A304" s="0" t="s">
+        <v>605</v>
+      </c>
+      <c r="B304" s="0" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="305">
+      <c r="A305" s="0" t="s">
+        <v>607</v>
+      </c>
+      <c r="B305" s="0" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="306">
+      <c r="A306" s="0" t="s">
+        <v>609</v>
+      </c>
+      <c r="B306" s="0" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="307">
+      <c r="A307" s="0" t="s">
+        <v>611</v>
+      </c>
+      <c r="B307" s="0" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="308">
+      <c r="A308" s="0" t="s">
+        <v>613</v>
+      </c>
+      <c r="B308" s="0" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="309">
+      <c r="A309" s="0" t="s">
+        <v>615</v>
+      </c>
+      <c r="B309" s="0" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="310">
+      <c r="A310" s="0" t="s">
+        <v>617</v>
+      </c>
+      <c r="B310" s="0" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="311">
+      <c r="A311" s="0" t="s">
+        <v>619</v>
+      </c>
+      <c r="B311" s="0" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="312">
+      <c r="A312" s="0" t="s">
+        <v>621</v>
+      </c>
+      <c r="B312" s="0" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="313">
+      <c r="A313" s="0" t="s">
+        <v>623</v>
+      </c>
+      <c r="B313" s="0" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="314">
+      <c r="A314" s="0" t="s">
+        <v>625</v>
+      </c>
+      <c r="B314" s="0" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="315">
+      <c r="A315" s="0" t="s">
+        <v>627</v>
+      </c>
+      <c r="B315" s="0" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="316">
+      <c r="A316" s="0" t="s">
+        <v>629</v>
+      </c>
+      <c r="B316" s="0" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="317">
+      <c r="A317" s="0" t="s">
+        <v>631</v>
+      </c>
+      <c r="B317" s="0" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="318">
+      <c r="A318" s="0" t="s">
+        <v>633</v>
+      </c>
+      <c r="B318" s="0" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="319">
+      <c r="A319" s="0" t="s">
+        <v>635</v>
+      </c>
+      <c r="B319" s="0" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="320">
+      <c r="A320" s="0" t="s">
+        <v>637</v>
+      </c>
+      <c r="B320" s="0" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="321">
+      <c r="A321" s="0" t="s">
+        <v>639</v>
+      </c>
+      <c r="B321" s="0" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="322">
+      <c r="A322" s="0" t="s">
+        <v>641</v>
+      </c>
+      <c r="B322" s="0" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="323">
+      <c r="A323" s="0" t="s">
+        <v>643</v>
+      </c>
+      <c r="B323" s="0" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="324">
+      <c r="A324" s="0" t="s">
+        <v>645</v>
+      </c>
+      <c r="B324" s="0" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="325">
+      <c r="A325" s="0" t="s">
+        <v>647</v>
+      </c>
+      <c r="B325" s="0" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="326">
+      <c r="A326" s="0" t="s">
+        <v>649</v>
+      </c>
+      <c r="B326" s="0" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="327">
+      <c r="A327" s="0" t="s">
+        <v>651</v>
+      </c>
+      <c r="B327" s="0" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="328">
+      <c r="A328" s="0" t="s">
+        <v>653</v>
+      </c>
+      <c r="B328" s="0" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="329">
+      <c r="A329" s="0" t="s">
+        <v>655</v>
+      </c>
+      <c r="B329" s="0" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="330">
+      <c r="A330" s="0" t="s">
+        <v>657</v>
+      </c>
+      <c r="B330" s="0" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="331">
+      <c r="A331" s="0" t="s">
+        <v>659</v>
+      </c>
+      <c r="B331" s="0" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="332">
+      <c r="A332" s="0" t="s">
+        <v>661</v>
+      </c>
+      <c r="B332" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="333">
+      <c r="A333" s="0" t="s">
+        <v>663</v>
+      </c>
+      <c r="B333" s="0" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="334">
+      <c r="A334" s="0" t="s">
+        <v>665</v>
+      </c>
+      <c r="B334" s="0" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="335">
+      <c r="A335" s="0" t="s">
+        <v>666</v>
+      </c>
+      <c r="B335" s="0" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="336">
+      <c r="A336" s="0" t="s">
+        <v>667</v>
+      </c>
+      <c r="B336" s="0" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="337">
+      <c r="A337" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="B337" s="0" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="338">
+      <c r="A338" s="0" t="s">
+        <v>669</v>
+      </c>
+      <c r="B338" s="0" t="s">
+        <v>664</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>