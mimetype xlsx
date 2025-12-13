--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -4,59 +4,107 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5266" uniqueCount="5266">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5282" uniqueCount="5282">
   <si>
     <t>BESTINVER PLAN RENTA, F.P.</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>15,071995</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>15,063684</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>15,074553</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>15,062457</t>
+  </si>
+  <si>
+    <t>07/12/2025</t>
+  </si>
+  <si>
+    <t>15,106253</t>
+  </si>
+  <si>
+    <t>06/12/2025</t>
+  </si>
+  <si>
+    <t>15,105232</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>15,104210</t>
+  </si>
+  <si>
+    <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>15,109128</t>
   </si>
   <si>
     <t>03/12/2025</t>
   </si>
   <si>
     <t>15,106612</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>15,098024</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>15,087781</t>
   </si>
   <si>
     <t>30/11/2025</t>
   </si>
   <si>
     <t>15,101732</t>
   </si>
@@ -15850,51 +15898,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B2635"/>
+  <dimension ref="A1:B2643"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -25626,115 +25674,115 @@
       <c r="B1219" s="0" t="s">
         <v>2436</v>
       </c>
     </row>
     <row r="1220">
       <c r="A1220" s="0" t="s">
         <v>2437</v>
       </c>
       <c r="B1220" s="0" t="s">
         <v>2438</v>
       </c>
     </row>
     <row r="1221">
       <c r="A1221" s="0" t="s">
         <v>2439</v>
       </c>
       <c r="B1221" s="0" t="s">
         <v>2440</v>
       </c>
     </row>
     <row r="1222">
       <c r="A1222" s="0" t="s">
         <v>2441</v>
       </c>
       <c r="B1222" s="0" t="s">
-        <v>1596</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="1223">
       <c r="A1223" s="0" t="s">
-        <v>2442</v>
+        <v>2443</v>
       </c>
       <c r="B1223" s="0" t="s">
-        <v>2443</v>
+        <v>2444</v>
       </c>
     </row>
     <row r="1224">
       <c r="A1224" s="0" t="s">
-        <v>2444</v>
+        <v>2445</v>
       </c>
       <c r="B1224" s="0" t="s">
-        <v>2445</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="1225">
       <c r="A1225" s="0" t="s">
-        <v>2446</v>
+        <v>2447</v>
       </c>
       <c r="B1225" s="0" t="s">
-        <v>2447</v>
+        <v>2448</v>
       </c>
     </row>
     <row r="1226">
       <c r="A1226" s="0" t="s">
-        <v>2448</v>
+        <v>2449</v>
       </c>
       <c r="B1226" s="0" t="s">
-        <v>2449</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="1227">
       <c r="A1227" s="0" t="s">
-        <v>2450</v>
+        <v>2451</v>
       </c>
       <c r="B1227" s="0" t="s">
-        <v>2451</v>
+        <v>2452</v>
       </c>
     </row>
     <row r="1228">
       <c r="A1228" s="0" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="B1228" s="0" t="s">
-        <v>2453</v>
+        <v>2454</v>
       </c>
     </row>
     <row r="1229">
       <c r="A1229" s="0" t="s">
-        <v>2454</v>
+        <v>2455</v>
       </c>
       <c r="B1229" s="0" t="s">
-        <v>2455</v>
+        <v>2456</v>
       </c>
     </row>
     <row r="1230">
       <c r="A1230" s="0" t="s">
-        <v>2456</v>
+        <v>2457</v>
       </c>
       <c r="B1230" s="0" t="s">
-        <v>2457</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="1231">
       <c r="A1231" s="0" t="s">
         <v>2458</v>
       </c>
       <c r="B1231" s="0" t="s">
         <v>2459</v>
       </c>
     </row>
     <row r="1232">
       <c r="A1232" s="0" t="s">
         <v>2460</v>
       </c>
       <c r="B1232" s="0" t="s">
         <v>2461</v>
       </c>
     </row>
     <row r="1233">
       <c r="A1233" s="0" t="s">
         <v>2462</v>
       </c>
       <c r="B1233" s="0" t="s">
         <v>2463</v>
       </c>
@@ -27474,115 +27522,115 @@
       <c r="B1450" s="0" t="s">
         <v>2897</v>
       </c>
     </row>
     <row r="1451">
       <c r="A1451" s="0" t="s">
         <v>2898</v>
       </c>
       <c r="B1451" s="0" t="s">
         <v>2899</v>
       </c>
     </row>
     <row r="1452">
       <c r="A1452" s="0" t="s">
         <v>2900</v>
       </c>
       <c r="B1452" s="0" t="s">
         <v>2901</v>
       </c>
     </row>
     <row r="1453">
       <c r="A1453" s="0" t="s">
         <v>2902</v>
       </c>
       <c r="B1453" s="0" t="s">
-        <v>1054</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="1454">
       <c r="A1454" s="0" t="s">
-        <v>2903</v>
+        <v>2904</v>
       </c>
       <c r="B1454" s="0" t="s">
-        <v>2904</v>
+        <v>2905</v>
       </c>
     </row>
     <row r="1455">
       <c r="A1455" s="0" t="s">
-        <v>2905</v>
+        <v>2906</v>
       </c>
       <c r="B1455" s="0" t="s">
-        <v>2906</v>
+        <v>2907</v>
       </c>
     </row>
     <row r="1456">
       <c r="A1456" s="0" t="s">
-        <v>2907</v>
+        <v>2908</v>
       </c>
       <c r="B1456" s="0" t="s">
-        <v>2908</v>
+        <v>2909</v>
       </c>
     </row>
     <row r="1457">
       <c r="A1457" s="0" t="s">
-        <v>2909</v>
+        <v>2910</v>
       </c>
       <c r="B1457" s="0" t="s">
-        <v>2910</v>
+        <v>2911</v>
       </c>
     </row>
     <row r="1458">
       <c r="A1458" s="0" t="s">
-        <v>2911</v>
+        <v>2912</v>
       </c>
       <c r="B1458" s="0" t="s">
-        <v>2912</v>
+        <v>2913</v>
       </c>
     </row>
     <row r="1459">
       <c r="A1459" s="0" t="s">
-        <v>2913</v>
+        <v>2914</v>
       </c>
       <c r="B1459" s="0" t="s">
-        <v>2914</v>
+        <v>2915</v>
       </c>
     </row>
     <row r="1460">
       <c r="A1460" s="0" t="s">
-        <v>2915</v>
+        <v>2916</v>
       </c>
       <c r="B1460" s="0" t="s">
-        <v>2916</v>
+        <v>2917</v>
       </c>
     </row>
     <row r="1461">
       <c r="A1461" s="0" t="s">
-        <v>2917</v>
+        <v>2918</v>
       </c>
       <c r="B1461" s="0" t="s">
-        <v>2918</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="1462">
       <c r="A1462" s="0" t="s">
         <v>2919</v>
       </c>
       <c r="B1462" s="0" t="s">
         <v>2920</v>
       </c>
     </row>
     <row r="1463">
       <c r="A1463" s="0" t="s">
         <v>2921</v>
       </c>
       <c r="B1463" s="0" t="s">
         <v>2922</v>
       </c>
     </row>
     <row r="1464">
       <c r="A1464" s="0" t="s">
         <v>2923</v>
       </c>
       <c r="B1464" s="0" t="s">
         <v>2924</v>
       </c>
@@ -33666,115 +33714,115 @@
       <c r="B2224" s="0" t="s">
         <v>4444</v>
       </c>
     </row>
     <row r="2225">
       <c r="A2225" s="0" t="s">
         <v>4445</v>
       </c>
       <c r="B2225" s="0" t="s">
         <v>4446</v>
       </c>
     </row>
     <row r="2226">
       <c r="A2226" s="0" t="s">
         <v>4447</v>
       </c>
       <c r="B2226" s="0" t="s">
         <v>4448</v>
       </c>
     </row>
     <row r="2227">
       <c r="A2227" s="0" t="s">
         <v>4449</v>
       </c>
       <c r="B2227" s="0" t="s">
-        <v>2649</v>
+        <v>4450</v>
       </c>
     </row>
     <row r="2228">
       <c r="A2228" s="0" t="s">
-        <v>4450</v>
+        <v>4451</v>
       </c>
       <c r="B2228" s="0" t="s">
-        <v>4451</v>
+        <v>4452</v>
       </c>
     </row>
     <row r="2229">
       <c r="A2229" s="0" t="s">
-        <v>4452</v>
+        <v>4453</v>
       </c>
       <c r="B2229" s="0" t="s">
-        <v>4453</v>
+        <v>4454</v>
       </c>
     </row>
     <row r="2230">
       <c r="A2230" s="0" t="s">
-        <v>4454</v>
+        <v>4455</v>
       </c>
       <c r="B2230" s="0" t="s">
-        <v>4455</v>
+        <v>4456</v>
       </c>
     </row>
     <row r="2231">
       <c r="A2231" s="0" t="s">
-        <v>4456</v>
+        <v>4457</v>
       </c>
       <c r="B2231" s="0" t="s">
-        <v>4457</v>
+        <v>4458</v>
       </c>
     </row>
     <row r="2232">
       <c r="A2232" s="0" t="s">
-        <v>4458</v>
+        <v>4459</v>
       </c>
       <c r="B2232" s="0" t="s">
-        <v>4459</v>
+        <v>4460</v>
       </c>
     </row>
     <row r="2233">
       <c r="A2233" s="0" t="s">
-        <v>4460</v>
+        <v>4461</v>
       </c>
       <c r="B2233" s="0" t="s">
-        <v>4461</v>
+        <v>4462</v>
       </c>
     </row>
     <row r="2234">
       <c r="A2234" s="0" t="s">
-        <v>4462</v>
+        <v>4463</v>
       </c>
       <c r="B2234" s="0" t="s">
-        <v>4463</v>
+        <v>4464</v>
       </c>
     </row>
     <row r="2235">
       <c r="A2235" s="0" t="s">
-        <v>4464</v>
+        <v>4465</v>
       </c>
       <c r="B2235" s="0" t="s">
-        <v>4465</v>
+        <v>2665</v>
       </c>
     </row>
     <row r="2236">
       <c r="A2236" s="0" t="s">
         <v>4466</v>
       </c>
       <c r="B2236" s="0" t="s">
         <v>4467</v>
       </c>
     </row>
     <row r="2237">
       <c r="A2237" s="0" t="s">
         <v>4468</v>
       </c>
       <c r="B2237" s="0" t="s">
         <v>4469</v>
       </c>
     </row>
     <row r="2238">
       <c r="A2238" s="0" t="s">
         <v>4470</v>
       </c>
       <c r="B2238" s="0" t="s">
         <v>4471</v>
       </c>
@@ -36931,31 +36979,95 @@
         <v>5259</v>
       </c>
     </row>
     <row r="2633">
       <c r="A2633" s="0" t="s">
         <v>5260</v>
       </c>
       <c r="B2633" s="0" t="s">
         <v>5261</v>
       </c>
     </row>
     <row r="2634">
       <c r="A2634" s="0" t="s">
         <v>5262</v>
       </c>
       <c r="B2634" s="0" t="s">
         <v>5263</v>
       </c>
     </row>
     <row r="2635">
       <c r="A2635" s="0" t="s">
         <v>5264</v>
       </c>
       <c r="B2635" s="0" t="s">
         <v>5265</v>
+      </c>
+    </row>
+    <row r="2636">
+      <c r="A2636" s="0" t="s">
+        <v>5266</v>
+      </c>
+      <c r="B2636" s="0" t="s">
+        <v>5267</v>
+      </c>
+    </row>
+    <row r="2637">
+      <c r="A2637" s="0" t="s">
+        <v>5268</v>
+      </c>
+      <c r="B2637" s="0" t="s">
+        <v>5269</v>
+      </c>
+    </row>
+    <row r="2638">
+      <c r="A2638" s="0" t="s">
+        <v>5270</v>
+      </c>
+      <c r="B2638" s="0" t="s">
+        <v>5271</v>
+      </c>
+    </row>
+    <row r="2639">
+      <c r="A2639" s="0" t="s">
+        <v>5272</v>
+      </c>
+      <c r="B2639" s="0" t="s">
+        <v>5273</v>
+      </c>
+    </row>
+    <row r="2640">
+      <c r="A2640" s="0" t="s">
+        <v>5274</v>
+      </c>
+      <c r="B2640" s="0" t="s">
+        <v>5275</v>
+      </c>
+    </row>
+    <row r="2641">
+      <c r="A2641" s="0" t="s">
+        <v>5276</v>
+      </c>
+      <c r="B2641" s="0" t="s">
+        <v>5277</v>
+      </c>
+    </row>
+    <row r="2642">
+      <c r="A2642" s="0" t="s">
+        <v>5278</v>
+      </c>
+      <c r="B2642" s="0" t="s">
+        <v>5279</v>
+      </c>
+    </row>
+    <row r="2643">
+      <c r="A2643" s="0" t="s">
+        <v>5280</v>
+      </c>
+      <c r="B2643" s="0" t="s">
+        <v>5281</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>