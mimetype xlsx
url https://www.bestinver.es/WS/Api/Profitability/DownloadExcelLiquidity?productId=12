--- v1 (2025-12-13)
+++ v2 (2026-01-31)
@@ -4,59 +4,353 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5282" uniqueCount="5282">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5380" uniqueCount="5380">
   <si>
     <t>BESTINVER PLAN RENTA, F.P.</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>15,227892</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>15,209948</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>15,187776</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>15,181564</t>
+  </si>
+  <si>
+    <t>25/01/2026</t>
+  </si>
+  <si>
+    <t>15,161964</t>
+  </si>
+  <si>
+    <t>24/01/2026</t>
+  </si>
+  <si>
+    <t>15,160941</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>15,159918</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>15,167837</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>15,160887</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>15,163950</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>15,174966</t>
+  </si>
+  <si>
+    <t>18/01/2026</t>
+  </si>
+  <si>
+    <t>15,170243</t>
+  </si>
+  <si>
+    <t>17/01/2026</t>
+  </si>
+  <si>
+    <t>15,169226</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>15,168210</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>15,178696</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>15,175752</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>15,160699</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>15,154636</t>
+  </si>
+  <si>
+    <t>11/01/2026</t>
+  </si>
+  <si>
+    <t>15,146590</t>
+  </si>
+  <si>
+    <t>10/01/2026</t>
+  </si>
+  <si>
+    <t>15,145579</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>15,144568</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>15,136330</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>15,137271</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>15,120064</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>15,100672</t>
+  </si>
+  <si>
+    <t>04/01/2026</t>
+  </si>
+  <si>
+    <t>15,086188</t>
+  </si>
+  <si>
+    <t>03/01/2026</t>
+  </si>
+  <si>
+    <t>15,085166</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>15,084145</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
+    <t>15,098562</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>15,097214</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>15,095004</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>15,101500</t>
+  </si>
+  <si>
+    <t>28/12/2025</t>
+  </si>
+  <si>
+    <t>15,083827</t>
+  </si>
+  <si>
+    <t>27/12/2025</t>
+  </si>
+  <si>
+    <t>15,082808</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>15,081790</t>
+  </si>
+  <si>
+    <t>25/12/2025</t>
+  </si>
+  <si>
+    <t>15,080819</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>15,080083</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>15,076075</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>15,057040</t>
+  </si>
+  <si>
+    <t>21/12/2025</t>
+  </si>
+  <si>
+    <t>15,068190</t>
+  </si>
+  <si>
+    <t>20/12/2025</t>
+  </si>
+  <si>
+    <t>15,067173</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>15,066156</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>15,081863</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>15,079765</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>15,083973</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>15,083296</t>
+  </si>
+  <si>
+    <t>14/12/2025</t>
+  </si>
+  <si>
+    <t>15,074107</t>
+  </si>
+  <si>
+    <t>13/12/2025</t>
+  </si>
+  <si>
+    <t>15,073098</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>15,072089</t>
   </si>
   <si>
     <t>11/12/2025</t>
   </si>
   <si>
     <t>15,071995</t>
   </si>
   <si>
     <t>10/12/2025</t>
   </si>
   <si>
     <t>15,063684</t>
   </si>
   <si>
     <t>09/12/2025</t>
   </si>
   <si>
     <t>15,074553</t>
   </si>
   <si>
     <t>08/12/2025</t>
   </si>
   <si>
     <t>15,062457</t>
   </si>
@@ -15898,51 +16192,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B2643"/>
+  <dimension ref="A1:B2692"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -25738,443 +26032,443 @@
       <c r="B1227" s="0" t="s">
         <v>2452</v>
       </c>
     </row>
     <row r="1228">
       <c r="A1228" s="0" t="s">
         <v>2453</v>
       </c>
       <c r="B1228" s="0" t="s">
         <v>2454</v>
       </c>
     </row>
     <row r="1229">
       <c r="A1229" s="0" t="s">
         <v>2455</v>
       </c>
       <c r="B1229" s="0" t="s">
         <v>2456</v>
       </c>
     </row>
     <row r="1230">
       <c r="A1230" s="0" t="s">
         <v>2457</v>
       </c>
       <c r="B1230" s="0" t="s">
-        <v>1612</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="1231">
       <c r="A1231" s="0" t="s">
-        <v>2458</v>
+        <v>2459</v>
       </c>
       <c r="B1231" s="0" t="s">
-        <v>2459</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="1232">
       <c r="A1232" s="0" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="B1232" s="0" t="s">
-        <v>2461</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="1233">
       <c r="A1233" s="0" t="s">
-        <v>2462</v>
+        <v>2463</v>
       </c>
       <c r="B1233" s="0" t="s">
-        <v>2463</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="1234">
       <c r="A1234" s="0" t="s">
-        <v>2464</v>
+        <v>2465</v>
       </c>
       <c r="B1234" s="0" t="s">
-        <v>2465</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="1235">
       <c r="A1235" s="0" t="s">
-        <v>2466</v>
+        <v>2467</v>
       </c>
       <c r="B1235" s="0" t="s">
-        <v>2467</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="1236">
       <c r="A1236" s="0" t="s">
-        <v>2468</v>
+        <v>2469</v>
       </c>
       <c r="B1236" s="0" t="s">
-        <v>2469</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="1237">
       <c r="A1237" s="0" t="s">
-        <v>2470</v>
+        <v>2471</v>
       </c>
       <c r="B1237" s="0" t="s">
-        <v>2471</v>
+        <v>2472</v>
       </c>
     </row>
     <row r="1238">
       <c r="A1238" s="0" t="s">
-        <v>2472</v>
+        <v>2473</v>
       </c>
       <c r="B1238" s="0" t="s">
-        <v>2473</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="1239">
       <c r="A1239" s="0" t="s">
-        <v>2474</v>
+        <v>2475</v>
       </c>
       <c r="B1239" s="0" t="s">
-        <v>2475</v>
+        <v>2476</v>
       </c>
     </row>
     <row r="1240">
       <c r="A1240" s="0" t="s">
-        <v>2476</v>
+        <v>2477</v>
       </c>
       <c r="B1240" s="0" t="s">
-        <v>2477</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="1241">
       <c r="A1241" s="0" t="s">
-        <v>2478</v>
+        <v>2479</v>
       </c>
       <c r="B1241" s="0" t="s">
-        <v>2479</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="1242">
       <c r="A1242" s="0" t="s">
-        <v>2480</v>
+        <v>2481</v>
       </c>
       <c r="B1242" s="0" t="s">
-        <v>2481</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="1243">
       <c r="A1243" s="0" t="s">
-        <v>2482</v>
+        <v>2483</v>
       </c>
       <c r="B1243" s="0" t="s">
-        <v>2483</v>
+        <v>2484</v>
       </c>
     </row>
     <row r="1244">
       <c r="A1244" s="0" t="s">
-        <v>2484</v>
+        <v>2485</v>
       </c>
       <c r="B1244" s="0" t="s">
-        <v>2485</v>
+        <v>2486</v>
       </c>
     </row>
     <row r="1245">
       <c r="A1245" s="0" t="s">
-        <v>2486</v>
+        <v>2487</v>
       </c>
       <c r="B1245" s="0" t="s">
-        <v>2487</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="1246">
       <c r="A1246" s="0" t="s">
-        <v>2488</v>
+        <v>2489</v>
       </c>
       <c r="B1246" s="0" t="s">
-        <v>2489</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="1247">
       <c r="A1247" s="0" t="s">
-        <v>2490</v>
+        <v>2491</v>
       </c>
       <c r="B1247" s="0" t="s">
-        <v>2491</v>
+        <v>2492</v>
       </c>
     </row>
     <row r="1248">
       <c r="A1248" s="0" t="s">
-        <v>2492</v>
+        <v>2493</v>
       </c>
       <c r="B1248" s="0" t="s">
-        <v>2493</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="1249">
       <c r="A1249" s="0" t="s">
-        <v>2494</v>
+        <v>2495</v>
       </c>
       <c r="B1249" s="0" t="s">
-        <v>2495</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="1250">
       <c r="A1250" s="0" t="s">
-        <v>2496</v>
+        <v>2497</v>
       </c>
       <c r="B1250" s="0" t="s">
-        <v>2497</v>
+        <v>2498</v>
       </c>
     </row>
     <row r="1251">
       <c r="A1251" s="0" t="s">
-        <v>2498</v>
+        <v>2499</v>
       </c>
       <c r="B1251" s="0" t="s">
-        <v>2499</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="1252">
       <c r="A1252" s="0" t="s">
-        <v>2500</v>
+        <v>2501</v>
       </c>
       <c r="B1252" s="0" t="s">
-        <v>2501</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="1253">
       <c r="A1253" s="0" t="s">
-        <v>2502</v>
+        <v>2503</v>
       </c>
       <c r="B1253" s="0" t="s">
-        <v>2503</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="1254">
       <c r="A1254" s="0" t="s">
-        <v>2504</v>
+        <v>2505</v>
       </c>
       <c r="B1254" s="0" t="s">
-        <v>2505</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="1255">
       <c r="A1255" s="0" t="s">
-        <v>2506</v>
+        <v>2507</v>
       </c>
       <c r="B1255" s="0" t="s">
-        <v>2507</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="1256">
       <c r="A1256" s="0" t="s">
-        <v>2508</v>
+        <v>2509</v>
       </c>
       <c r="B1256" s="0" t="s">
-        <v>2509</v>
+        <v>2510</v>
       </c>
     </row>
     <row r="1257">
       <c r="A1257" s="0" t="s">
-        <v>2510</v>
+        <v>2511</v>
       </c>
       <c r="B1257" s="0" t="s">
-        <v>2511</v>
+        <v>2512</v>
       </c>
     </row>
     <row r="1258">
       <c r="A1258" s="0" t="s">
-        <v>2512</v>
+        <v>2513</v>
       </c>
       <c r="B1258" s="0" t="s">
-        <v>2513</v>
+        <v>2514</v>
       </c>
     </row>
     <row r="1259">
       <c r="A1259" s="0" t="s">
-        <v>2514</v>
+        <v>2515</v>
       </c>
       <c r="B1259" s="0" t="s">
-        <v>2515</v>
+        <v>2516</v>
       </c>
     </row>
     <row r="1260">
       <c r="A1260" s="0" t="s">
-        <v>2516</v>
+        <v>2517</v>
       </c>
       <c r="B1260" s="0" t="s">
-        <v>2517</v>
+        <v>2518</v>
       </c>
     </row>
     <row r="1261">
       <c r="A1261" s="0" t="s">
-        <v>2518</v>
+        <v>2519</v>
       </c>
       <c r="B1261" s="0" t="s">
-        <v>2519</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="1262">
       <c r="A1262" s="0" t="s">
-        <v>2520</v>
+        <v>2521</v>
       </c>
       <c r="B1262" s="0" t="s">
-        <v>2521</v>
+        <v>2522</v>
       </c>
     </row>
     <row r="1263">
       <c r="A1263" s="0" t="s">
-        <v>2522</v>
+        <v>2523</v>
       </c>
       <c r="B1263" s="0" t="s">
-        <v>2523</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="1264">
       <c r="A1264" s="0" t="s">
-        <v>2524</v>
+        <v>2525</v>
       </c>
       <c r="B1264" s="0" t="s">
-        <v>2525</v>
+        <v>2526</v>
       </c>
     </row>
     <row r="1265">
       <c r="A1265" s="0" t="s">
-        <v>2526</v>
+        <v>2527</v>
       </c>
       <c r="B1265" s="0" t="s">
-        <v>2527</v>
+        <v>2528</v>
       </c>
     </row>
     <row r="1266">
       <c r="A1266" s="0" t="s">
-        <v>2528</v>
+        <v>2529</v>
       </c>
       <c r="B1266" s="0" t="s">
-        <v>2529</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="1267">
       <c r="A1267" s="0" t="s">
-        <v>2530</v>
+        <v>2531</v>
       </c>
       <c r="B1267" s="0" t="s">
-        <v>2531</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="1268">
       <c r="A1268" s="0" t="s">
-        <v>2532</v>
+        <v>2533</v>
       </c>
       <c r="B1268" s="0" t="s">
-        <v>2533</v>
+        <v>2534</v>
       </c>
     </row>
     <row r="1269">
       <c r="A1269" s="0" t="s">
-        <v>2534</v>
+        <v>2535</v>
       </c>
       <c r="B1269" s="0" t="s">
-        <v>2535</v>
+        <v>2536</v>
       </c>
     </row>
     <row r="1270">
       <c r="A1270" s="0" t="s">
-        <v>2536</v>
+        <v>2537</v>
       </c>
       <c r="B1270" s="0" t="s">
-        <v>2537</v>
+        <v>2538</v>
       </c>
     </row>
     <row r="1271">
       <c r="A1271" s="0" t="s">
-        <v>2538</v>
+        <v>2539</v>
       </c>
       <c r="B1271" s="0" t="s">
-        <v>2539</v>
+        <v>2540</v>
       </c>
     </row>
     <row r="1272">
       <c r="A1272" s="0" t="s">
-        <v>2540</v>
+        <v>2541</v>
       </c>
       <c r="B1272" s="0" t="s">
-        <v>2541</v>
+        <v>2542</v>
       </c>
     </row>
     <row r="1273">
       <c r="A1273" s="0" t="s">
-        <v>2542</v>
+        <v>2543</v>
       </c>
       <c r="B1273" s="0" t="s">
-        <v>2543</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="1274">
       <c r="A1274" s="0" t="s">
-        <v>2544</v>
+        <v>2545</v>
       </c>
       <c r="B1274" s="0" t="s">
-        <v>2545</v>
+        <v>2546</v>
       </c>
     </row>
     <row r="1275">
       <c r="A1275" s="0" t="s">
-        <v>2546</v>
+        <v>2547</v>
       </c>
       <c r="B1275" s="0" t="s">
-        <v>2547</v>
+        <v>2548</v>
       </c>
     </row>
     <row r="1276">
       <c r="A1276" s="0" t="s">
-        <v>2548</v>
+        <v>2549</v>
       </c>
       <c r="B1276" s="0" t="s">
-        <v>2549</v>
+        <v>2550</v>
       </c>
     </row>
     <row r="1277">
       <c r="A1277" s="0" t="s">
-        <v>2550</v>
+        <v>2551</v>
       </c>
       <c r="B1277" s="0" t="s">
-        <v>2551</v>
+        <v>2552</v>
       </c>
     </row>
     <row r="1278">
       <c r="A1278" s="0" t="s">
-        <v>2552</v>
+        <v>2553</v>
       </c>
       <c r="B1278" s="0" t="s">
-        <v>2553</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="1279">
       <c r="A1279" s="0" t="s">
-        <v>2554</v>
+        <v>2555</v>
       </c>
       <c r="B1279" s="0" t="s">
-        <v>2555</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="1280">
       <c r="A1280" s="0" t="s">
         <v>2556</v>
       </c>
       <c r="B1280" s="0" t="s">
         <v>2557</v>
       </c>
     </row>
     <row r="1281">
       <c r="A1281" s="0" t="s">
         <v>2558</v>
       </c>
       <c r="B1281" s="0" t="s">
         <v>2559</v>
       </c>
     </row>
     <row r="1282">
       <c r="A1282" s="0" t="s">
         <v>2560</v>
       </c>
       <c r="B1282" s="0" t="s">
         <v>2561</v>
       </c>
@@ -27586,443 +27880,443 @@
       <c r="B1458" s="0" t="s">
         <v>2913</v>
       </c>
     </row>
     <row r="1459">
       <c r="A1459" s="0" t="s">
         <v>2914</v>
       </c>
       <c r="B1459" s="0" t="s">
         <v>2915</v>
       </c>
     </row>
     <row r="1460">
       <c r="A1460" s="0" t="s">
         <v>2916</v>
       </c>
       <c r="B1460" s="0" t="s">
         <v>2917</v>
       </c>
     </row>
     <row r="1461">
       <c r="A1461" s="0" t="s">
         <v>2918</v>
       </c>
       <c r="B1461" s="0" t="s">
-        <v>1070</v>
+        <v>2919</v>
       </c>
     </row>
     <row r="1462">
       <c r="A1462" s="0" t="s">
-        <v>2919</v>
+        <v>2920</v>
       </c>
       <c r="B1462" s="0" t="s">
-        <v>2920</v>
+        <v>2921</v>
       </c>
     </row>
     <row r="1463">
       <c r="A1463" s="0" t="s">
-        <v>2921</v>
+        <v>2922</v>
       </c>
       <c r="B1463" s="0" t="s">
-        <v>2922</v>
+        <v>2923</v>
       </c>
     </row>
     <row r="1464">
       <c r="A1464" s="0" t="s">
-        <v>2923</v>
+        <v>2924</v>
       </c>
       <c r="B1464" s="0" t="s">
-        <v>2924</v>
+        <v>2925</v>
       </c>
     </row>
     <row r="1465">
       <c r="A1465" s="0" t="s">
-        <v>2925</v>
+        <v>2926</v>
       </c>
       <c r="B1465" s="0" t="s">
-        <v>2926</v>
+        <v>2927</v>
       </c>
     </row>
     <row r="1466">
       <c r="A1466" s="0" t="s">
-        <v>2927</v>
+        <v>2928</v>
       </c>
       <c r="B1466" s="0" t="s">
-        <v>2928</v>
+        <v>2929</v>
       </c>
     </row>
     <row r="1467">
       <c r="A1467" s="0" t="s">
-        <v>2929</v>
+        <v>2930</v>
       </c>
       <c r="B1467" s="0" t="s">
-        <v>2930</v>
+        <v>2931</v>
       </c>
     </row>
     <row r="1468">
       <c r="A1468" s="0" t="s">
-        <v>2931</v>
+        <v>2932</v>
       </c>
       <c r="B1468" s="0" t="s">
-        <v>2932</v>
+        <v>2933</v>
       </c>
     </row>
     <row r="1469">
       <c r="A1469" s="0" t="s">
-        <v>2933</v>
+        <v>2934</v>
       </c>
       <c r="B1469" s="0" t="s">
-        <v>2934</v>
+        <v>2935</v>
       </c>
     </row>
     <row r="1470">
       <c r="A1470" s="0" t="s">
-        <v>2935</v>
+        <v>2936</v>
       </c>
       <c r="B1470" s="0" t="s">
-        <v>2936</v>
+        <v>2937</v>
       </c>
     </row>
     <row r="1471">
       <c r="A1471" s="0" t="s">
-        <v>2937</v>
+        <v>2938</v>
       </c>
       <c r="B1471" s="0" t="s">
-        <v>2938</v>
+        <v>2939</v>
       </c>
     </row>
     <row r="1472">
       <c r="A1472" s="0" t="s">
-        <v>2939</v>
+        <v>2940</v>
       </c>
       <c r="B1472" s="0" t="s">
-        <v>2940</v>
+        <v>2941</v>
       </c>
     </row>
     <row r="1473">
       <c r="A1473" s="0" t="s">
-        <v>2941</v>
+        <v>2942</v>
       </c>
       <c r="B1473" s="0" t="s">
-        <v>2942</v>
+        <v>2943</v>
       </c>
     </row>
     <row r="1474">
       <c r="A1474" s="0" t="s">
-        <v>2943</v>
+        <v>2944</v>
       </c>
       <c r="B1474" s="0" t="s">
-        <v>2944</v>
+        <v>2945</v>
       </c>
     </row>
     <row r="1475">
       <c r="A1475" s="0" t="s">
-        <v>2945</v>
+        <v>2946</v>
       </c>
       <c r="B1475" s="0" t="s">
-        <v>2946</v>
+        <v>2947</v>
       </c>
     </row>
     <row r="1476">
       <c r="A1476" s="0" t="s">
-        <v>2947</v>
+        <v>2948</v>
       </c>
       <c r="B1476" s="0" t="s">
-        <v>2948</v>
+        <v>2949</v>
       </c>
     </row>
     <row r="1477">
       <c r="A1477" s="0" t="s">
-        <v>2949</v>
+        <v>2950</v>
       </c>
       <c r="B1477" s="0" t="s">
-        <v>2950</v>
+        <v>2951</v>
       </c>
     </row>
     <row r="1478">
       <c r="A1478" s="0" t="s">
-        <v>2951</v>
+        <v>2952</v>
       </c>
       <c r="B1478" s="0" t="s">
-        <v>2952</v>
+        <v>2953</v>
       </c>
     </row>
     <row r="1479">
       <c r="A1479" s="0" t="s">
-        <v>2953</v>
+        <v>2954</v>
       </c>
       <c r="B1479" s="0" t="s">
-        <v>2954</v>
+        <v>2955</v>
       </c>
     </row>
     <row r="1480">
       <c r="A1480" s="0" t="s">
-        <v>2955</v>
+        <v>2956</v>
       </c>
       <c r="B1480" s="0" t="s">
-        <v>2956</v>
+        <v>2957</v>
       </c>
     </row>
     <row r="1481">
       <c r="A1481" s="0" t="s">
-        <v>2957</v>
+        <v>2958</v>
       </c>
       <c r="B1481" s="0" t="s">
-        <v>2958</v>
+        <v>2959</v>
       </c>
     </row>
     <row r="1482">
       <c r="A1482" s="0" t="s">
-        <v>2959</v>
+        <v>2960</v>
       </c>
       <c r="B1482" s="0" t="s">
-        <v>2960</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="1483">
       <c r="A1483" s="0" t="s">
-        <v>2961</v>
+        <v>2962</v>
       </c>
       <c r="B1483" s="0" t="s">
-        <v>2962</v>
+        <v>2963</v>
       </c>
     </row>
     <row r="1484">
       <c r="A1484" s="0" t="s">
-        <v>2963</v>
+        <v>2964</v>
       </c>
       <c r="B1484" s="0" t="s">
-        <v>2964</v>
+        <v>2965</v>
       </c>
     </row>
     <row r="1485">
       <c r="A1485" s="0" t="s">
-        <v>2965</v>
+        <v>2966</v>
       </c>
       <c r="B1485" s="0" t="s">
-        <v>2966</v>
+        <v>2967</v>
       </c>
     </row>
     <row r="1486">
       <c r="A1486" s="0" t="s">
-        <v>2967</v>
+        <v>2968</v>
       </c>
       <c r="B1486" s="0" t="s">
-        <v>2968</v>
+        <v>2969</v>
       </c>
     </row>
     <row r="1487">
       <c r="A1487" s="0" t="s">
-        <v>2969</v>
+        <v>2970</v>
       </c>
       <c r="B1487" s="0" t="s">
-        <v>2970</v>
+        <v>2971</v>
       </c>
     </row>
     <row r="1488">
       <c r="A1488" s="0" t="s">
-        <v>2971</v>
+        <v>2972</v>
       </c>
       <c r="B1488" s="0" t="s">
-        <v>2972</v>
+        <v>2973</v>
       </c>
     </row>
     <row r="1489">
       <c r="A1489" s="0" t="s">
-        <v>2973</v>
+        <v>2974</v>
       </c>
       <c r="B1489" s="0" t="s">
-        <v>2974</v>
+        <v>2975</v>
       </c>
     </row>
     <row r="1490">
       <c r="A1490" s="0" t="s">
-        <v>2975</v>
+        <v>2976</v>
       </c>
       <c r="B1490" s="0" t="s">
-        <v>2976</v>
+        <v>2977</v>
       </c>
     </row>
     <row r="1491">
       <c r="A1491" s="0" t="s">
-        <v>2977</v>
+        <v>2978</v>
       </c>
       <c r="B1491" s="0" t="s">
-        <v>2978</v>
+        <v>2979</v>
       </c>
     </row>
     <row r="1492">
       <c r="A1492" s="0" t="s">
-        <v>2979</v>
+        <v>2980</v>
       </c>
       <c r="B1492" s="0" t="s">
-        <v>2980</v>
+        <v>2981</v>
       </c>
     </row>
     <row r="1493">
       <c r="A1493" s="0" t="s">
-        <v>2981</v>
+        <v>2982</v>
       </c>
       <c r="B1493" s="0" t="s">
-        <v>2982</v>
+        <v>2983</v>
       </c>
     </row>
     <row r="1494">
       <c r="A1494" s="0" t="s">
-        <v>2983</v>
+        <v>2984</v>
       </c>
       <c r="B1494" s="0" t="s">
-        <v>2984</v>
+        <v>2985</v>
       </c>
     </row>
     <row r="1495">
       <c r="A1495" s="0" t="s">
-        <v>2985</v>
+        <v>2986</v>
       </c>
       <c r="B1495" s="0" t="s">
-        <v>2986</v>
+        <v>2987</v>
       </c>
     </row>
     <row r="1496">
       <c r="A1496" s="0" t="s">
-        <v>2987</v>
+        <v>2988</v>
       </c>
       <c r="B1496" s="0" t="s">
-        <v>2988</v>
+        <v>2989</v>
       </c>
     </row>
     <row r="1497">
       <c r="A1497" s="0" t="s">
-        <v>2989</v>
+        <v>2990</v>
       </c>
       <c r="B1497" s="0" t="s">
-        <v>2990</v>
+        <v>2991</v>
       </c>
     </row>
     <row r="1498">
       <c r="A1498" s="0" t="s">
-        <v>2991</v>
+        <v>2992</v>
       </c>
       <c r="B1498" s="0" t="s">
-        <v>2992</v>
+        <v>2993</v>
       </c>
     </row>
     <row r="1499">
       <c r="A1499" s="0" t="s">
-        <v>2993</v>
+        <v>2994</v>
       </c>
       <c r="B1499" s="0" t="s">
-        <v>2994</v>
+        <v>2995</v>
       </c>
     </row>
     <row r="1500">
       <c r="A1500" s="0" t="s">
-        <v>2995</v>
+        <v>2996</v>
       </c>
       <c r="B1500" s="0" t="s">
-        <v>2996</v>
+        <v>2997</v>
       </c>
     </row>
     <row r="1501">
       <c r="A1501" s="0" t="s">
-        <v>2997</v>
+        <v>2998</v>
       </c>
       <c r="B1501" s="0" t="s">
-        <v>2998</v>
+        <v>2999</v>
       </c>
     </row>
     <row r="1502">
       <c r="A1502" s="0" t="s">
-        <v>2999</v>
+        <v>3000</v>
       </c>
       <c r="B1502" s="0" t="s">
-        <v>3000</v>
+        <v>3001</v>
       </c>
     </row>
     <row r="1503">
       <c r="A1503" s="0" t="s">
-        <v>3001</v>
+        <v>3002</v>
       </c>
       <c r="B1503" s="0" t="s">
-        <v>3002</v>
+        <v>3003</v>
       </c>
     </row>
     <row r="1504">
       <c r="A1504" s="0" t="s">
-        <v>3003</v>
+        <v>3004</v>
       </c>
       <c r="B1504" s="0" t="s">
-        <v>3004</v>
+        <v>3005</v>
       </c>
     </row>
     <row r="1505">
       <c r="A1505" s="0" t="s">
-        <v>3005</v>
+        <v>3006</v>
       </c>
       <c r="B1505" s="0" t="s">
-        <v>3006</v>
+        <v>3007</v>
       </c>
     </row>
     <row r="1506">
       <c r="A1506" s="0" t="s">
-        <v>3007</v>
+        <v>3008</v>
       </c>
       <c r="B1506" s="0" t="s">
-        <v>3008</v>
+        <v>3009</v>
       </c>
     </row>
     <row r="1507">
       <c r="A1507" s="0" t="s">
-        <v>3009</v>
+        <v>3010</v>
       </c>
       <c r="B1507" s="0" t="s">
-        <v>3010</v>
+        <v>3011</v>
       </c>
     </row>
     <row r="1508">
       <c r="A1508" s="0" t="s">
-        <v>3011</v>
+        <v>3012</v>
       </c>
       <c r="B1508" s="0" t="s">
-        <v>3012</v>
+        <v>3013</v>
       </c>
     </row>
     <row r="1509">
       <c r="A1509" s="0" t="s">
-        <v>3013</v>
+        <v>3014</v>
       </c>
       <c r="B1509" s="0" t="s">
-        <v>3014</v>
+        <v>3015</v>
       </c>
     </row>
     <row r="1510">
       <c r="A1510" s="0" t="s">
-        <v>3015</v>
+        <v>3016</v>
       </c>
       <c r="B1510" s="0" t="s">
-        <v>3016</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="1511">
       <c r="A1511" s="0" t="s">
         <v>3017</v>
       </c>
       <c r="B1511" s="0" t="s">
         <v>3018</v>
       </c>
     </row>
     <row r="1512">
       <c r="A1512" s="0" t="s">
         <v>3019</v>
       </c>
       <c r="B1512" s="0" t="s">
         <v>3020</v>
       </c>
     </row>
     <row r="1513">
       <c r="A1513" s="0" t="s">
         <v>3021</v>
       </c>
       <c r="B1513" s="0" t="s">
         <v>3022</v>
       </c>
@@ -33778,443 +34072,443 @@
       <c r="B2232" s="0" t="s">
         <v>4460</v>
       </c>
     </row>
     <row r="2233">
       <c r="A2233" s="0" t="s">
         <v>4461</v>
       </c>
       <c r="B2233" s="0" t="s">
         <v>4462</v>
       </c>
     </row>
     <row r="2234">
       <c r="A2234" s="0" t="s">
         <v>4463</v>
       </c>
       <c r="B2234" s="0" t="s">
         <v>4464</v>
       </c>
     </row>
     <row r="2235">
       <c r="A2235" s="0" t="s">
         <v>4465</v>
       </c>
       <c r="B2235" s="0" t="s">
-        <v>2665</v>
+        <v>4466</v>
       </c>
     </row>
     <row r="2236">
       <c r="A2236" s="0" t="s">
-        <v>4466</v>
+        <v>4467</v>
       </c>
       <c r="B2236" s="0" t="s">
-        <v>4467</v>
+        <v>4468</v>
       </c>
     </row>
     <row r="2237">
       <c r="A2237" s="0" t="s">
-        <v>4468</v>
+        <v>4469</v>
       </c>
       <c r="B2237" s="0" t="s">
-        <v>4469</v>
+        <v>4470</v>
       </c>
     </row>
     <row r="2238">
       <c r="A2238" s="0" t="s">
-        <v>4470</v>
+        <v>4471</v>
       </c>
       <c r="B2238" s="0" t="s">
-        <v>4471</v>
+        <v>4472</v>
       </c>
     </row>
     <row r="2239">
       <c r="A2239" s="0" t="s">
-        <v>4472</v>
+        <v>4473</v>
       </c>
       <c r="B2239" s="0" t="s">
-        <v>4473</v>
+        <v>4474</v>
       </c>
     </row>
     <row r="2240">
       <c r="A2240" s="0" t="s">
-        <v>4474</v>
+        <v>4475</v>
       </c>
       <c r="B2240" s="0" t="s">
-        <v>4475</v>
+        <v>4476</v>
       </c>
     </row>
     <row r="2241">
       <c r="A2241" s="0" t="s">
-        <v>4476</v>
+        <v>4477</v>
       </c>
       <c r="B2241" s="0" t="s">
-        <v>4477</v>
+        <v>4478</v>
       </c>
     </row>
     <row r="2242">
       <c r="A2242" s="0" t="s">
-        <v>4478</v>
+        <v>4479</v>
       </c>
       <c r="B2242" s="0" t="s">
-        <v>4479</v>
+        <v>4480</v>
       </c>
     </row>
     <row r="2243">
       <c r="A2243" s="0" t="s">
-        <v>4480</v>
+        <v>4481</v>
       </c>
       <c r="B2243" s="0" t="s">
-        <v>4481</v>
+        <v>4482</v>
       </c>
     </row>
     <row r="2244">
       <c r="A2244" s="0" t="s">
-        <v>4482</v>
+        <v>4483</v>
       </c>
       <c r="B2244" s="0" t="s">
-        <v>4483</v>
+        <v>4484</v>
       </c>
     </row>
     <row r="2245">
       <c r="A2245" s="0" t="s">
-        <v>4484</v>
+        <v>4485</v>
       </c>
       <c r="B2245" s="0" t="s">
-        <v>4485</v>
+        <v>4486</v>
       </c>
     </row>
     <row r="2246">
       <c r="A2246" s="0" t="s">
-        <v>4486</v>
+        <v>4487</v>
       </c>
       <c r="B2246" s="0" t="s">
-        <v>4487</v>
+        <v>4488</v>
       </c>
     </row>
     <row r="2247">
       <c r="A2247" s="0" t="s">
-        <v>4488</v>
+        <v>4489</v>
       </c>
       <c r="B2247" s="0" t="s">
-        <v>4489</v>
+        <v>4490</v>
       </c>
     </row>
     <row r="2248">
       <c r="A2248" s="0" t="s">
-        <v>4490</v>
+        <v>4491</v>
       </c>
       <c r="B2248" s="0" t="s">
-        <v>4491</v>
+        <v>4492</v>
       </c>
     </row>
     <row r="2249">
       <c r="A2249" s="0" t="s">
-        <v>4492</v>
+        <v>4493</v>
       </c>
       <c r="B2249" s="0" t="s">
-        <v>4493</v>
+        <v>4494</v>
       </c>
     </row>
     <row r="2250">
       <c r="A2250" s="0" t="s">
-        <v>4494</v>
+        <v>4495</v>
       </c>
       <c r="B2250" s="0" t="s">
-        <v>4495</v>
+        <v>4496</v>
       </c>
     </row>
     <row r="2251">
       <c r="A2251" s="0" t="s">
-        <v>4496</v>
+        <v>4497</v>
       </c>
       <c r="B2251" s="0" t="s">
-        <v>4497</v>
+        <v>4498</v>
       </c>
     </row>
     <row r="2252">
       <c r="A2252" s="0" t="s">
-        <v>4498</v>
+        <v>4499</v>
       </c>
       <c r="B2252" s="0" t="s">
-        <v>4499</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="2253">
       <c r="A2253" s="0" t="s">
-        <v>4500</v>
+        <v>4501</v>
       </c>
       <c r="B2253" s="0" t="s">
-        <v>4501</v>
+        <v>4502</v>
       </c>
     </row>
     <row r="2254">
       <c r="A2254" s="0" t="s">
-        <v>4502</v>
+        <v>4503</v>
       </c>
       <c r="B2254" s="0" t="s">
-        <v>4503</v>
+        <v>4504</v>
       </c>
     </row>
     <row r="2255">
       <c r="A2255" s="0" t="s">
-        <v>4504</v>
+        <v>4505</v>
       </c>
       <c r="B2255" s="0" t="s">
-        <v>4505</v>
+        <v>4506</v>
       </c>
     </row>
     <row r="2256">
       <c r="A2256" s="0" t="s">
-        <v>4506</v>
+        <v>4507</v>
       </c>
       <c r="B2256" s="0" t="s">
-        <v>4507</v>
+        <v>4508</v>
       </c>
     </row>
     <row r="2257">
       <c r="A2257" s="0" t="s">
-        <v>4508</v>
+        <v>4509</v>
       </c>
       <c r="B2257" s="0" t="s">
-        <v>4509</v>
+        <v>4510</v>
       </c>
     </row>
     <row r="2258">
       <c r="A2258" s="0" t="s">
-        <v>4510</v>
+        <v>4511</v>
       </c>
       <c r="B2258" s="0" t="s">
-        <v>4511</v>
+        <v>4512</v>
       </c>
     </row>
     <row r="2259">
       <c r="A2259" s="0" t="s">
-        <v>4512</v>
+        <v>4513</v>
       </c>
       <c r="B2259" s="0" t="s">
-        <v>4513</v>
+        <v>4514</v>
       </c>
     </row>
     <row r="2260">
       <c r="A2260" s="0" t="s">
-        <v>4514</v>
+        <v>4515</v>
       </c>
       <c r="B2260" s="0" t="s">
-        <v>4515</v>
+        <v>4516</v>
       </c>
     </row>
     <row r="2261">
       <c r="A2261" s="0" t="s">
-        <v>4516</v>
+        <v>4517</v>
       </c>
       <c r="B2261" s="0" t="s">
-        <v>4517</v>
+        <v>4518</v>
       </c>
     </row>
     <row r="2262">
       <c r="A2262" s="0" t="s">
-        <v>4518</v>
+        <v>4519</v>
       </c>
       <c r="B2262" s="0" t="s">
-        <v>4519</v>
+        <v>4520</v>
       </c>
     </row>
     <row r="2263">
       <c r="A2263" s="0" t="s">
-        <v>4520</v>
+        <v>4521</v>
       </c>
       <c r="B2263" s="0" t="s">
-        <v>4521</v>
+        <v>4522</v>
       </c>
     </row>
     <row r="2264">
       <c r="A2264" s="0" t="s">
-        <v>4522</v>
+        <v>4523</v>
       </c>
       <c r="B2264" s="0" t="s">
-        <v>4523</v>
+        <v>4524</v>
       </c>
     </row>
     <row r="2265">
       <c r="A2265" s="0" t="s">
-        <v>4524</v>
+        <v>4525</v>
       </c>
       <c r="B2265" s="0" t="s">
-        <v>4525</v>
+        <v>4526</v>
       </c>
     </row>
     <row r="2266">
       <c r="A2266" s="0" t="s">
-        <v>4526</v>
+        <v>4527</v>
       </c>
       <c r="B2266" s="0" t="s">
-        <v>4527</v>
+        <v>4528</v>
       </c>
     </row>
     <row r="2267">
       <c r="A2267" s="0" t="s">
-        <v>4528</v>
+        <v>4529</v>
       </c>
       <c r="B2267" s="0" t="s">
-        <v>4529</v>
+        <v>4530</v>
       </c>
     </row>
     <row r="2268">
       <c r="A2268" s="0" t="s">
-        <v>4530</v>
+        <v>4531</v>
       </c>
       <c r="B2268" s="0" t="s">
-        <v>4531</v>
+        <v>4532</v>
       </c>
     </row>
     <row r="2269">
       <c r="A2269" s="0" t="s">
-        <v>4532</v>
+        <v>4533</v>
       </c>
       <c r="B2269" s="0" t="s">
-        <v>4533</v>
+        <v>4534</v>
       </c>
     </row>
     <row r="2270">
       <c r="A2270" s="0" t="s">
-        <v>4534</v>
+        <v>4535</v>
       </c>
       <c r="B2270" s="0" t="s">
-        <v>4535</v>
+        <v>4536</v>
       </c>
     </row>
     <row r="2271">
       <c r="A2271" s="0" t="s">
-        <v>4536</v>
+        <v>4537</v>
       </c>
       <c r="B2271" s="0" t="s">
-        <v>4537</v>
+        <v>4538</v>
       </c>
     </row>
     <row r="2272">
       <c r="A2272" s="0" t="s">
-        <v>4538</v>
+        <v>4539</v>
       </c>
       <c r="B2272" s="0" t="s">
-        <v>4539</v>
+        <v>4540</v>
       </c>
     </row>
     <row r="2273">
       <c r="A2273" s="0" t="s">
-        <v>4540</v>
+        <v>4541</v>
       </c>
       <c r="B2273" s="0" t="s">
-        <v>4541</v>
+        <v>4542</v>
       </c>
     </row>
     <row r="2274">
       <c r="A2274" s="0" t="s">
-        <v>4542</v>
+        <v>4543</v>
       </c>
       <c r="B2274" s="0" t="s">
-        <v>4543</v>
+        <v>4544</v>
       </c>
     </row>
     <row r="2275">
       <c r="A2275" s="0" t="s">
-        <v>4544</v>
+        <v>4545</v>
       </c>
       <c r="B2275" s="0" t="s">
-        <v>4545</v>
+        <v>4546</v>
       </c>
     </row>
     <row r="2276">
       <c r="A2276" s="0" t="s">
-        <v>4546</v>
+        <v>4547</v>
       </c>
       <c r="B2276" s="0" t="s">
-        <v>4547</v>
+        <v>4548</v>
       </c>
     </row>
     <row r="2277">
       <c r="A2277" s="0" t="s">
-        <v>4548</v>
+        <v>4549</v>
       </c>
       <c r="B2277" s="0" t="s">
-        <v>4549</v>
+        <v>4550</v>
       </c>
     </row>
     <row r="2278">
       <c r="A2278" s="0" t="s">
-        <v>4550</v>
+        <v>4551</v>
       </c>
       <c r="B2278" s="0" t="s">
-        <v>4551</v>
+        <v>4552</v>
       </c>
     </row>
     <row r="2279">
       <c r="A2279" s="0" t="s">
-        <v>4552</v>
+        <v>4553</v>
       </c>
       <c r="B2279" s="0" t="s">
-        <v>4553</v>
+        <v>4554</v>
       </c>
     </row>
     <row r="2280">
       <c r="A2280" s="0" t="s">
-        <v>4554</v>
+        <v>4555</v>
       </c>
       <c r="B2280" s="0" t="s">
-        <v>4555</v>
+        <v>4556</v>
       </c>
     </row>
     <row r="2281">
       <c r="A2281" s="0" t="s">
-        <v>4556</v>
+        <v>4557</v>
       </c>
       <c r="B2281" s="0" t="s">
-        <v>4557</v>
+        <v>4558</v>
       </c>
     </row>
     <row r="2282">
       <c r="A2282" s="0" t="s">
-        <v>4558</v>
+        <v>4559</v>
       </c>
       <c r="B2282" s="0" t="s">
-        <v>4559</v>
+        <v>4560</v>
       </c>
     </row>
     <row r="2283">
       <c r="A2283" s="0" t="s">
-        <v>4560</v>
+        <v>4561</v>
       </c>
       <c r="B2283" s="0" t="s">
-        <v>4561</v>
+        <v>4562</v>
       </c>
     </row>
     <row r="2284">
       <c r="A2284" s="0" t="s">
-        <v>4562</v>
+        <v>4563</v>
       </c>
       <c r="B2284" s="0" t="s">
-        <v>4563</v>
+        <v>2763</v>
       </c>
     </row>
     <row r="2285">
       <c r="A2285" s="0" t="s">
         <v>4564</v>
       </c>
       <c r="B2285" s="0" t="s">
         <v>4565</v>
       </c>
     </row>
     <row r="2286">
       <c r="A2286" s="0" t="s">
         <v>4566</v>
       </c>
       <c r="B2286" s="0" t="s">
         <v>4567</v>
       </c>
     </row>
     <row r="2287">
       <c r="A2287" s="0" t="s">
         <v>4568</v>
       </c>
       <c r="B2287" s="0" t="s">
         <v>4569</v>
       </c>
@@ -37043,31 +37337,423 @@
         <v>5275</v>
       </c>
     </row>
     <row r="2641">
       <c r="A2641" s="0" t="s">
         <v>5276</v>
       </c>
       <c r="B2641" s="0" t="s">
         <v>5277</v>
       </c>
     </row>
     <row r="2642">
       <c r="A2642" s="0" t="s">
         <v>5278</v>
       </c>
       <c r="B2642" s="0" t="s">
         <v>5279</v>
       </c>
     </row>
     <row r="2643">
       <c r="A2643" s="0" t="s">
         <v>5280</v>
       </c>
       <c r="B2643" s="0" t="s">
         <v>5281</v>
+      </c>
+    </row>
+    <row r="2644">
+      <c r="A2644" s="0" t="s">
+        <v>5282</v>
+      </c>
+      <c r="B2644" s="0" t="s">
+        <v>5283</v>
+      </c>
+    </row>
+    <row r="2645">
+      <c r="A2645" s="0" t="s">
+        <v>5284</v>
+      </c>
+      <c r="B2645" s="0" t="s">
+        <v>5285</v>
+      </c>
+    </row>
+    <row r="2646">
+      <c r="A2646" s="0" t="s">
+        <v>5286</v>
+      </c>
+      <c r="B2646" s="0" t="s">
+        <v>5287</v>
+      </c>
+    </row>
+    <row r="2647">
+      <c r="A2647" s="0" t="s">
+        <v>5288</v>
+      </c>
+      <c r="B2647" s="0" t="s">
+        <v>5289</v>
+      </c>
+    </row>
+    <row r="2648">
+      <c r="A2648" s="0" t="s">
+        <v>5290</v>
+      </c>
+      <c r="B2648" s="0" t="s">
+        <v>5291</v>
+      </c>
+    </row>
+    <row r="2649">
+      <c r="A2649" s="0" t="s">
+        <v>5292</v>
+      </c>
+      <c r="B2649" s="0" t="s">
+        <v>5293</v>
+      </c>
+    </row>
+    <row r="2650">
+      <c r="A2650" s="0" t="s">
+        <v>5294</v>
+      </c>
+      <c r="B2650" s="0" t="s">
+        <v>5295</v>
+      </c>
+    </row>
+    <row r="2651">
+      <c r="A2651" s="0" t="s">
+        <v>5296</v>
+      </c>
+      <c r="B2651" s="0" t="s">
+        <v>5297</v>
+      </c>
+    </row>
+    <row r="2652">
+      <c r="A2652" s="0" t="s">
+        <v>5298</v>
+      </c>
+      <c r="B2652" s="0" t="s">
+        <v>5299</v>
+      </c>
+    </row>
+    <row r="2653">
+      <c r="A2653" s="0" t="s">
+        <v>5300</v>
+      </c>
+      <c r="B2653" s="0" t="s">
+        <v>5301</v>
+      </c>
+    </row>
+    <row r="2654">
+      <c r="A2654" s="0" t="s">
+        <v>5302</v>
+      </c>
+      <c r="B2654" s="0" t="s">
+        <v>5303</v>
+      </c>
+    </row>
+    <row r="2655">
+      <c r="A2655" s="0" t="s">
+        <v>5304</v>
+      </c>
+      <c r="B2655" s="0" t="s">
+        <v>5305</v>
+      </c>
+    </row>
+    <row r="2656">
+      <c r="A2656" s="0" t="s">
+        <v>5306</v>
+      </c>
+      <c r="B2656" s="0" t="s">
+        <v>5307</v>
+      </c>
+    </row>
+    <row r="2657">
+      <c r="A2657" s="0" t="s">
+        <v>5308</v>
+      </c>
+      <c r="B2657" s="0" t="s">
+        <v>5309</v>
+      </c>
+    </row>
+    <row r="2658">
+      <c r="A2658" s="0" t="s">
+        <v>5310</v>
+      </c>
+      <c r="B2658" s="0" t="s">
+        <v>5311</v>
+      </c>
+    </row>
+    <row r="2659">
+      <c r="A2659" s="0" t="s">
+        <v>5312</v>
+      </c>
+      <c r="B2659" s="0" t="s">
+        <v>5313</v>
+      </c>
+    </row>
+    <row r="2660">
+      <c r="A2660" s="0" t="s">
+        <v>5314</v>
+      </c>
+      <c r="B2660" s="0" t="s">
+        <v>5315</v>
+      </c>
+    </row>
+    <row r="2661">
+      <c r="A2661" s="0" t="s">
+        <v>5316</v>
+      </c>
+      <c r="B2661" s="0" t="s">
+        <v>5317</v>
+      </c>
+    </row>
+    <row r="2662">
+      <c r="A2662" s="0" t="s">
+        <v>5318</v>
+      </c>
+      <c r="B2662" s="0" t="s">
+        <v>5319</v>
+      </c>
+    </row>
+    <row r="2663">
+      <c r="A2663" s="0" t="s">
+        <v>5320</v>
+      </c>
+      <c r="B2663" s="0" t="s">
+        <v>5321</v>
+      </c>
+    </row>
+    <row r="2664">
+      <c r="A2664" s="0" t="s">
+        <v>5322</v>
+      </c>
+      <c r="B2664" s="0" t="s">
+        <v>5323</v>
+      </c>
+    </row>
+    <row r="2665">
+      <c r="A2665" s="0" t="s">
+        <v>5324</v>
+      </c>
+      <c r="B2665" s="0" t="s">
+        <v>5325</v>
+      </c>
+    </row>
+    <row r="2666">
+      <c r="A2666" s="0" t="s">
+        <v>5326</v>
+      </c>
+      <c r="B2666" s="0" t="s">
+        <v>5327</v>
+      </c>
+    </row>
+    <row r="2667">
+      <c r="A2667" s="0" t="s">
+        <v>5328</v>
+      </c>
+      <c r="B2667" s="0" t="s">
+        <v>5329</v>
+      </c>
+    </row>
+    <row r="2668">
+      <c r="A2668" s="0" t="s">
+        <v>5330</v>
+      </c>
+      <c r="B2668" s="0" t="s">
+        <v>5331</v>
+      </c>
+    </row>
+    <row r="2669">
+      <c r="A2669" s="0" t="s">
+        <v>5332</v>
+      </c>
+      <c r="B2669" s="0" t="s">
+        <v>5333</v>
+      </c>
+    </row>
+    <row r="2670">
+      <c r="A2670" s="0" t="s">
+        <v>5334</v>
+      </c>
+      <c r="B2670" s="0" t="s">
+        <v>5335</v>
+      </c>
+    </row>
+    <row r="2671">
+      <c r="A2671" s="0" t="s">
+        <v>5336</v>
+      </c>
+      <c r="B2671" s="0" t="s">
+        <v>5337</v>
+      </c>
+    </row>
+    <row r="2672">
+      <c r="A2672" s="0" t="s">
+        <v>5338</v>
+      </c>
+      <c r="B2672" s="0" t="s">
+        <v>5339</v>
+      </c>
+    </row>
+    <row r="2673">
+      <c r="A2673" s="0" t="s">
+        <v>5340</v>
+      </c>
+      <c r="B2673" s="0" t="s">
+        <v>5341</v>
+      </c>
+    </row>
+    <row r="2674">
+      <c r="A2674" s="0" t="s">
+        <v>5342</v>
+      </c>
+      <c r="B2674" s="0" t="s">
+        <v>5343</v>
+      </c>
+    </row>
+    <row r="2675">
+      <c r="A2675" s="0" t="s">
+        <v>5344</v>
+      </c>
+      <c r="B2675" s="0" t="s">
+        <v>5345</v>
+      </c>
+    </row>
+    <row r="2676">
+      <c r="A2676" s="0" t="s">
+        <v>5346</v>
+      </c>
+      <c r="B2676" s="0" t="s">
+        <v>5347</v>
+      </c>
+    </row>
+    <row r="2677">
+      <c r="A2677" s="0" t="s">
+        <v>5348</v>
+      </c>
+      <c r="B2677" s="0" t="s">
+        <v>5349</v>
+      </c>
+    </row>
+    <row r="2678">
+      <c r="A2678" s="0" t="s">
+        <v>5350</v>
+      </c>
+      <c r="B2678" s="0" t="s">
+        <v>5351</v>
+      </c>
+    </row>
+    <row r="2679">
+      <c r="A2679" s="0" t="s">
+        <v>5352</v>
+      </c>
+      <c r="B2679" s="0" t="s">
+        <v>5353</v>
+      </c>
+    </row>
+    <row r="2680">
+      <c r="A2680" s="0" t="s">
+        <v>5354</v>
+      </c>
+      <c r="B2680" s="0" t="s">
+        <v>5355</v>
+      </c>
+    </row>
+    <row r="2681">
+      <c r="A2681" s="0" t="s">
+        <v>5356</v>
+      </c>
+      <c r="B2681" s="0" t="s">
+        <v>5357</v>
+      </c>
+    </row>
+    <row r="2682">
+      <c r="A2682" s="0" t="s">
+        <v>5358</v>
+      </c>
+      <c r="B2682" s="0" t="s">
+        <v>5359</v>
+      </c>
+    </row>
+    <row r="2683">
+      <c r="A2683" s="0" t="s">
+        <v>5360</v>
+      </c>
+      <c r="B2683" s="0" t="s">
+        <v>5361</v>
+      </c>
+    </row>
+    <row r="2684">
+      <c r="A2684" s="0" t="s">
+        <v>5362</v>
+      </c>
+      <c r="B2684" s="0" t="s">
+        <v>5363</v>
+      </c>
+    </row>
+    <row r="2685">
+      <c r="A2685" s="0" t="s">
+        <v>5364</v>
+      </c>
+      <c r="B2685" s="0" t="s">
+        <v>5365</v>
+      </c>
+    </row>
+    <row r="2686">
+      <c r="A2686" s="0" t="s">
+        <v>5366</v>
+      </c>
+      <c r="B2686" s="0" t="s">
+        <v>5367</v>
+      </c>
+    </row>
+    <row r="2687">
+      <c r="A2687" s="0" t="s">
+        <v>5368</v>
+      </c>
+      <c r="B2687" s="0" t="s">
+        <v>5369</v>
+      </c>
+    </row>
+    <row r="2688">
+      <c r="A2688" s="0" t="s">
+        <v>5370</v>
+      </c>
+      <c r="B2688" s="0" t="s">
+        <v>5371</v>
+      </c>
+    </row>
+    <row r="2689">
+      <c r="A2689" s="0" t="s">
+        <v>5372</v>
+      </c>
+      <c r="B2689" s="0" t="s">
+        <v>5373</v>
+      </c>
+    </row>
+    <row r="2690">
+      <c r="A2690" s="0" t="s">
+        <v>5374</v>
+      </c>
+      <c r="B2690" s="0" t="s">
+        <v>5375</v>
+      </c>
+    </row>
+    <row r="2691">
+      <c r="A2691" s="0" t="s">
+        <v>5376</v>
+      </c>
+      <c r="B2691" s="0" t="s">
+        <v>5377</v>
+      </c>
+    </row>
+    <row r="2692">
+      <c r="A2692" s="0" t="s">
+        <v>5378</v>
+      </c>
+      <c r="B2692" s="0" t="s">
+        <v>5379</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>