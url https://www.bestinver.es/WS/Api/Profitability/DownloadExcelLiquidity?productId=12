--- v2 (2026-01-31)
+++ v3 (2026-03-17)
@@ -4,59 +4,335 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5380" uniqueCount="5380">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5472" uniqueCount="5472">
   <si>
     <t>BESTINVER PLAN RENTA, F.P.</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>16/03/2026</t>
+  </si>
+  <si>
+    <t>15,106446</t>
+  </si>
+  <si>
+    <t>15/03/2026</t>
+  </si>
+  <si>
+    <t>15,099559</t>
+  </si>
+  <si>
+    <t>14/03/2026</t>
+  </si>
+  <si>
+    <t>15,098473</t>
+  </si>
+  <si>
+    <t>13/03/2026</t>
+  </si>
+  <si>
+    <t>15,097387</t>
+  </si>
+  <si>
+    <t>12/03/2026</t>
+  </si>
+  <si>
+    <t>15,119168</t>
+  </si>
+  <si>
+    <t>11/03/2026</t>
+  </si>
+  <si>
+    <t>15,145483</t>
+  </si>
+  <si>
+    <t>10/03/2026</t>
+  </si>
+  <si>
+    <t>15,218746</t>
+  </si>
+  <si>
+    <t>09/03/2026</t>
+  </si>
+  <si>
+    <t>15,160403</t>
+  </si>
+  <si>
+    <t>08/03/2026</t>
+  </si>
+  <si>
+    <t>15,187172</t>
+  </si>
+  <si>
+    <t>07/03/2026</t>
+  </si>
+  <si>
+    <t>15,186111</t>
+  </si>
+  <si>
+    <t>06/03/2026</t>
+  </si>
+  <si>
+    <t>15,185050</t>
+  </si>
+  <si>
+    <t>05/03/2026</t>
+  </si>
+  <si>
+    <t>15,220448</t>
+  </si>
+  <si>
+    <t>04/03/2026</t>
+  </si>
+  <si>
+    <t>15,267777</t>
+  </si>
+  <si>
+    <t>03/03/2026</t>
+  </si>
+  <si>
+    <t>15,228493</t>
+  </si>
+  <si>
+    <t>02/03/2026</t>
+  </si>
+  <si>
+    <t>15,281358</t>
+  </si>
+  <si>
+    <t>01/03/2026</t>
+  </si>
+  <si>
+    <t>15,328887</t>
+  </si>
+  <si>
+    <t>28/02/2026</t>
+  </si>
+  <si>
+    <t>15,327609</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t>15,326583</t>
+  </si>
+  <si>
+    <t>26/02/2026</t>
+  </si>
+  <si>
+    <t>15,313258</t>
+  </si>
+  <si>
+    <t>25/02/2026</t>
+  </si>
+  <si>
+    <t>15,296333</t>
+  </si>
+  <si>
+    <t>24/02/2026</t>
+  </si>
+  <si>
+    <t>15,301302</t>
+  </si>
+  <si>
+    <t>23/02/2026</t>
+  </si>
+  <si>
+    <t>15,301585</t>
+  </si>
+  <si>
+    <t>22/02/2026</t>
+  </si>
+  <si>
+    <t>15,284674</t>
+  </si>
+  <si>
+    <t>21/02/2026</t>
+  </si>
+  <si>
+    <t>15,283626</t>
+  </si>
+  <si>
+    <t>20/02/2026</t>
+  </si>
+  <si>
+    <t>15,282590</t>
+  </si>
+  <si>
+    <t>19/02/2026</t>
+  </si>
+  <si>
+    <t>15,280867</t>
+  </si>
+  <si>
+    <t>18/02/2026</t>
+  </si>
+  <si>
+    <t>15,281323</t>
+  </si>
+  <si>
+    <t>17/02/2026</t>
+  </si>
+  <si>
+    <t>15,278100</t>
+  </si>
+  <si>
+    <t>16/02/2026</t>
+  </si>
+  <si>
+    <t>15,277337</t>
+  </si>
+  <si>
+    <t>15/02/2026</t>
+  </si>
+  <si>
+    <t>15,276595</t>
+  </si>
+  <si>
+    <t>14/02/2026</t>
+  </si>
+  <si>
+    <t>15,275578</t>
+  </si>
+  <si>
+    <t>13/02/2026</t>
+  </si>
+  <si>
+    <t>15,274561</t>
+  </si>
+  <si>
+    <t>12/02/2026</t>
+  </si>
+  <si>
+    <t>15,267988</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>15,260428</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>15,259837</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>15,243324</t>
+  </si>
+  <si>
+    <t>08/02/2026</t>
+  </si>
+  <si>
+    <t>15,234738</t>
+  </si>
+  <si>
+    <t>07/02/2026</t>
+  </si>
+  <si>
+    <t>15,233723</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>15,232707</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>15,236359</t>
+  </si>
+  <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>15,228705</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>15,215888</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>15,215862</t>
+  </si>
+  <si>
+    <t>01/02/2026</t>
+  </si>
+  <si>
+    <t>15,228740</t>
+  </si>
+  <si>
+    <t>31/01/2026</t>
+  </si>
+  <si>
+    <t>15,227714</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>15,226818</t>
   </si>
   <si>
     <t>29/01/2026</t>
   </si>
   <si>
     <t>15,227892</t>
   </si>
   <si>
     <t>28/01/2026</t>
   </si>
   <si>
     <t>15,209948</t>
   </si>
   <si>
     <t>27/01/2026</t>
   </si>
   <si>
     <t>15,187776</t>
   </si>
   <si>
     <t>26/01/2026</t>
   </si>
   <si>
     <t>15,181564</t>
   </si>
@@ -16192,51 +16468,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B2692"/>
+  <dimension ref="A1:B2738"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -26424,419 +26700,419 @@
       <c r="B1276" s="0" t="s">
         <v>2550</v>
       </c>
     </row>
     <row r="1277">
       <c r="A1277" s="0" t="s">
         <v>2551</v>
       </c>
       <c r="B1277" s="0" t="s">
         <v>2552</v>
       </c>
     </row>
     <row r="1278">
       <c r="A1278" s="0" t="s">
         <v>2553</v>
       </c>
       <c r="B1278" s="0" t="s">
         <v>2554</v>
       </c>
     </row>
     <row r="1279">
       <c r="A1279" s="0" t="s">
         <v>2555</v>
       </c>
       <c r="B1279" s="0" t="s">
-        <v>1710</v>
+        <v>2556</v>
       </c>
     </row>
     <row r="1280">
       <c r="A1280" s="0" t="s">
-        <v>2556</v>
+        <v>2557</v>
       </c>
       <c r="B1280" s="0" t="s">
-        <v>2557</v>
+        <v>2558</v>
       </c>
     </row>
     <row r="1281">
       <c r="A1281" s="0" t="s">
-        <v>2558</v>
+        <v>2559</v>
       </c>
       <c r="B1281" s="0" t="s">
-        <v>2559</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="1282">
       <c r="A1282" s="0" t="s">
-        <v>2560</v>
+        <v>2561</v>
       </c>
       <c r="B1282" s="0" t="s">
-        <v>2561</v>
+        <v>2562</v>
       </c>
     </row>
     <row r="1283">
       <c r="A1283" s="0" t="s">
-        <v>2562</v>
+        <v>2563</v>
       </c>
       <c r="B1283" s="0" t="s">
-        <v>2563</v>
+        <v>2564</v>
       </c>
     </row>
     <row r="1284">
       <c r="A1284" s="0" t="s">
-        <v>2564</v>
+        <v>2565</v>
       </c>
       <c r="B1284" s="0" t="s">
-        <v>2565</v>
+        <v>2566</v>
       </c>
     </row>
     <row r="1285">
       <c r="A1285" s="0" t="s">
-        <v>2566</v>
+        <v>2567</v>
       </c>
       <c r="B1285" s="0" t="s">
-        <v>2567</v>
+        <v>2568</v>
       </c>
     </row>
     <row r="1286">
       <c r="A1286" s="0" t="s">
-        <v>2568</v>
+        <v>2569</v>
       </c>
       <c r="B1286" s="0" t="s">
-        <v>2569</v>
+        <v>2570</v>
       </c>
     </row>
     <row r="1287">
       <c r="A1287" s="0" t="s">
-        <v>2570</v>
+        <v>2571</v>
       </c>
       <c r="B1287" s="0" t="s">
-        <v>2571</v>
+        <v>2572</v>
       </c>
     </row>
     <row r="1288">
       <c r="A1288" s="0" t="s">
-        <v>2572</v>
+        <v>2573</v>
       </c>
       <c r="B1288" s="0" t="s">
-        <v>2573</v>
+        <v>2574</v>
       </c>
     </row>
     <row r="1289">
       <c r="A1289" s="0" t="s">
-        <v>2574</v>
+        <v>2575</v>
       </c>
       <c r="B1289" s="0" t="s">
-        <v>2575</v>
+        <v>2576</v>
       </c>
     </row>
     <row r="1290">
       <c r="A1290" s="0" t="s">
-        <v>2576</v>
+        <v>2577</v>
       </c>
       <c r="B1290" s="0" t="s">
-        <v>2577</v>
+        <v>2578</v>
       </c>
     </row>
     <row r="1291">
       <c r="A1291" s="0" t="s">
-        <v>2578</v>
+        <v>2579</v>
       </c>
       <c r="B1291" s="0" t="s">
-        <v>2579</v>
+        <v>2580</v>
       </c>
     </row>
     <row r="1292">
       <c r="A1292" s="0" t="s">
-        <v>2580</v>
+        <v>2581</v>
       </c>
       <c r="B1292" s="0" t="s">
-        <v>2581</v>
+        <v>2582</v>
       </c>
     </row>
     <row r="1293">
       <c r="A1293" s="0" t="s">
-        <v>2582</v>
+        <v>2583</v>
       </c>
       <c r="B1293" s="0" t="s">
-        <v>2583</v>
+        <v>2584</v>
       </c>
     </row>
     <row r="1294">
       <c r="A1294" s="0" t="s">
-        <v>2584</v>
+        <v>2585</v>
       </c>
       <c r="B1294" s="0" t="s">
-        <v>2585</v>
+        <v>2586</v>
       </c>
     </row>
     <row r="1295">
       <c r="A1295" s="0" t="s">
-        <v>2586</v>
+        <v>2587</v>
       </c>
       <c r="B1295" s="0" t="s">
-        <v>2587</v>
+        <v>2588</v>
       </c>
     </row>
     <row r="1296">
       <c r="A1296" s="0" t="s">
-        <v>2588</v>
+        <v>2589</v>
       </c>
       <c r="B1296" s="0" t="s">
-        <v>2589</v>
+        <v>2590</v>
       </c>
     </row>
     <row r="1297">
       <c r="A1297" s="0" t="s">
-        <v>2590</v>
+        <v>2591</v>
       </c>
       <c r="B1297" s="0" t="s">
-        <v>2591</v>
+        <v>2592</v>
       </c>
     </row>
     <row r="1298">
       <c r="A1298" s="0" t="s">
-        <v>2592</v>
+        <v>2593</v>
       </c>
       <c r="B1298" s="0" t="s">
-        <v>2593</v>
+        <v>2594</v>
       </c>
     </row>
     <row r="1299">
       <c r="A1299" s="0" t="s">
-        <v>2594</v>
+        <v>2595</v>
       </c>
       <c r="B1299" s="0" t="s">
-        <v>2595</v>
+        <v>2596</v>
       </c>
     </row>
     <row r="1300">
       <c r="A1300" s="0" t="s">
-        <v>2596</v>
+        <v>2597</v>
       </c>
       <c r="B1300" s="0" t="s">
-        <v>2597</v>
+        <v>2598</v>
       </c>
     </row>
     <row r="1301">
       <c r="A1301" s="0" t="s">
-        <v>2598</v>
+        <v>2599</v>
       </c>
       <c r="B1301" s="0" t="s">
-        <v>2599</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="1302">
       <c r="A1302" s="0" t="s">
-        <v>2600</v>
+        <v>2601</v>
       </c>
       <c r="B1302" s="0" t="s">
-        <v>2601</v>
+        <v>2602</v>
       </c>
     </row>
     <row r="1303">
       <c r="A1303" s="0" t="s">
-        <v>2602</v>
+        <v>2603</v>
       </c>
       <c r="B1303" s="0" t="s">
-        <v>2603</v>
+        <v>2604</v>
       </c>
     </row>
     <row r="1304">
       <c r="A1304" s="0" t="s">
-        <v>2604</v>
+        <v>2605</v>
       </c>
       <c r="B1304" s="0" t="s">
-        <v>2605</v>
+        <v>2606</v>
       </c>
     </row>
     <row r="1305">
       <c r="A1305" s="0" t="s">
-        <v>2606</v>
+        <v>2607</v>
       </c>
       <c r="B1305" s="0" t="s">
-        <v>2607</v>
+        <v>2608</v>
       </c>
     </row>
     <row r="1306">
       <c r="A1306" s="0" t="s">
-        <v>2608</v>
+        <v>2609</v>
       </c>
       <c r="B1306" s="0" t="s">
-        <v>2609</v>
+        <v>2610</v>
       </c>
     </row>
     <row r="1307">
       <c r="A1307" s="0" t="s">
-        <v>2610</v>
+        <v>2611</v>
       </c>
       <c r="B1307" s="0" t="s">
-        <v>2611</v>
+        <v>2612</v>
       </c>
     </row>
     <row r="1308">
       <c r="A1308" s="0" t="s">
-        <v>2612</v>
+        <v>2613</v>
       </c>
       <c r="B1308" s="0" t="s">
-        <v>2613</v>
+        <v>2614</v>
       </c>
     </row>
     <row r="1309">
       <c r="A1309" s="0" t="s">
-        <v>2614</v>
+        <v>2615</v>
       </c>
       <c r="B1309" s="0" t="s">
-        <v>2615</v>
+        <v>2616</v>
       </c>
     </row>
     <row r="1310">
       <c r="A1310" s="0" t="s">
-        <v>2616</v>
+        <v>2617</v>
       </c>
       <c r="B1310" s="0" t="s">
-        <v>2617</v>
+        <v>2618</v>
       </c>
     </row>
     <row r="1311">
       <c r="A1311" s="0" t="s">
-        <v>2618</v>
+        <v>2619</v>
       </c>
       <c r="B1311" s="0" t="s">
-        <v>2619</v>
+        <v>2620</v>
       </c>
     </row>
     <row r="1312">
       <c r="A1312" s="0" t="s">
-        <v>2620</v>
+        <v>2621</v>
       </c>
       <c r="B1312" s="0" t="s">
-        <v>2621</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="1313">
       <c r="A1313" s="0" t="s">
-        <v>2622</v>
+        <v>2623</v>
       </c>
       <c r="B1313" s="0" t="s">
-        <v>2623</v>
+        <v>2624</v>
       </c>
     </row>
     <row r="1314">
       <c r="A1314" s="0" t="s">
-        <v>2624</v>
+        <v>2625</v>
       </c>
       <c r="B1314" s="0" t="s">
-        <v>2625</v>
+        <v>2626</v>
       </c>
     </row>
     <row r="1315">
       <c r="A1315" s="0" t="s">
-        <v>2626</v>
+        <v>2627</v>
       </c>
       <c r="B1315" s="0" t="s">
-        <v>2627</v>
+        <v>2628</v>
       </c>
     </row>
     <row r="1316">
       <c r="A1316" s="0" t="s">
-        <v>2628</v>
+        <v>2629</v>
       </c>
       <c r="B1316" s="0" t="s">
-        <v>2629</v>
+        <v>2630</v>
       </c>
     </row>
     <row r="1317">
       <c r="A1317" s="0" t="s">
-        <v>2630</v>
+        <v>2631</v>
       </c>
       <c r="B1317" s="0" t="s">
-        <v>2631</v>
+        <v>2632</v>
       </c>
     </row>
     <row r="1318">
       <c r="A1318" s="0" t="s">
-        <v>2632</v>
+        <v>2633</v>
       </c>
       <c r="B1318" s="0" t="s">
-        <v>2633</v>
+        <v>2634</v>
       </c>
     </row>
     <row r="1319">
       <c r="A1319" s="0" t="s">
-        <v>2634</v>
+        <v>2635</v>
       </c>
       <c r="B1319" s="0" t="s">
-        <v>2635</v>
+        <v>2636</v>
       </c>
     </row>
     <row r="1320">
       <c r="A1320" s="0" t="s">
-        <v>2636</v>
+        <v>2637</v>
       </c>
       <c r="B1320" s="0" t="s">
-        <v>2637</v>
+        <v>2638</v>
       </c>
     </row>
     <row r="1321">
       <c r="A1321" s="0" t="s">
-        <v>2638</v>
+        <v>2639</v>
       </c>
       <c r="B1321" s="0" t="s">
-        <v>2639</v>
+        <v>2640</v>
       </c>
     </row>
     <row r="1322">
       <c r="A1322" s="0" t="s">
-        <v>2640</v>
+        <v>2641</v>
       </c>
       <c r="B1322" s="0" t="s">
-        <v>2641</v>
+        <v>2642</v>
       </c>
     </row>
     <row r="1323">
       <c r="A1323" s="0" t="s">
-        <v>2642</v>
+        <v>2643</v>
       </c>
       <c r="B1323" s="0" t="s">
-        <v>2643</v>
+        <v>2644</v>
       </c>
     </row>
     <row r="1324">
       <c r="A1324" s="0" t="s">
-        <v>2644</v>
+        <v>2645</v>
       </c>
       <c r="B1324" s="0" t="s">
-        <v>2645</v>
+        <v>2646</v>
       </c>
     </row>
     <row r="1325">
       <c r="A1325" s="0" t="s">
-        <v>2646</v>
+        <v>2647</v>
       </c>
       <c r="B1325" s="0" t="s">
-        <v>2647</v>
+        <v>1802</v>
       </c>
     </row>
     <row r="1326">
       <c r="A1326" s="0" t="s">
         <v>2648</v>
       </c>
       <c r="B1326" s="0" t="s">
         <v>2649</v>
       </c>
     </row>
     <row r="1327">
       <c r="A1327" s="0" t="s">
         <v>2650</v>
       </c>
       <c r="B1327" s="0" t="s">
         <v>2651</v>
       </c>
     </row>
     <row r="1328">
       <c r="A1328" s="0" t="s">
         <v>2652</v>
       </c>
       <c r="B1328" s="0" t="s">
         <v>2653</v>
       </c>
@@ -28272,419 +28548,419 @@
       <c r="B1507" s="0" t="s">
         <v>3011</v>
       </c>
     </row>
     <row r="1508">
       <c r="A1508" s="0" t="s">
         <v>3012</v>
       </c>
       <c r="B1508" s="0" t="s">
         <v>3013</v>
       </c>
     </row>
     <row r="1509">
       <c r="A1509" s="0" t="s">
         <v>3014</v>
       </c>
       <c r="B1509" s="0" t="s">
         <v>3015</v>
       </c>
     </row>
     <row r="1510">
       <c r="A1510" s="0" t="s">
         <v>3016</v>
       </c>
       <c r="B1510" s="0" t="s">
-        <v>1168</v>
+        <v>3017</v>
       </c>
     </row>
     <row r="1511">
       <c r="A1511" s="0" t="s">
-        <v>3017</v>
+        <v>3018</v>
       </c>
       <c r="B1511" s="0" t="s">
-        <v>3018</v>
+        <v>3019</v>
       </c>
     </row>
     <row r="1512">
       <c r="A1512" s="0" t="s">
-        <v>3019</v>
+        <v>3020</v>
       </c>
       <c r="B1512" s="0" t="s">
-        <v>3020</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="1513">
       <c r="A1513" s="0" t="s">
-        <v>3021</v>
+        <v>3022</v>
       </c>
       <c r="B1513" s="0" t="s">
-        <v>3022</v>
+        <v>3023</v>
       </c>
     </row>
     <row r="1514">
       <c r="A1514" s="0" t="s">
-        <v>3023</v>
+        <v>3024</v>
       </c>
       <c r="B1514" s="0" t="s">
-        <v>3024</v>
+        <v>3025</v>
       </c>
     </row>
     <row r="1515">
       <c r="A1515" s="0" t="s">
-        <v>3025</v>
+        <v>3026</v>
       </c>
       <c r="B1515" s="0" t="s">
-        <v>3026</v>
+        <v>3027</v>
       </c>
     </row>
     <row r="1516">
       <c r="A1516" s="0" t="s">
-        <v>3027</v>
+        <v>3028</v>
       </c>
       <c r="B1516" s="0" t="s">
-        <v>3028</v>
+        <v>3029</v>
       </c>
     </row>
     <row r="1517">
       <c r="A1517" s="0" t="s">
-        <v>3029</v>
+        <v>3030</v>
       </c>
       <c r="B1517" s="0" t="s">
-        <v>3030</v>
+        <v>3031</v>
       </c>
     </row>
     <row r="1518">
       <c r="A1518" s="0" t="s">
-        <v>3031</v>
+        <v>3032</v>
       </c>
       <c r="B1518" s="0" t="s">
-        <v>3032</v>
+        <v>3033</v>
       </c>
     </row>
     <row r="1519">
       <c r="A1519" s="0" t="s">
-        <v>3033</v>
+        <v>3034</v>
       </c>
       <c r="B1519" s="0" t="s">
-        <v>3034</v>
+        <v>3035</v>
       </c>
     </row>
     <row r="1520">
       <c r="A1520" s="0" t="s">
-        <v>3035</v>
+        <v>3036</v>
       </c>
       <c r="B1520" s="0" t="s">
-        <v>3036</v>
+        <v>3037</v>
       </c>
     </row>
     <row r="1521">
       <c r="A1521" s="0" t="s">
-        <v>3037</v>
+        <v>3038</v>
       </c>
       <c r="B1521" s="0" t="s">
-        <v>3038</v>
+        <v>3039</v>
       </c>
     </row>
     <row r="1522">
       <c r="A1522" s="0" t="s">
-        <v>3039</v>
+        <v>3040</v>
       </c>
       <c r="B1522" s="0" t="s">
-        <v>3040</v>
+        <v>3041</v>
       </c>
     </row>
     <row r="1523">
       <c r="A1523" s="0" t="s">
-        <v>3041</v>
+        <v>3042</v>
       </c>
       <c r="B1523" s="0" t="s">
-        <v>3042</v>
+        <v>3043</v>
       </c>
     </row>
     <row r="1524">
       <c r="A1524" s="0" t="s">
-        <v>3043</v>
+        <v>3044</v>
       </c>
       <c r="B1524" s="0" t="s">
-        <v>3044</v>
+        <v>3045</v>
       </c>
     </row>
     <row r="1525">
       <c r="A1525" s="0" t="s">
-        <v>3045</v>
+        <v>3046</v>
       </c>
       <c r="B1525" s="0" t="s">
-        <v>3046</v>
+        <v>3047</v>
       </c>
     </row>
     <row r="1526">
       <c r="A1526" s="0" t="s">
-        <v>3047</v>
+        <v>3048</v>
       </c>
       <c r="B1526" s="0" t="s">
-        <v>3048</v>
+        <v>3049</v>
       </c>
     </row>
     <row r="1527">
       <c r="A1527" s="0" t="s">
-        <v>3049</v>
+        <v>3050</v>
       </c>
       <c r="B1527" s="0" t="s">
-        <v>3050</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="1528">
       <c r="A1528" s="0" t="s">
-        <v>3051</v>
+        <v>3052</v>
       </c>
       <c r="B1528" s="0" t="s">
-        <v>3052</v>
+        <v>3053</v>
       </c>
     </row>
     <row r="1529">
       <c r="A1529" s="0" t="s">
-        <v>3053</v>
+        <v>3054</v>
       </c>
       <c r="B1529" s="0" t="s">
-        <v>3054</v>
+        <v>3055</v>
       </c>
     </row>
     <row r="1530">
       <c r="A1530" s="0" t="s">
-        <v>3055</v>
+        <v>3056</v>
       </c>
       <c r="B1530" s="0" t="s">
-        <v>3056</v>
+        <v>3057</v>
       </c>
     </row>
     <row r="1531">
       <c r="A1531" s="0" t="s">
-        <v>3057</v>
+        <v>3058</v>
       </c>
       <c r="B1531" s="0" t="s">
-        <v>3058</v>
+        <v>3059</v>
       </c>
     </row>
     <row r="1532">
       <c r="A1532" s="0" t="s">
-        <v>3059</v>
+        <v>3060</v>
       </c>
       <c r="B1532" s="0" t="s">
-        <v>3060</v>
+        <v>3061</v>
       </c>
     </row>
     <row r="1533">
       <c r="A1533" s="0" t="s">
-        <v>3061</v>
+        <v>3062</v>
       </c>
       <c r="B1533" s="0" t="s">
-        <v>3062</v>
+        <v>3063</v>
       </c>
     </row>
     <row r="1534">
       <c r="A1534" s="0" t="s">
-        <v>3063</v>
+        <v>3064</v>
       </c>
       <c r="B1534" s="0" t="s">
-        <v>3064</v>
+        <v>3065</v>
       </c>
     </row>
     <row r="1535">
       <c r="A1535" s="0" t="s">
-        <v>3065</v>
+        <v>3066</v>
       </c>
       <c r="B1535" s="0" t="s">
-        <v>3066</v>
+        <v>3067</v>
       </c>
     </row>
     <row r="1536">
       <c r="A1536" s="0" t="s">
-        <v>3067</v>
+        <v>3068</v>
       </c>
       <c r="B1536" s="0" t="s">
-        <v>3068</v>
+        <v>3069</v>
       </c>
     </row>
     <row r="1537">
       <c r="A1537" s="0" t="s">
-        <v>3069</v>
+        <v>3070</v>
       </c>
       <c r="B1537" s="0" t="s">
-        <v>3070</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="1538">
       <c r="A1538" s="0" t="s">
-        <v>3071</v>
+        <v>3072</v>
       </c>
       <c r="B1538" s="0" t="s">
-        <v>3072</v>
+        <v>3073</v>
       </c>
     </row>
     <row r="1539">
       <c r="A1539" s="0" t="s">
-        <v>3073</v>
+        <v>3074</v>
       </c>
       <c r="B1539" s="0" t="s">
-        <v>3074</v>
+        <v>3075</v>
       </c>
     </row>
     <row r="1540">
       <c r="A1540" s="0" t="s">
-        <v>3075</v>
+        <v>3076</v>
       </c>
       <c r="B1540" s="0" t="s">
-        <v>3076</v>
+        <v>3077</v>
       </c>
     </row>
     <row r="1541">
       <c r="A1541" s="0" t="s">
-        <v>3077</v>
+        <v>3078</v>
       </c>
       <c r="B1541" s="0" t="s">
-        <v>3078</v>
+        <v>3079</v>
       </c>
     </row>
     <row r="1542">
       <c r="A1542" s="0" t="s">
-        <v>3079</v>
+        <v>3080</v>
       </c>
       <c r="B1542" s="0" t="s">
-        <v>3080</v>
+        <v>3081</v>
       </c>
     </row>
     <row r="1543">
       <c r="A1543" s="0" t="s">
-        <v>3081</v>
+        <v>3082</v>
       </c>
       <c r="B1543" s="0" t="s">
-        <v>3082</v>
+        <v>3083</v>
       </c>
     </row>
     <row r="1544">
       <c r="A1544" s="0" t="s">
-        <v>3083</v>
+        <v>3084</v>
       </c>
       <c r="B1544" s="0" t="s">
-        <v>3084</v>
+        <v>3085</v>
       </c>
     </row>
     <row r="1545">
       <c r="A1545" s="0" t="s">
-        <v>3085</v>
+        <v>3086</v>
       </c>
       <c r="B1545" s="0" t="s">
-        <v>3086</v>
+        <v>3087</v>
       </c>
     </row>
     <row r="1546">
       <c r="A1546" s="0" t="s">
-        <v>3087</v>
+        <v>3088</v>
       </c>
       <c r="B1546" s="0" t="s">
-        <v>3088</v>
+        <v>3089</v>
       </c>
     </row>
     <row r="1547">
       <c r="A1547" s="0" t="s">
-        <v>3089</v>
+        <v>3090</v>
       </c>
       <c r="B1547" s="0" t="s">
-        <v>3090</v>
+        <v>3091</v>
       </c>
     </row>
     <row r="1548">
       <c r="A1548" s="0" t="s">
-        <v>3091</v>
+        <v>3092</v>
       </c>
       <c r="B1548" s="0" t="s">
-        <v>3092</v>
+        <v>3093</v>
       </c>
     </row>
     <row r="1549">
       <c r="A1549" s="0" t="s">
-        <v>3093</v>
+        <v>3094</v>
       </c>
       <c r="B1549" s="0" t="s">
-        <v>3094</v>
+        <v>3095</v>
       </c>
     </row>
     <row r="1550">
       <c r="A1550" s="0" t="s">
-        <v>3095</v>
+        <v>3096</v>
       </c>
       <c r="B1550" s="0" t="s">
-        <v>3096</v>
+        <v>3097</v>
       </c>
     </row>
     <row r="1551">
       <c r="A1551" s="0" t="s">
-        <v>3097</v>
+        <v>3098</v>
       </c>
       <c r="B1551" s="0" t="s">
-        <v>3098</v>
+        <v>3099</v>
       </c>
     </row>
     <row r="1552">
       <c r="A1552" s="0" t="s">
-        <v>3099</v>
+        <v>3100</v>
       </c>
       <c r="B1552" s="0" t="s">
-        <v>3100</v>
+        <v>3101</v>
       </c>
     </row>
     <row r="1553">
       <c r="A1553" s="0" t="s">
-        <v>3101</v>
+        <v>3102</v>
       </c>
       <c r="B1553" s="0" t="s">
-        <v>3102</v>
+        <v>3103</v>
       </c>
     </row>
     <row r="1554">
       <c r="A1554" s="0" t="s">
-        <v>3103</v>
+        <v>3104</v>
       </c>
       <c r="B1554" s="0" t="s">
-        <v>3104</v>
+        <v>3105</v>
       </c>
     </row>
     <row r="1555">
       <c r="A1555" s="0" t="s">
-        <v>3105</v>
+        <v>3106</v>
       </c>
       <c r="B1555" s="0" t="s">
-        <v>3106</v>
+        <v>3107</v>
       </c>
     </row>
     <row r="1556">
       <c r="A1556" s="0" t="s">
-        <v>3107</v>
+        <v>3108</v>
       </c>
       <c r="B1556" s="0" t="s">
-        <v>3108</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="1557">
       <c r="A1557" s="0" t="s">
         <v>3109</v>
       </c>
       <c r="B1557" s="0" t="s">
         <v>3110</v>
       </c>
     </row>
     <row r="1558">
       <c r="A1558" s="0" t="s">
         <v>3111</v>
       </c>
       <c r="B1558" s="0" t="s">
         <v>3112</v>
       </c>
     </row>
     <row r="1559">
       <c r="A1559" s="0" t="s">
         <v>3113</v>
       </c>
       <c r="B1559" s="0" t="s">
         <v>3114</v>
       </c>
@@ -34464,419 +34740,419 @@
       <c r="B2281" s="0" t="s">
         <v>4558</v>
       </c>
     </row>
     <row r="2282">
       <c r="A2282" s="0" t="s">
         <v>4559</v>
       </c>
       <c r="B2282" s="0" t="s">
         <v>4560</v>
       </c>
     </row>
     <row r="2283">
       <c r="A2283" s="0" t="s">
         <v>4561</v>
       </c>
       <c r="B2283" s="0" t="s">
         <v>4562</v>
       </c>
     </row>
     <row r="2284">
       <c r="A2284" s="0" t="s">
         <v>4563</v>
       </c>
       <c r="B2284" s="0" t="s">
-        <v>2763</v>
+        <v>4564</v>
       </c>
     </row>
     <row r="2285">
       <c r="A2285" s="0" t="s">
-        <v>4564</v>
+        <v>4565</v>
       </c>
       <c r="B2285" s="0" t="s">
-        <v>4565</v>
+        <v>4566</v>
       </c>
     </row>
     <row r="2286">
       <c r="A2286" s="0" t="s">
-        <v>4566</v>
+        <v>4567</v>
       </c>
       <c r="B2286" s="0" t="s">
-        <v>4567</v>
+        <v>4568</v>
       </c>
     </row>
     <row r="2287">
       <c r="A2287" s="0" t="s">
-        <v>4568</v>
+        <v>4569</v>
       </c>
       <c r="B2287" s="0" t="s">
-        <v>4569</v>
+        <v>4570</v>
       </c>
     </row>
     <row r="2288">
       <c r="A2288" s="0" t="s">
-        <v>4570</v>
+        <v>4571</v>
       </c>
       <c r="B2288" s="0" t="s">
-        <v>4571</v>
+        <v>4572</v>
       </c>
     </row>
     <row r="2289">
       <c r="A2289" s="0" t="s">
-        <v>4572</v>
+        <v>4573</v>
       </c>
       <c r="B2289" s="0" t="s">
-        <v>4573</v>
+        <v>4574</v>
       </c>
     </row>
     <row r="2290">
       <c r="A2290" s="0" t="s">
-        <v>4574</v>
+        <v>4575</v>
       </c>
       <c r="B2290" s="0" t="s">
-        <v>4575</v>
+        <v>4576</v>
       </c>
     </row>
     <row r="2291">
       <c r="A2291" s="0" t="s">
-        <v>4576</v>
+        <v>4577</v>
       </c>
       <c r="B2291" s="0" t="s">
-        <v>4577</v>
+        <v>4578</v>
       </c>
     </row>
     <row r="2292">
       <c r="A2292" s="0" t="s">
-        <v>4578</v>
+        <v>4579</v>
       </c>
       <c r="B2292" s="0" t="s">
-        <v>4579</v>
+        <v>4580</v>
       </c>
     </row>
     <row r="2293">
       <c r="A2293" s="0" t="s">
-        <v>4580</v>
+        <v>4581</v>
       </c>
       <c r="B2293" s="0" t="s">
-        <v>4581</v>
+        <v>4582</v>
       </c>
     </row>
     <row r="2294">
       <c r="A2294" s="0" t="s">
-        <v>4582</v>
+        <v>4583</v>
       </c>
       <c r="B2294" s="0" t="s">
-        <v>4583</v>
+        <v>4584</v>
       </c>
     </row>
     <row r="2295">
       <c r="A2295" s="0" t="s">
-        <v>4584</v>
+        <v>4585</v>
       </c>
       <c r="B2295" s="0" t="s">
-        <v>4585</v>
+        <v>4586</v>
       </c>
     </row>
     <row r="2296">
       <c r="A2296" s="0" t="s">
-        <v>4586</v>
+        <v>4587</v>
       </c>
       <c r="B2296" s="0" t="s">
-        <v>4587</v>
+        <v>4588</v>
       </c>
     </row>
     <row r="2297">
       <c r="A2297" s="0" t="s">
-        <v>4588</v>
+        <v>4589</v>
       </c>
       <c r="B2297" s="0" t="s">
-        <v>4589</v>
+        <v>4590</v>
       </c>
     </row>
     <row r="2298">
       <c r="A2298" s="0" t="s">
-        <v>4590</v>
+        <v>4591</v>
       </c>
       <c r="B2298" s="0" t="s">
-        <v>4591</v>
+        <v>4592</v>
       </c>
     </row>
     <row r="2299">
       <c r="A2299" s="0" t="s">
-        <v>4592</v>
+        <v>4593</v>
       </c>
       <c r="B2299" s="0" t="s">
-        <v>4593</v>
+        <v>4594</v>
       </c>
     </row>
     <row r="2300">
       <c r="A2300" s="0" t="s">
-        <v>4594</v>
+        <v>4595</v>
       </c>
       <c r="B2300" s="0" t="s">
-        <v>4595</v>
+        <v>4596</v>
       </c>
     </row>
     <row r="2301">
       <c r="A2301" s="0" t="s">
-        <v>4596</v>
+        <v>4597</v>
       </c>
       <c r="B2301" s="0" t="s">
-        <v>4597</v>
+        <v>4598</v>
       </c>
     </row>
     <row r="2302">
       <c r="A2302" s="0" t="s">
-        <v>4598</v>
+        <v>4599</v>
       </c>
       <c r="B2302" s="0" t="s">
-        <v>4599</v>
+        <v>4600</v>
       </c>
     </row>
     <row r="2303">
       <c r="A2303" s="0" t="s">
-        <v>4600</v>
+        <v>4601</v>
       </c>
       <c r="B2303" s="0" t="s">
-        <v>4601</v>
+        <v>4602</v>
       </c>
     </row>
     <row r="2304">
       <c r="A2304" s="0" t="s">
-        <v>4602</v>
+        <v>4603</v>
       </c>
       <c r="B2304" s="0" t="s">
-        <v>4603</v>
+        <v>4604</v>
       </c>
     </row>
     <row r="2305">
       <c r="A2305" s="0" t="s">
-        <v>4604</v>
+        <v>4605</v>
       </c>
       <c r="B2305" s="0" t="s">
-        <v>4605</v>
+        <v>4606</v>
       </c>
     </row>
     <row r="2306">
       <c r="A2306" s="0" t="s">
-        <v>4606</v>
+        <v>4607</v>
       </c>
       <c r="B2306" s="0" t="s">
-        <v>4607</v>
+        <v>4608</v>
       </c>
     </row>
     <row r="2307">
       <c r="A2307" s="0" t="s">
-        <v>4608</v>
+        <v>4609</v>
       </c>
       <c r="B2307" s="0" t="s">
-        <v>4609</v>
+        <v>4610</v>
       </c>
     </row>
     <row r="2308">
       <c r="A2308" s="0" t="s">
-        <v>4610</v>
+        <v>4611</v>
       </c>
       <c r="B2308" s="0" t="s">
-        <v>4611</v>
+        <v>4612</v>
       </c>
     </row>
     <row r="2309">
       <c r="A2309" s="0" t="s">
-        <v>4612</v>
+        <v>4613</v>
       </c>
       <c r="B2309" s="0" t="s">
-        <v>4613</v>
+        <v>4614</v>
       </c>
     </row>
     <row r="2310">
       <c r="A2310" s="0" t="s">
-        <v>4614</v>
+        <v>4615</v>
       </c>
       <c r="B2310" s="0" t="s">
-        <v>4615</v>
+        <v>4616</v>
       </c>
     </row>
     <row r="2311">
       <c r="A2311" s="0" t="s">
-        <v>4616</v>
+        <v>4617</v>
       </c>
       <c r="B2311" s="0" t="s">
-        <v>4617</v>
+        <v>4618</v>
       </c>
     </row>
     <row r="2312">
       <c r="A2312" s="0" t="s">
-        <v>4618</v>
+        <v>4619</v>
       </c>
       <c r="B2312" s="0" t="s">
-        <v>4619</v>
+        <v>4620</v>
       </c>
     </row>
     <row r="2313">
       <c r="A2313" s="0" t="s">
-        <v>4620</v>
+        <v>4621</v>
       </c>
       <c r="B2313" s="0" t="s">
-        <v>4621</v>
+        <v>4622</v>
       </c>
     </row>
     <row r="2314">
       <c r="A2314" s="0" t="s">
-        <v>4622</v>
+        <v>4623</v>
       </c>
       <c r="B2314" s="0" t="s">
-        <v>4623</v>
+        <v>4624</v>
       </c>
     </row>
     <row r="2315">
       <c r="A2315" s="0" t="s">
-        <v>4624</v>
+        <v>4625</v>
       </c>
       <c r="B2315" s="0" t="s">
-        <v>4625</v>
+        <v>4626</v>
       </c>
     </row>
     <row r="2316">
       <c r="A2316" s="0" t="s">
-        <v>4626</v>
+        <v>4627</v>
       </c>
       <c r="B2316" s="0" t="s">
-        <v>4627</v>
+        <v>4628</v>
       </c>
     </row>
     <row r="2317">
       <c r="A2317" s="0" t="s">
-        <v>4628</v>
+        <v>4629</v>
       </c>
       <c r="B2317" s="0" t="s">
-        <v>4629</v>
+        <v>4630</v>
       </c>
     </row>
     <row r="2318">
       <c r="A2318" s="0" t="s">
-        <v>4630</v>
+        <v>4631</v>
       </c>
       <c r="B2318" s="0" t="s">
-        <v>4631</v>
+        <v>4632</v>
       </c>
     </row>
     <row r="2319">
       <c r="A2319" s="0" t="s">
-        <v>4632</v>
+        <v>4633</v>
       </c>
       <c r="B2319" s="0" t="s">
-        <v>4633</v>
+        <v>4634</v>
       </c>
     </row>
     <row r="2320">
       <c r="A2320" s="0" t="s">
-        <v>4634</v>
+        <v>4635</v>
       </c>
       <c r="B2320" s="0" t="s">
-        <v>4635</v>
+        <v>4636</v>
       </c>
     </row>
     <row r="2321">
       <c r="A2321" s="0" t="s">
-        <v>4636</v>
+        <v>4637</v>
       </c>
       <c r="B2321" s="0" t="s">
-        <v>4637</v>
+        <v>4638</v>
       </c>
     </row>
     <row r="2322">
       <c r="A2322" s="0" t="s">
-        <v>4638</v>
+        <v>4639</v>
       </c>
       <c r="B2322" s="0" t="s">
-        <v>4639</v>
+        <v>4640</v>
       </c>
     </row>
     <row r="2323">
       <c r="A2323" s="0" t="s">
-        <v>4640</v>
+        <v>4641</v>
       </c>
       <c r="B2323" s="0" t="s">
-        <v>4641</v>
+        <v>4642</v>
       </c>
     </row>
     <row r="2324">
       <c r="A2324" s="0" t="s">
-        <v>4642</v>
+        <v>4643</v>
       </c>
       <c r="B2324" s="0" t="s">
-        <v>4643</v>
+        <v>4644</v>
       </c>
     </row>
     <row r="2325">
       <c r="A2325" s="0" t="s">
-        <v>4644</v>
+        <v>4645</v>
       </c>
       <c r="B2325" s="0" t="s">
-        <v>4645</v>
+        <v>4646</v>
       </c>
     </row>
     <row r="2326">
       <c r="A2326" s="0" t="s">
-        <v>4646</v>
+        <v>4647</v>
       </c>
       <c r="B2326" s="0" t="s">
-        <v>4647</v>
+        <v>4648</v>
       </c>
     </row>
     <row r="2327">
       <c r="A2327" s="0" t="s">
-        <v>4648</v>
+        <v>4649</v>
       </c>
       <c r="B2327" s="0" t="s">
-        <v>4649</v>
+        <v>4650</v>
       </c>
     </row>
     <row r="2328">
       <c r="A2328" s="0" t="s">
-        <v>4650</v>
+        <v>4651</v>
       </c>
       <c r="B2328" s="0" t="s">
-        <v>4651</v>
+        <v>4652</v>
       </c>
     </row>
     <row r="2329">
       <c r="A2329" s="0" t="s">
-        <v>4652</v>
+        <v>4653</v>
       </c>
       <c r="B2329" s="0" t="s">
-        <v>4653</v>
+        <v>4654</v>
       </c>
     </row>
     <row r="2330">
       <c r="A2330" s="0" t="s">
-        <v>4654</v>
+        <v>4655</v>
       </c>
       <c r="B2330" s="0" t="s">
-        <v>4655</v>
+        <v>2855</v>
       </c>
     </row>
     <row r="2331">
       <c r="A2331" s="0" t="s">
         <v>4656</v>
       </c>
       <c r="B2331" s="0" t="s">
         <v>4657</v>
       </c>
     </row>
     <row r="2332">
       <c r="A2332" s="0" t="s">
         <v>4658</v>
       </c>
       <c r="B2332" s="0" t="s">
         <v>4659</v>
       </c>
     </row>
     <row r="2333">
       <c r="A2333" s="0" t="s">
         <v>4660</v>
       </c>
       <c r="B2333" s="0" t="s">
         <v>4661</v>
       </c>
@@ -37729,31 +38005,399 @@
         <v>5373</v>
       </c>
     </row>
     <row r="2690">
       <c r="A2690" s="0" t="s">
         <v>5374</v>
       </c>
       <c r="B2690" s="0" t="s">
         <v>5375</v>
       </c>
     </row>
     <row r="2691">
       <c r="A2691" s="0" t="s">
         <v>5376</v>
       </c>
       <c r="B2691" s="0" t="s">
         <v>5377</v>
       </c>
     </row>
     <row r="2692">
       <c r="A2692" s="0" t="s">
         <v>5378</v>
       </c>
       <c r="B2692" s="0" t="s">
         <v>5379</v>
+      </c>
+    </row>
+    <row r="2693">
+      <c r="A2693" s="0" t="s">
+        <v>5380</v>
+      </c>
+      <c r="B2693" s="0" t="s">
+        <v>5381</v>
+      </c>
+    </row>
+    <row r="2694">
+      <c r="A2694" s="0" t="s">
+        <v>5382</v>
+      </c>
+      <c r="B2694" s="0" t="s">
+        <v>5383</v>
+      </c>
+    </row>
+    <row r="2695">
+      <c r="A2695" s="0" t="s">
+        <v>5384</v>
+      </c>
+      <c r="B2695" s="0" t="s">
+        <v>5385</v>
+      </c>
+    </row>
+    <row r="2696">
+      <c r="A2696" s="0" t="s">
+        <v>5386</v>
+      </c>
+      <c r="B2696" s="0" t="s">
+        <v>5387</v>
+      </c>
+    </row>
+    <row r="2697">
+      <c r="A2697" s="0" t="s">
+        <v>5388</v>
+      </c>
+      <c r="B2697" s="0" t="s">
+        <v>5389</v>
+      </c>
+    </row>
+    <row r="2698">
+      <c r="A2698" s="0" t="s">
+        <v>5390</v>
+      </c>
+      <c r="B2698" s="0" t="s">
+        <v>5391</v>
+      </c>
+    </row>
+    <row r="2699">
+      <c r="A2699" s="0" t="s">
+        <v>5392</v>
+      </c>
+      <c r="B2699" s="0" t="s">
+        <v>5393</v>
+      </c>
+    </row>
+    <row r="2700">
+      <c r="A2700" s="0" t="s">
+        <v>5394</v>
+      </c>
+      <c r="B2700" s="0" t="s">
+        <v>5395</v>
+      </c>
+    </row>
+    <row r="2701">
+      <c r="A2701" s="0" t="s">
+        <v>5396</v>
+      </c>
+      <c r="B2701" s="0" t="s">
+        <v>5397</v>
+      </c>
+    </row>
+    <row r="2702">
+      <c r="A2702" s="0" t="s">
+        <v>5398</v>
+      </c>
+      <c r="B2702" s="0" t="s">
+        <v>5399</v>
+      </c>
+    </row>
+    <row r="2703">
+      <c r="A2703" s="0" t="s">
+        <v>5400</v>
+      </c>
+      <c r="B2703" s="0" t="s">
+        <v>5401</v>
+      </c>
+    </row>
+    <row r="2704">
+      <c r="A2704" s="0" t="s">
+        <v>5402</v>
+      </c>
+      <c r="B2704" s="0" t="s">
+        <v>5403</v>
+      </c>
+    </row>
+    <row r="2705">
+      <c r="A2705" s="0" t="s">
+        <v>5404</v>
+      </c>
+      <c r="B2705" s="0" t="s">
+        <v>5405</v>
+      </c>
+    </row>
+    <row r="2706">
+      <c r="A2706" s="0" t="s">
+        <v>5406</v>
+      </c>
+      <c r="B2706" s="0" t="s">
+        <v>5407</v>
+      </c>
+    </row>
+    <row r="2707">
+      <c r="A2707" s="0" t="s">
+        <v>5408</v>
+      </c>
+      <c r="B2707" s="0" t="s">
+        <v>5409</v>
+      </c>
+    </row>
+    <row r="2708">
+      <c r="A2708" s="0" t="s">
+        <v>5410</v>
+      </c>
+      <c r="B2708" s="0" t="s">
+        <v>5411</v>
+      </c>
+    </row>
+    <row r="2709">
+      <c r="A2709" s="0" t="s">
+        <v>5412</v>
+      </c>
+      <c r="B2709" s="0" t="s">
+        <v>5413</v>
+      </c>
+    </row>
+    <row r="2710">
+      <c r="A2710" s="0" t="s">
+        <v>5414</v>
+      </c>
+      <c r="B2710" s="0" t="s">
+        <v>5415</v>
+      </c>
+    </row>
+    <row r="2711">
+      <c r="A2711" s="0" t="s">
+        <v>5416</v>
+      </c>
+      <c r="B2711" s="0" t="s">
+        <v>5417</v>
+      </c>
+    </row>
+    <row r="2712">
+      <c r="A2712" s="0" t="s">
+        <v>5418</v>
+      </c>
+      <c r="B2712" s="0" t="s">
+        <v>5419</v>
+      </c>
+    </row>
+    <row r="2713">
+      <c r="A2713" s="0" t="s">
+        <v>5420</v>
+      </c>
+      <c r="B2713" s="0" t="s">
+        <v>5421</v>
+      </c>
+    </row>
+    <row r="2714">
+      <c r="A2714" s="0" t="s">
+        <v>5422</v>
+      </c>
+      <c r="B2714" s="0" t="s">
+        <v>5423</v>
+      </c>
+    </row>
+    <row r="2715">
+      <c r="A2715" s="0" t="s">
+        <v>5424</v>
+      </c>
+      <c r="B2715" s="0" t="s">
+        <v>5425</v>
+      </c>
+    </row>
+    <row r="2716">
+      <c r="A2716" s="0" t="s">
+        <v>5426</v>
+      </c>
+      <c r="B2716" s="0" t="s">
+        <v>5427</v>
+      </c>
+    </row>
+    <row r="2717">
+      <c r="A2717" s="0" t="s">
+        <v>5428</v>
+      </c>
+      <c r="B2717" s="0" t="s">
+        <v>5429</v>
+      </c>
+    </row>
+    <row r="2718">
+      <c r="A2718" s="0" t="s">
+        <v>5430</v>
+      </c>
+      <c r="B2718" s="0" t="s">
+        <v>5431</v>
+      </c>
+    </row>
+    <row r="2719">
+      <c r="A2719" s="0" t="s">
+        <v>5432</v>
+      </c>
+      <c r="B2719" s="0" t="s">
+        <v>5433</v>
+      </c>
+    </row>
+    <row r="2720">
+      <c r="A2720" s="0" t="s">
+        <v>5434</v>
+      </c>
+      <c r="B2720" s="0" t="s">
+        <v>5435</v>
+      </c>
+    </row>
+    <row r="2721">
+      <c r="A2721" s="0" t="s">
+        <v>5436</v>
+      </c>
+      <c r="B2721" s="0" t="s">
+        <v>5437</v>
+      </c>
+    </row>
+    <row r="2722">
+      <c r="A2722" s="0" t="s">
+        <v>5438</v>
+      </c>
+      <c r="B2722" s="0" t="s">
+        <v>5439</v>
+      </c>
+    </row>
+    <row r="2723">
+      <c r="A2723" s="0" t="s">
+        <v>5440</v>
+      </c>
+      <c r="B2723" s="0" t="s">
+        <v>5441</v>
+      </c>
+    </row>
+    <row r="2724">
+      <c r="A2724" s="0" t="s">
+        <v>5442</v>
+      </c>
+      <c r="B2724" s="0" t="s">
+        <v>5443</v>
+      </c>
+    </row>
+    <row r="2725">
+      <c r="A2725" s="0" t="s">
+        <v>5444</v>
+      </c>
+      <c r="B2725" s="0" t="s">
+        <v>5445</v>
+      </c>
+    </row>
+    <row r="2726">
+      <c r="A2726" s="0" t="s">
+        <v>5446</v>
+      </c>
+      <c r="B2726" s="0" t="s">
+        <v>5447</v>
+      </c>
+    </row>
+    <row r="2727">
+      <c r="A2727" s="0" t="s">
+        <v>5448</v>
+      </c>
+      <c r="B2727" s="0" t="s">
+        <v>5449</v>
+      </c>
+    </row>
+    <row r="2728">
+      <c r="A2728" s="0" t="s">
+        <v>5450</v>
+      </c>
+      <c r="B2728" s="0" t="s">
+        <v>5451</v>
+      </c>
+    </row>
+    <row r="2729">
+      <c r="A2729" s="0" t="s">
+        <v>5452</v>
+      </c>
+      <c r="B2729" s="0" t="s">
+        <v>5453</v>
+      </c>
+    </row>
+    <row r="2730">
+      <c r="A2730" s="0" t="s">
+        <v>5454</v>
+      </c>
+      <c r="B2730" s="0" t="s">
+        <v>5455</v>
+      </c>
+    </row>
+    <row r="2731">
+      <c r="A2731" s="0" t="s">
+        <v>5456</v>
+      </c>
+      <c r="B2731" s="0" t="s">
+        <v>5457</v>
+      </c>
+    </row>
+    <row r="2732">
+      <c r="A2732" s="0" t="s">
+        <v>5458</v>
+      </c>
+      <c r="B2732" s="0" t="s">
+        <v>5459</v>
+      </c>
+    </row>
+    <row r="2733">
+      <c r="A2733" s="0" t="s">
+        <v>5460</v>
+      </c>
+      <c r="B2733" s="0" t="s">
+        <v>5461</v>
+      </c>
+    </row>
+    <row r="2734">
+      <c r="A2734" s="0" t="s">
+        <v>5462</v>
+      </c>
+      <c r="B2734" s="0" t="s">
+        <v>5463</v>
+      </c>
+    </row>
+    <row r="2735">
+      <c r="A2735" s="0" t="s">
+        <v>5464</v>
+      </c>
+      <c r="B2735" s="0" t="s">
+        <v>5465</v>
+      </c>
+    </row>
+    <row r="2736">
+      <c r="A2736" s="0" t="s">
+        <v>5466</v>
+      </c>
+      <c r="B2736" s="0" t="s">
+        <v>5467</v>
+      </c>
+    </row>
+    <row r="2737">
+      <c r="A2737" s="0" t="s">
+        <v>5468</v>
+      </c>
+      <c r="B2737" s="0" t="s">
+        <v>5469</v>
+      </c>
+    </row>
+    <row r="2738">
+      <c r="A2738" s="0" t="s">
+        <v>5470</v>
+      </c>
+      <c r="B2738" s="0" t="s">
+        <v>5471</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>