--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -4,59 +4,359 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5786" uniqueCount="5786">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5886" uniqueCount="5886">
   <si>
     <t>BESTINVER CRECIMIENTO EPSV</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>15,034368</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>14,858194</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>14,705443</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>14,918918</t>
+  </si>
+  <si>
+    <t>18/01/2026</t>
+  </si>
+  <si>
+    <t>15,090369</t>
+  </si>
+  <si>
+    <t>17/01/2026</t>
+  </si>
+  <si>
+    <t>15,090975</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>15,091581</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>15,178038</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>15,070066</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>15,104176</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>15,115485</t>
+  </si>
+  <si>
+    <t>11/01/2026</t>
+  </si>
+  <si>
+    <t>15,086780</t>
+  </si>
+  <si>
+    <t>10/01/2026</t>
+  </si>
+  <si>
+    <t>15,087394</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>15,088009</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>15,012316</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>14,954021</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>15,008099</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>14,828738</t>
+  </si>
+  <si>
+    <t>04/01/2026</t>
+  </si>
+  <si>
+    <t>14,699573</t>
+  </si>
+  <si>
+    <t>03/01/2026</t>
+  </si>
+  <si>
+    <t>14,700128</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>14,700683</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
+    <t>14,578761</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>14,578709</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>14,630501</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>14,543749</t>
+  </si>
+  <si>
+    <t>28/12/2025</t>
+  </si>
+  <si>
+    <t>14,542650</t>
+  </si>
+  <si>
+    <t>27/12/2025</t>
+  </si>
+  <si>
+    <t>14,543210</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>14,543771</t>
+  </si>
+  <si>
+    <t>25/12/2025</t>
+  </si>
+  <si>
+    <t>14,524966</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>14,525525</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>14,506959</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>14,505909</t>
+  </si>
+  <si>
+    <t>21/12/2025</t>
+  </si>
+  <si>
+    <t>14,513716</t>
+  </si>
+  <si>
+    <t>20/12/2025</t>
+  </si>
+  <si>
+    <t>14,514278</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>14,514840</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>14,457205</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>14,299399</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>14,410213</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>14,442371</t>
+  </si>
+  <si>
+    <t>14/12/2025</t>
+  </si>
+  <si>
+    <t>14,456444</t>
+  </si>
+  <si>
+    <t>13/12/2025</t>
+  </si>
+  <si>
+    <t>14,456999</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>14,457554</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>14,677180</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>14,603245</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>14,544982</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>14,587069</t>
+  </si>
+  <si>
+    <t>07/12/2025</t>
+  </si>
+  <si>
+    <t>14,590918</t>
+  </si>
+  <si>
+    <t>06/12/2025</t>
+  </si>
+  <si>
+    <t>14,591467</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>14,592016</t>
+  </si>
+  <si>
+    <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>14,521857</t>
   </si>
   <si>
     <t>03/12/2025</t>
   </si>
   <si>
     <t>14,459839</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>14,390781</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>14,388984</t>
   </si>
   <si>
     <t>30/11/2025</t>
   </si>
   <si>
     <t>14,412333</t>
   </si>
@@ -17410,51 +17710,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B2894"/>
+  <dimension ref="A1:B2944"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -29098,451 +29398,451 @@
       <c r="B1458" s="0" t="s">
         <v>2914</v>
       </c>
     </row>
     <row r="1459">
       <c r="A1459" s="0" t="s">
         <v>2915</v>
       </c>
       <c r="B1459" s="0" t="s">
         <v>2916</v>
       </c>
     </row>
     <row r="1460">
       <c r="A1460" s="0" t="s">
         <v>2917</v>
       </c>
       <c r="B1460" s="0" t="s">
         <v>2918</v>
       </c>
     </row>
     <row r="1461">
       <c r="A1461" s="0" t="s">
         <v>2919</v>
       </c>
       <c r="B1461" s="0" t="s">
-        <v>1468</v>
+        <v>2920</v>
       </c>
     </row>
     <row r="1462">
       <c r="A1462" s="0" t="s">
-        <v>2920</v>
+        <v>2921</v>
       </c>
       <c r="B1462" s="0" t="s">
-        <v>2921</v>
+        <v>2922</v>
       </c>
     </row>
     <row r="1463">
       <c r="A1463" s="0" t="s">
-        <v>2922</v>
+        <v>2923</v>
       </c>
       <c r="B1463" s="0" t="s">
-        <v>2923</v>
+        <v>2924</v>
       </c>
     </row>
     <row r="1464">
       <c r="A1464" s="0" t="s">
-        <v>2924</v>
+        <v>2925</v>
       </c>
       <c r="B1464" s="0" t="s">
-        <v>2925</v>
+        <v>2926</v>
       </c>
     </row>
     <row r="1465">
       <c r="A1465" s="0" t="s">
-        <v>2926</v>
+        <v>2927</v>
       </c>
       <c r="B1465" s="0" t="s">
-        <v>2927</v>
+        <v>2928</v>
       </c>
     </row>
     <row r="1466">
       <c r="A1466" s="0" t="s">
-        <v>2928</v>
+        <v>2929</v>
       </c>
       <c r="B1466" s="0" t="s">
-        <v>2929</v>
+        <v>2930</v>
       </c>
     </row>
     <row r="1467">
       <c r="A1467" s="0" t="s">
-        <v>2930</v>
+        <v>2931</v>
       </c>
       <c r="B1467" s="0" t="s">
-        <v>2931</v>
+        <v>2932</v>
       </c>
     </row>
     <row r="1468">
       <c r="A1468" s="0" t="s">
-        <v>2932</v>
+        <v>2933</v>
       </c>
       <c r="B1468" s="0" t="s">
-        <v>2933</v>
+        <v>2934</v>
       </c>
     </row>
     <row r="1469">
       <c r="A1469" s="0" t="s">
-        <v>2934</v>
+        <v>2935</v>
       </c>
       <c r="B1469" s="0" t="s">
-        <v>2935</v>
+        <v>2936</v>
       </c>
     </row>
     <row r="1470">
       <c r="A1470" s="0" t="s">
-        <v>2936</v>
+        <v>2937</v>
       </c>
       <c r="B1470" s="0" t="s">
-        <v>2937</v>
+        <v>2938</v>
       </c>
     </row>
     <row r="1471">
       <c r="A1471" s="0" t="s">
-        <v>2938</v>
+        <v>2939</v>
       </c>
       <c r="B1471" s="0" t="s">
-        <v>2939</v>
+        <v>2940</v>
       </c>
     </row>
     <row r="1472">
       <c r="A1472" s="0" t="s">
-        <v>2940</v>
+        <v>2941</v>
       </c>
       <c r="B1472" s="0" t="s">
-        <v>2941</v>
+        <v>2942</v>
       </c>
     </row>
     <row r="1473">
       <c r="A1473" s="0" t="s">
-        <v>2942</v>
+        <v>2943</v>
       </c>
       <c r="B1473" s="0" t="s">
-        <v>2943</v>
+        <v>2944</v>
       </c>
     </row>
     <row r="1474">
       <c r="A1474" s="0" t="s">
-        <v>2944</v>
+        <v>2945</v>
       </c>
       <c r="B1474" s="0" t="s">
-        <v>2945</v>
+        <v>2946</v>
       </c>
     </row>
     <row r="1475">
       <c r="A1475" s="0" t="s">
-        <v>2946</v>
+        <v>2947</v>
       </c>
       <c r="B1475" s="0" t="s">
-        <v>2947</v>
+        <v>2948</v>
       </c>
     </row>
     <row r="1476">
       <c r="A1476" s="0" t="s">
-        <v>2948</v>
+        <v>2949</v>
       </c>
       <c r="B1476" s="0" t="s">
-        <v>2949</v>
+        <v>2950</v>
       </c>
     </row>
     <row r="1477">
       <c r="A1477" s="0" t="s">
-        <v>2950</v>
+        <v>2951</v>
       </c>
       <c r="B1477" s="0" t="s">
-        <v>2951</v>
+        <v>2952</v>
       </c>
     </row>
     <row r="1478">
       <c r="A1478" s="0" t="s">
-        <v>2952</v>
+        <v>2953</v>
       </c>
       <c r="B1478" s="0" t="s">
-        <v>2953</v>
+        <v>2954</v>
       </c>
     </row>
     <row r="1479">
       <c r="A1479" s="0" t="s">
-        <v>2954</v>
+        <v>2955</v>
       </c>
       <c r="B1479" s="0" t="s">
-        <v>2955</v>
+        <v>2956</v>
       </c>
     </row>
     <row r="1480">
       <c r="A1480" s="0" t="s">
-        <v>2956</v>
+        <v>2957</v>
       </c>
       <c r="B1480" s="0" t="s">
-        <v>2957</v>
+        <v>2958</v>
       </c>
     </row>
     <row r="1481">
       <c r="A1481" s="0" t="s">
-        <v>2958</v>
+        <v>2959</v>
       </c>
       <c r="B1481" s="0" t="s">
-        <v>2959</v>
+        <v>2960</v>
       </c>
     </row>
     <row r="1482">
       <c r="A1482" s="0" t="s">
-        <v>2960</v>
+        <v>2961</v>
       </c>
       <c r="B1482" s="0" t="s">
-        <v>2961</v>
+        <v>2962</v>
       </c>
     </row>
     <row r="1483">
       <c r="A1483" s="0" t="s">
-        <v>2962</v>
+        <v>2963</v>
       </c>
       <c r="B1483" s="0" t="s">
-        <v>2963</v>
+        <v>2964</v>
       </c>
     </row>
     <row r="1484">
       <c r="A1484" s="0" t="s">
-        <v>2964</v>
+        <v>2965</v>
       </c>
       <c r="B1484" s="0" t="s">
-        <v>2965</v>
+        <v>2966</v>
       </c>
     </row>
     <row r="1485">
       <c r="A1485" s="0" t="s">
-        <v>2966</v>
+        <v>2967</v>
       </c>
       <c r="B1485" s="0" t="s">
-        <v>2967</v>
+        <v>2968</v>
       </c>
     </row>
     <row r="1486">
       <c r="A1486" s="0" t="s">
-        <v>2968</v>
+        <v>2969</v>
       </c>
       <c r="B1486" s="0" t="s">
-        <v>2969</v>
+        <v>2970</v>
       </c>
     </row>
     <row r="1487">
       <c r="A1487" s="0" t="s">
-        <v>2970</v>
+        <v>2971</v>
       </c>
       <c r="B1487" s="0" t="s">
-        <v>2971</v>
+        <v>2972</v>
       </c>
     </row>
     <row r="1488">
       <c r="A1488" s="0" t="s">
-        <v>2972</v>
+        <v>2973</v>
       </c>
       <c r="B1488" s="0" t="s">
-        <v>2973</v>
+        <v>2974</v>
       </c>
     </row>
     <row r="1489">
       <c r="A1489" s="0" t="s">
-        <v>2974</v>
+        <v>2975</v>
       </c>
       <c r="B1489" s="0" t="s">
-        <v>2975</v>
+        <v>2976</v>
       </c>
     </row>
     <row r="1490">
       <c r="A1490" s="0" t="s">
-        <v>2976</v>
+        <v>2977</v>
       </c>
       <c r="B1490" s="0" t="s">
-        <v>2977</v>
+        <v>2978</v>
       </c>
     </row>
     <row r="1491">
       <c r="A1491" s="0" t="s">
-        <v>2978</v>
+        <v>2979</v>
       </c>
       <c r="B1491" s="0" t="s">
-        <v>2979</v>
+        <v>2980</v>
       </c>
     </row>
     <row r="1492">
       <c r="A1492" s="0" t="s">
-        <v>2980</v>
+        <v>2981</v>
       </c>
       <c r="B1492" s="0" t="s">
-        <v>2981</v>
+        <v>2982</v>
       </c>
     </row>
     <row r="1493">
       <c r="A1493" s="0" t="s">
-        <v>2982</v>
+        <v>2983</v>
       </c>
       <c r="B1493" s="0" t="s">
-        <v>2983</v>
+        <v>2984</v>
       </c>
     </row>
     <row r="1494">
       <c r="A1494" s="0" t="s">
-        <v>2984</v>
+        <v>2985</v>
       </c>
       <c r="B1494" s="0" t="s">
-        <v>2985</v>
+        <v>2986</v>
       </c>
     </row>
     <row r="1495">
       <c r="A1495" s="0" t="s">
-        <v>2986</v>
+        <v>2987</v>
       </c>
       <c r="B1495" s="0" t="s">
-        <v>2987</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="1496">
       <c r="A1496" s="0" t="s">
-        <v>2988</v>
+        <v>2989</v>
       </c>
       <c r="B1496" s="0" t="s">
-        <v>2989</v>
+        <v>2990</v>
       </c>
     </row>
     <row r="1497">
       <c r="A1497" s="0" t="s">
-        <v>2990</v>
+        <v>2991</v>
       </c>
       <c r="B1497" s="0" t="s">
-        <v>2991</v>
+        <v>2992</v>
       </c>
     </row>
     <row r="1498">
       <c r="A1498" s="0" t="s">
-        <v>2992</v>
+        <v>2993</v>
       </c>
       <c r="B1498" s="0" t="s">
-        <v>2993</v>
+        <v>2994</v>
       </c>
     </row>
     <row r="1499">
       <c r="A1499" s="0" t="s">
-        <v>2994</v>
+        <v>2995</v>
       </c>
       <c r="B1499" s="0" t="s">
-        <v>2995</v>
+        <v>2996</v>
       </c>
     </row>
     <row r="1500">
       <c r="A1500" s="0" t="s">
-        <v>2996</v>
+        <v>2997</v>
       </c>
       <c r="B1500" s="0" t="s">
-        <v>2997</v>
+        <v>2998</v>
       </c>
     </row>
     <row r="1501">
       <c r="A1501" s="0" t="s">
-        <v>2998</v>
+        <v>2999</v>
       </c>
       <c r="B1501" s="0" t="s">
-        <v>2999</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="1502">
       <c r="A1502" s="0" t="s">
-        <v>3000</v>
+        <v>3001</v>
       </c>
       <c r="B1502" s="0" t="s">
-        <v>3001</v>
+        <v>3002</v>
       </c>
     </row>
     <row r="1503">
       <c r="A1503" s="0" t="s">
-        <v>3002</v>
+        <v>3003</v>
       </c>
       <c r="B1503" s="0" t="s">
-        <v>3003</v>
+        <v>3004</v>
       </c>
     </row>
     <row r="1504">
       <c r="A1504" s="0" t="s">
-        <v>3004</v>
+        <v>3005</v>
       </c>
       <c r="B1504" s="0" t="s">
-        <v>3005</v>
+        <v>3006</v>
       </c>
     </row>
     <row r="1505">
       <c r="A1505" s="0" t="s">
-        <v>3006</v>
+        <v>3007</v>
       </c>
       <c r="B1505" s="0" t="s">
-        <v>3007</v>
+        <v>3008</v>
       </c>
     </row>
     <row r="1506">
       <c r="A1506" s="0" t="s">
-        <v>3008</v>
+        <v>3009</v>
       </c>
       <c r="B1506" s="0" t="s">
-        <v>3009</v>
+        <v>3010</v>
       </c>
     </row>
     <row r="1507">
       <c r="A1507" s="0" t="s">
-        <v>3010</v>
+        <v>3011</v>
       </c>
       <c r="B1507" s="0" t="s">
-        <v>3011</v>
+        <v>3012</v>
       </c>
     </row>
     <row r="1508">
       <c r="A1508" s="0" t="s">
-        <v>3012</v>
+        <v>3013</v>
       </c>
       <c r="B1508" s="0" t="s">
-        <v>3013</v>
+        <v>3014</v>
       </c>
     </row>
     <row r="1509">
       <c r="A1509" s="0" t="s">
-        <v>3014</v>
+        <v>3015</v>
       </c>
       <c r="B1509" s="0" t="s">
-        <v>3015</v>
+        <v>3016</v>
       </c>
     </row>
     <row r="1510">
       <c r="A1510" s="0" t="s">
-        <v>3016</v>
+        <v>3017</v>
       </c>
       <c r="B1510" s="0" t="s">
-        <v>3017</v>
+        <v>3018</v>
       </c>
     </row>
     <row r="1511">
       <c r="A1511" s="0" t="s">
-        <v>3018</v>
+        <v>3019</v>
       </c>
       <c r="B1511" s="0" t="s">
-        <v>3019</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="1512">
       <c r="A1512" s="0" t="s">
         <v>3020</v>
       </c>
       <c r="B1512" s="0" t="s">
         <v>3021</v>
       </c>
     </row>
     <row r="1513">
       <c r="A1513" s="0" t="s">
         <v>3022</v>
       </c>
       <c r="B1513" s="0" t="s">
         <v>3023</v>
       </c>
     </row>
     <row r="1514">
       <c r="A1514" s="0" t="s">
         <v>3024</v>
       </c>
       <c r="B1514" s="0" t="s">
         <v>3025</v>
       </c>
@@ -40563,31 +40863,431 @@
         <v>5779</v>
       </c>
     </row>
     <row r="2892">
       <c r="A2892" s="0" t="s">
         <v>5780</v>
       </c>
       <c r="B2892" s="0" t="s">
         <v>5781</v>
       </c>
     </row>
     <row r="2893">
       <c r="A2893" s="0" t="s">
         <v>5782</v>
       </c>
       <c r="B2893" s="0" t="s">
         <v>5783</v>
       </c>
     </row>
     <row r="2894">
       <c r="A2894" s="0" t="s">
         <v>5784</v>
       </c>
       <c r="B2894" s="0" t="s">
         <v>5785</v>
+      </c>
+    </row>
+    <row r="2895">
+      <c r="A2895" s="0" t="s">
+        <v>5786</v>
+      </c>
+      <c r="B2895" s="0" t="s">
+        <v>5787</v>
+      </c>
+    </row>
+    <row r="2896">
+      <c r="A2896" s="0" t="s">
+        <v>5788</v>
+      </c>
+      <c r="B2896" s="0" t="s">
+        <v>5789</v>
+      </c>
+    </row>
+    <row r="2897">
+      <c r="A2897" s="0" t="s">
+        <v>5790</v>
+      </c>
+      <c r="B2897" s="0" t="s">
+        <v>5791</v>
+      </c>
+    </row>
+    <row r="2898">
+      <c r="A2898" s="0" t="s">
+        <v>5792</v>
+      </c>
+      <c r="B2898" s="0" t="s">
+        <v>5793</v>
+      </c>
+    </row>
+    <row r="2899">
+      <c r="A2899" s="0" t="s">
+        <v>5794</v>
+      </c>
+      <c r="B2899" s="0" t="s">
+        <v>5795</v>
+      </c>
+    </row>
+    <row r="2900">
+      <c r="A2900" s="0" t="s">
+        <v>5796</v>
+      </c>
+      <c r="B2900" s="0" t="s">
+        <v>5797</v>
+      </c>
+    </row>
+    <row r="2901">
+      <c r="A2901" s="0" t="s">
+        <v>5798</v>
+      </c>
+      <c r="B2901" s="0" t="s">
+        <v>5799</v>
+      </c>
+    </row>
+    <row r="2902">
+      <c r="A2902" s="0" t="s">
+        <v>5800</v>
+      </c>
+      <c r="B2902" s="0" t="s">
+        <v>5801</v>
+      </c>
+    </row>
+    <row r="2903">
+      <c r="A2903" s="0" t="s">
+        <v>5802</v>
+      </c>
+      <c r="B2903" s="0" t="s">
+        <v>5803</v>
+      </c>
+    </row>
+    <row r="2904">
+      <c r="A2904" s="0" t="s">
+        <v>5804</v>
+      </c>
+      <c r="B2904" s="0" t="s">
+        <v>5805</v>
+      </c>
+    </row>
+    <row r="2905">
+      <c r="A2905" s="0" t="s">
+        <v>5806</v>
+      </c>
+      <c r="B2905" s="0" t="s">
+        <v>5807</v>
+      </c>
+    </row>
+    <row r="2906">
+      <c r="A2906" s="0" t="s">
+        <v>5808</v>
+      </c>
+      <c r="B2906" s="0" t="s">
+        <v>5809</v>
+      </c>
+    </row>
+    <row r="2907">
+      <c r="A2907" s="0" t="s">
+        <v>5810</v>
+      </c>
+      <c r="B2907" s="0" t="s">
+        <v>5811</v>
+      </c>
+    </row>
+    <row r="2908">
+      <c r="A2908" s="0" t="s">
+        <v>5812</v>
+      </c>
+      <c r="B2908" s="0" t="s">
+        <v>5813</v>
+      </c>
+    </row>
+    <row r="2909">
+      <c r="A2909" s="0" t="s">
+        <v>5814</v>
+      </c>
+      <c r="B2909" s="0" t="s">
+        <v>5815</v>
+      </c>
+    </row>
+    <row r="2910">
+      <c r="A2910" s="0" t="s">
+        <v>5816</v>
+      </c>
+      <c r="B2910" s="0" t="s">
+        <v>5817</v>
+      </c>
+    </row>
+    <row r="2911">
+      <c r="A2911" s="0" t="s">
+        <v>5818</v>
+      </c>
+      <c r="B2911" s="0" t="s">
+        <v>5819</v>
+      </c>
+    </row>
+    <row r="2912">
+      <c r="A2912" s="0" t="s">
+        <v>5820</v>
+      </c>
+      <c r="B2912" s="0" t="s">
+        <v>5821</v>
+      </c>
+    </row>
+    <row r="2913">
+      <c r="A2913" s="0" t="s">
+        <v>5822</v>
+      </c>
+      <c r="B2913" s="0" t="s">
+        <v>5823</v>
+      </c>
+    </row>
+    <row r="2914">
+      <c r="A2914" s="0" t="s">
+        <v>5824</v>
+      </c>
+      <c r="B2914" s="0" t="s">
+        <v>5825</v>
+      </c>
+    </row>
+    <row r="2915">
+      <c r="A2915" s="0" t="s">
+        <v>5826</v>
+      </c>
+      <c r="B2915" s="0" t="s">
+        <v>5827</v>
+      </c>
+    </row>
+    <row r="2916">
+      <c r="A2916" s="0" t="s">
+        <v>5828</v>
+      </c>
+      <c r="B2916" s="0" t="s">
+        <v>5829</v>
+      </c>
+    </row>
+    <row r="2917">
+      <c r="A2917" s="0" t="s">
+        <v>5830</v>
+      </c>
+      <c r="B2917" s="0" t="s">
+        <v>5831</v>
+      </c>
+    </row>
+    <row r="2918">
+      <c r="A2918" s="0" t="s">
+        <v>5832</v>
+      </c>
+      <c r="B2918" s="0" t="s">
+        <v>5833</v>
+      </c>
+    </row>
+    <row r="2919">
+      <c r="A2919" s="0" t="s">
+        <v>5834</v>
+      </c>
+      <c r="B2919" s="0" t="s">
+        <v>5835</v>
+      </c>
+    </row>
+    <row r="2920">
+      <c r="A2920" s="0" t="s">
+        <v>5836</v>
+      </c>
+      <c r="B2920" s="0" t="s">
+        <v>5837</v>
+      </c>
+    </row>
+    <row r="2921">
+      <c r="A2921" s="0" t="s">
+        <v>5838</v>
+      </c>
+      <c r="B2921" s="0" t="s">
+        <v>5839</v>
+      </c>
+    </row>
+    <row r="2922">
+      <c r="A2922" s="0" t="s">
+        <v>5840</v>
+      </c>
+      <c r="B2922" s="0" t="s">
+        <v>5841</v>
+      </c>
+    </row>
+    <row r="2923">
+      <c r="A2923" s="0" t="s">
+        <v>5842</v>
+      </c>
+      <c r="B2923" s="0" t="s">
+        <v>5843</v>
+      </c>
+    </row>
+    <row r="2924">
+      <c r="A2924" s="0" t="s">
+        <v>5844</v>
+      </c>
+      <c r="B2924" s="0" t="s">
+        <v>5845</v>
+      </c>
+    </row>
+    <row r="2925">
+      <c r="A2925" s="0" t="s">
+        <v>5846</v>
+      </c>
+      <c r="B2925" s="0" t="s">
+        <v>5847</v>
+      </c>
+    </row>
+    <row r="2926">
+      <c r="A2926" s="0" t="s">
+        <v>5848</v>
+      </c>
+      <c r="B2926" s="0" t="s">
+        <v>5849</v>
+      </c>
+    </row>
+    <row r="2927">
+      <c r="A2927" s="0" t="s">
+        <v>5850</v>
+      </c>
+      <c r="B2927" s="0" t="s">
+        <v>5851</v>
+      </c>
+    </row>
+    <row r="2928">
+      <c r="A2928" s="0" t="s">
+        <v>5852</v>
+      </c>
+      <c r="B2928" s="0" t="s">
+        <v>5853</v>
+      </c>
+    </row>
+    <row r="2929">
+      <c r="A2929" s="0" t="s">
+        <v>5854</v>
+      </c>
+      <c r="B2929" s="0" t="s">
+        <v>5855</v>
+      </c>
+    </row>
+    <row r="2930">
+      <c r="A2930" s="0" t="s">
+        <v>5856</v>
+      </c>
+      <c r="B2930" s="0" t="s">
+        <v>5857</v>
+      </c>
+    </row>
+    <row r="2931">
+      <c r="A2931" s="0" t="s">
+        <v>5858</v>
+      </c>
+      <c r="B2931" s="0" t="s">
+        <v>5859</v>
+      </c>
+    </row>
+    <row r="2932">
+      <c r="A2932" s="0" t="s">
+        <v>5860</v>
+      </c>
+      <c r="B2932" s="0" t="s">
+        <v>5861</v>
+      </c>
+    </row>
+    <row r="2933">
+      <c r="A2933" s="0" t="s">
+        <v>5862</v>
+      </c>
+      <c r="B2933" s="0" t="s">
+        <v>5863</v>
+      </c>
+    </row>
+    <row r="2934">
+      <c r="A2934" s="0" t="s">
+        <v>5864</v>
+      </c>
+      <c r="B2934" s="0" t="s">
+        <v>5865</v>
+      </c>
+    </row>
+    <row r="2935">
+      <c r="A2935" s="0" t="s">
+        <v>5866</v>
+      </c>
+      <c r="B2935" s="0" t="s">
+        <v>5867</v>
+      </c>
+    </row>
+    <row r="2936">
+      <c r="A2936" s="0" t="s">
+        <v>5868</v>
+      </c>
+      <c r="B2936" s="0" t="s">
+        <v>5869</v>
+      </c>
+    </row>
+    <row r="2937">
+      <c r="A2937" s="0" t="s">
+        <v>5870</v>
+      </c>
+      <c r="B2937" s="0" t="s">
+        <v>5871</v>
+      </c>
+    </row>
+    <row r="2938">
+      <c r="A2938" s="0" t="s">
+        <v>5872</v>
+      </c>
+      <c r="B2938" s="0" t="s">
+        <v>5873</v>
+      </c>
+    </row>
+    <row r="2939">
+      <c r="A2939" s="0" t="s">
+        <v>5874</v>
+      </c>
+      <c r="B2939" s="0" t="s">
+        <v>5875</v>
+      </c>
+    </row>
+    <row r="2940">
+      <c r="A2940" s="0" t="s">
+        <v>5876</v>
+      </c>
+      <c r="B2940" s="0" t="s">
+        <v>5877</v>
+      </c>
+    </row>
+    <row r="2941">
+      <c r="A2941" s="0" t="s">
+        <v>5878</v>
+      </c>
+      <c r="B2941" s="0" t="s">
+        <v>5879</v>
+      </c>
+    </row>
+    <row r="2942">
+      <c r="A2942" s="0" t="s">
+        <v>5880</v>
+      </c>
+      <c r="B2942" s="0" t="s">
+        <v>5881</v>
+      </c>
+    </row>
+    <row r="2943">
+      <c r="A2943" s="0" t="s">
+        <v>5882</v>
+      </c>
+      <c r="B2943" s="0" t="s">
+        <v>5883</v>
+      </c>
+    </row>
+    <row r="2944">
+      <c r="A2944" s="0" t="s">
+        <v>5884</v>
+      </c>
+      <c r="B2944" s="0" t="s">
+        <v>5885</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>