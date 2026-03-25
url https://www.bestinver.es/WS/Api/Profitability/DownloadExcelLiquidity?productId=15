--- v1 (2026-01-23)
+++ v2 (2026-03-25)
@@ -4,59 +4,419 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5886" uniqueCount="5886">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6006" uniqueCount="6006">
   <si>
     <t>BESTINVER CRECIMIENTO EPSV</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>23/03/2026</t>
+  </si>
+  <si>
+    <t>13,972416</t>
+  </si>
+  <si>
+    <t>22/03/2026</t>
+  </si>
+  <si>
+    <t>13,713099</t>
+  </si>
+  <si>
+    <t>21/03/2026</t>
+  </si>
+  <si>
+    <t>13,713643</t>
+  </si>
+  <si>
+    <t>20/03/2026</t>
+  </si>
+  <si>
+    <t>13,714188</t>
+  </si>
+  <si>
+    <t>19/03/2026</t>
+  </si>
+  <si>
+    <t>13,921686</t>
+  </si>
+  <si>
+    <t>18/03/2026</t>
+  </si>
+  <si>
+    <t>14,244108</t>
+  </si>
+  <si>
+    <t>17/03/2026</t>
+  </si>
+  <si>
+    <t>14,314386</t>
+  </si>
+  <si>
+    <t>16/03/2026</t>
+  </si>
+  <si>
+    <t>14,218085</t>
+  </si>
+  <si>
+    <t>15/03/2026</t>
+  </si>
+  <si>
+    <t>14,185577</t>
+  </si>
+  <si>
+    <t>14/03/2026</t>
+  </si>
+  <si>
+    <t>14,186145</t>
+  </si>
+  <si>
+    <t>13/03/2026</t>
+  </si>
+  <si>
+    <t>14,186713</t>
+  </si>
+  <si>
+    <t>12/03/2026</t>
+  </si>
+  <si>
+    <t>14,275488</t>
+  </si>
+  <si>
+    <t>11/03/2026</t>
+  </si>
+  <si>
+    <t>14,473489</t>
+  </si>
+  <si>
+    <t>10/03/2026</t>
+  </si>
+  <si>
+    <t>14,500105</t>
+  </si>
+  <si>
+    <t>09/03/2026</t>
+  </si>
+  <si>
+    <t>14,313080</t>
+  </si>
+  <si>
+    <t>08/03/2026</t>
+  </si>
+  <si>
+    <t>14,360128</t>
+  </si>
+  <si>
+    <t>07/03/2026</t>
+  </si>
+  <si>
+    <t>14,360700</t>
+  </si>
+  <si>
+    <t>06/03/2026</t>
+  </si>
+  <si>
+    <t>14,361272</t>
+  </si>
+  <si>
+    <t>05/03/2026</t>
+  </si>
+  <si>
+    <t>14,697380</t>
+  </si>
+  <si>
+    <t>04/03/2026</t>
+  </si>
+  <si>
+    <t>14,792562</t>
+  </si>
+  <si>
+    <t>03/03/2026</t>
+  </si>
+  <si>
+    <t>14,632310</t>
+  </si>
+  <si>
+    <t>02/03/2026</t>
+  </si>
+  <si>
+    <t>14,987873</t>
+  </si>
+  <si>
+    <t>01/03/2026</t>
+  </si>
+  <si>
+    <t>15,160233</t>
+  </si>
+  <si>
+    <t>28/02/2026</t>
+  </si>
+  <si>
+    <t>15,160841</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t>15,161450</t>
+  </si>
+  <si>
+    <t>26/02/2026</t>
+  </si>
+  <si>
+    <t>15,269247</t>
+  </si>
+  <si>
+    <t>25/02/2026</t>
+  </si>
+  <si>
+    <t>15,255806</t>
+  </si>
+  <si>
+    <t>24/02/2026</t>
+  </si>
+  <si>
+    <t>15,207455</t>
+  </si>
+  <si>
+    <t>23/02/2026</t>
+  </si>
+  <si>
+    <t>15,137273</t>
+  </si>
+  <si>
+    <t>22/02/2026</t>
+  </si>
+  <si>
+    <t>15,321844</t>
+  </si>
+  <si>
+    <t>21/02/2026</t>
+  </si>
+  <si>
+    <t>15,323087</t>
+  </si>
+  <si>
+    <t>20/02/2026</t>
+  </si>
+  <si>
+    <t>15,323696</t>
+  </si>
+  <si>
+    <t>19/02/2026</t>
+  </si>
+  <si>
+    <t>15,232709</t>
+  </si>
+  <si>
+    <t>18/02/2026</t>
+  </si>
+  <si>
+    <t>15,379603</t>
+  </si>
+  <si>
+    <t>17/02/2026</t>
+  </si>
+  <si>
+    <t>15,149421</t>
+  </si>
+  <si>
+    <t>16/02/2026</t>
+  </si>
+  <si>
+    <t>15,175819</t>
+  </si>
+  <si>
+    <t>15/02/2026</t>
+  </si>
+  <si>
+    <t>15,150729</t>
+  </si>
+  <si>
+    <t>14/02/2026</t>
+  </si>
+  <si>
+    <t>15,151334</t>
+  </si>
+  <si>
+    <t>13/02/2026</t>
+  </si>
+  <si>
+    <t>15,151940</t>
+  </si>
+  <si>
+    <t>12/02/2026</t>
+  </si>
+  <si>
+    <t>15,137239</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>15,322512</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>15,275236</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>15,156681</t>
+  </si>
+  <si>
+    <t>08/02/2026</t>
+  </si>
+  <si>
+    <t>15,099070</t>
+  </si>
+  <si>
+    <t>07/02/2026</t>
+  </si>
+  <si>
+    <t>15,099674</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>15,100277</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>14,915153</t>
+  </si>
+  <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>15,043161</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>14,947545</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>15,033235</t>
+  </si>
+  <si>
+    <t>01/02/2026</t>
+  </si>
+  <si>
+    <t>14,788035</t>
+  </si>
+  <si>
+    <t>31/01/2026</t>
+  </si>
+  <si>
+    <t>14,788636</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>14,789237</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>14,802951</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>14,867150</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>14,850957</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>14,937340</t>
+  </si>
+  <si>
+    <t>25/01/2026</t>
+  </si>
+  <si>
+    <t>14,953752</t>
+  </si>
+  <si>
+    <t>24/01/2026</t>
+  </si>
+  <si>
+    <t>14,954356</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>14,954960</t>
   </si>
   <si>
     <t>22/01/2026</t>
   </si>
   <si>
     <t>15,034368</t>
   </si>
   <si>
     <t>21/01/2026</t>
   </si>
   <si>
     <t>14,858194</t>
   </si>
   <si>
     <t>20/01/2026</t>
   </si>
   <si>
     <t>14,705443</t>
   </si>
   <si>
     <t>19/01/2026</t>
   </si>
   <si>
     <t>14,918918</t>
   </si>
@@ -17710,51 +18070,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B2944"/>
+  <dimension ref="A1:B3004"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -29798,531 +30158,531 @@
       <c r="B1508" s="0" t="s">
         <v>3014</v>
       </c>
     </row>
     <row r="1509">
       <c r="A1509" s="0" t="s">
         <v>3015</v>
       </c>
       <c r="B1509" s="0" t="s">
         <v>3016</v>
       </c>
     </row>
     <row r="1510">
       <c r="A1510" s="0" t="s">
         <v>3017</v>
       </c>
       <c r="B1510" s="0" t="s">
         <v>3018</v>
       </c>
     </row>
     <row r="1511">
       <c r="A1511" s="0" t="s">
         <v>3019</v>
       </c>
       <c r="B1511" s="0" t="s">
-        <v>1568</v>
+        <v>3020</v>
       </c>
     </row>
     <row r="1512">
       <c r="A1512" s="0" t="s">
-        <v>3020</v>
+        <v>3021</v>
       </c>
       <c r="B1512" s="0" t="s">
-        <v>3021</v>
+        <v>3022</v>
       </c>
     </row>
     <row r="1513">
       <c r="A1513" s="0" t="s">
-        <v>3022</v>
+        <v>3023</v>
       </c>
       <c r="B1513" s="0" t="s">
-        <v>3023</v>
+        <v>3024</v>
       </c>
     </row>
     <row r="1514">
       <c r="A1514" s="0" t="s">
-        <v>3024</v>
+        <v>3025</v>
       </c>
       <c r="B1514" s="0" t="s">
-        <v>3025</v>
+        <v>3026</v>
       </c>
     </row>
     <row r="1515">
       <c r="A1515" s="0" t="s">
-        <v>3026</v>
+        <v>3027</v>
       </c>
       <c r="B1515" s="0" t="s">
-        <v>3027</v>
+        <v>3028</v>
       </c>
     </row>
     <row r="1516">
       <c r="A1516" s="0" t="s">
-        <v>3028</v>
+        <v>3029</v>
       </c>
       <c r="B1516" s="0" t="s">
-        <v>3029</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="1517">
       <c r="A1517" s="0" t="s">
-        <v>3030</v>
+        <v>3031</v>
       </c>
       <c r="B1517" s="0" t="s">
-        <v>3031</v>
+        <v>3032</v>
       </c>
     </row>
     <row r="1518">
       <c r="A1518" s="0" t="s">
-        <v>3032</v>
+        <v>3033</v>
       </c>
       <c r="B1518" s="0" t="s">
-        <v>3033</v>
+        <v>3034</v>
       </c>
     </row>
     <row r="1519">
       <c r="A1519" s="0" t="s">
-        <v>3034</v>
+        <v>3035</v>
       </c>
       <c r="B1519" s="0" t="s">
-        <v>3035</v>
+        <v>3036</v>
       </c>
     </row>
     <row r="1520">
       <c r="A1520" s="0" t="s">
-        <v>3036</v>
+        <v>3037</v>
       </c>
       <c r="B1520" s="0" t="s">
-        <v>3037</v>
+        <v>3038</v>
       </c>
     </row>
     <row r="1521">
       <c r="A1521" s="0" t="s">
-        <v>3038</v>
+        <v>3039</v>
       </c>
       <c r="B1521" s="0" t="s">
-        <v>3039</v>
+        <v>3040</v>
       </c>
     </row>
     <row r="1522">
       <c r="A1522" s="0" t="s">
-        <v>3040</v>
+        <v>3041</v>
       </c>
       <c r="B1522" s="0" t="s">
-        <v>3041</v>
+        <v>3042</v>
       </c>
     </row>
     <row r="1523">
       <c r="A1523" s="0" t="s">
-        <v>3042</v>
+        <v>3043</v>
       </c>
       <c r="B1523" s="0" t="s">
-        <v>3043</v>
+        <v>3044</v>
       </c>
     </row>
     <row r="1524">
       <c r="A1524" s="0" t="s">
-        <v>3044</v>
+        <v>3045</v>
       </c>
       <c r="B1524" s="0" t="s">
-        <v>3045</v>
+        <v>3046</v>
       </c>
     </row>
     <row r="1525">
       <c r="A1525" s="0" t="s">
-        <v>3046</v>
+        <v>3047</v>
       </c>
       <c r="B1525" s="0" t="s">
-        <v>3047</v>
+        <v>3048</v>
       </c>
     </row>
     <row r="1526">
       <c r="A1526" s="0" t="s">
-        <v>3048</v>
+        <v>3049</v>
       </c>
       <c r="B1526" s="0" t="s">
-        <v>3049</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="1527">
       <c r="A1527" s="0" t="s">
-        <v>3050</v>
+        <v>3051</v>
       </c>
       <c r="B1527" s="0" t="s">
-        <v>3051</v>
+        <v>3052</v>
       </c>
     </row>
     <row r="1528">
       <c r="A1528" s="0" t="s">
-        <v>3052</v>
+        <v>3053</v>
       </c>
       <c r="B1528" s="0" t="s">
-        <v>3053</v>
+        <v>3054</v>
       </c>
     </row>
     <row r="1529">
       <c r="A1529" s="0" t="s">
-        <v>3054</v>
+        <v>3055</v>
       </c>
       <c r="B1529" s="0" t="s">
-        <v>3055</v>
+        <v>3056</v>
       </c>
     </row>
     <row r="1530">
       <c r="A1530" s="0" t="s">
-        <v>3056</v>
+        <v>3057</v>
       </c>
       <c r="B1530" s="0" t="s">
-        <v>3057</v>
+        <v>3058</v>
       </c>
     </row>
     <row r="1531">
       <c r="A1531" s="0" t="s">
-        <v>3058</v>
+        <v>3059</v>
       </c>
       <c r="B1531" s="0" t="s">
-        <v>3059</v>
+        <v>3060</v>
       </c>
     </row>
     <row r="1532">
       <c r="A1532" s="0" t="s">
-        <v>3060</v>
+        <v>3061</v>
       </c>
       <c r="B1532" s="0" t="s">
-        <v>3061</v>
+        <v>3062</v>
       </c>
     </row>
     <row r="1533">
       <c r="A1533" s="0" t="s">
-        <v>3062</v>
+        <v>3063</v>
       </c>
       <c r="B1533" s="0" t="s">
-        <v>3063</v>
+        <v>3064</v>
       </c>
     </row>
     <row r="1534">
       <c r="A1534" s="0" t="s">
-        <v>3064</v>
+        <v>3065</v>
       </c>
       <c r="B1534" s="0" t="s">
-        <v>3065</v>
+        <v>3066</v>
       </c>
     </row>
     <row r="1535">
       <c r="A1535" s="0" t="s">
-        <v>3066</v>
+        <v>3067</v>
       </c>
       <c r="B1535" s="0" t="s">
-        <v>3067</v>
+        <v>3068</v>
       </c>
     </row>
     <row r="1536">
       <c r="A1536" s="0" t="s">
-        <v>3068</v>
+        <v>3069</v>
       </c>
       <c r="B1536" s="0" t="s">
-        <v>3069</v>
+        <v>3070</v>
       </c>
     </row>
     <row r="1537">
       <c r="A1537" s="0" t="s">
-        <v>3070</v>
+        <v>3071</v>
       </c>
       <c r="B1537" s="0" t="s">
-        <v>3071</v>
+        <v>3072</v>
       </c>
     </row>
     <row r="1538">
       <c r="A1538" s="0" t="s">
-        <v>3072</v>
+        <v>3073</v>
       </c>
       <c r="B1538" s="0" t="s">
-        <v>3073</v>
+        <v>3074</v>
       </c>
     </row>
     <row r="1539">
       <c r="A1539" s="0" t="s">
-        <v>3074</v>
+        <v>3075</v>
       </c>
       <c r="B1539" s="0" t="s">
-        <v>3075</v>
+        <v>3076</v>
       </c>
     </row>
     <row r="1540">
       <c r="A1540" s="0" t="s">
-        <v>3076</v>
+        <v>3077</v>
       </c>
       <c r="B1540" s="0" t="s">
-        <v>3077</v>
+        <v>3078</v>
       </c>
     </row>
     <row r="1541">
       <c r="A1541" s="0" t="s">
-        <v>3078</v>
+        <v>3079</v>
       </c>
       <c r="B1541" s="0" t="s">
-        <v>3079</v>
+        <v>3080</v>
       </c>
     </row>
     <row r="1542">
       <c r="A1542" s="0" t="s">
-        <v>3080</v>
+        <v>3081</v>
       </c>
       <c r="B1542" s="0" t="s">
-        <v>3081</v>
+        <v>3082</v>
       </c>
     </row>
     <row r="1543">
       <c r="A1543" s="0" t="s">
-        <v>3082</v>
+        <v>3083</v>
       </c>
       <c r="B1543" s="0" t="s">
-        <v>3083</v>
+        <v>3084</v>
       </c>
     </row>
     <row r="1544">
       <c r="A1544" s="0" t="s">
-        <v>3084</v>
+        <v>3085</v>
       </c>
       <c r="B1544" s="0" t="s">
-        <v>3085</v>
+        <v>3086</v>
       </c>
     </row>
     <row r="1545">
       <c r="A1545" s="0" t="s">
-        <v>3086</v>
+        <v>3087</v>
       </c>
       <c r="B1545" s="0" t="s">
-        <v>3087</v>
+        <v>3088</v>
       </c>
     </row>
     <row r="1546">
       <c r="A1546" s="0" t="s">
-        <v>3088</v>
+        <v>3089</v>
       </c>
       <c r="B1546" s="0" t="s">
-        <v>3089</v>
+        <v>3090</v>
       </c>
     </row>
     <row r="1547">
       <c r="A1547" s="0" t="s">
-        <v>3090</v>
+        <v>3091</v>
       </c>
       <c r="B1547" s="0" t="s">
-        <v>3091</v>
+        <v>3092</v>
       </c>
     </row>
     <row r="1548">
       <c r="A1548" s="0" t="s">
-        <v>3092</v>
+        <v>3093</v>
       </c>
       <c r="B1548" s="0" t="s">
-        <v>3093</v>
+        <v>3094</v>
       </c>
     </row>
     <row r="1549">
       <c r="A1549" s="0" t="s">
-        <v>3094</v>
+        <v>3095</v>
       </c>
       <c r="B1549" s="0" t="s">
-        <v>3095</v>
+        <v>3096</v>
       </c>
     </row>
     <row r="1550">
       <c r="A1550" s="0" t="s">
-        <v>3096</v>
+        <v>3097</v>
       </c>
       <c r="B1550" s="0" t="s">
-        <v>3097</v>
+        <v>3098</v>
       </c>
     </row>
     <row r="1551">
       <c r="A1551" s="0" t="s">
-        <v>3098</v>
+        <v>3099</v>
       </c>
       <c r="B1551" s="0" t="s">
-        <v>3099</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="1552">
       <c r="A1552" s="0" t="s">
-        <v>3100</v>
+        <v>3101</v>
       </c>
       <c r="B1552" s="0" t="s">
-        <v>3101</v>
+        <v>3102</v>
       </c>
     </row>
     <row r="1553">
       <c r="A1553" s="0" t="s">
-        <v>3102</v>
+        <v>3103</v>
       </c>
       <c r="B1553" s="0" t="s">
-        <v>3103</v>
+        <v>3104</v>
       </c>
     </row>
     <row r="1554">
       <c r="A1554" s="0" t="s">
-        <v>3104</v>
+        <v>3105</v>
       </c>
       <c r="B1554" s="0" t="s">
-        <v>3105</v>
+        <v>3106</v>
       </c>
     </row>
     <row r="1555">
       <c r="A1555" s="0" t="s">
-        <v>3106</v>
+        <v>3107</v>
       </c>
       <c r="B1555" s="0" t="s">
-        <v>3107</v>
+        <v>3108</v>
       </c>
     </row>
     <row r="1556">
       <c r="A1556" s="0" t="s">
-        <v>3108</v>
+        <v>3109</v>
       </c>
       <c r="B1556" s="0" t="s">
-        <v>3109</v>
+        <v>3110</v>
       </c>
     </row>
     <row r="1557">
       <c r="A1557" s="0" t="s">
-        <v>3110</v>
+        <v>3111</v>
       </c>
       <c r="B1557" s="0" t="s">
-        <v>3111</v>
+        <v>3112</v>
       </c>
     </row>
     <row r="1558">
       <c r="A1558" s="0" t="s">
-        <v>3112</v>
+        <v>3113</v>
       </c>
       <c r="B1558" s="0" t="s">
-        <v>3113</v>
+        <v>3114</v>
       </c>
     </row>
     <row r="1559">
       <c r="A1559" s="0" t="s">
-        <v>3114</v>
+        <v>3115</v>
       </c>
       <c r="B1559" s="0" t="s">
-        <v>3115</v>
+        <v>3116</v>
       </c>
     </row>
     <row r="1560">
       <c r="A1560" s="0" t="s">
-        <v>3116</v>
+        <v>3117</v>
       </c>
       <c r="B1560" s="0" t="s">
-        <v>3117</v>
+        <v>3118</v>
       </c>
     </row>
     <row r="1561">
       <c r="A1561" s="0" t="s">
-        <v>3118</v>
+        <v>3119</v>
       </c>
       <c r="B1561" s="0" t="s">
-        <v>3119</v>
+        <v>3120</v>
       </c>
     </row>
     <row r="1562">
       <c r="A1562" s="0" t="s">
-        <v>3120</v>
+        <v>3121</v>
       </c>
       <c r="B1562" s="0" t="s">
-        <v>3121</v>
+        <v>3122</v>
       </c>
     </row>
     <row r="1563">
       <c r="A1563" s="0" t="s">
-        <v>3122</v>
+        <v>3123</v>
       </c>
       <c r="B1563" s="0" t="s">
-        <v>3123</v>
+        <v>3124</v>
       </c>
     </row>
     <row r="1564">
       <c r="A1564" s="0" t="s">
-        <v>3124</v>
+        <v>3125</v>
       </c>
       <c r="B1564" s="0" t="s">
-        <v>3125</v>
+        <v>3126</v>
       </c>
     </row>
     <row r="1565">
       <c r="A1565" s="0" t="s">
-        <v>3126</v>
+        <v>3127</v>
       </c>
       <c r="B1565" s="0" t="s">
-        <v>3127</v>
+        <v>3128</v>
       </c>
     </row>
     <row r="1566">
       <c r="A1566" s="0" t="s">
-        <v>3128</v>
+        <v>3129</v>
       </c>
       <c r="B1566" s="0" t="s">
-        <v>3129</v>
+        <v>3130</v>
       </c>
     </row>
     <row r="1567">
       <c r="A1567" s="0" t="s">
-        <v>3130</v>
+        <v>3131</v>
       </c>
       <c r="B1567" s="0" t="s">
-        <v>3131</v>
+        <v>3132</v>
       </c>
     </row>
     <row r="1568">
       <c r="A1568" s="0" t="s">
-        <v>3132</v>
+        <v>3133</v>
       </c>
       <c r="B1568" s="0" t="s">
-        <v>3133</v>
+        <v>3134</v>
       </c>
     </row>
     <row r="1569">
       <c r="A1569" s="0" t="s">
-        <v>3134</v>
+        <v>3135</v>
       </c>
       <c r="B1569" s="0" t="s">
-        <v>3135</v>
+        <v>3136</v>
       </c>
     </row>
     <row r="1570">
       <c r="A1570" s="0" t="s">
-        <v>3136</v>
+        <v>3137</v>
       </c>
       <c r="B1570" s="0" t="s">
-        <v>3137</v>
+        <v>3138</v>
       </c>
     </row>
     <row r="1571">
       <c r="A1571" s="0" t="s">
-        <v>3138</v>
+        <v>3139</v>
       </c>
       <c r="B1571" s="0" t="s">
-        <v>3139</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="1572">
       <c r="A1572" s="0" t="s">
         <v>3140</v>
       </c>
       <c r="B1572" s="0" t="s">
         <v>3141</v>
       </c>
     </row>
     <row r="1573">
       <c r="A1573" s="0" t="s">
         <v>3142</v>
       </c>
       <c r="B1573" s="0" t="s">
         <v>3143</v>
       </c>
     </row>
     <row r="1574">
       <c r="A1574" s="0" t="s">
         <v>3144</v>
       </c>
       <c r="B1574" s="0" t="s">
         <v>3145</v>
       </c>
@@ -41263,31 +41623,511 @@
         <v>5879</v>
       </c>
     </row>
     <row r="2942">
       <c r="A2942" s="0" t="s">
         <v>5880</v>
       </c>
       <c r="B2942" s="0" t="s">
         <v>5881</v>
       </c>
     </row>
     <row r="2943">
       <c r="A2943" s="0" t="s">
         <v>5882</v>
       </c>
       <c r="B2943" s="0" t="s">
         <v>5883</v>
       </c>
     </row>
     <row r="2944">
       <c r="A2944" s="0" t="s">
         <v>5884</v>
       </c>
       <c r="B2944" s="0" t="s">
         <v>5885</v>
+      </c>
+    </row>
+    <row r="2945">
+      <c r="A2945" s="0" t="s">
+        <v>5886</v>
+      </c>
+      <c r="B2945" s="0" t="s">
+        <v>5887</v>
+      </c>
+    </row>
+    <row r="2946">
+      <c r="A2946" s="0" t="s">
+        <v>5888</v>
+      </c>
+      <c r="B2946" s="0" t="s">
+        <v>5889</v>
+      </c>
+    </row>
+    <row r="2947">
+      <c r="A2947" s="0" t="s">
+        <v>5890</v>
+      </c>
+      <c r="B2947" s="0" t="s">
+        <v>5891</v>
+      </c>
+    </row>
+    <row r="2948">
+      <c r="A2948" s="0" t="s">
+        <v>5892</v>
+      </c>
+      <c r="B2948" s="0" t="s">
+        <v>5893</v>
+      </c>
+    </row>
+    <row r="2949">
+      <c r="A2949" s="0" t="s">
+        <v>5894</v>
+      </c>
+      <c r="B2949" s="0" t="s">
+        <v>5895</v>
+      </c>
+    </row>
+    <row r="2950">
+      <c r="A2950" s="0" t="s">
+        <v>5896</v>
+      </c>
+      <c r="B2950" s="0" t="s">
+        <v>5897</v>
+      </c>
+    </row>
+    <row r="2951">
+      <c r="A2951" s="0" t="s">
+        <v>5898</v>
+      </c>
+      <c r="B2951" s="0" t="s">
+        <v>5899</v>
+      </c>
+    </row>
+    <row r="2952">
+      <c r="A2952" s="0" t="s">
+        <v>5900</v>
+      </c>
+      <c r="B2952" s="0" t="s">
+        <v>5901</v>
+      </c>
+    </row>
+    <row r="2953">
+      <c r="A2953" s="0" t="s">
+        <v>5902</v>
+      </c>
+      <c r="B2953" s="0" t="s">
+        <v>5903</v>
+      </c>
+    </row>
+    <row r="2954">
+      <c r="A2954" s="0" t="s">
+        <v>5904</v>
+      </c>
+      <c r="B2954" s="0" t="s">
+        <v>5905</v>
+      </c>
+    </row>
+    <row r="2955">
+      <c r="A2955" s="0" t="s">
+        <v>5906</v>
+      </c>
+      <c r="B2955" s="0" t="s">
+        <v>5907</v>
+      </c>
+    </row>
+    <row r="2956">
+      <c r="A2956" s="0" t="s">
+        <v>5908</v>
+      </c>
+      <c r="B2956" s="0" t="s">
+        <v>5909</v>
+      </c>
+    </row>
+    <row r="2957">
+      <c r="A2957" s="0" t="s">
+        <v>5910</v>
+      </c>
+      <c r="B2957" s="0" t="s">
+        <v>5911</v>
+      </c>
+    </row>
+    <row r="2958">
+      <c r="A2958" s="0" t="s">
+        <v>5912</v>
+      </c>
+      <c r="B2958" s="0" t="s">
+        <v>5913</v>
+      </c>
+    </row>
+    <row r="2959">
+      <c r="A2959" s="0" t="s">
+        <v>5914</v>
+      </c>
+      <c r="B2959" s="0" t="s">
+        <v>5915</v>
+      </c>
+    </row>
+    <row r="2960">
+      <c r="A2960" s="0" t="s">
+        <v>5916</v>
+      </c>
+      <c r="B2960" s="0" t="s">
+        <v>5917</v>
+      </c>
+    </row>
+    <row r="2961">
+      <c r="A2961" s="0" t="s">
+        <v>5918</v>
+      </c>
+      <c r="B2961" s="0" t="s">
+        <v>5919</v>
+      </c>
+    </row>
+    <row r="2962">
+      <c r="A2962" s="0" t="s">
+        <v>5920</v>
+      </c>
+      <c r="B2962" s="0" t="s">
+        <v>5921</v>
+      </c>
+    </row>
+    <row r="2963">
+      <c r="A2963" s="0" t="s">
+        <v>5922</v>
+      </c>
+      <c r="B2963" s="0" t="s">
+        <v>5923</v>
+      </c>
+    </row>
+    <row r="2964">
+      <c r="A2964" s="0" t="s">
+        <v>5924</v>
+      </c>
+      <c r="B2964" s="0" t="s">
+        <v>5925</v>
+      </c>
+    </row>
+    <row r="2965">
+      <c r="A2965" s="0" t="s">
+        <v>5926</v>
+      </c>
+      <c r="B2965" s="0" t="s">
+        <v>5927</v>
+      </c>
+    </row>
+    <row r="2966">
+      <c r="A2966" s="0" t="s">
+        <v>5928</v>
+      </c>
+      <c r="B2966" s="0" t="s">
+        <v>5929</v>
+      </c>
+    </row>
+    <row r="2967">
+      <c r="A2967" s="0" t="s">
+        <v>5930</v>
+      </c>
+      <c r="B2967" s="0" t="s">
+        <v>5931</v>
+      </c>
+    </row>
+    <row r="2968">
+      <c r="A2968" s="0" t="s">
+        <v>5932</v>
+      </c>
+      <c r="B2968" s="0" t="s">
+        <v>5933</v>
+      </c>
+    </row>
+    <row r="2969">
+      <c r="A2969" s="0" t="s">
+        <v>5934</v>
+      </c>
+      <c r="B2969" s="0" t="s">
+        <v>5935</v>
+      </c>
+    </row>
+    <row r="2970">
+      <c r="A2970" s="0" t="s">
+        <v>5936</v>
+      </c>
+      <c r="B2970" s="0" t="s">
+        <v>5937</v>
+      </c>
+    </row>
+    <row r="2971">
+      <c r="A2971" s="0" t="s">
+        <v>5938</v>
+      </c>
+      <c r="B2971" s="0" t="s">
+        <v>5939</v>
+      </c>
+    </row>
+    <row r="2972">
+      <c r="A2972" s="0" t="s">
+        <v>5940</v>
+      </c>
+      <c r="B2972" s="0" t="s">
+        <v>5941</v>
+      </c>
+    </row>
+    <row r="2973">
+      <c r="A2973" s="0" t="s">
+        <v>5942</v>
+      </c>
+      <c r="B2973" s="0" t="s">
+        <v>5943</v>
+      </c>
+    </row>
+    <row r="2974">
+      <c r="A2974" s="0" t="s">
+        <v>5944</v>
+      </c>
+      <c r="B2974" s="0" t="s">
+        <v>5945</v>
+      </c>
+    </row>
+    <row r="2975">
+      <c r="A2975" s="0" t="s">
+        <v>5946</v>
+      </c>
+      <c r="B2975" s="0" t="s">
+        <v>5947</v>
+      </c>
+    </row>
+    <row r="2976">
+      <c r="A2976" s="0" t="s">
+        <v>5948</v>
+      </c>
+      <c r="B2976" s="0" t="s">
+        <v>5949</v>
+      </c>
+    </row>
+    <row r="2977">
+      <c r="A2977" s="0" t="s">
+        <v>5950</v>
+      </c>
+      <c r="B2977" s="0" t="s">
+        <v>5951</v>
+      </c>
+    </row>
+    <row r="2978">
+      <c r="A2978" s="0" t="s">
+        <v>5952</v>
+      </c>
+      <c r="B2978" s="0" t="s">
+        <v>5953</v>
+      </c>
+    </row>
+    <row r="2979">
+      <c r="A2979" s="0" t="s">
+        <v>5954</v>
+      </c>
+      <c r="B2979" s="0" t="s">
+        <v>5955</v>
+      </c>
+    </row>
+    <row r="2980">
+      <c r="A2980" s="0" t="s">
+        <v>5956</v>
+      </c>
+      <c r="B2980" s="0" t="s">
+        <v>5957</v>
+      </c>
+    </row>
+    <row r="2981">
+      <c r="A2981" s="0" t="s">
+        <v>5958</v>
+      </c>
+      <c r="B2981" s="0" t="s">
+        <v>5959</v>
+      </c>
+    </row>
+    <row r="2982">
+      <c r="A2982" s="0" t="s">
+        <v>5960</v>
+      </c>
+      <c r="B2982" s="0" t="s">
+        <v>5961</v>
+      </c>
+    </row>
+    <row r="2983">
+      <c r="A2983" s="0" t="s">
+        <v>5962</v>
+      </c>
+      <c r="B2983" s="0" t="s">
+        <v>5963</v>
+      </c>
+    </row>
+    <row r="2984">
+      <c r="A2984" s="0" t="s">
+        <v>5964</v>
+      </c>
+      <c r="B2984" s="0" t="s">
+        <v>5965</v>
+      </c>
+    </row>
+    <row r="2985">
+      <c r="A2985" s="0" t="s">
+        <v>5966</v>
+      </c>
+      <c r="B2985" s="0" t="s">
+        <v>5967</v>
+      </c>
+    </row>
+    <row r="2986">
+      <c r="A2986" s="0" t="s">
+        <v>5968</v>
+      </c>
+      <c r="B2986" s="0" t="s">
+        <v>5969</v>
+      </c>
+    </row>
+    <row r="2987">
+      <c r="A2987" s="0" t="s">
+        <v>5970</v>
+      </c>
+      <c r="B2987" s="0" t="s">
+        <v>5971</v>
+      </c>
+    </row>
+    <row r="2988">
+      <c r="A2988" s="0" t="s">
+        <v>5972</v>
+      </c>
+      <c r="B2988" s="0" t="s">
+        <v>5973</v>
+      </c>
+    </row>
+    <row r="2989">
+      <c r="A2989" s="0" t="s">
+        <v>5974</v>
+      </c>
+      <c r="B2989" s="0" t="s">
+        <v>5975</v>
+      </c>
+    </row>
+    <row r="2990">
+      <c r="A2990" s="0" t="s">
+        <v>5976</v>
+      </c>
+      <c r="B2990" s="0" t="s">
+        <v>5977</v>
+      </c>
+    </row>
+    <row r="2991">
+      <c r="A2991" s="0" t="s">
+        <v>5978</v>
+      </c>
+      <c r="B2991" s="0" t="s">
+        <v>5979</v>
+      </c>
+    </row>
+    <row r="2992">
+      <c r="A2992" s="0" t="s">
+        <v>5980</v>
+      </c>
+      <c r="B2992" s="0" t="s">
+        <v>5981</v>
+      </c>
+    </row>
+    <row r="2993">
+      <c r="A2993" s="0" t="s">
+        <v>5982</v>
+      </c>
+      <c r="B2993" s="0" t="s">
+        <v>5983</v>
+      </c>
+    </row>
+    <row r="2994">
+      <c r="A2994" s="0" t="s">
+        <v>5984</v>
+      </c>
+      <c r="B2994" s="0" t="s">
+        <v>5985</v>
+      </c>
+    </row>
+    <row r="2995">
+      <c r="A2995" s="0" t="s">
+        <v>5986</v>
+      </c>
+      <c r="B2995" s="0" t="s">
+        <v>5987</v>
+      </c>
+    </row>
+    <row r="2996">
+      <c r="A2996" s="0" t="s">
+        <v>5988</v>
+      </c>
+      <c r="B2996" s="0" t="s">
+        <v>5989</v>
+      </c>
+    </row>
+    <row r="2997">
+      <c r="A2997" s="0" t="s">
+        <v>5990</v>
+      </c>
+      <c r="B2997" s="0" t="s">
+        <v>5991</v>
+      </c>
+    </row>
+    <row r="2998">
+      <c r="A2998" s="0" t="s">
+        <v>5992</v>
+      </c>
+      <c r="B2998" s="0" t="s">
+        <v>5993</v>
+      </c>
+    </row>
+    <row r="2999">
+      <c r="A2999" s="0" t="s">
+        <v>5994</v>
+      </c>
+      <c r="B2999" s="0" t="s">
+        <v>5995</v>
+      </c>
+    </row>
+    <row r="3000">
+      <c r="A3000" s="0" t="s">
+        <v>5996</v>
+      </c>
+      <c r="B3000" s="0" t="s">
+        <v>5997</v>
+      </c>
+    </row>
+    <row r="3001">
+      <c r="A3001" s="0" t="s">
+        <v>5998</v>
+      </c>
+      <c r="B3001" s="0" t="s">
+        <v>5999</v>
+      </c>
+    </row>
+    <row r="3002">
+      <c r="A3002" s="0" t="s">
+        <v>6000</v>
+      </c>
+      <c r="B3002" s="0" t="s">
+        <v>6001</v>
+      </c>
+    </row>
+    <row r="3003">
+      <c r="A3003" s="0" t="s">
+        <v>6002</v>
+      </c>
+      <c r="B3003" s="0" t="s">
+        <v>6003</v>
+      </c>
+    </row>
+    <row r="3004">
+      <c r="A3004" s="0" t="s">
+        <v>6004</v>
+      </c>
+      <c r="B3004" s="0" t="s">
+        <v>6005</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>