--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -4,59 +4,107 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5371" uniqueCount="5371">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5387" uniqueCount="5387">
   <si>
     <t>BESTINVER CORTO PLAZO, F.I - CLASE B</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>16,527965</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>16,526377</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>16,526068</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>16,525432</t>
+  </si>
+  <si>
+    <t>07/12/2025</t>
+  </si>
+  <si>
+    <t>16,526114</t>
+  </si>
+  <si>
+    <t>06/12/2025</t>
+  </si>
+  <si>
+    <t>16,525283</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>16,524453</t>
+  </si>
+  <si>
+    <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>16,524272</t>
   </si>
   <si>
     <t>03/12/2025</t>
   </si>
   <si>
     <t>16,522489</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>16,521199</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>16,519988</t>
   </si>
   <si>
     <t>30/11/2025</t>
   </si>
   <si>
     <t>16,518672</t>
   </si>
@@ -16165,51 +16213,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B2696"/>
+  <dimension ref="A1:B2704"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -27277,115 +27325,115 @@
       <c r="B1386" s="0" t="s">
         <v>2770</v>
       </c>
     </row>
     <row r="1387">
       <c r="A1387" s="0" t="s">
         <v>2771</v>
       </c>
       <c r="B1387" s="0" t="s">
         <v>2772</v>
       </c>
     </row>
     <row r="1388">
       <c r="A1388" s="0" t="s">
         <v>2773</v>
       </c>
       <c r="B1388" s="0" t="s">
         <v>2774</v>
       </c>
     </row>
     <row r="1389">
       <c r="A1389" s="0" t="s">
         <v>2775</v>
       </c>
       <c r="B1389" s="0" t="s">
-        <v>2038</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="1390">
       <c r="A1390" s="0" t="s">
-        <v>2776</v>
+        <v>2777</v>
       </c>
       <c r="B1390" s="0" t="s">
-        <v>2777</v>
+        <v>2778</v>
       </c>
     </row>
     <row r="1391">
       <c r="A1391" s="0" t="s">
-        <v>2778</v>
+        <v>2779</v>
       </c>
       <c r="B1391" s="0" t="s">
-        <v>2779</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="1392">
       <c r="A1392" s="0" t="s">
-        <v>2780</v>
+        <v>2781</v>
       </c>
       <c r="B1392" s="0" t="s">
-        <v>2781</v>
+        <v>2782</v>
       </c>
     </row>
     <row r="1393">
       <c r="A1393" s="0" t="s">
-        <v>2782</v>
+        <v>2783</v>
       </c>
       <c r="B1393" s="0" t="s">
-        <v>2783</v>
+        <v>2784</v>
       </c>
     </row>
     <row r="1394">
       <c r="A1394" s="0" t="s">
-        <v>2784</v>
+        <v>2785</v>
       </c>
       <c r="B1394" s="0" t="s">
-        <v>2785</v>
+        <v>2786</v>
       </c>
     </row>
     <row r="1395">
       <c r="A1395" s="0" t="s">
-        <v>2786</v>
+        <v>2787</v>
       </c>
       <c r="B1395" s="0" t="s">
-        <v>2787</v>
+        <v>2788</v>
       </c>
     </row>
     <row r="1396">
       <c r="A1396" s="0" t="s">
-        <v>2788</v>
+        <v>2789</v>
       </c>
       <c r="B1396" s="0" t="s">
-        <v>2789</v>
+        <v>2790</v>
       </c>
     </row>
     <row r="1397">
       <c r="A1397" s="0" t="s">
-        <v>2790</v>
+        <v>2791</v>
       </c>
       <c r="B1397" s="0" t="s">
-        <v>2791</v>
+        <v>2054</v>
       </c>
     </row>
     <row r="1398">
       <c r="A1398" s="0" t="s">
         <v>2792</v>
       </c>
       <c r="B1398" s="0" t="s">
         <v>2793</v>
       </c>
     </row>
     <row r="1399">
       <c r="A1399" s="0" t="s">
         <v>2794</v>
       </c>
       <c r="B1399" s="0" t="s">
         <v>2795</v>
       </c>
     </row>
     <row r="1400">
       <c r="A1400" s="0" t="s">
         <v>2796</v>
       </c>
       <c r="B1400" s="0" t="s">
         <v>2797</v>
       </c>
@@ -29413,115 +29461,115 @@
       <c r="B1653" s="0" t="s">
         <v>3303</v>
       </c>
     </row>
     <row r="1654">
       <c r="A1654" s="0" t="s">
         <v>3304</v>
       </c>
       <c r="B1654" s="0" t="s">
         <v>3305</v>
       </c>
     </row>
     <row r="1655">
       <c r="A1655" s="0" t="s">
         <v>3306</v>
       </c>
       <c r="B1655" s="0" t="s">
         <v>3307</v>
       </c>
     </row>
     <row r="1656">
       <c r="A1656" s="0" t="s">
         <v>3308</v>
       </c>
       <c r="B1656" s="0" t="s">
-        <v>3307</v>
+        <v>3309</v>
       </c>
     </row>
     <row r="1657">
       <c r="A1657" s="0" t="s">
-        <v>3309</v>
+        <v>3310</v>
       </c>
       <c r="B1657" s="0" t="s">
-        <v>3310</v>
+        <v>3311</v>
       </c>
     </row>
     <row r="1658">
       <c r="A1658" s="0" t="s">
-        <v>3311</v>
+        <v>3312</v>
       </c>
       <c r="B1658" s="0" t="s">
-        <v>3312</v>
+        <v>3313</v>
       </c>
     </row>
     <row r="1659">
       <c r="A1659" s="0" t="s">
-        <v>3313</v>
+        <v>3314</v>
       </c>
       <c r="B1659" s="0" t="s">
-        <v>3314</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="1660">
       <c r="A1660" s="0" t="s">
-        <v>3315</v>
+        <v>3316</v>
       </c>
       <c r="B1660" s="0" t="s">
-        <v>3316</v>
+        <v>3317</v>
       </c>
     </row>
     <row r="1661">
       <c r="A1661" s="0" t="s">
-        <v>3317</v>
+        <v>3318</v>
       </c>
       <c r="B1661" s="0" t="s">
-        <v>3318</v>
+        <v>3319</v>
       </c>
     </row>
     <row r="1662">
       <c r="A1662" s="0" t="s">
-        <v>3319</v>
+        <v>3320</v>
       </c>
       <c r="B1662" s="0" t="s">
-        <v>3320</v>
+        <v>3321</v>
       </c>
     </row>
     <row r="1663">
       <c r="A1663" s="0" t="s">
-        <v>3321</v>
+        <v>3322</v>
       </c>
       <c r="B1663" s="0" t="s">
-        <v>3322</v>
+        <v>3323</v>
       </c>
     </row>
     <row r="1664">
       <c r="A1664" s="0" t="s">
+        <v>3324</v>
+      </c>
+      <c r="B1664" s="0" t="s">
         <v>3323</v>
-      </c>
-[...1 lines deleted...]
-        <v>3324</v>
       </c>
     </row>
     <row r="1665">
       <c r="A1665" s="0" t="s">
         <v>3325</v>
       </c>
       <c r="B1665" s="0" t="s">
         <v>3326</v>
       </c>
     </row>
     <row r="1666">
       <c r="A1666" s="0" t="s">
         <v>3327</v>
       </c>
       <c r="B1666" s="0" t="s">
         <v>3328</v>
       </c>
     </row>
     <row r="1667">
       <c r="A1667" s="0" t="s">
         <v>3329</v>
       </c>
       <c r="B1667" s="0" t="s">
         <v>3330</v>
       </c>
@@ -30013,147 +30061,147 @@
       <c r="B1728" s="0" t="s">
         <v>3452</v>
       </c>
     </row>
     <row r="1729">
       <c r="A1729" s="0" t="s">
         <v>3453</v>
       </c>
       <c r="B1729" s="0" t="s">
         <v>3454</v>
       </c>
     </row>
     <row r="1730">
       <c r="A1730" s="0" t="s">
         <v>3455</v>
       </c>
       <c r="B1730" s="0" t="s">
         <v>3456</v>
       </c>
     </row>
     <row r="1731">
       <c r="A1731" s="0" t="s">
         <v>3457</v>
       </c>
       <c r="B1731" s="0" t="s">
-        <v>3424</v>
+        <v>3458</v>
       </c>
     </row>
     <row r="1732">
       <c r="A1732" s="0" t="s">
-        <v>3458</v>
+        <v>3459</v>
       </c>
       <c r="B1732" s="0" t="s">
-        <v>3459</v>
+        <v>3460</v>
       </c>
     </row>
     <row r="1733">
       <c r="A1733" s="0" t="s">
-        <v>3460</v>
+        <v>3461</v>
       </c>
       <c r="B1733" s="0" t="s">
-        <v>3461</v>
+        <v>3462</v>
       </c>
     </row>
     <row r="1734">
       <c r="A1734" s="0" t="s">
-        <v>3462</v>
+        <v>3463</v>
       </c>
       <c r="B1734" s="0" t="s">
-        <v>3463</v>
+        <v>3464</v>
       </c>
     </row>
     <row r="1735">
       <c r="A1735" s="0" t="s">
-        <v>3464</v>
+        <v>3465</v>
       </c>
       <c r="B1735" s="0" t="s">
-        <v>1884</v>
+        <v>3466</v>
       </c>
     </row>
     <row r="1736">
       <c r="A1736" s="0" t="s">
-        <v>3465</v>
+        <v>3467</v>
       </c>
       <c r="B1736" s="0" t="s">
-        <v>3466</v>
+        <v>3468</v>
       </c>
     </row>
     <row r="1737">
       <c r="A1737" s="0" t="s">
-        <v>3467</v>
+        <v>3469</v>
       </c>
       <c r="B1737" s="0" t="s">
-        <v>3468</v>
+        <v>3470</v>
       </c>
     </row>
     <row r="1738">
       <c r="A1738" s="0" t="s">
-        <v>3469</v>
+        <v>3471</v>
       </c>
       <c r="B1738" s="0" t="s">
-        <v>3470</v>
+        <v>3472</v>
       </c>
     </row>
     <row r="1739">
       <c r="A1739" s="0" t="s">
-        <v>3471</v>
+        <v>3473</v>
       </c>
       <c r="B1739" s="0" t="s">
-        <v>3472</v>
+        <v>3440</v>
       </c>
     </row>
     <row r="1740">
       <c r="A1740" s="0" t="s">
-        <v>3473</v>
+        <v>3474</v>
       </c>
       <c r="B1740" s="0" t="s">
-        <v>3474</v>
+        <v>3475</v>
       </c>
     </row>
     <row r="1741">
       <c r="A1741" s="0" t="s">
-        <v>3475</v>
+        <v>3476</v>
       </c>
       <c r="B1741" s="0" t="s">
-        <v>3476</v>
+        <v>3477</v>
       </c>
     </row>
     <row r="1742">
       <c r="A1742" s="0" t="s">
-        <v>3477</v>
+        <v>3478</v>
       </c>
       <c r="B1742" s="0" t="s">
-        <v>3478</v>
+        <v>3479</v>
       </c>
     </row>
     <row r="1743">
       <c r="A1743" s="0" t="s">
-        <v>3479</v>
+        <v>3480</v>
       </c>
       <c r="B1743" s="0" t="s">
-        <v>3480</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="1744">
       <c r="A1744" s="0" t="s">
         <v>3481</v>
       </c>
       <c r="B1744" s="0" t="s">
         <v>3482</v>
       </c>
     </row>
     <row r="1745">
       <c r="A1745" s="0" t="s">
         <v>3483</v>
       </c>
       <c r="B1745" s="0" t="s">
         <v>3484</v>
       </c>
     </row>
     <row r="1746">
       <c r="A1746" s="0" t="s">
         <v>3485</v>
       </c>
       <c r="B1746" s="0" t="s">
         <v>3486</v>
       </c>
@@ -31221,171 +31269,171 @@
       <c r="B1879" s="0" t="s">
         <v>3752</v>
       </c>
     </row>
     <row r="1880">
       <c r="A1880" s="0" t="s">
         <v>3753</v>
       </c>
       <c r="B1880" s="0" t="s">
         <v>3754</v>
       </c>
     </row>
     <row r="1881">
       <c r="A1881" s="0" t="s">
         <v>3755</v>
       </c>
       <c r="B1881" s="0" t="s">
         <v>3756</v>
       </c>
     </row>
     <row r="1882">
       <c r="A1882" s="0" t="s">
         <v>3757</v>
       </c>
       <c r="B1882" s="0" t="s">
-        <v>3750</v>
+        <v>3758</v>
       </c>
     </row>
     <row r="1883">
       <c r="A1883" s="0" t="s">
-        <v>3758</v>
+        <v>3759</v>
       </c>
       <c r="B1883" s="0" t="s">
-        <v>3759</v>
+        <v>3760</v>
       </c>
     </row>
     <row r="1884">
       <c r="A1884" s="0" t="s">
-        <v>3760</v>
+        <v>3761</v>
       </c>
       <c r="B1884" s="0" t="s">
-        <v>3761</v>
+        <v>3762</v>
       </c>
     </row>
     <row r="1885">
       <c r="A1885" s="0" t="s">
-        <v>3762</v>
+        <v>3763</v>
       </c>
       <c r="B1885" s="0" t="s">
-        <v>3763</v>
+        <v>3764</v>
       </c>
     </row>
     <row r="1886">
       <c r="A1886" s="0" t="s">
-        <v>3764</v>
+        <v>3765</v>
       </c>
       <c r="B1886" s="0" t="s">
-        <v>3765</v>
+        <v>3766</v>
       </c>
     </row>
     <row r="1887">
       <c r="A1887" s="0" t="s">
-        <v>3766</v>
+        <v>3767</v>
       </c>
       <c r="B1887" s="0" t="s">
-        <v>3767</v>
+        <v>3768</v>
       </c>
     </row>
     <row r="1888">
       <c r="A1888" s="0" t="s">
-        <v>3768</v>
+        <v>3769</v>
       </c>
       <c r="B1888" s="0" t="s">
-        <v>3769</v>
+        <v>3770</v>
       </c>
     </row>
     <row r="1889">
       <c r="A1889" s="0" t="s">
-        <v>3770</v>
+        <v>3771</v>
       </c>
       <c r="B1889" s="0" t="s">
-        <v>3253</v>
+        <v>3772</v>
       </c>
     </row>
     <row r="1890">
       <c r="A1890" s="0" t="s">
-        <v>3771</v>
+        <v>3773</v>
       </c>
       <c r="B1890" s="0" t="s">
-        <v>3772</v>
+        <v>3766</v>
       </c>
     </row>
     <row r="1891">
       <c r="A1891" s="0" t="s">
-        <v>3773</v>
+        <v>3774</v>
       </c>
       <c r="B1891" s="0" t="s">
-        <v>3774</v>
+        <v>3775</v>
       </c>
     </row>
     <row r="1892">
       <c r="A1892" s="0" t="s">
-        <v>3775</v>
+        <v>3776</v>
       </c>
       <c r="B1892" s="0" t="s">
-        <v>3776</v>
+        <v>3777</v>
       </c>
     </row>
     <row r="1893">
       <c r="A1893" s="0" t="s">
-        <v>3777</v>
+        <v>3778</v>
       </c>
       <c r="B1893" s="0" t="s">
-        <v>3778</v>
+        <v>3779</v>
       </c>
     </row>
     <row r="1894">
       <c r="A1894" s="0" t="s">
-        <v>3779</v>
+        <v>3780</v>
       </c>
       <c r="B1894" s="0" t="s">
-        <v>3780</v>
+        <v>3781</v>
       </c>
     </row>
     <row r="1895">
       <c r="A1895" s="0" t="s">
-        <v>3781</v>
+        <v>3782</v>
       </c>
       <c r="B1895" s="0" t="s">
-        <v>3782</v>
+        <v>3783</v>
       </c>
     </row>
     <row r="1896">
       <c r="A1896" s="0" t="s">
-        <v>3783</v>
+        <v>3784</v>
       </c>
       <c r="B1896" s="0" t="s">
-        <v>3784</v>
+        <v>3785</v>
       </c>
     </row>
     <row r="1897">
       <c r="A1897" s="0" t="s">
-        <v>3785</v>
+        <v>3786</v>
       </c>
       <c r="B1897" s="0" t="s">
-        <v>3786</v>
+        <v>3269</v>
       </c>
     </row>
     <row r="1898">
       <c r="A1898" s="0" t="s">
         <v>3787</v>
       </c>
       <c r="B1898" s="0" t="s">
         <v>3788</v>
       </c>
     </row>
     <row r="1899">
       <c r="A1899" s="0" t="s">
         <v>3789</v>
       </c>
       <c r="B1899" s="0" t="s">
         <v>3790</v>
       </c>
     </row>
     <row r="1900">
       <c r="A1900" s="0" t="s">
         <v>3791</v>
       </c>
       <c r="B1900" s="0" t="s">
         <v>3792</v>
       </c>
@@ -31477,115 +31525,115 @@
       <c r="B1911" s="0" t="s">
         <v>3814</v>
       </c>
     </row>
     <row r="1912">
       <c r="A1912" s="0" t="s">
         <v>3815</v>
       </c>
       <c r="B1912" s="0" t="s">
         <v>3816</v>
       </c>
     </row>
     <row r="1913">
       <c r="A1913" s="0" t="s">
         <v>3817</v>
       </c>
       <c r="B1913" s="0" t="s">
         <v>3818</v>
       </c>
     </row>
     <row r="1914">
       <c r="A1914" s="0" t="s">
         <v>3819</v>
       </c>
       <c r="B1914" s="0" t="s">
-        <v>3221</v>
+        <v>3820</v>
       </c>
     </row>
     <row r="1915">
       <c r="A1915" s="0" t="s">
-        <v>3820</v>
+        <v>3821</v>
       </c>
       <c r="B1915" s="0" t="s">
-        <v>3821</v>
+        <v>3822</v>
       </c>
     </row>
     <row r="1916">
       <c r="A1916" s="0" t="s">
-        <v>3822</v>
+        <v>3823</v>
       </c>
       <c r="B1916" s="0" t="s">
-        <v>3823</v>
+        <v>3824</v>
       </c>
     </row>
     <row r="1917">
       <c r="A1917" s="0" t="s">
-        <v>3824</v>
+        <v>3825</v>
       </c>
       <c r="B1917" s="0" t="s">
-        <v>3825</v>
+        <v>3826</v>
       </c>
     </row>
     <row r="1918">
       <c r="A1918" s="0" t="s">
-        <v>3826</v>
+        <v>3827</v>
       </c>
       <c r="B1918" s="0" t="s">
-        <v>3827</v>
+        <v>3828</v>
       </c>
     </row>
     <row r="1919">
       <c r="A1919" s="0" t="s">
-        <v>3828</v>
+        <v>3829</v>
       </c>
       <c r="B1919" s="0" t="s">
-        <v>3829</v>
+        <v>3830</v>
       </c>
     </row>
     <row r="1920">
       <c r="A1920" s="0" t="s">
-        <v>3830</v>
+        <v>3831</v>
       </c>
       <c r="B1920" s="0" t="s">
-        <v>3831</v>
+        <v>3832</v>
       </c>
     </row>
     <row r="1921">
       <c r="A1921" s="0" t="s">
-        <v>3832</v>
+        <v>3833</v>
       </c>
       <c r="B1921" s="0" t="s">
-        <v>3833</v>
+        <v>3834</v>
       </c>
     </row>
     <row r="1922">
       <c r="A1922" s="0" t="s">
-        <v>3834</v>
+        <v>3835</v>
       </c>
       <c r="B1922" s="0" t="s">
-        <v>3835</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="1923">
       <c r="A1923" s="0" t="s">
         <v>3836</v>
       </c>
       <c r="B1923" s="0" t="s">
         <v>3837</v>
       </c>
     </row>
     <row r="1924">
       <c r="A1924" s="0" t="s">
         <v>3838</v>
       </c>
       <c r="B1924" s="0" t="s">
         <v>3839</v>
       </c>
     </row>
     <row r="1925">
       <c r="A1925" s="0" t="s">
         <v>3840</v>
       </c>
       <c r="B1925" s="0" t="s">
         <v>3841</v>
       </c>
@@ -31845,115 +31893,115 @@
       <c r="B1957" s="0" t="s">
         <v>3905</v>
       </c>
     </row>
     <row r="1958">
       <c r="A1958" s="0" t="s">
         <v>3906</v>
       </c>
       <c r="B1958" s="0" t="s">
         <v>3907</v>
       </c>
     </row>
     <row r="1959">
       <c r="A1959" s="0" t="s">
         <v>3908</v>
       </c>
       <c r="B1959" s="0" t="s">
         <v>3909</v>
       </c>
     </row>
     <row r="1960">
       <c r="A1960" s="0" t="s">
         <v>3910</v>
       </c>
       <c r="B1960" s="0" t="s">
-        <v>3909</v>
+        <v>3911</v>
       </c>
     </row>
     <row r="1961">
       <c r="A1961" s="0" t="s">
-        <v>3911</v>
+        <v>3912</v>
       </c>
       <c r="B1961" s="0" t="s">
-        <v>3912</v>
+        <v>3913</v>
       </c>
     </row>
     <row r="1962">
       <c r="A1962" s="0" t="s">
-        <v>3913</v>
+        <v>3914</v>
       </c>
       <c r="B1962" s="0" t="s">
-        <v>3914</v>
+        <v>3915</v>
       </c>
     </row>
     <row r="1963">
       <c r="A1963" s="0" t="s">
-        <v>3915</v>
+        <v>3916</v>
       </c>
       <c r="B1963" s="0" t="s">
-        <v>3916</v>
+        <v>3917</v>
       </c>
     </row>
     <row r="1964">
       <c r="A1964" s="0" t="s">
-        <v>3917</v>
+        <v>3918</v>
       </c>
       <c r="B1964" s="0" t="s">
-        <v>3918</v>
+        <v>3919</v>
       </c>
     </row>
     <row r="1965">
       <c r="A1965" s="0" t="s">
-        <v>3919</v>
+        <v>3920</v>
       </c>
       <c r="B1965" s="0" t="s">
-        <v>3920</v>
+        <v>3921</v>
       </c>
     </row>
     <row r="1966">
       <c r="A1966" s="0" t="s">
-        <v>3921</v>
+        <v>3922</v>
       </c>
       <c r="B1966" s="0" t="s">
-        <v>3922</v>
+        <v>3923</v>
       </c>
     </row>
     <row r="1967">
       <c r="A1967" s="0" t="s">
-        <v>3923</v>
+        <v>3924</v>
       </c>
       <c r="B1967" s="0" t="s">
-        <v>3924</v>
+        <v>3925</v>
       </c>
     </row>
     <row r="1968">
       <c r="A1968" s="0" t="s">
+        <v>3926</v>
+      </c>
+      <c r="B1968" s="0" t="s">
         <v>3925</v>
-      </c>
-[...1 lines deleted...]
-        <v>3926</v>
       </c>
     </row>
     <row r="1969">
       <c r="A1969" s="0" t="s">
         <v>3927</v>
       </c>
       <c r="B1969" s="0" t="s">
         <v>3928</v>
       </c>
     </row>
     <row r="1970">
       <c r="A1970" s="0" t="s">
         <v>3929</v>
       </c>
       <c r="B1970" s="0" t="s">
         <v>3930</v>
       </c>
     </row>
     <row r="1971">
       <c r="A1971" s="0" t="s">
         <v>3931</v>
       </c>
       <c r="B1971" s="0" t="s">
         <v>3932</v>
       </c>
@@ -34101,115 +34149,115 @@
       <c r="B2239" s="0" t="s">
         <v>4468</v>
       </c>
     </row>
     <row r="2240">
       <c r="A2240" s="0" t="s">
         <v>4469</v>
       </c>
       <c r="B2240" s="0" t="s">
         <v>4470</v>
       </c>
     </row>
     <row r="2241">
       <c r="A2241" s="0" t="s">
         <v>4471</v>
       </c>
       <c r="B2241" s="0" t="s">
         <v>4472</v>
       </c>
     </row>
     <row r="2242">
       <c r="A2242" s="0" t="s">
         <v>4473</v>
       </c>
       <c r="B2242" s="0" t="s">
-        <v>4376</v>
+        <v>4474</v>
       </c>
     </row>
     <row r="2243">
       <c r="A2243" s="0" t="s">
-        <v>4474</v>
+        <v>4475</v>
       </c>
       <c r="B2243" s="0" t="s">
-        <v>4475</v>
+        <v>4476</v>
       </c>
     </row>
     <row r="2244">
       <c r="A2244" s="0" t="s">
-        <v>4476</v>
+        <v>4477</v>
       </c>
       <c r="B2244" s="0" t="s">
-        <v>4477</v>
+        <v>4478</v>
       </c>
     </row>
     <row r="2245">
       <c r="A2245" s="0" t="s">
-        <v>4478</v>
+        <v>4479</v>
       </c>
       <c r="B2245" s="0" t="s">
-        <v>4479</v>
+        <v>4480</v>
       </c>
     </row>
     <row r="2246">
       <c r="A2246" s="0" t="s">
-        <v>4480</v>
+        <v>4481</v>
       </c>
       <c r="B2246" s="0" t="s">
-        <v>4481</v>
+        <v>4482</v>
       </c>
     </row>
     <row r="2247">
       <c r="A2247" s="0" t="s">
-        <v>4482</v>
+        <v>4483</v>
       </c>
       <c r="B2247" s="0" t="s">
-        <v>4483</v>
+        <v>4484</v>
       </c>
     </row>
     <row r="2248">
       <c r="A2248" s="0" t="s">
-        <v>4484</v>
+        <v>4485</v>
       </c>
       <c r="B2248" s="0" t="s">
-        <v>4485</v>
+        <v>4486</v>
       </c>
     </row>
     <row r="2249">
       <c r="A2249" s="0" t="s">
-        <v>4486</v>
+        <v>4487</v>
       </c>
       <c r="B2249" s="0" t="s">
-        <v>4487</v>
+        <v>4488</v>
       </c>
     </row>
     <row r="2250">
       <c r="A2250" s="0" t="s">
-        <v>4488</v>
+        <v>4489</v>
       </c>
       <c r="B2250" s="0" t="s">
-        <v>4489</v>
+        <v>4392</v>
       </c>
     </row>
     <row r="2251">
       <c r="A2251" s="0" t="s">
         <v>4490</v>
       </c>
       <c r="B2251" s="0" t="s">
         <v>4491</v>
       </c>
     </row>
     <row r="2252">
       <c r="A2252" s="0" t="s">
         <v>4492</v>
       </c>
       <c r="B2252" s="0" t="s">
         <v>4493</v>
       </c>
     </row>
     <row r="2253">
       <c r="A2253" s="0" t="s">
         <v>4494</v>
       </c>
       <c r="B2253" s="0" t="s">
         <v>4495</v>
       </c>
@@ -34549,227 +34597,227 @@
       <c r="B2295" s="0" t="s">
         <v>4579</v>
       </c>
     </row>
     <row r="2296">
       <c r="A2296" s="0" t="s">
         <v>4580</v>
       </c>
       <c r="B2296" s="0" t="s">
         <v>4581</v>
       </c>
     </row>
     <row r="2297">
       <c r="A2297" s="0" t="s">
         <v>4582</v>
       </c>
       <c r="B2297" s="0" t="s">
         <v>4583</v>
       </c>
     </row>
     <row r="2298">
       <c r="A2298" s="0" t="s">
         <v>4584</v>
       </c>
       <c r="B2298" s="0" t="s">
-        <v>4254</v>
+        <v>4585</v>
       </c>
     </row>
     <row r="2299">
       <c r="A2299" s="0" t="s">
-        <v>4585</v>
+        <v>4586</v>
       </c>
       <c r="B2299" s="0" t="s">
-        <v>4586</v>
+        <v>4587</v>
       </c>
     </row>
     <row r="2300">
       <c r="A2300" s="0" t="s">
-        <v>4587</v>
+        <v>4588</v>
       </c>
       <c r="B2300" s="0" t="s">
-        <v>4468</v>
+        <v>4589</v>
       </c>
     </row>
     <row r="2301">
       <c r="A2301" s="0" t="s">
-        <v>4588</v>
+        <v>4590</v>
       </c>
       <c r="B2301" s="0" t="s">
-        <v>4589</v>
+        <v>4591</v>
       </c>
     </row>
     <row r="2302">
       <c r="A2302" s="0" t="s">
-        <v>4590</v>
+        <v>4592</v>
       </c>
       <c r="B2302" s="0" t="s">
-        <v>4591</v>
+        <v>4593</v>
       </c>
     </row>
     <row r="2303">
       <c r="A2303" s="0" t="s">
-        <v>4592</v>
+        <v>4594</v>
       </c>
       <c r="B2303" s="0" t="s">
-        <v>4593</v>
+        <v>4595</v>
       </c>
     </row>
     <row r="2304">
       <c r="A2304" s="0" t="s">
-        <v>4594</v>
+        <v>4596</v>
       </c>
       <c r="B2304" s="0" t="s">
-        <v>4595</v>
+        <v>4597</v>
       </c>
     </row>
     <row r="2305">
       <c r="A2305" s="0" t="s">
-        <v>4596</v>
+        <v>4598</v>
       </c>
       <c r="B2305" s="0" t="s">
-        <v>4597</v>
+        <v>4599</v>
       </c>
     </row>
     <row r="2306">
       <c r="A2306" s="0" t="s">
-        <v>4598</v>
+        <v>4600</v>
       </c>
       <c r="B2306" s="0" t="s">
-        <v>4599</v>
+        <v>4270</v>
       </c>
     </row>
     <row r="2307">
       <c r="A2307" s="0" t="s">
-        <v>4600</v>
+        <v>4601</v>
       </c>
       <c r="B2307" s="0" t="s">
-        <v>4601</v>
+        <v>4602</v>
       </c>
     </row>
     <row r="2308">
       <c r="A2308" s="0" t="s">
-        <v>4602</v>
+        <v>4603</v>
       </c>
       <c r="B2308" s="0" t="s">
-        <v>4603</v>
+        <v>4484</v>
       </c>
     </row>
     <row r="2309">
       <c r="A2309" s="0" t="s">
         <v>4604</v>
       </c>
       <c r="B2309" s="0" t="s">
         <v>4605</v>
       </c>
     </row>
     <row r="2310">
       <c r="A2310" s="0" t="s">
         <v>4606</v>
       </c>
       <c r="B2310" s="0" t="s">
         <v>4607</v>
       </c>
     </row>
     <row r="2311">
       <c r="A2311" s="0" t="s">
         <v>4608</v>
       </c>
       <c r="B2311" s="0" t="s">
         <v>4609</v>
       </c>
     </row>
     <row r="2312">
       <c r="A2312" s="0" t="s">
         <v>4610</v>
       </c>
       <c r="B2312" s="0" t="s">
-        <v>4557</v>
+        <v>4611</v>
       </c>
     </row>
     <row r="2313">
       <c r="A2313" s="0" t="s">
-        <v>4611</v>
+        <v>4612</v>
       </c>
       <c r="B2313" s="0" t="s">
-        <v>4612</v>
+        <v>4613</v>
       </c>
     </row>
     <row r="2314">
       <c r="A2314" s="0" t="s">
-        <v>4613</v>
+        <v>4614</v>
       </c>
       <c r="B2314" s="0" t="s">
-        <v>4614</v>
+        <v>4615</v>
       </c>
     </row>
     <row r="2315">
       <c r="A2315" s="0" t="s">
-        <v>4615</v>
+        <v>4616</v>
       </c>
       <c r="B2315" s="0" t="s">
-        <v>4616</v>
+        <v>4617</v>
       </c>
     </row>
     <row r="2316">
       <c r="A2316" s="0" t="s">
-        <v>4617</v>
+        <v>4618</v>
       </c>
       <c r="B2316" s="0" t="s">
-        <v>4618</v>
+        <v>4619</v>
       </c>
     </row>
     <row r="2317">
       <c r="A2317" s="0" t="s">
-        <v>4619</v>
+        <v>4620</v>
       </c>
       <c r="B2317" s="0" t="s">
-        <v>4620</v>
+        <v>4621</v>
       </c>
     </row>
     <row r="2318">
       <c r="A2318" s="0" t="s">
-        <v>4621</v>
+        <v>4622</v>
       </c>
       <c r="B2318" s="0" t="s">
-        <v>4622</v>
+        <v>4623</v>
       </c>
     </row>
     <row r="2319">
       <c r="A2319" s="0" t="s">
-        <v>4623</v>
+        <v>4624</v>
       </c>
       <c r="B2319" s="0" t="s">
-        <v>4624</v>
+        <v>4625</v>
       </c>
     </row>
     <row r="2320">
       <c r="A2320" s="0" t="s">
-        <v>4625</v>
+        <v>4626</v>
       </c>
       <c r="B2320" s="0" t="s">
-        <v>4626</v>
+        <v>4573</v>
       </c>
     </row>
     <row r="2321">
       <c r="A2321" s="0" t="s">
         <v>4627</v>
       </c>
       <c r="B2321" s="0" t="s">
         <v>4628</v>
       </c>
     </row>
     <row r="2322">
       <c r="A2322" s="0" t="s">
         <v>4629</v>
       </c>
       <c r="B2322" s="0" t="s">
         <v>4630</v>
       </c>
     </row>
     <row r="2323">
       <c r="A2323" s="0" t="s">
         <v>4631</v>
       </c>
       <c r="B2323" s="0" t="s">
         <v>4632</v>
       </c>
@@ -34845,187 +34893,187 @@
       <c r="B2332" s="0" t="s">
         <v>4650</v>
       </c>
     </row>
     <row r="2333">
       <c r="A2333" s="0" t="s">
         <v>4651</v>
       </c>
       <c r="B2333" s="0" t="s">
         <v>4652</v>
       </c>
     </row>
     <row r="2334">
       <c r="A2334" s="0" t="s">
         <v>4653</v>
       </c>
       <c r="B2334" s="0" t="s">
         <v>4654</v>
       </c>
     </row>
     <row r="2335">
       <c r="A2335" s="0" t="s">
         <v>4655</v>
       </c>
       <c r="B2335" s="0" t="s">
-        <v>4356</v>
+        <v>4656</v>
       </c>
     </row>
     <row r="2336">
       <c r="A2336" s="0" t="s">
-        <v>4656</v>
+        <v>4657</v>
       </c>
       <c r="B2336" s="0" t="s">
-        <v>4657</v>
+        <v>4658</v>
       </c>
     </row>
     <row r="2337">
       <c r="A2337" s="0" t="s">
-        <v>4658</v>
+        <v>4659</v>
       </c>
       <c r="B2337" s="0" t="s">
-        <v>4659</v>
+        <v>4660</v>
       </c>
     </row>
     <row r="2338">
       <c r="A2338" s="0" t="s">
-        <v>4660</v>
+        <v>4661</v>
       </c>
       <c r="B2338" s="0" t="s">
-        <v>4661</v>
+        <v>4662</v>
       </c>
     </row>
     <row r="2339">
       <c r="A2339" s="0" t="s">
-        <v>4662</v>
+        <v>4663</v>
       </c>
       <c r="B2339" s="0" t="s">
-        <v>4663</v>
+        <v>4664</v>
       </c>
     </row>
     <row r="2340">
       <c r="A2340" s="0" t="s">
-        <v>4664</v>
+        <v>4665</v>
       </c>
       <c r="B2340" s="0" t="s">
-        <v>4665</v>
+        <v>4666</v>
       </c>
     </row>
     <row r="2341">
       <c r="A2341" s="0" t="s">
-        <v>4666</v>
+        <v>4667</v>
       </c>
       <c r="B2341" s="0" t="s">
-        <v>4667</v>
+        <v>4668</v>
       </c>
     </row>
     <row r="2342">
       <c r="A2342" s="0" t="s">
-        <v>4668</v>
+        <v>4669</v>
       </c>
       <c r="B2342" s="0" t="s">
-        <v>4669</v>
+        <v>4670</v>
       </c>
     </row>
     <row r="2343">
       <c r="A2343" s="0" t="s">
-        <v>4670</v>
+        <v>4671</v>
       </c>
       <c r="B2343" s="0" t="s">
-        <v>4671</v>
+        <v>4372</v>
       </c>
     </row>
     <row r="2344">
       <c r="A2344" s="0" t="s">
         <v>4672</v>
       </c>
       <c r="B2344" s="0" t="s">
-        <v>4612</v>
+        <v>4673</v>
       </c>
     </row>
     <row r="2345">
       <c r="A2345" s="0" t="s">
-        <v>4673</v>
+        <v>4674</v>
       </c>
       <c r="B2345" s="0" t="s">
-        <v>4674</v>
+        <v>4675</v>
       </c>
     </row>
     <row r="2346">
       <c r="A2346" s="0" t="s">
-        <v>4675</v>
+        <v>4676</v>
       </c>
       <c r="B2346" s="0" t="s">
-        <v>4676</v>
+        <v>4677</v>
       </c>
     </row>
     <row r="2347">
       <c r="A2347" s="0" t="s">
-        <v>4677</v>
+        <v>4678</v>
       </c>
       <c r="B2347" s="0" t="s">
-        <v>4678</v>
+        <v>4679</v>
       </c>
     </row>
     <row r="2348">
       <c r="A2348" s="0" t="s">
-        <v>4679</v>
+        <v>4680</v>
       </c>
       <c r="B2348" s="0" t="s">
-        <v>4680</v>
+        <v>4681</v>
       </c>
     </row>
     <row r="2349">
       <c r="A2349" s="0" t="s">
-        <v>4681</v>
+        <v>4682</v>
       </c>
       <c r="B2349" s="0" t="s">
-        <v>4682</v>
+        <v>4683</v>
       </c>
     </row>
     <row r="2350">
       <c r="A2350" s="0" t="s">
-        <v>4683</v>
+        <v>4684</v>
       </c>
       <c r="B2350" s="0" t="s">
-        <v>4684</v>
+        <v>4685</v>
       </c>
     </row>
     <row r="2351">
       <c r="A2351" s="0" t="s">
-        <v>4685</v>
+        <v>4686</v>
       </c>
       <c r="B2351" s="0" t="s">
-        <v>4686</v>
+        <v>4687</v>
       </c>
     </row>
     <row r="2352">
       <c r="A2352" s="0" t="s">
-        <v>4687</v>
+        <v>4688</v>
       </c>
       <c r="B2352" s="0" t="s">
-        <v>4688</v>
+        <v>4628</v>
       </c>
     </row>
     <row r="2353">
       <c r="A2353" s="0" t="s">
         <v>4689</v>
       </c>
       <c r="B2353" s="0" t="s">
         <v>4690</v>
       </c>
     </row>
     <row r="2354">
       <c r="A2354" s="0" t="s">
         <v>4691</v>
       </c>
       <c r="B2354" s="0" t="s">
         <v>4692</v>
       </c>
     </row>
     <row r="2355">
       <c r="A2355" s="0" t="s">
         <v>4693</v>
       </c>
       <c r="B2355" s="0" t="s">
         <v>4694</v>
       </c>
@@ -35773,115 +35821,115 @@
       <c r="B2448" s="0" t="s">
         <v>4880</v>
       </c>
     </row>
     <row r="2449">
       <c r="A2449" s="0" t="s">
         <v>4881</v>
       </c>
       <c r="B2449" s="0" t="s">
         <v>4882</v>
       </c>
     </row>
     <row r="2450">
       <c r="A2450" s="0" t="s">
         <v>4883</v>
       </c>
       <c r="B2450" s="0" t="s">
         <v>4884</v>
       </c>
     </row>
     <row r="2451">
       <c r="A2451" s="0" t="s">
         <v>4885</v>
       </c>
       <c r="B2451" s="0" t="s">
-        <v>2901</v>
+        <v>4886</v>
       </c>
     </row>
     <row r="2452">
       <c r="A2452" s="0" t="s">
-        <v>4886</v>
+        <v>4887</v>
       </c>
       <c r="B2452" s="0" t="s">
-        <v>4887</v>
+        <v>4888</v>
       </c>
     </row>
     <row r="2453">
       <c r="A2453" s="0" t="s">
-        <v>4888</v>
+        <v>4889</v>
       </c>
       <c r="B2453" s="0" t="s">
-        <v>4889</v>
+        <v>4890</v>
       </c>
     </row>
     <row r="2454">
       <c r="A2454" s="0" t="s">
-        <v>4890</v>
+        <v>4891</v>
       </c>
       <c r="B2454" s="0" t="s">
-        <v>4891</v>
+        <v>4892</v>
       </c>
     </row>
     <row r="2455">
       <c r="A2455" s="0" t="s">
-        <v>4892</v>
+        <v>4893</v>
       </c>
       <c r="B2455" s="0" t="s">
-        <v>4893</v>
+        <v>4894</v>
       </c>
     </row>
     <row r="2456">
       <c r="A2456" s="0" t="s">
-        <v>4894</v>
+        <v>4895</v>
       </c>
       <c r="B2456" s="0" t="s">
-        <v>4895</v>
+        <v>4896</v>
       </c>
     </row>
     <row r="2457">
       <c r="A2457" s="0" t="s">
-        <v>4896</v>
+        <v>4897</v>
       </c>
       <c r="B2457" s="0" t="s">
-        <v>4897</v>
+        <v>4898</v>
       </c>
     </row>
     <row r="2458">
       <c r="A2458" s="0" t="s">
-        <v>4898</v>
+        <v>4899</v>
       </c>
       <c r="B2458" s="0" t="s">
-        <v>4899</v>
+        <v>4900</v>
       </c>
     </row>
     <row r="2459">
       <c r="A2459" s="0" t="s">
-        <v>4900</v>
+        <v>4901</v>
       </c>
       <c r="B2459" s="0" t="s">
-        <v>4901</v>
+        <v>2917</v>
       </c>
     </row>
     <row r="2460">
       <c r="A2460" s="0" t="s">
         <v>4902</v>
       </c>
       <c r="B2460" s="0" t="s">
         <v>4903</v>
       </c>
     </row>
     <row r="2461">
       <c r="A2461" s="0" t="s">
         <v>4904</v>
       </c>
       <c r="B2461" s="0" t="s">
         <v>4905</v>
       </c>
     </row>
     <row r="2462">
       <c r="A2462" s="0" t="s">
         <v>4906</v>
       </c>
       <c r="B2462" s="0" t="s">
         <v>4907</v>
       </c>
@@ -36981,267 +37029,267 @@
       <c r="B2599" s="0" t="s">
         <v>5181</v>
       </c>
     </row>
     <row r="2600">
       <c r="A2600" s="0" t="s">
         <v>5182</v>
       </c>
       <c r="B2600" s="0" t="s">
         <v>5183</v>
       </c>
     </row>
     <row r="2601">
       <c r="A2601" s="0" t="s">
         <v>5184</v>
       </c>
       <c r="B2601" s="0" t="s">
         <v>5185</v>
       </c>
     </row>
     <row r="2602">
       <c r="A2602" s="0" t="s">
         <v>5186</v>
       </c>
       <c r="B2602" s="0" t="s">
-        <v>4292</v>
+        <v>5187</v>
       </c>
     </row>
     <row r="2603">
       <c r="A2603" s="0" t="s">
-        <v>5187</v>
+        <v>5188</v>
       </c>
       <c r="B2603" s="0" t="s">
-        <v>5188</v>
+        <v>5189</v>
       </c>
     </row>
     <row r="2604">
       <c r="A2604" s="0" t="s">
-        <v>5189</v>
+        <v>5190</v>
       </c>
       <c r="B2604" s="0" t="s">
-        <v>5190</v>
+        <v>5191</v>
       </c>
     </row>
     <row r="2605">
       <c r="A2605" s="0" t="s">
-        <v>5191</v>
+        <v>5192</v>
       </c>
       <c r="B2605" s="0" t="s">
-        <v>5192</v>
+        <v>5193</v>
       </c>
     </row>
     <row r="2606">
       <c r="A2606" s="0" t="s">
-        <v>5193</v>
+        <v>5194</v>
       </c>
       <c r="B2606" s="0" t="s">
-        <v>5194</v>
+        <v>5195</v>
       </c>
     </row>
     <row r="2607">
       <c r="A2607" s="0" t="s">
-        <v>5195</v>
+        <v>5196</v>
       </c>
       <c r="B2607" s="0" t="s">
-        <v>5196</v>
+        <v>5197</v>
       </c>
     </row>
     <row r="2608">
       <c r="A2608" s="0" t="s">
-        <v>5197</v>
+        <v>5198</v>
       </c>
       <c r="B2608" s="0" t="s">
-        <v>5198</v>
+        <v>5199</v>
       </c>
     </row>
     <row r="2609">
       <c r="A2609" s="0" t="s">
-        <v>5199</v>
+        <v>5200</v>
       </c>
       <c r="B2609" s="0" t="s">
-        <v>5200</v>
+        <v>5201</v>
       </c>
     </row>
     <row r="2610">
       <c r="A2610" s="0" t="s">
-        <v>5201</v>
+        <v>5202</v>
       </c>
       <c r="B2610" s="0" t="s">
-        <v>5202</v>
+        <v>4308</v>
       </c>
     </row>
     <row r="2611">
       <c r="A2611" s="0" t="s">
         <v>5203</v>
       </c>
       <c r="B2611" s="0" t="s">
         <v>5204</v>
       </c>
     </row>
     <row r="2612">
       <c r="A2612" s="0" t="s">
         <v>5205</v>
       </c>
       <c r="B2612" s="0" t="s">
         <v>5206</v>
       </c>
     </row>
     <row r="2613">
       <c r="A2613" s="0" t="s">
         <v>5207</v>
       </c>
       <c r="B2613" s="0" t="s">
         <v>5208</v>
       </c>
     </row>
     <row r="2614">
       <c r="A2614" s="0" t="s">
         <v>5209</v>
       </c>
       <c r="B2614" s="0" t="s">
-        <v>4477</v>
+        <v>5210</v>
       </c>
     </row>
     <row r="2615">
       <c r="A2615" s="0" t="s">
-        <v>5210</v>
+        <v>5211</v>
       </c>
       <c r="B2615" s="0" t="s">
-        <v>5211</v>
+        <v>5212</v>
       </c>
     </row>
     <row r="2616">
       <c r="A2616" s="0" t="s">
-        <v>5212</v>
+        <v>5213</v>
       </c>
       <c r="B2616" s="0" t="s">
-        <v>5213</v>
+        <v>5214</v>
       </c>
     </row>
     <row r="2617">
       <c r="A2617" s="0" t="s">
-        <v>5214</v>
+        <v>5215</v>
       </c>
       <c r="B2617" s="0" t="s">
-        <v>5215</v>
+        <v>5216</v>
       </c>
     </row>
     <row r="2618">
       <c r="A2618" s="0" t="s">
-        <v>5216</v>
+        <v>5217</v>
       </c>
       <c r="B2618" s="0" t="s">
-        <v>5217</v>
+        <v>5218</v>
       </c>
     </row>
     <row r="2619">
       <c r="A2619" s="0" t="s">
-        <v>5218</v>
+        <v>5219</v>
       </c>
       <c r="B2619" s="0" t="s">
-        <v>5219</v>
+        <v>5220</v>
       </c>
     </row>
     <row r="2620">
       <c r="A2620" s="0" t="s">
-        <v>5220</v>
+        <v>5221</v>
       </c>
       <c r="B2620" s="0" t="s">
-        <v>5221</v>
+        <v>5222</v>
       </c>
     </row>
     <row r="2621">
       <c r="A2621" s="0" t="s">
-        <v>5222</v>
+        <v>5223</v>
       </c>
       <c r="B2621" s="0" t="s">
-        <v>1942</v>
+        <v>5224</v>
       </c>
     </row>
     <row r="2622">
       <c r="A2622" s="0" t="s">
-        <v>5223</v>
+        <v>5225</v>
       </c>
       <c r="B2622" s="0" t="s">
-        <v>5224</v>
+        <v>4493</v>
       </c>
     </row>
     <row r="2623">
       <c r="A2623" s="0" t="s">
-        <v>5225</v>
+        <v>5226</v>
       </c>
       <c r="B2623" s="0" t="s">
-        <v>5226</v>
+        <v>5227</v>
       </c>
     </row>
     <row r="2624">
       <c r="A2624" s="0" t="s">
-        <v>5227</v>
+        <v>5228</v>
       </c>
       <c r="B2624" s="0" t="s">
-        <v>5228</v>
+        <v>5229</v>
       </c>
     </row>
     <row r="2625">
       <c r="A2625" s="0" t="s">
-        <v>5229</v>
+        <v>5230</v>
       </c>
       <c r="B2625" s="0" t="s">
-        <v>5230</v>
+        <v>5231</v>
       </c>
     </row>
     <row r="2626">
       <c r="A2626" s="0" t="s">
-        <v>5231</v>
+        <v>5232</v>
       </c>
       <c r="B2626" s="0" t="s">
-        <v>5232</v>
+        <v>5233</v>
       </c>
     </row>
     <row r="2627">
       <c r="A2627" s="0" t="s">
-        <v>5233</v>
+        <v>5234</v>
       </c>
       <c r="B2627" s="0" t="s">
-        <v>5234</v>
+        <v>5235</v>
       </c>
     </row>
     <row r="2628">
       <c r="A2628" s="0" t="s">
-        <v>5235</v>
+        <v>5236</v>
       </c>
       <c r="B2628" s="0" t="s">
-        <v>5236</v>
+        <v>5237</v>
       </c>
     </row>
     <row r="2629">
       <c r="A2629" s="0" t="s">
-        <v>5237</v>
+        <v>5238</v>
       </c>
       <c r="B2629" s="0" t="s">
-        <v>5238</v>
+        <v>1958</v>
       </c>
     </row>
     <row r="2630">
       <c r="A2630" s="0" t="s">
         <v>5239</v>
       </c>
       <c r="B2630" s="0" t="s">
         <v>5240</v>
       </c>
     </row>
     <row r="2631">
       <c r="A2631" s="0" t="s">
         <v>5241</v>
       </c>
       <c r="B2631" s="0" t="s">
         <v>5242</v>
       </c>
     </row>
     <row r="2632">
       <c r="A2632" s="0" t="s">
         <v>5243</v>
       </c>
       <c r="B2632" s="0" t="s">
         <v>5244</v>
       </c>
@@ -37397,123 +37445,123 @@
       <c r="B2651" s="0" t="s">
         <v>5282</v>
       </c>
     </row>
     <row r="2652">
       <c r="A2652" s="0" t="s">
         <v>5283</v>
       </c>
       <c r="B2652" s="0" t="s">
         <v>5284</v>
       </c>
     </row>
     <row r="2653">
       <c r="A2653" s="0" t="s">
         <v>5285</v>
       </c>
       <c r="B2653" s="0" t="s">
         <v>5286</v>
       </c>
     </row>
     <row r="2654">
       <c r="A2654" s="0" t="s">
         <v>5287</v>
       </c>
       <c r="B2654" s="0" t="s">
-        <v>4410</v>
+        <v>5288</v>
       </c>
     </row>
     <row r="2655">
       <c r="A2655" s="0" t="s">
-        <v>5288</v>
+        <v>5289</v>
       </c>
       <c r="B2655" s="0" t="s">
-        <v>4846</v>
+        <v>5290</v>
       </c>
     </row>
     <row r="2656">
       <c r="A2656" s="0" t="s">
-        <v>5289</v>
+        <v>5291</v>
       </c>
       <c r="B2656" s="0" t="s">
-        <v>5290</v>
+        <v>5292</v>
       </c>
     </row>
     <row r="2657">
       <c r="A2657" s="0" t="s">
-        <v>5291</v>
+        <v>5293</v>
       </c>
       <c r="B2657" s="0" t="s">
-        <v>5292</v>
+        <v>5294</v>
       </c>
     </row>
     <row r="2658">
       <c r="A2658" s="0" t="s">
-        <v>5293</v>
+        <v>5295</v>
       </c>
       <c r="B2658" s="0" t="s">
-        <v>5294</v>
+        <v>5296</v>
       </c>
     </row>
     <row r="2659">
       <c r="A2659" s="0" t="s">
-        <v>5295</v>
+        <v>5297</v>
       </c>
       <c r="B2659" s="0" t="s">
-        <v>5296</v>
+        <v>5298</v>
       </c>
     </row>
     <row r="2660">
       <c r="A2660" s="0" t="s">
-        <v>5297</v>
+        <v>5299</v>
       </c>
       <c r="B2660" s="0" t="s">
-        <v>5298</v>
+        <v>5300</v>
       </c>
     </row>
     <row r="2661">
       <c r="A2661" s="0" t="s">
-        <v>5299</v>
+        <v>5301</v>
       </c>
       <c r="B2661" s="0" t="s">
-        <v>5300</v>
+        <v>5302</v>
       </c>
     </row>
     <row r="2662">
       <c r="A2662" s="0" t="s">
-        <v>5301</v>
+        <v>5303</v>
       </c>
       <c r="B2662" s="0" t="s">
-        <v>5302</v>
+        <v>4426</v>
       </c>
     </row>
     <row r="2663">
       <c r="A2663" s="0" t="s">
-        <v>5303</v>
+        <v>5304</v>
       </c>
       <c r="B2663" s="0" t="s">
-        <v>5304</v>
+        <v>4862</v>
       </c>
     </row>
     <row r="2664">
       <c r="A2664" s="0" t="s">
         <v>5305</v>
       </c>
       <c r="B2664" s="0" t="s">
         <v>5306</v>
       </c>
     </row>
     <row r="2665">
       <c r="A2665" s="0" t="s">
         <v>5307</v>
       </c>
       <c r="B2665" s="0" t="s">
         <v>5308</v>
       </c>
     </row>
     <row r="2666">
       <c r="A2666" s="0" t="s">
         <v>5309</v>
       </c>
       <c r="B2666" s="0" t="s">
         <v>5310</v>
       </c>
@@ -37734,31 +37782,95 @@
         <v>5364</v>
       </c>
     </row>
     <row r="2694">
       <c r="A2694" s="0" t="s">
         <v>5365</v>
       </c>
       <c r="B2694" s="0" t="s">
         <v>5366</v>
       </c>
     </row>
     <row r="2695">
       <c r="A2695" s="0" t="s">
         <v>5367</v>
       </c>
       <c r="B2695" s="0" t="s">
         <v>5368</v>
       </c>
     </row>
     <row r="2696">
       <c r="A2696" s="0" t="s">
         <v>5369</v>
       </c>
       <c r="B2696" s="0" t="s">
         <v>5370</v>
+      </c>
+    </row>
+    <row r="2697">
+      <c r="A2697" s="0" t="s">
+        <v>5371</v>
+      </c>
+      <c r="B2697" s="0" t="s">
+        <v>5372</v>
+      </c>
+    </row>
+    <row r="2698">
+      <c r="A2698" s="0" t="s">
+        <v>5373</v>
+      </c>
+      <c r="B2698" s="0" t="s">
+        <v>5374</v>
+      </c>
+    </row>
+    <row r="2699">
+      <c r="A2699" s="0" t="s">
+        <v>5375</v>
+      </c>
+      <c r="B2699" s="0" t="s">
+        <v>5376</v>
+      </c>
+    </row>
+    <row r="2700">
+      <c r="A2700" s="0" t="s">
+        <v>5377</v>
+      </c>
+      <c r="B2700" s="0" t="s">
+        <v>5378</v>
+      </c>
+    </row>
+    <row r="2701">
+      <c r="A2701" s="0" t="s">
+        <v>5379</v>
+      </c>
+      <c r="B2701" s="0" t="s">
+        <v>5380</v>
+      </c>
+    </row>
+    <row r="2702">
+      <c r="A2702" s="0" t="s">
+        <v>5381</v>
+      </c>
+      <c r="B2702" s="0" t="s">
+        <v>5382</v>
+      </c>
+    </row>
+    <row r="2703">
+      <c r="A2703" s="0" t="s">
+        <v>5383</v>
+      </c>
+      <c r="B2703" s="0" t="s">
+        <v>5384</v>
+      </c>
+    </row>
+    <row r="2704">
+      <c r="A2704" s="0" t="s">
+        <v>5385</v>
+      </c>
+      <c r="B2704" s="0" t="s">
+        <v>5386</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>