--- v1 (2025-12-13)
+++ v2 (2026-02-12)
@@ -4,59 +4,431 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5387" uniqueCount="5387">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5511" uniqueCount="5511">
   <si>
     <t>BESTINVER CORTO PLAZO, F.I - CLASE B</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>16,593613</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>16,592675</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>16,591580</t>
+  </si>
+  <si>
+    <t>08/02/2026</t>
+  </si>
+  <si>
+    <t>16,590097</t>
+  </si>
+  <si>
+    <t>07/02/2026</t>
+  </si>
+  <si>
+    <t>16,589310</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>16,588522</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>16,587793</t>
+  </si>
+  <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>16,587262</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>16,585508</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>16,583891</t>
+  </si>
+  <si>
+    <t>01/02/2026</t>
+  </si>
+  <si>
+    <t>16,583978</t>
+  </si>
+  <si>
+    <t>31/01/2026</t>
+  </si>
+  <si>
+    <t>16,583173</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>16,582382</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>16,582319</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>16,580638</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>16,578837</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>16,576765</t>
+  </si>
+  <si>
+    <t>25/01/2026</t>
+  </si>
+  <si>
+    <t>16,574261</t>
+  </si>
+  <si>
+    <t>24/01/2026</t>
+  </si>
+  <si>
+    <t>16,573461</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>16,572661</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>16,572428</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>16,570819</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>16,569276</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>16,567941</t>
+  </si>
+  <si>
+    <t>18/01/2026</t>
+  </si>
+  <si>
+    <t>16,566093</t>
+  </si>
+  <si>
+    <t>17/01/2026</t>
+  </si>
+  <si>
+    <t>16,565297</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>16,564501</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>16,563825</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>16,562602</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>16,561031</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>16,559356</t>
+  </si>
+  <si>
+    <t>11/01/2026</t>
+  </si>
+  <si>
+    <t>16,558596</t>
+  </si>
+  <si>
+    <t>10/01/2026</t>
+  </si>
+  <si>
+    <t>16,557793</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>16,556990</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>16,555722</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>16,554589</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>16,552558</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>16,550395</t>
+  </si>
+  <si>
+    <t>04/01/2026</t>
+  </si>
+  <si>
+    <t>16,548822</t>
+  </si>
+  <si>
+    <t>03/01/2026</t>
+  </si>
+  <si>
+    <t>16,548007</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>16,547191</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
+    <t>16,547515</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>16,546721</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>16,545339</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>16,543721</t>
+  </si>
+  <si>
+    <t>28/12/2025</t>
+  </si>
+  <si>
+    <t>16,543225</t>
+  </si>
+  <si>
+    <t>27/12/2025</t>
+  </si>
+  <si>
+    <t>16,542428</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>16,541632</t>
+  </si>
+  <si>
+    <t>25/12/2025</t>
+  </si>
+  <si>
+    <t>16,540840</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>16,540045</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>16,538552</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>16,537179</t>
+  </si>
+  <si>
+    <t>21/12/2025</t>
+  </si>
+  <si>
+    <t>16,536442</t>
+  </si>
+  <si>
+    <t>20/12/2025</t>
+  </si>
+  <si>
+    <t>16,535632</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>16,534824</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>16,533817</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>16,533198</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>16,532868</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>16,531883</t>
+  </si>
+  <si>
+    <t>14/12/2025</t>
+  </si>
+  <si>
+    <t>16,530793</t>
+  </si>
+  <si>
+    <t>13/12/2025</t>
+  </si>
+  <si>
+    <t>16,529975</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>16,529156</t>
   </si>
   <si>
     <t>11/12/2025</t>
   </si>
   <si>
     <t>16,527965</t>
   </si>
   <si>
     <t>10/12/2025</t>
   </si>
   <si>
     <t>16,526377</t>
   </si>
   <si>
     <t>09/12/2025</t>
   </si>
   <si>
     <t>16,526068</t>
   </si>
   <si>
     <t>08/12/2025</t>
   </si>
   <si>
     <t>16,525432</t>
   </si>
@@ -16213,51 +16585,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B2704"/>
+  <dimension ref="A1:B2766"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -27389,547 +27761,547 @@
       <c r="B1394" s="0" t="s">
         <v>2786</v>
       </c>
     </row>
     <row r="1395">
       <c r="A1395" s="0" t="s">
         <v>2787</v>
       </c>
       <c r="B1395" s="0" t="s">
         <v>2788</v>
       </c>
     </row>
     <row r="1396">
       <c r="A1396" s="0" t="s">
         <v>2789</v>
       </c>
       <c r="B1396" s="0" t="s">
         <v>2790</v>
       </c>
     </row>
     <row r="1397">
       <c r="A1397" s="0" t="s">
         <v>2791</v>
       </c>
       <c r="B1397" s="0" t="s">
-        <v>2054</v>
+        <v>2792</v>
       </c>
     </row>
     <row r="1398">
       <c r="A1398" s="0" t="s">
-        <v>2792</v>
+        <v>2793</v>
       </c>
       <c r="B1398" s="0" t="s">
-        <v>2793</v>
+        <v>2794</v>
       </c>
     </row>
     <row r="1399">
       <c r="A1399" s="0" t="s">
-        <v>2794</v>
+        <v>2795</v>
       </c>
       <c r="B1399" s="0" t="s">
-        <v>2795</v>
+        <v>2796</v>
       </c>
     </row>
     <row r="1400">
       <c r="A1400" s="0" t="s">
-        <v>2796</v>
+        <v>2797</v>
       </c>
       <c r="B1400" s="0" t="s">
-        <v>2797</v>
+        <v>2798</v>
       </c>
     </row>
     <row r="1401">
       <c r="A1401" s="0" t="s">
-        <v>2798</v>
+        <v>2799</v>
       </c>
       <c r="B1401" s="0" t="s">
-        <v>2799</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="1402">
       <c r="A1402" s="0" t="s">
-        <v>2800</v>
+        <v>2801</v>
       </c>
       <c r="B1402" s="0" t="s">
-        <v>2801</v>
+        <v>2802</v>
       </c>
     </row>
     <row r="1403">
       <c r="A1403" s="0" t="s">
-        <v>2802</v>
+        <v>2803</v>
       </c>
       <c r="B1403" s="0" t="s">
-        <v>2803</v>
+        <v>2804</v>
       </c>
     </row>
     <row r="1404">
       <c r="A1404" s="0" t="s">
-        <v>2804</v>
+        <v>2805</v>
       </c>
       <c r="B1404" s="0" t="s">
-        <v>2805</v>
+        <v>2806</v>
       </c>
     </row>
     <row r="1405">
       <c r="A1405" s="0" t="s">
-        <v>2806</v>
+        <v>2807</v>
       </c>
       <c r="B1405" s="0" t="s">
-        <v>2807</v>
+        <v>2808</v>
       </c>
     </row>
     <row r="1406">
       <c r="A1406" s="0" t="s">
-        <v>2808</v>
+        <v>2809</v>
       </c>
       <c r="B1406" s="0" t="s">
-        <v>2809</v>
+        <v>2810</v>
       </c>
     </row>
     <row r="1407">
       <c r="A1407" s="0" t="s">
-        <v>2810</v>
+        <v>2811</v>
       </c>
       <c r="B1407" s="0" t="s">
-        <v>2811</v>
+        <v>2812</v>
       </c>
     </row>
     <row r="1408">
       <c r="A1408" s="0" t="s">
-        <v>2812</v>
+        <v>2813</v>
       </c>
       <c r="B1408" s="0" t="s">
-        <v>2813</v>
+        <v>2814</v>
       </c>
     </row>
     <row r="1409">
       <c r="A1409" s="0" t="s">
-        <v>2814</v>
+        <v>2815</v>
       </c>
       <c r="B1409" s="0" t="s">
-        <v>2815</v>
+        <v>2816</v>
       </c>
     </row>
     <row r="1410">
       <c r="A1410" s="0" t="s">
-        <v>2816</v>
+        <v>2817</v>
       </c>
       <c r="B1410" s="0" t="s">
-        <v>2817</v>
+        <v>2818</v>
       </c>
     </row>
     <row r="1411">
       <c r="A1411" s="0" t="s">
-        <v>2818</v>
+        <v>2819</v>
       </c>
       <c r="B1411" s="0" t="s">
-        <v>2819</v>
+        <v>2820</v>
       </c>
     </row>
     <row r="1412">
       <c r="A1412" s="0" t="s">
-        <v>2820</v>
+        <v>2821</v>
       </c>
       <c r="B1412" s="0" t="s">
-        <v>2821</v>
+        <v>2822</v>
       </c>
     </row>
     <row r="1413">
       <c r="A1413" s="0" t="s">
-        <v>2822</v>
+        <v>2823</v>
       </c>
       <c r="B1413" s="0" t="s">
-        <v>2823</v>
+        <v>2824</v>
       </c>
     </row>
     <row r="1414">
       <c r="A1414" s="0" t="s">
-        <v>2824</v>
+        <v>2825</v>
       </c>
       <c r="B1414" s="0" t="s">
-        <v>2825</v>
+        <v>2826</v>
       </c>
     </row>
     <row r="1415">
       <c r="A1415" s="0" t="s">
-        <v>2826</v>
+        <v>2827</v>
       </c>
       <c r="B1415" s="0" t="s">
-        <v>2827</v>
+        <v>2828</v>
       </c>
     </row>
     <row r="1416">
       <c r="A1416" s="0" t="s">
-        <v>2828</v>
+        <v>2829</v>
       </c>
       <c r="B1416" s="0" t="s">
-        <v>2829</v>
+        <v>2830</v>
       </c>
     </row>
     <row r="1417">
       <c r="A1417" s="0" t="s">
-        <v>2830</v>
+        <v>2831</v>
       </c>
       <c r="B1417" s="0" t="s">
-        <v>2831</v>
+        <v>2832</v>
       </c>
     </row>
     <row r="1418">
       <c r="A1418" s="0" t="s">
-        <v>2832</v>
+        <v>2833</v>
       </c>
       <c r="B1418" s="0" t="s">
-        <v>2833</v>
+        <v>2834</v>
       </c>
     </row>
     <row r="1419">
       <c r="A1419" s="0" t="s">
-        <v>2834</v>
+        <v>2835</v>
       </c>
       <c r="B1419" s="0" t="s">
-        <v>2835</v>
+        <v>2836</v>
       </c>
     </row>
     <row r="1420">
       <c r="A1420" s="0" t="s">
-        <v>2836</v>
+        <v>2837</v>
       </c>
       <c r="B1420" s="0" t="s">
-        <v>2837</v>
+        <v>2838</v>
       </c>
     </row>
     <row r="1421">
       <c r="A1421" s="0" t="s">
-        <v>2838</v>
+        <v>2839</v>
       </c>
       <c r="B1421" s="0" t="s">
-        <v>2839</v>
+        <v>2840</v>
       </c>
     </row>
     <row r="1422">
       <c r="A1422" s="0" t="s">
-        <v>2840</v>
+        <v>2841</v>
       </c>
       <c r="B1422" s="0" t="s">
-        <v>2841</v>
+        <v>2842</v>
       </c>
     </row>
     <row r="1423">
       <c r="A1423" s="0" t="s">
-        <v>2842</v>
+        <v>2843</v>
       </c>
       <c r="B1423" s="0" t="s">
-        <v>2843</v>
+        <v>2844</v>
       </c>
     </row>
     <row r="1424">
       <c r="A1424" s="0" t="s">
-        <v>2844</v>
+        <v>2845</v>
       </c>
       <c r="B1424" s="0" t="s">
-        <v>2845</v>
+        <v>2846</v>
       </c>
     </row>
     <row r="1425">
       <c r="A1425" s="0" t="s">
-        <v>2846</v>
+        <v>2847</v>
       </c>
       <c r="B1425" s="0" t="s">
-        <v>2847</v>
+        <v>2848</v>
       </c>
     </row>
     <row r="1426">
       <c r="A1426" s="0" t="s">
-        <v>2848</v>
+        <v>2849</v>
       </c>
       <c r="B1426" s="0" t="s">
-        <v>2849</v>
+        <v>2850</v>
       </c>
     </row>
     <row r="1427">
       <c r="A1427" s="0" t="s">
-        <v>2850</v>
+        <v>2851</v>
       </c>
       <c r="B1427" s="0" t="s">
-        <v>2851</v>
+        <v>2852</v>
       </c>
     </row>
     <row r="1428">
       <c r="A1428" s="0" t="s">
-        <v>2852</v>
+        <v>2853</v>
       </c>
       <c r="B1428" s="0" t="s">
-        <v>2853</v>
+        <v>2854</v>
       </c>
     </row>
     <row r="1429">
       <c r="A1429" s="0" t="s">
-        <v>2854</v>
+        <v>2855</v>
       </c>
       <c r="B1429" s="0" t="s">
-        <v>2855</v>
+        <v>2856</v>
       </c>
     </row>
     <row r="1430">
       <c r="A1430" s="0" t="s">
-        <v>2856</v>
+        <v>2857</v>
       </c>
       <c r="B1430" s="0" t="s">
-        <v>2857</v>
+        <v>2858</v>
       </c>
     </row>
     <row r="1431">
       <c r="A1431" s="0" t="s">
-        <v>2858</v>
+        <v>2859</v>
       </c>
       <c r="B1431" s="0" t="s">
-        <v>2859</v>
+        <v>2860</v>
       </c>
     </row>
     <row r="1432">
       <c r="A1432" s="0" t="s">
-        <v>2860</v>
+        <v>2861</v>
       </c>
       <c r="B1432" s="0" t="s">
-        <v>2861</v>
+        <v>2862</v>
       </c>
     </row>
     <row r="1433">
       <c r="A1433" s="0" t="s">
-        <v>2862</v>
+        <v>2863</v>
       </c>
       <c r="B1433" s="0" t="s">
-        <v>2863</v>
+        <v>2864</v>
       </c>
     </row>
     <row r="1434">
       <c r="A1434" s="0" t="s">
-        <v>2864</v>
+        <v>2865</v>
       </c>
       <c r="B1434" s="0" t="s">
-        <v>2865</v>
+        <v>2866</v>
       </c>
     </row>
     <row r="1435">
       <c r="A1435" s="0" t="s">
-        <v>2866</v>
+        <v>2867</v>
       </c>
       <c r="B1435" s="0" t="s">
-        <v>2867</v>
+        <v>2868</v>
       </c>
     </row>
     <row r="1436">
       <c r="A1436" s="0" t="s">
-        <v>2868</v>
+        <v>2869</v>
       </c>
       <c r="B1436" s="0" t="s">
-        <v>2869</v>
+        <v>2870</v>
       </c>
     </row>
     <row r="1437">
       <c r="A1437" s="0" t="s">
-        <v>2870</v>
+        <v>2871</v>
       </c>
       <c r="B1437" s="0" t="s">
-        <v>2871</v>
+        <v>2872</v>
       </c>
     </row>
     <row r="1438">
       <c r="A1438" s="0" t="s">
-        <v>2872</v>
+        <v>2873</v>
       </c>
       <c r="B1438" s="0" t="s">
-        <v>2873</v>
+        <v>2874</v>
       </c>
     </row>
     <row r="1439">
       <c r="A1439" s="0" t="s">
-        <v>2874</v>
+        <v>2875</v>
       </c>
       <c r="B1439" s="0" t="s">
-        <v>2875</v>
+        <v>2876</v>
       </c>
     </row>
     <row r="1440">
       <c r="A1440" s="0" t="s">
-        <v>2876</v>
+        <v>2877</v>
       </c>
       <c r="B1440" s="0" t="s">
-        <v>2877</v>
+        <v>2878</v>
       </c>
     </row>
     <row r="1441">
       <c r="A1441" s="0" t="s">
-        <v>2878</v>
+        <v>2879</v>
       </c>
       <c r="B1441" s="0" t="s">
-        <v>2879</v>
+        <v>2880</v>
       </c>
     </row>
     <row r="1442">
       <c r="A1442" s="0" t="s">
-        <v>2880</v>
+        <v>2881</v>
       </c>
       <c r="B1442" s="0" t="s">
-        <v>2881</v>
+        <v>2882</v>
       </c>
     </row>
     <row r="1443">
       <c r="A1443" s="0" t="s">
-        <v>2882</v>
+        <v>2883</v>
       </c>
       <c r="B1443" s="0" t="s">
-        <v>2883</v>
+        <v>2884</v>
       </c>
     </row>
     <row r="1444">
       <c r="A1444" s="0" t="s">
-        <v>2884</v>
+        <v>2885</v>
       </c>
       <c r="B1444" s="0" t="s">
-        <v>2885</v>
+        <v>2886</v>
       </c>
     </row>
     <row r="1445">
       <c r="A1445" s="0" t="s">
-        <v>2886</v>
+        <v>2887</v>
       </c>
       <c r="B1445" s="0" t="s">
-        <v>2887</v>
+        <v>2888</v>
       </c>
     </row>
     <row r="1446">
       <c r="A1446" s="0" t="s">
-        <v>2888</v>
+        <v>2889</v>
       </c>
       <c r="B1446" s="0" t="s">
-        <v>2889</v>
+        <v>2890</v>
       </c>
     </row>
     <row r="1447">
       <c r="A1447" s="0" t="s">
-        <v>2890</v>
+        <v>2891</v>
       </c>
       <c r="B1447" s="0" t="s">
-        <v>2891</v>
+        <v>2892</v>
       </c>
     </row>
     <row r="1448">
       <c r="A1448" s="0" t="s">
-        <v>2892</v>
+        <v>2893</v>
       </c>
       <c r="B1448" s="0" t="s">
-        <v>2893</v>
+        <v>2894</v>
       </c>
     </row>
     <row r="1449">
       <c r="A1449" s="0" t="s">
-        <v>2894</v>
+        <v>2895</v>
       </c>
       <c r="B1449" s="0" t="s">
-        <v>2895</v>
+        <v>2896</v>
       </c>
     </row>
     <row r="1450">
       <c r="A1450" s="0" t="s">
-        <v>2896</v>
+        <v>2897</v>
       </c>
       <c r="B1450" s="0" t="s">
-        <v>2897</v>
+        <v>2898</v>
       </c>
     </row>
     <row r="1451">
       <c r="A1451" s="0" t="s">
-        <v>2898</v>
+        <v>2899</v>
       </c>
       <c r="B1451" s="0" t="s">
-        <v>2899</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="1452">
       <c r="A1452" s="0" t="s">
-        <v>2900</v>
+        <v>2901</v>
       </c>
       <c r="B1452" s="0" t="s">
-        <v>2901</v>
+        <v>2902</v>
       </c>
     </row>
     <row r="1453">
       <c r="A1453" s="0" t="s">
-        <v>2902</v>
+        <v>2903</v>
       </c>
       <c r="B1453" s="0" t="s">
-        <v>2903</v>
+        <v>2904</v>
       </c>
     </row>
     <row r="1454">
       <c r="A1454" s="0" t="s">
-        <v>2904</v>
+        <v>2905</v>
       </c>
       <c r="B1454" s="0" t="s">
-        <v>2905</v>
+        <v>2906</v>
       </c>
     </row>
     <row r="1455">
       <c r="A1455" s="0" t="s">
-        <v>2906</v>
+        <v>2907</v>
       </c>
       <c r="B1455" s="0" t="s">
-        <v>2907</v>
+        <v>2908</v>
       </c>
     </row>
     <row r="1456">
       <c r="A1456" s="0" t="s">
-        <v>2908</v>
+        <v>2909</v>
       </c>
       <c r="B1456" s="0" t="s">
-        <v>2909</v>
+        <v>2910</v>
       </c>
     </row>
     <row r="1457">
       <c r="A1457" s="0" t="s">
-        <v>2910</v>
+        <v>2911</v>
       </c>
       <c r="B1457" s="0" t="s">
-        <v>2911</v>
+        <v>2912</v>
       </c>
     </row>
     <row r="1458">
       <c r="A1458" s="0" t="s">
-        <v>2912</v>
+        <v>2913</v>
       </c>
       <c r="B1458" s="0" t="s">
-        <v>2913</v>
+        <v>2914</v>
       </c>
     </row>
     <row r="1459">
       <c r="A1459" s="0" t="s">
-        <v>2914</v>
+        <v>2915</v>
       </c>
       <c r="B1459" s="0" t="s">
-        <v>2915</v>
+        <v>2178</v>
       </c>
     </row>
     <row r="1460">
       <c r="A1460" s="0" t="s">
         <v>2916</v>
       </c>
       <c r="B1460" s="0" t="s">
         <v>2917</v>
       </c>
     </row>
     <row r="1461">
       <c r="A1461" s="0" t="s">
         <v>2918</v>
       </c>
       <c r="B1461" s="0" t="s">
         <v>2919</v>
       </c>
     </row>
     <row r="1462">
       <c r="A1462" s="0" t="s">
         <v>2920</v>
       </c>
       <c r="B1462" s="0" t="s">
         <v>2921</v>
       </c>
@@ -29525,547 +29897,547 @@
       <c r="B1661" s="0" t="s">
         <v>3319</v>
       </c>
     </row>
     <row r="1662">
       <c r="A1662" s="0" t="s">
         <v>3320</v>
       </c>
       <c r="B1662" s="0" t="s">
         <v>3321</v>
       </c>
     </row>
     <row r="1663">
       <c r="A1663" s="0" t="s">
         <v>3322</v>
       </c>
       <c r="B1663" s="0" t="s">
         <v>3323</v>
       </c>
     </row>
     <row r="1664">
       <c r="A1664" s="0" t="s">
         <v>3324</v>
       </c>
       <c r="B1664" s="0" t="s">
-        <v>3323</v>
+        <v>3325</v>
       </c>
     </row>
     <row r="1665">
       <c r="A1665" s="0" t="s">
-        <v>3325</v>
+        <v>3326</v>
       </c>
       <c r="B1665" s="0" t="s">
-        <v>3326</v>
+        <v>3327</v>
       </c>
     </row>
     <row r="1666">
       <c r="A1666" s="0" t="s">
-        <v>3327</v>
+        <v>3328</v>
       </c>
       <c r="B1666" s="0" t="s">
-        <v>3328</v>
+        <v>3329</v>
       </c>
     </row>
     <row r="1667">
       <c r="A1667" s="0" t="s">
-        <v>3329</v>
+        <v>3330</v>
       </c>
       <c r="B1667" s="0" t="s">
-        <v>3330</v>
+        <v>3331</v>
       </c>
     </row>
     <row r="1668">
       <c r="A1668" s="0" t="s">
-        <v>3331</v>
+        <v>3332</v>
       </c>
       <c r="B1668" s="0" t="s">
-        <v>3332</v>
+        <v>3333</v>
       </c>
     </row>
     <row r="1669">
       <c r="A1669" s="0" t="s">
-        <v>3333</v>
+        <v>3334</v>
       </c>
       <c r="B1669" s="0" t="s">
-        <v>3334</v>
+        <v>3335</v>
       </c>
     </row>
     <row r="1670">
       <c r="A1670" s="0" t="s">
-        <v>3335</v>
+        <v>3336</v>
       </c>
       <c r="B1670" s="0" t="s">
-        <v>3336</v>
+        <v>3337</v>
       </c>
     </row>
     <row r="1671">
       <c r="A1671" s="0" t="s">
-        <v>3337</v>
+        <v>3338</v>
       </c>
       <c r="B1671" s="0" t="s">
-        <v>3338</v>
+        <v>3339</v>
       </c>
     </row>
     <row r="1672">
       <c r="A1672" s="0" t="s">
-        <v>3339</v>
+        <v>3340</v>
       </c>
       <c r="B1672" s="0" t="s">
-        <v>3340</v>
+        <v>3341</v>
       </c>
     </row>
     <row r="1673">
       <c r="A1673" s="0" t="s">
-        <v>3341</v>
+        <v>3342</v>
       </c>
       <c r="B1673" s="0" t="s">
-        <v>3342</v>
+        <v>3343</v>
       </c>
     </row>
     <row r="1674">
       <c r="A1674" s="0" t="s">
-        <v>3343</v>
+        <v>3344</v>
       </c>
       <c r="B1674" s="0" t="s">
-        <v>3344</v>
+        <v>3345</v>
       </c>
     </row>
     <row r="1675">
       <c r="A1675" s="0" t="s">
-        <v>3345</v>
+        <v>3346</v>
       </c>
       <c r="B1675" s="0" t="s">
-        <v>3346</v>
+        <v>3347</v>
       </c>
     </row>
     <row r="1676">
       <c r="A1676" s="0" t="s">
-        <v>3347</v>
+        <v>3348</v>
       </c>
       <c r="B1676" s="0" t="s">
-        <v>3348</v>
+        <v>3349</v>
       </c>
     </row>
     <row r="1677">
       <c r="A1677" s="0" t="s">
-        <v>3349</v>
+        <v>3350</v>
       </c>
       <c r="B1677" s="0" t="s">
-        <v>3350</v>
+        <v>3351</v>
       </c>
     </row>
     <row r="1678">
       <c r="A1678" s="0" t="s">
-        <v>3351</v>
+        <v>3352</v>
       </c>
       <c r="B1678" s="0" t="s">
-        <v>3352</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="1679">
       <c r="A1679" s="0" t="s">
-        <v>3353</v>
+        <v>3354</v>
       </c>
       <c r="B1679" s="0" t="s">
-        <v>3354</v>
+        <v>3355</v>
       </c>
     </row>
     <row r="1680">
       <c r="A1680" s="0" t="s">
-        <v>3355</v>
+        <v>3356</v>
       </c>
       <c r="B1680" s="0" t="s">
-        <v>3356</v>
+        <v>3357</v>
       </c>
     </row>
     <row r="1681">
       <c r="A1681" s="0" t="s">
-        <v>3357</v>
+        <v>3358</v>
       </c>
       <c r="B1681" s="0" t="s">
-        <v>3358</v>
+        <v>3359</v>
       </c>
     </row>
     <row r="1682">
       <c r="A1682" s="0" t="s">
-        <v>3359</v>
+        <v>3360</v>
       </c>
       <c r="B1682" s="0" t="s">
-        <v>3360</v>
+        <v>3361</v>
       </c>
     </row>
     <row r="1683">
       <c r="A1683" s="0" t="s">
-        <v>3361</v>
+        <v>3362</v>
       </c>
       <c r="B1683" s="0" t="s">
-        <v>3362</v>
+        <v>3363</v>
       </c>
     </row>
     <row r="1684">
       <c r="A1684" s="0" t="s">
-        <v>3363</v>
+        <v>3364</v>
       </c>
       <c r="B1684" s="0" t="s">
-        <v>3364</v>
+        <v>3365</v>
       </c>
     </row>
     <row r="1685">
       <c r="A1685" s="0" t="s">
-        <v>3365</v>
+        <v>3366</v>
       </c>
       <c r="B1685" s="0" t="s">
-        <v>3366</v>
+        <v>3367</v>
       </c>
     </row>
     <row r="1686">
       <c r="A1686" s="0" t="s">
-        <v>3367</v>
+        <v>3368</v>
       </c>
       <c r="B1686" s="0" t="s">
-        <v>3368</v>
+        <v>3369</v>
       </c>
     </row>
     <row r="1687">
       <c r="A1687" s="0" t="s">
-        <v>3369</v>
+        <v>3370</v>
       </c>
       <c r="B1687" s="0" t="s">
-        <v>3370</v>
+        <v>3371</v>
       </c>
     </row>
     <row r="1688">
       <c r="A1688" s="0" t="s">
-        <v>3371</v>
+        <v>3372</v>
       </c>
       <c r="B1688" s="0" t="s">
-        <v>3372</v>
+        <v>3373</v>
       </c>
     </row>
     <row r="1689">
       <c r="A1689" s="0" t="s">
-        <v>3373</v>
+        <v>3374</v>
       </c>
       <c r="B1689" s="0" t="s">
-        <v>3374</v>
+        <v>3375</v>
       </c>
     </row>
     <row r="1690">
       <c r="A1690" s="0" t="s">
-        <v>3375</v>
+        <v>3376</v>
       </c>
       <c r="B1690" s="0" t="s">
-        <v>3376</v>
+        <v>3377</v>
       </c>
     </row>
     <row r="1691">
       <c r="A1691" s="0" t="s">
-        <v>3377</v>
+        <v>3378</v>
       </c>
       <c r="B1691" s="0" t="s">
-        <v>3378</v>
+        <v>3379</v>
       </c>
     </row>
     <row r="1692">
       <c r="A1692" s="0" t="s">
-        <v>3379</v>
+        <v>3380</v>
       </c>
       <c r="B1692" s="0" t="s">
-        <v>3380</v>
+        <v>3381</v>
       </c>
     </row>
     <row r="1693">
       <c r="A1693" s="0" t="s">
-        <v>3381</v>
+        <v>3382</v>
       </c>
       <c r="B1693" s="0" t="s">
-        <v>3382</v>
+        <v>3383</v>
       </c>
     </row>
     <row r="1694">
       <c r="A1694" s="0" t="s">
-        <v>3383</v>
+        <v>3384</v>
       </c>
       <c r="B1694" s="0" t="s">
-        <v>3384</v>
+        <v>3385</v>
       </c>
     </row>
     <row r="1695">
       <c r="A1695" s="0" t="s">
-        <v>3385</v>
+        <v>3386</v>
       </c>
       <c r="B1695" s="0" t="s">
-        <v>3386</v>
+        <v>3387</v>
       </c>
     </row>
     <row r="1696">
       <c r="A1696" s="0" t="s">
-        <v>3387</v>
+        <v>3388</v>
       </c>
       <c r="B1696" s="0" t="s">
-        <v>3388</v>
+        <v>3389</v>
       </c>
     </row>
     <row r="1697">
       <c r="A1697" s="0" t="s">
-        <v>3389</v>
+        <v>3390</v>
       </c>
       <c r="B1697" s="0" t="s">
-        <v>3390</v>
+        <v>3391</v>
       </c>
     </row>
     <row r="1698">
       <c r="A1698" s="0" t="s">
-        <v>3391</v>
+        <v>3392</v>
       </c>
       <c r="B1698" s="0" t="s">
-        <v>3392</v>
+        <v>3393</v>
       </c>
     </row>
     <row r="1699">
       <c r="A1699" s="0" t="s">
-        <v>3393</v>
+        <v>3394</v>
       </c>
       <c r="B1699" s="0" t="s">
-        <v>3394</v>
+        <v>3395</v>
       </c>
     </row>
     <row r="1700">
       <c r="A1700" s="0" t="s">
-        <v>3395</v>
+        <v>3396</v>
       </c>
       <c r="B1700" s="0" t="s">
-        <v>3396</v>
+        <v>3397</v>
       </c>
     </row>
     <row r="1701">
       <c r="A1701" s="0" t="s">
-        <v>3397</v>
+        <v>3398</v>
       </c>
       <c r="B1701" s="0" t="s">
-        <v>3398</v>
+        <v>3399</v>
       </c>
     </row>
     <row r="1702">
       <c r="A1702" s="0" t="s">
-        <v>3399</v>
+        <v>3400</v>
       </c>
       <c r="B1702" s="0" t="s">
-        <v>3400</v>
+        <v>3401</v>
       </c>
     </row>
     <row r="1703">
       <c r="A1703" s="0" t="s">
-        <v>3401</v>
+        <v>3402</v>
       </c>
       <c r="B1703" s="0" t="s">
-        <v>3402</v>
+        <v>3403</v>
       </c>
     </row>
     <row r="1704">
       <c r="A1704" s="0" t="s">
-        <v>3403</v>
+        <v>3404</v>
       </c>
       <c r="B1704" s="0" t="s">
-        <v>3404</v>
+        <v>3405</v>
       </c>
     </row>
     <row r="1705">
       <c r="A1705" s="0" t="s">
-        <v>3405</v>
+        <v>3406</v>
       </c>
       <c r="B1705" s="0" t="s">
-        <v>3406</v>
+        <v>3407</v>
       </c>
     </row>
     <row r="1706">
       <c r="A1706" s="0" t="s">
-        <v>3407</v>
+        <v>3408</v>
       </c>
       <c r="B1706" s="0" t="s">
-        <v>3408</v>
+        <v>3409</v>
       </c>
     </row>
     <row r="1707">
       <c r="A1707" s="0" t="s">
-        <v>3409</v>
+        <v>3410</v>
       </c>
       <c r="B1707" s="0" t="s">
-        <v>3410</v>
+        <v>3411</v>
       </c>
     </row>
     <row r="1708">
       <c r="A1708" s="0" t="s">
-        <v>3411</v>
+        <v>3412</v>
       </c>
       <c r="B1708" s="0" t="s">
-        <v>3412</v>
+        <v>3413</v>
       </c>
     </row>
     <row r="1709">
       <c r="A1709" s="0" t="s">
-        <v>3413</v>
+        <v>3414</v>
       </c>
       <c r="B1709" s="0" t="s">
-        <v>3414</v>
+        <v>3415</v>
       </c>
     </row>
     <row r="1710">
       <c r="A1710" s="0" t="s">
-        <v>3415</v>
+        <v>3416</v>
       </c>
       <c r="B1710" s="0" t="s">
-        <v>3416</v>
+        <v>3417</v>
       </c>
     </row>
     <row r="1711">
       <c r="A1711" s="0" t="s">
-        <v>3417</v>
+        <v>3418</v>
       </c>
       <c r="B1711" s="0" t="s">
-        <v>3418</v>
+        <v>3419</v>
       </c>
     </row>
     <row r="1712">
       <c r="A1712" s="0" t="s">
-        <v>3419</v>
+        <v>3420</v>
       </c>
       <c r="B1712" s="0" t="s">
-        <v>3420</v>
+        <v>3421</v>
       </c>
     </row>
     <row r="1713">
       <c r="A1713" s="0" t="s">
-        <v>3421</v>
+        <v>3422</v>
       </c>
       <c r="B1713" s="0" t="s">
-        <v>3422</v>
+        <v>3423</v>
       </c>
     </row>
     <row r="1714">
       <c r="A1714" s="0" t="s">
-        <v>3423</v>
+        <v>3424</v>
       </c>
       <c r="B1714" s="0" t="s">
-        <v>3424</v>
+        <v>3425</v>
       </c>
     </row>
     <row r="1715">
       <c r="A1715" s="0" t="s">
-        <v>3425</v>
+        <v>3426</v>
       </c>
       <c r="B1715" s="0" t="s">
-        <v>3426</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="1716">
       <c r="A1716" s="0" t="s">
-        <v>3427</v>
+        <v>3428</v>
       </c>
       <c r="B1716" s="0" t="s">
-        <v>3428</v>
+        <v>3429</v>
       </c>
     </row>
     <row r="1717">
       <c r="A1717" s="0" t="s">
-        <v>3429</v>
+        <v>3430</v>
       </c>
       <c r="B1717" s="0" t="s">
-        <v>3430</v>
+        <v>3431</v>
       </c>
     </row>
     <row r="1718">
       <c r="A1718" s="0" t="s">
-        <v>3431</v>
+        <v>3432</v>
       </c>
       <c r="B1718" s="0" t="s">
-        <v>3432</v>
+        <v>3433</v>
       </c>
     </row>
     <row r="1719">
       <c r="A1719" s="0" t="s">
-        <v>3433</v>
+        <v>3434</v>
       </c>
       <c r="B1719" s="0" t="s">
-        <v>3434</v>
+        <v>3435</v>
       </c>
     </row>
     <row r="1720">
       <c r="A1720" s="0" t="s">
-        <v>3435</v>
+        <v>3436</v>
       </c>
       <c r="B1720" s="0" t="s">
-        <v>3436</v>
+        <v>3437</v>
       </c>
     </row>
     <row r="1721">
       <c r="A1721" s="0" t="s">
-        <v>3437</v>
+        <v>3438</v>
       </c>
       <c r="B1721" s="0" t="s">
-        <v>3438</v>
+        <v>3439</v>
       </c>
     </row>
     <row r="1722">
       <c r="A1722" s="0" t="s">
-        <v>3439</v>
+        <v>3440</v>
       </c>
       <c r="B1722" s="0" t="s">
-        <v>3440</v>
+        <v>3441</v>
       </c>
     </row>
     <row r="1723">
       <c r="A1723" s="0" t="s">
-        <v>3441</v>
+        <v>3442</v>
       </c>
       <c r="B1723" s="0" t="s">
-        <v>3442</v>
+        <v>3443</v>
       </c>
     </row>
     <row r="1724">
       <c r="A1724" s="0" t="s">
-        <v>3443</v>
+        <v>3444</v>
       </c>
       <c r="B1724" s="0" t="s">
-        <v>3444</v>
+        <v>3445</v>
       </c>
     </row>
     <row r="1725">
       <c r="A1725" s="0" t="s">
-        <v>3445</v>
+        <v>3446</v>
       </c>
       <c r="B1725" s="0" t="s">
-        <v>3446</v>
+        <v>3447</v>
       </c>
     </row>
     <row r="1726">
       <c r="A1726" s="0" t="s">
+        <v>3448</v>
+      </c>
+      <c r="B1726" s="0" t="s">
         <v>3447</v>
-      </c>
-[...1 lines deleted...]
-        <v>3448</v>
       </c>
     </row>
     <row r="1727">
       <c r="A1727" s="0" t="s">
         <v>3449</v>
       </c>
       <c r="B1727" s="0" t="s">
         <v>3450</v>
       </c>
     </row>
     <row r="1728">
       <c r="A1728" s="0" t="s">
         <v>3451</v>
       </c>
       <c r="B1728" s="0" t="s">
         <v>3452</v>
       </c>
     </row>
     <row r="1729">
       <c r="A1729" s="0" t="s">
         <v>3453</v>
       </c>
       <c r="B1729" s="0" t="s">
         <v>3454</v>
       </c>
@@ -30125,579 +30497,579 @@
       <c r="B1736" s="0" t="s">
         <v>3468</v>
       </c>
     </row>
     <row r="1737">
       <c r="A1737" s="0" t="s">
         <v>3469</v>
       </c>
       <c r="B1737" s="0" t="s">
         <v>3470</v>
       </c>
     </row>
     <row r="1738">
       <c r="A1738" s="0" t="s">
         <v>3471</v>
       </c>
       <c r="B1738" s="0" t="s">
         <v>3472</v>
       </c>
     </row>
     <row r="1739">
       <c r="A1739" s="0" t="s">
         <v>3473</v>
       </c>
       <c r="B1739" s="0" t="s">
-        <v>3440</v>
+        <v>3474</v>
       </c>
     </row>
     <row r="1740">
       <c r="A1740" s="0" t="s">
-        <v>3474</v>
+        <v>3475</v>
       </c>
       <c r="B1740" s="0" t="s">
-        <v>3475</v>
+        <v>3476</v>
       </c>
     </row>
     <row r="1741">
       <c r="A1741" s="0" t="s">
-        <v>3476</v>
+        <v>3477</v>
       </c>
       <c r="B1741" s="0" t="s">
-        <v>3477</v>
+        <v>3478</v>
       </c>
     </row>
     <row r="1742">
       <c r="A1742" s="0" t="s">
-        <v>3478</v>
+        <v>3479</v>
       </c>
       <c r="B1742" s="0" t="s">
-        <v>3479</v>
+        <v>3480</v>
       </c>
     </row>
     <row r="1743">
       <c r="A1743" s="0" t="s">
-        <v>3480</v>
+        <v>3481</v>
       </c>
       <c r="B1743" s="0" t="s">
-        <v>1900</v>
+        <v>3482</v>
       </c>
     </row>
     <row r="1744">
       <c r="A1744" s="0" t="s">
-        <v>3481</v>
+        <v>3483</v>
       </c>
       <c r="B1744" s="0" t="s">
-        <v>3482</v>
+        <v>3484</v>
       </c>
     </row>
     <row r="1745">
       <c r="A1745" s="0" t="s">
-        <v>3483</v>
+        <v>3485</v>
       </c>
       <c r="B1745" s="0" t="s">
-        <v>3484</v>
+        <v>3486</v>
       </c>
     </row>
     <row r="1746">
       <c r="A1746" s="0" t="s">
-        <v>3485</v>
+        <v>3487</v>
       </c>
       <c r="B1746" s="0" t="s">
-        <v>3486</v>
+        <v>3488</v>
       </c>
     </row>
     <row r="1747">
       <c r="A1747" s="0" t="s">
-        <v>3487</v>
+        <v>3489</v>
       </c>
       <c r="B1747" s="0" t="s">
-        <v>3488</v>
+        <v>3490</v>
       </c>
     </row>
     <row r="1748">
       <c r="A1748" s="0" t="s">
-        <v>3489</v>
+        <v>3491</v>
       </c>
       <c r="B1748" s="0" t="s">
-        <v>3490</v>
+        <v>3492</v>
       </c>
     </row>
     <row r="1749">
       <c r="A1749" s="0" t="s">
-        <v>3491</v>
+        <v>3493</v>
       </c>
       <c r="B1749" s="0" t="s">
-        <v>3492</v>
+        <v>3494</v>
       </c>
     </row>
     <row r="1750">
       <c r="A1750" s="0" t="s">
-        <v>3493</v>
+        <v>3495</v>
       </c>
       <c r="B1750" s="0" t="s">
-        <v>3494</v>
+        <v>3496</v>
       </c>
     </row>
     <row r="1751">
       <c r="A1751" s="0" t="s">
-        <v>3495</v>
+        <v>3497</v>
       </c>
       <c r="B1751" s="0" t="s">
-        <v>3496</v>
+        <v>3498</v>
       </c>
     </row>
     <row r="1752">
       <c r="A1752" s="0" t="s">
-        <v>3497</v>
+        <v>3499</v>
       </c>
       <c r="B1752" s="0" t="s">
-        <v>3498</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="1753">
       <c r="A1753" s="0" t="s">
-        <v>3499</v>
+        <v>3501</v>
       </c>
       <c r="B1753" s="0" t="s">
-        <v>3500</v>
+        <v>3502</v>
       </c>
     </row>
     <row r="1754">
       <c r="A1754" s="0" t="s">
-        <v>3501</v>
+        <v>3503</v>
       </c>
       <c r="B1754" s="0" t="s">
-        <v>3502</v>
+        <v>3504</v>
       </c>
     </row>
     <row r="1755">
       <c r="A1755" s="0" t="s">
-        <v>3503</v>
+        <v>3505</v>
       </c>
       <c r="B1755" s="0" t="s">
-        <v>3504</v>
+        <v>3506</v>
       </c>
     </row>
     <row r="1756">
       <c r="A1756" s="0" t="s">
-        <v>3505</v>
+        <v>3507</v>
       </c>
       <c r="B1756" s="0" t="s">
-        <v>3506</v>
+        <v>3508</v>
       </c>
     </row>
     <row r="1757">
       <c r="A1757" s="0" t="s">
-        <v>3507</v>
+        <v>3509</v>
       </c>
       <c r="B1757" s="0" t="s">
-        <v>3508</v>
+        <v>3510</v>
       </c>
     </row>
     <row r="1758">
       <c r="A1758" s="0" t="s">
-        <v>3509</v>
+        <v>3511</v>
       </c>
       <c r="B1758" s="0" t="s">
-        <v>3510</v>
+        <v>3512</v>
       </c>
     </row>
     <row r="1759">
       <c r="A1759" s="0" t="s">
-        <v>3511</v>
+        <v>3513</v>
       </c>
       <c r="B1759" s="0" t="s">
-        <v>3512</v>
+        <v>3514</v>
       </c>
     </row>
     <row r="1760">
       <c r="A1760" s="0" t="s">
-        <v>3513</v>
+        <v>3515</v>
       </c>
       <c r="B1760" s="0" t="s">
-        <v>3514</v>
+        <v>3516</v>
       </c>
     </row>
     <row r="1761">
       <c r="A1761" s="0" t="s">
-        <v>3515</v>
+        <v>3517</v>
       </c>
       <c r="B1761" s="0" t="s">
-        <v>3516</v>
+        <v>3518</v>
       </c>
     </row>
     <row r="1762">
       <c r="A1762" s="0" t="s">
-        <v>3517</v>
+        <v>3519</v>
       </c>
       <c r="B1762" s="0" t="s">
-        <v>3518</v>
+        <v>3520</v>
       </c>
     </row>
     <row r="1763">
       <c r="A1763" s="0" t="s">
-        <v>3519</v>
+        <v>3521</v>
       </c>
       <c r="B1763" s="0" t="s">
-        <v>3520</v>
+        <v>3522</v>
       </c>
     </row>
     <row r="1764">
       <c r="A1764" s="0" t="s">
-        <v>3521</v>
+        <v>3523</v>
       </c>
       <c r="B1764" s="0" t="s">
-        <v>3522</v>
+        <v>3524</v>
       </c>
     </row>
     <row r="1765">
       <c r="A1765" s="0" t="s">
-        <v>3523</v>
+        <v>3525</v>
       </c>
       <c r="B1765" s="0" t="s">
-        <v>3524</v>
+        <v>3526</v>
       </c>
     </row>
     <row r="1766">
       <c r="A1766" s="0" t="s">
-        <v>3525</v>
+        <v>3527</v>
       </c>
       <c r="B1766" s="0" t="s">
-        <v>3526</v>
+        <v>3528</v>
       </c>
     </row>
     <row r="1767">
       <c r="A1767" s="0" t="s">
-        <v>3527</v>
+        <v>3529</v>
       </c>
       <c r="B1767" s="0" t="s">
-        <v>3528</v>
+        <v>3530</v>
       </c>
     </row>
     <row r="1768">
       <c r="A1768" s="0" t="s">
-        <v>3529</v>
+        <v>3531</v>
       </c>
       <c r="B1768" s="0" t="s">
-        <v>3530</v>
+        <v>3532</v>
       </c>
     </row>
     <row r="1769">
       <c r="A1769" s="0" t="s">
-        <v>3531</v>
+        <v>3533</v>
       </c>
       <c r="B1769" s="0" t="s">
-        <v>3532</v>
+        <v>3534</v>
       </c>
     </row>
     <row r="1770">
       <c r="A1770" s="0" t="s">
-        <v>3533</v>
+        <v>3535</v>
       </c>
       <c r="B1770" s="0" t="s">
-        <v>3534</v>
+        <v>3536</v>
       </c>
     </row>
     <row r="1771">
       <c r="A1771" s="0" t="s">
-        <v>3535</v>
+        <v>3537</v>
       </c>
       <c r="B1771" s="0" t="s">
-        <v>3536</v>
+        <v>3538</v>
       </c>
     </row>
     <row r="1772">
       <c r="A1772" s="0" t="s">
-        <v>3537</v>
+        <v>3539</v>
       </c>
       <c r="B1772" s="0" t="s">
-        <v>3538</v>
+        <v>3540</v>
       </c>
     </row>
     <row r="1773">
       <c r="A1773" s="0" t="s">
-        <v>3539</v>
+        <v>3541</v>
       </c>
       <c r="B1773" s="0" t="s">
-        <v>3540</v>
+        <v>3542</v>
       </c>
     </row>
     <row r="1774">
       <c r="A1774" s="0" t="s">
-        <v>3541</v>
+        <v>3543</v>
       </c>
       <c r="B1774" s="0" t="s">
-        <v>3542</v>
+        <v>3544</v>
       </c>
     </row>
     <row r="1775">
       <c r="A1775" s="0" t="s">
-        <v>3543</v>
+        <v>3545</v>
       </c>
       <c r="B1775" s="0" t="s">
-        <v>3544</v>
+        <v>3546</v>
       </c>
     </row>
     <row r="1776">
       <c r="A1776" s="0" t="s">
-        <v>3545</v>
+        <v>3547</v>
       </c>
       <c r="B1776" s="0" t="s">
-        <v>3546</v>
+        <v>3548</v>
       </c>
     </row>
     <row r="1777">
       <c r="A1777" s="0" t="s">
-        <v>3547</v>
+        <v>3549</v>
       </c>
       <c r="B1777" s="0" t="s">
-        <v>3548</v>
+        <v>3550</v>
       </c>
     </row>
     <row r="1778">
       <c r="A1778" s="0" t="s">
-        <v>3549</v>
+        <v>3551</v>
       </c>
       <c r="B1778" s="0" t="s">
-        <v>3550</v>
+        <v>3552</v>
       </c>
     </row>
     <row r="1779">
       <c r="A1779" s="0" t="s">
-        <v>3551</v>
+        <v>3553</v>
       </c>
       <c r="B1779" s="0" t="s">
-        <v>3552</v>
+        <v>3554</v>
       </c>
     </row>
     <row r="1780">
       <c r="A1780" s="0" t="s">
-        <v>3553</v>
+        <v>3555</v>
       </c>
       <c r="B1780" s="0" t="s">
-        <v>3554</v>
+        <v>3556</v>
       </c>
     </row>
     <row r="1781">
       <c r="A1781" s="0" t="s">
-        <v>3555</v>
+        <v>3557</v>
       </c>
       <c r="B1781" s="0" t="s">
-        <v>3556</v>
+        <v>3558</v>
       </c>
     </row>
     <row r="1782">
       <c r="A1782" s="0" t="s">
-        <v>3557</v>
+        <v>3559</v>
       </c>
       <c r="B1782" s="0" t="s">
-        <v>3558</v>
+        <v>3560</v>
       </c>
     </row>
     <row r="1783">
       <c r="A1783" s="0" t="s">
-        <v>3559</v>
+        <v>3561</v>
       </c>
       <c r="B1783" s="0" t="s">
-        <v>3560</v>
+        <v>3562</v>
       </c>
     </row>
     <row r="1784">
       <c r="A1784" s="0" t="s">
-        <v>3561</v>
+        <v>3563</v>
       </c>
       <c r="B1784" s="0" t="s">
-        <v>3562</v>
+        <v>3564</v>
       </c>
     </row>
     <row r="1785">
       <c r="A1785" s="0" t="s">
-        <v>3563</v>
+        <v>3565</v>
       </c>
       <c r="B1785" s="0" t="s">
-        <v>3564</v>
+        <v>3566</v>
       </c>
     </row>
     <row r="1786">
       <c r="A1786" s="0" t="s">
-        <v>3565</v>
+        <v>3567</v>
       </c>
       <c r="B1786" s="0" t="s">
-        <v>3566</v>
+        <v>3568</v>
       </c>
     </row>
     <row r="1787">
       <c r="A1787" s="0" t="s">
-        <v>3567</v>
+        <v>3569</v>
       </c>
       <c r="B1787" s="0" t="s">
-        <v>3568</v>
+        <v>3570</v>
       </c>
     </row>
     <row r="1788">
       <c r="A1788" s="0" t="s">
-        <v>3569</v>
+        <v>3571</v>
       </c>
       <c r="B1788" s="0" t="s">
-        <v>3570</v>
+        <v>3572</v>
       </c>
     </row>
     <row r="1789">
       <c r="A1789" s="0" t="s">
-        <v>3571</v>
+        <v>3573</v>
       </c>
       <c r="B1789" s="0" t="s">
-        <v>3572</v>
+        <v>3574</v>
       </c>
     </row>
     <row r="1790">
       <c r="A1790" s="0" t="s">
-        <v>3573</v>
+        <v>3575</v>
       </c>
       <c r="B1790" s="0" t="s">
-        <v>3574</v>
+        <v>3576</v>
       </c>
     </row>
     <row r="1791">
       <c r="A1791" s="0" t="s">
-        <v>3575</v>
+        <v>3577</v>
       </c>
       <c r="B1791" s="0" t="s">
-        <v>3576</v>
+        <v>3578</v>
       </c>
     </row>
     <row r="1792">
       <c r="A1792" s="0" t="s">
-        <v>3577</v>
+        <v>3579</v>
       </c>
       <c r="B1792" s="0" t="s">
-        <v>3578</v>
+        <v>3580</v>
       </c>
     </row>
     <row r="1793">
       <c r="A1793" s="0" t="s">
-        <v>3579</v>
+        <v>3581</v>
       </c>
       <c r="B1793" s="0" t="s">
-        <v>3580</v>
+        <v>3582</v>
       </c>
     </row>
     <row r="1794">
       <c r="A1794" s="0" t="s">
-        <v>3581</v>
+        <v>3583</v>
       </c>
       <c r="B1794" s="0" t="s">
-        <v>3582</v>
+        <v>3584</v>
       </c>
     </row>
     <row r="1795">
       <c r="A1795" s="0" t="s">
-        <v>3583</v>
+        <v>3585</v>
       </c>
       <c r="B1795" s="0" t="s">
-        <v>3584</v>
+        <v>3586</v>
       </c>
     </row>
     <row r="1796">
       <c r="A1796" s="0" t="s">
-        <v>3585</v>
+        <v>3587</v>
       </c>
       <c r="B1796" s="0" t="s">
-        <v>3586</v>
+        <v>3588</v>
       </c>
     </row>
     <row r="1797">
       <c r="A1797" s="0" t="s">
-        <v>3587</v>
+        <v>3589</v>
       </c>
       <c r="B1797" s="0" t="s">
-        <v>3588</v>
+        <v>3590</v>
       </c>
     </row>
     <row r="1798">
       <c r="A1798" s="0" t="s">
-        <v>3589</v>
+        <v>3591</v>
       </c>
       <c r="B1798" s="0" t="s">
-        <v>3590</v>
+        <v>3592</v>
       </c>
     </row>
     <row r="1799">
       <c r="A1799" s="0" t="s">
-        <v>3591</v>
+        <v>3593</v>
       </c>
       <c r="B1799" s="0" t="s">
-        <v>3592</v>
+        <v>3594</v>
       </c>
     </row>
     <row r="1800">
       <c r="A1800" s="0" t="s">
-        <v>3593</v>
+        <v>3595</v>
       </c>
       <c r="B1800" s="0" t="s">
-        <v>3594</v>
+        <v>3596</v>
       </c>
     </row>
     <row r="1801">
       <c r="A1801" s="0" t="s">
-        <v>3595</v>
+        <v>3597</v>
       </c>
       <c r="B1801" s="0" t="s">
-        <v>3596</v>
+        <v>3564</v>
       </c>
     </row>
     <row r="1802">
       <c r="A1802" s="0" t="s">
-        <v>3597</v>
+        <v>3598</v>
       </c>
       <c r="B1802" s="0" t="s">
-        <v>3598</v>
+        <v>3599</v>
       </c>
     </row>
     <row r="1803">
       <c r="A1803" s="0" t="s">
-        <v>3599</v>
+        <v>3600</v>
       </c>
       <c r="B1803" s="0" t="s">
-        <v>3600</v>
+        <v>3601</v>
       </c>
     </row>
     <row r="1804">
       <c r="A1804" s="0" t="s">
-        <v>3601</v>
+        <v>3602</v>
       </c>
       <c r="B1804" s="0" t="s">
-        <v>3602</v>
+        <v>3603</v>
       </c>
     </row>
     <row r="1805">
       <c r="A1805" s="0" t="s">
-        <v>3603</v>
+        <v>3604</v>
       </c>
       <c r="B1805" s="0" t="s">
-        <v>3604</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="1806">
       <c r="A1806" s="0" t="s">
         <v>3605</v>
       </c>
       <c r="B1806" s="0" t="s">
         <v>3606</v>
       </c>
     </row>
     <row r="1807">
       <c r="A1807" s="0" t="s">
         <v>3607</v>
       </c>
       <c r="B1807" s="0" t="s">
         <v>3608</v>
       </c>
     </row>
     <row r="1808">
       <c r="A1808" s="0" t="s">
         <v>3609</v>
       </c>
       <c r="B1808" s="0" t="s">
         <v>3610</v>
       </c>
@@ -31333,1171 +31705,1171 @@
       <c r="B1887" s="0" t="s">
         <v>3768</v>
       </c>
     </row>
     <row r="1888">
       <c r="A1888" s="0" t="s">
         <v>3769</v>
       </c>
       <c r="B1888" s="0" t="s">
         <v>3770</v>
       </c>
     </row>
     <row r="1889">
       <c r="A1889" s="0" t="s">
         <v>3771</v>
       </c>
       <c r="B1889" s="0" t="s">
         <v>3772</v>
       </c>
     </row>
     <row r="1890">
       <c r="A1890" s="0" t="s">
         <v>3773</v>
       </c>
       <c r="B1890" s="0" t="s">
-        <v>3766</v>
+        <v>3774</v>
       </c>
     </row>
     <row r="1891">
       <c r="A1891" s="0" t="s">
-        <v>3774</v>
+        <v>3775</v>
       </c>
       <c r="B1891" s="0" t="s">
-        <v>3775</v>
+        <v>3776</v>
       </c>
     </row>
     <row r="1892">
       <c r="A1892" s="0" t="s">
-        <v>3776</v>
+        <v>3777</v>
       </c>
       <c r="B1892" s="0" t="s">
-        <v>3777</v>
+        <v>3778</v>
       </c>
     </row>
     <row r="1893">
       <c r="A1893" s="0" t="s">
-        <v>3778</v>
+        <v>3779</v>
       </c>
       <c r="B1893" s="0" t="s">
-        <v>3779</v>
+        <v>3780</v>
       </c>
     </row>
     <row r="1894">
       <c r="A1894" s="0" t="s">
-        <v>3780</v>
+        <v>3781</v>
       </c>
       <c r="B1894" s="0" t="s">
-        <v>3781</v>
+        <v>3782</v>
       </c>
     </row>
     <row r="1895">
       <c r="A1895" s="0" t="s">
-        <v>3782</v>
+        <v>3783</v>
       </c>
       <c r="B1895" s="0" t="s">
-        <v>3783</v>
+        <v>3784</v>
       </c>
     </row>
     <row r="1896">
       <c r="A1896" s="0" t="s">
-        <v>3784</v>
+        <v>3785</v>
       </c>
       <c r="B1896" s="0" t="s">
-        <v>3785</v>
+        <v>3786</v>
       </c>
     </row>
     <row r="1897">
       <c r="A1897" s="0" t="s">
-        <v>3786</v>
+        <v>3787</v>
       </c>
       <c r="B1897" s="0" t="s">
-        <v>3269</v>
+        <v>3788</v>
       </c>
     </row>
     <row r="1898">
       <c r="A1898" s="0" t="s">
-        <v>3787</v>
+        <v>3789</v>
       </c>
       <c r="B1898" s="0" t="s">
-        <v>3788</v>
+        <v>3790</v>
       </c>
     </row>
     <row r="1899">
       <c r="A1899" s="0" t="s">
-        <v>3789</v>
+        <v>3791</v>
       </c>
       <c r="B1899" s="0" t="s">
-        <v>3790</v>
+        <v>3792</v>
       </c>
     </row>
     <row r="1900">
       <c r="A1900" s="0" t="s">
-        <v>3791</v>
+        <v>3793</v>
       </c>
       <c r="B1900" s="0" t="s">
-        <v>3792</v>
+        <v>3794</v>
       </c>
     </row>
     <row r="1901">
       <c r="A1901" s="0" t="s">
-        <v>3793</v>
+        <v>3795</v>
       </c>
       <c r="B1901" s="0" t="s">
-        <v>3794</v>
+        <v>3796</v>
       </c>
     </row>
     <row r="1902">
       <c r="A1902" s="0" t="s">
-        <v>3795</v>
+        <v>3797</v>
       </c>
       <c r="B1902" s="0" t="s">
-        <v>3796</v>
+        <v>3798</v>
       </c>
     </row>
     <row r="1903">
       <c r="A1903" s="0" t="s">
-        <v>3797</v>
+        <v>3799</v>
       </c>
       <c r="B1903" s="0" t="s">
-        <v>3798</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="1904">
       <c r="A1904" s="0" t="s">
-        <v>3799</v>
+        <v>3801</v>
       </c>
       <c r="B1904" s="0" t="s">
-        <v>3800</v>
+        <v>3802</v>
       </c>
     </row>
     <row r="1905">
       <c r="A1905" s="0" t="s">
-        <v>3801</v>
+        <v>3803</v>
       </c>
       <c r="B1905" s="0" t="s">
-        <v>3802</v>
+        <v>3804</v>
       </c>
     </row>
     <row r="1906">
       <c r="A1906" s="0" t="s">
-        <v>3803</v>
+        <v>3805</v>
       </c>
       <c r="B1906" s="0" t="s">
-        <v>3804</v>
+        <v>3806</v>
       </c>
     </row>
     <row r="1907">
       <c r="A1907" s="0" t="s">
-        <v>3805</v>
+        <v>3807</v>
       </c>
       <c r="B1907" s="0" t="s">
-        <v>3806</v>
+        <v>3808</v>
       </c>
     </row>
     <row r="1908">
       <c r="A1908" s="0" t="s">
-        <v>3807</v>
+        <v>3809</v>
       </c>
       <c r="B1908" s="0" t="s">
-        <v>3808</v>
+        <v>3810</v>
       </c>
     </row>
     <row r="1909">
       <c r="A1909" s="0" t="s">
-        <v>3809</v>
+        <v>3811</v>
       </c>
       <c r="B1909" s="0" t="s">
-        <v>3810</v>
+        <v>3812</v>
       </c>
     </row>
     <row r="1910">
       <c r="A1910" s="0" t="s">
-        <v>3811</v>
+        <v>3813</v>
       </c>
       <c r="B1910" s="0" t="s">
-        <v>3812</v>
+        <v>3814</v>
       </c>
     </row>
     <row r="1911">
       <c r="A1911" s="0" t="s">
-        <v>3813</v>
+        <v>3815</v>
       </c>
       <c r="B1911" s="0" t="s">
-        <v>3814</v>
+        <v>3816</v>
       </c>
     </row>
     <row r="1912">
       <c r="A1912" s="0" t="s">
-        <v>3815</v>
+        <v>3817</v>
       </c>
       <c r="B1912" s="0" t="s">
-        <v>3816</v>
+        <v>3818</v>
       </c>
     </row>
     <row r="1913">
       <c r="A1913" s="0" t="s">
-        <v>3817</v>
+        <v>3819</v>
       </c>
       <c r="B1913" s="0" t="s">
-        <v>3818</v>
+        <v>3820</v>
       </c>
     </row>
     <row r="1914">
       <c r="A1914" s="0" t="s">
-        <v>3819</v>
+        <v>3821</v>
       </c>
       <c r="B1914" s="0" t="s">
-        <v>3820</v>
+        <v>3822</v>
       </c>
     </row>
     <row r="1915">
       <c r="A1915" s="0" t="s">
-        <v>3821</v>
+        <v>3823</v>
       </c>
       <c r="B1915" s="0" t="s">
-        <v>3822</v>
+        <v>3824</v>
       </c>
     </row>
     <row r="1916">
       <c r="A1916" s="0" t="s">
-        <v>3823</v>
+        <v>3825</v>
       </c>
       <c r="B1916" s="0" t="s">
-        <v>3824</v>
+        <v>3826</v>
       </c>
     </row>
     <row r="1917">
       <c r="A1917" s="0" t="s">
-        <v>3825</v>
+        <v>3827</v>
       </c>
       <c r="B1917" s="0" t="s">
-        <v>3826</v>
+        <v>3828</v>
       </c>
     </row>
     <row r="1918">
       <c r="A1918" s="0" t="s">
-        <v>3827</v>
+        <v>3829</v>
       </c>
       <c r="B1918" s="0" t="s">
-        <v>3828</v>
+        <v>3830</v>
       </c>
     </row>
     <row r="1919">
       <c r="A1919" s="0" t="s">
-        <v>3829</v>
+        <v>3831</v>
       </c>
       <c r="B1919" s="0" t="s">
-        <v>3830</v>
+        <v>3832</v>
       </c>
     </row>
     <row r="1920">
       <c r="A1920" s="0" t="s">
-        <v>3831</v>
+        <v>3833</v>
       </c>
       <c r="B1920" s="0" t="s">
-        <v>3832</v>
+        <v>3834</v>
       </c>
     </row>
     <row r="1921">
       <c r="A1921" s="0" t="s">
-        <v>3833</v>
+        <v>3835</v>
       </c>
       <c r="B1921" s="0" t="s">
-        <v>3834</v>
+        <v>3836</v>
       </c>
     </row>
     <row r="1922">
       <c r="A1922" s="0" t="s">
-        <v>3835</v>
+        <v>3837</v>
       </c>
       <c r="B1922" s="0" t="s">
-        <v>3237</v>
+        <v>3838</v>
       </c>
     </row>
     <row r="1923">
       <c r="A1923" s="0" t="s">
-        <v>3836</v>
+        <v>3839</v>
       </c>
       <c r="B1923" s="0" t="s">
-        <v>3837</v>
+        <v>3840</v>
       </c>
     </row>
     <row r="1924">
       <c r="A1924" s="0" t="s">
-        <v>3838</v>
+        <v>3841</v>
       </c>
       <c r="B1924" s="0" t="s">
-        <v>3839</v>
+        <v>3842</v>
       </c>
     </row>
     <row r="1925">
       <c r="A1925" s="0" t="s">
-        <v>3840</v>
+        <v>3843</v>
       </c>
       <c r="B1925" s="0" t="s">
-        <v>3841</v>
+        <v>3844</v>
       </c>
     </row>
     <row r="1926">
       <c r="A1926" s="0" t="s">
-        <v>3842</v>
+        <v>3845</v>
       </c>
       <c r="B1926" s="0" t="s">
-        <v>3843</v>
+        <v>3846</v>
       </c>
     </row>
     <row r="1927">
       <c r="A1927" s="0" t="s">
-        <v>3844</v>
+        <v>3847</v>
       </c>
       <c r="B1927" s="0" t="s">
-        <v>3845</v>
+        <v>3848</v>
       </c>
     </row>
     <row r="1928">
       <c r="A1928" s="0" t="s">
-        <v>3846</v>
+        <v>3849</v>
       </c>
       <c r="B1928" s="0" t="s">
-        <v>3847</v>
+        <v>3850</v>
       </c>
     </row>
     <row r="1929">
       <c r="A1929" s="0" t="s">
-        <v>3848</v>
+        <v>3851</v>
       </c>
       <c r="B1929" s="0" t="s">
-        <v>3849</v>
+        <v>3852</v>
       </c>
     </row>
     <row r="1930">
       <c r="A1930" s="0" t="s">
-        <v>3850</v>
+        <v>3853</v>
       </c>
       <c r="B1930" s="0" t="s">
-        <v>3851</v>
+        <v>3854</v>
       </c>
     </row>
     <row r="1931">
       <c r="A1931" s="0" t="s">
-        <v>3852</v>
+        <v>3855</v>
       </c>
       <c r="B1931" s="0" t="s">
-        <v>3853</v>
+        <v>3856</v>
       </c>
     </row>
     <row r="1932">
       <c r="A1932" s="0" t="s">
-        <v>3854</v>
+        <v>3857</v>
       </c>
       <c r="B1932" s="0" t="s">
-        <v>3855</v>
+        <v>3858</v>
       </c>
     </row>
     <row r="1933">
       <c r="A1933" s="0" t="s">
-        <v>3856</v>
+        <v>3859</v>
       </c>
       <c r="B1933" s="0" t="s">
-        <v>3857</v>
+        <v>3860</v>
       </c>
     </row>
     <row r="1934">
       <c r="A1934" s="0" t="s">
-        <v>3858</v>
+        <v>3861</v>
       </c>
       <c r="B1934" s="0" t="s">
-        <v>3859</v>
+        <v>3862</v>
       </c>
     </row>
     <row r="1935">
       <c r="A1935" s="0" t="s">
-        <v>3860</v>
+        <v>3863</v>
       </c>
       <c r="B1935" s="0" t="s">
-        <v>3861</v>
+        <v>3864</v>
       </c>
     </row>
     <row r="1936">
       <c r="A1936" s="0" t="s">
-        <v>3862</v>
+        <v>3865</v>
       </c>
       <c r="B1936" s="0" t="s">
-        <v>3863</v>
+        <v>3866</v>
       </c>
     </row>
     <row r="1937">
       <c r="A1937" s="0" t="s">
-        <v>3864</v>
+        <v>3867</v>
       </c>
       <c r="B1937" s="0" t="s">
-        <v>3865</v>
+        <v>3868</v>
       </c>
     </row>
     <row r="1938">
       <c r="A1938" s="0" t="s">
-        <v>3866</v>
+        <v>3869</v>
       </c>
       <c r="B1938" s="0" t="s">
-        <v>3867</v>
+        <v>3870</v>
       </c>
     </row>
     <row r="1939">
       <c r="A1939" s="0" t="s">
-        <v>3868</v>
+        <v>3871</v>
       </c>
       <c r="B1939" s="0" t="s">
-        <v>3869</v>
+        <v>3872</v>
       </c>
     </row>
     <row r="1940">
       <c r="A1940" s="0" t="s">
-        <v>3870</v>
+        <v>3873</v>
       </c>
       <c r="B1940" s="0" t="s">
-        <v>3871</v>
+        <v>3874</v>
       </c>
     </row>
     <row r="1941">
       <c r="A1941" s="0" t="s">
-        <v>3872</v>
+        <v>3875</v>
       </c>
       <c r="B1941" s="0" t="s">
-        <v>3873</v>
+        <v>3876</v>
       </c>
     </row>
     <row r="1942">
       <c r="A1942" s="0" t="s">
-        <v>3874</v>
+        <v>3877</v>
       </c>
       <c r="B1942" s="0" t="s">
-        <v>3875</v>
+        <v>3878</v>
       </c>
     </row>
     <row r="1943">
       <c r="A1943" s="0" t="s">
-        <v>3876</v>
+        <v>3879</v>
       </c>
       <c r="B1943" s="0" t="s">
-        <v>3877</v>
+        <v>3880</v>
       </c>
     </row>
     <row r="1944">
       <c r="A1944" s="0" t="s">
-        <v>3878</v>
+        <v>3881</v>
       </c>
       <c r="B1944" s="0" t="s">
-        <v>3879</v>
+        <v>3882</v>
       </c>
     </row>
     <row r="1945">
       <c r="A1945" s="0" t="s">
-        <v>3880</v>
+        <v>3883</v>
       </c>
       <c r="B1945" s="0" t="s">
-        <v>3881</v>
+        <v>3884</v>
       </c>
     </row>
     <row r="1946">
       <c r="A1946" s="0" t="s">
-        <v>3882</v>
+        <v>3885</v>
       </c>
       <c r="B1946" s="0" t="s">
-        <v>3883</v>
+        <v>3886</v>
       </c>
     </row>
     <row r="1947">
       <c r="A1947" s="0" t="s">
-        <v>3884</v>
+        <v>3887</v>
       </c>
       <c r="B1947" s="0" t="s">
-        <v>3885</v>
+        <v>3888</v>
       </c>
     </row>
     <row r="1948">
       <c r="A1948" s="0" t="s">
-        <v>3886</v>
+        <v>3889</v>
       </c>
       <c r="B1948" s="0" t="s">
-        <v>3887</v>
+        <v>3890</v>
       </c>
     </row>
     <row r="1949">
       <c r="A1949" s="0" t="s">
-        <v>3888</v>
+        <v>3891</v>
       </c>
       <c r="B1949" s="0" t="s">
-        <v>3889</v>
+        <v>3892</v>
       </c>
     </row>
     <row r="1950">
       <c r="A1950" s="0" t="s">
-        <v>3890</v>
+        <v>3893</v>
       </c>
       <c r="B1950" s="0" t="s">
-        <v>3891</v>
+        <v>3894</v>
       </c>
     </row>
     <row r="1951">
       <c r="A1951" s="0" t="s">
-        <v>3892</v>
+        <v>3895</v>
       </c>
       <c r="B1951" s="0" t="s">
-        <v>3893</v>
+        <v>3896</v>
       </c>
     </row>
     <row r="1952">
       <c r="A1952" s="0" t="s">
-        <v>3894</v>
+        <v>3897</v>
       </c>
       <c r="B1952" s="0" t="s">
-        <v>3895</v>
+        <v>3890</v>
       </c>
     </row>
     <row r="1953">
       <c r="A1953" s="0" t="s">
-        <v>3896</v>
+        <v>3898</v>
       </c>
       <c r="B1953" s="0" t="s">
-        <v>3897</v>
+        <v>3899</v>
       </c>
     </row>
     <row r="1954">
       <c r="A1954" s="0" t="s">
-        <v>3898</v>
+        <v>3900</v>
       </c>
       <c r="B1954" s="0" t="s">
-        <v>3899</v>
+        <v>3901</v>
       </c>
     </row>
     <row r="1955">
       <c r="A1955" s="0" t="s">
-        <v>3900</v>
+        <v>3902</v>
       </c>
       <c r="B1955" s="0" t="s">
-        <v>3901</v>
+        <v>3903</v>
       </c>
     </row>
     <row r="1956">
       <c r="A1956" s="0" t="s">
-        <v>3902</v>
+        <v>3904</v>
       </c>
       <c r="B1956" s="0" t="s">
-        <v>3903</v>
+        <v>3905</v>
       </c>
     </row>
     <row r="1957">
       <c r="A1957" s="0" t="s">
-        <v>3904</v>
+        <v>3906</v>
       </c>
       <c r="B1957" s="0" t="s">
-        <v>3905</v>
+        <v>3907</v>
       </c>
     </row>
     <row r="1958">
       <c r="A1958" s="0" t="s">
-        <v>3906</v>
+        <v>3908</v>
       </c>
       <c r="B1958" s="0" t="s">
-        <v>3907</v>
+        <v>3909</v>
       </c>
     </row>
     <row r="1959">
       <c r="A1959" s="0" t="s">
-        <v>3908</v>
+        <v>3910</v>
       </c>
       <c r="B1959" s="0" t="s">
-        <v>3909</v>
+        <v>3393</v>
       </c>
     </row>
     <row r="1960">
       <c r="A1960" s="0" t="s">
-        <v>3910</v>
+        <v>3911</v>
       </c>
       <c r="B1960" s="0" t="s">
-        <v>3911</v>
+        <v>3912</v>
       </c>
     </row>
     <row r="1961">
       <c r="A1961" s="0" t="s">
-        <v>3912</v>
+        <v>3913</v>
       </c>
       <c r="B1961" s="0" t="s">
-        <v>3913</v>
+        <v>3914</v>
       </c>
     </row>
     <row r="1962">
       <c r="A1962" s="0" t="s">
-        <v>3914</v>
+        <v>3915</v>
       </c>
       <c r="B1962" s="0" t="s">
-        <v>3915</v>
+        <v>3916</v>
       </c>
     </row>
     <row r="1963">
       <c r="A1963" s="0" t="s">
-        <v>3916</v>
+        <v>3917</v>
       </c>
       <c r="B1963" s="0" t="s">
-        <v>3917</v>
+        <v>3918</v>
       </c>
     </row>
     <row r="1964">
       <c r="A1964" s="0" t="s">
-        <v>3918</v>
+        <v>3919</v>
       </c>
       <c r="B1964" s="0" t="s">
-        <v>3919</v>
+        <v>3920</v>
       </c>
     </row>
     <row r="1965">
       <c r="A1965" s="0" t="s">
-        <v>3920</v>
+        <v>3921</v>
       </c>
       <c r="B1965" s="0" t="s">
-        <v>3921</v>
+        <v>3922</v>
       </c>
     </row>
     <row r="1966">
       <c r="A1966" s="0" t="s">
-        <v>3922</v>
+        <v>3923</v>
       </c>
       <c r="B1966" s="0" t="s">
-        <v>3923</v>
+        <v>3924</v>
       </c>
     </row>
     <row r="1967">
       <c r="A1967" s="0" t="s">
-        <v>3924</v>
+        <v>3925</v>
       </c>
       <c r="B1967" s="0" t="s">
-        <v>3925</v>
+        <v>3926</v>
       </c>
     </row>
     <row r="1968">
       <c r="A1968" s="0" t="s">
-        <v>3926</v>
+        <v>3927</v>
       </c>
       <c r="B1968" s="0" t="s">
-        <v>3925</v>
+        <v>3928</v>
       </c>
     </row>
     <row r="1969">
       <c r="A1969" s="0" t="s">
-        <v>3927</v>
+        <v>3929</v>
       </c>
       <c r="B1969" s="0" t="s">
-        <v>3928</v>
+        <v>3930</v>
       </c>
     </row>
     <row r="1970">
       <c r="A1970" s="0" t="s">
-        <v>3929</v>
+        <v>3931</v>
       </c>
       <c r="B1970" s="0" t="s">
-        <v>3930</v>
+        <v>3932</v>
       </c>
     </row>
     <row r="1971">
       <c r="A1971" s="0" t="s">
-        <v>3931</v>
+        <v>3933</v>
       </c>
       <c r="B1971" s="0" t="s">
-        <v>3932</v>
+        <v>3934</v>
       </c>
     </row>
     <row r="1972">
       <c r="A1972" s="0" t="s">
-        <v>3933</v>
+        <v>3935</v>
       </c>
       <c r="B1972" s="0" t="s">
-        <v>3934</v>
+        <v>3936</v>
       </c>
     </row>
     <row r="1973">
       <c r="A1973" s="0" t="s">
-        <v>3935</v>
+        <v>3937</v>
       </c>
       <c r="B1973" s="0" t="s">
-        <v>3936</v>
+        <v>3938</v>
       </c>
     </row>
     <row r="1974">
       <c r="A1974" s="0" t="s">
-        <v>3937</v>
+        <v>3939</v>
       </c>
       <c r="B1974" s="0" t="s">
-        <v>3938</v>
+        <v>3940</v>
       </c>
     </row>
     <row r="1975">
       <c r="A1975" s="0" t="s">
-        <v>3939</v>
+        <v>3941</v>
       </c>
       <c r="B1975" s="0" t="s">
-        <v>3940</v>
+        <v>3942</v>
       </c>
     </row>
     <row r="1976">
       <c r="A1976" s="0" t="s">
-        <v>3941</v>
+        <v>3943</v>
       </c>
       <c r="B1976" s="0" t="s">
-        <v>3942</v>
+        <v>3944</v>
       </c>
     </row>
     <row r="1977">
       <c r="A1977" s="0" t="s">
-        <v>3943</v>
+        <v>3945</v>
       </c>
       <c r="B1977" s="0" t="s">
-        <v>3944</v>
+        <v>3946</v>
       </c>
     </row>
     <row r="1978">
       <c r="A1978" s="0" t="s">
-        <v>3945</v>
+        <v>3947</v>
       </c>
       <c r="B1978" s="0" t="s">
-        <v>3946</v>
+        <v>3948</v>
       </c>
     </row>
     <row r="1979">
       <c r="A1979" s="0" t="s">
-        <v>3947</v>
+        <v>3949</v>
       </c>
       <c r="B1979" s="0" t="s">
-        <v>3948</v>
+        <v>3950</v>
       </c>
     </row>
     <row r="1980">
       <c r="A1980" s="0" t="s">
-        <v>3949</v>
+        <v>3951</v>
       </c>
       <c r="B1980" s="0" t="s">
-        <v>3950</v>
+        <v>3952</v>
       </c>
     </row>
     <row r="1981">
       <c r="A1981" s="0" t="s">
-        <v>3951</v>
+        <v>3953</v>
       </c>
       <c r="B1981" s="0" t="s">
-        <v>3952</v>
+        <v>3954</v>
       </c>
     </row>
     <row r="1982">
       <c r="A1982" s="0" t="s">
-        <v>3953</v>
+        <v>3955</v>
       </c>
       <c r="B1982" s="0" t="s">
-        <v>3954</v>
+        <v>3956</v>
       </c>
     </row>
     <row r="1983">
       <c r="A1983" s="0" t="s">
-        <v>3955</v>
+        <v>3957</v>
       </c>
       <c r="B1983" s="0" t="s">
-        <v>3956</v>
+        <v>3958</v>
       </c>
     </row>
     <row r="1984">
       <c r="A1984" s="0" t="s">
-        <v>3957</v>
+        <v>3959</v>
       </c>
       <c r="B1984" s="0" t="s">
-        <v>3958</v>
+        <v>3361</v>
       </c>
     </row>
     <row r="1985">
       <c r="A1985" s="0" t="s">
-        <v>3959</v>
+        <v>3960</v>
       </c>
       <c r="B1985" s="0" t="s">
-        <v>3960</v>
+        <v>3961</v>
       </c>
     </row>
     <row r="1986">
       <c r="A1986" s="0" t="s">
-        <v>3961</v>
+        <v>3962</v>
       </c>
       <c r="B1986" s="0" t="s">
-        <v>3962</v>
+        <v>3963</v>
       </c>
     </row>
     <row r="1987">
       <c r="A1987" s="0" t="s">
-        <v>3963</v>
+        <v>3964</v>
       </c>
       <c r="B1987" s="0" t="s">
-        <v>3964</v>
+        <v>3965</v>
       </c>
     </row>
     <row r="1988">
       <c r="A1988" s="0" t="s">
-        <v>3965</v>
+        <v>3966</v>
       </c>
       <c r="B1988" s="0" t="s">
-        <v>3966</v>
+        <v>3967</v>
       </c>
     </row>
     <row r="1989">
       <c r="A1989" s="0" t="s">
-        <v>3967</v>
+        <v>3968</v>
       </c>
       <c r="B1989" s="0" t="s">
-        <v>3968</v>
+        <v>3969</v>
       </c>
     </row>
     <row r="1990">
       <c r="A1990" s="0" t="s">
-        <v>3969</v>
+        <v>3970</v>
       </c>
       <c r="B1990" s="0" t="s">
-        <v>3970</v>
+        <v>3971</v>
       </c>
     </row>
     <row r="1991">
       <c r="A1991" s="0" t="s">
-        <v>3971</v>
+        <v>3972</v>
       </c>
       <c r="B1991" s="0" t="s">
-        <v>3972</v>
+        <v>3973</v>
       </c>
     </row>
     <row r="1992">
       <c r="A1992" s="0" t="s">
-        <v>3973</v>
+        <v>3974</v>
       </c>
       <c r="B1992" s="0" t="s">
-        <v>3974</v>
+        <v>3975</v>
       </c>
     </row>
     <row r="1993">
       <c r="A1993" s="0" t="s">
-        <v>3975</v>
+        <v>3976</v>
       </c>
       <c r="B1993" s="0" t="s">
-        <v>3976</v>
+        <v>3977</v>
       </c>
     </row>
     <row r="1994">
       <c r="A1994" s="0" t="s">
-        <v>3977</v>
+        <v>3978</v>
       </c>
       <c r="B1994" s="0" t="s">
-        <v>3978</v>
+        <v>3979</v>
       </c>
     </row>
     <row r="1995">
       <c r="A1995" s="0" t="s">
-        <v>3979</v>
+        <v>3980</v>
       </c>
       <c r="B1995" s="0" t="s">
-        <v>3980</v>
+        <v>3981</v>
       </c>
     </row>
     <row r="1996">
       <c r="A1996" s="0" t="s">
-        <v>3981</v>
+        <v>3982</v>
       </c>
       <c r="B1996" s="0" t="s">
-        <v>3982</v>
+        <v>3983</v>
       </c>
     </row>
     <row r="1997">
       <c r="A1997" s="0" t="s">
-        <v>3983</v>
+        <v>3984</v>
       </c>
       <c r="B1997" s="0" t="s">
-        <v>3984</v>
+        <v>3985</v>
       </c>
     </row>
     <row r="1998">
       <c r="A1998" s="0" t="s">
-        <v>3985</v>
+        <v>3986</v>
       </c>
       <c r="B1998" s="0" t="s">
-        <v>3986</v>
+        <v>3987</v>
       </c>
     </row>
     <row r="1999">
       <c r="A1999" s="0" t="s">
-        <v>3987</v>
+        <v>3988</v>
       </c>
       <c r="B1999" s="0" t="s">
-        <v>3988</v>
+        <v>3989</v>
       </c>
     </row>
     <row r="2000">
       <c r="A2000" s="0" t="s">
-        <v>3989</v>
+        <v>3990</v>
       </c>
       <c r="B2000" s="0" t="s">
-        <v>3990</v>
+        <v>3991</v>
       </c>
     </row>
     <row r="2001">
       <c r="A2001" s="0" t="s">
-        <v>3991</v>
+        <v>3992</v>
       </c>
       <c r="B2001" s="0" t="s">
-        <v>3992</v>
+        <v>3993</v>
       </c>
     </row>
     <row r="2002">
       <c r="A2002" s="0" t="s">
-        <v>3993</v>
+        <v>3994</v>
       </c>
       <c r="B2002" s="0" t="s">
-        <v>3994</v>
+        <v>3995</v>
       </c>
     </row>
     <row r="2003">
       <c r="A2003" s="0" t="s">
-        <v>3995</v>
+        <v>3996</v>
       </c>
       <c r="B2003" s="0" t="s">
-        <v>3996</v>
+        <v>3997</v>
       </c>
     </row>
     <row r="2004">
       <c r="A2004" s="0" t="s">
-        <v>3997</v>
+        <v>3998</v>
       </c>
       <c r="B2004" s="0" t="s">
-        <v>3998</v>
+        <v>3999</v>
       </c>
     </row>
     <row r="2005">
       <c r="A2005" s="0" t="s">
-        <v>3999</v>
+        <v>4000</v>
       </c>
       <c r="B2005" s="0" t="s">
-        <v>4000</v>
+        <v>4001</v>
       </c>
     </row>
     <row r="2006">
       <c r="A2006" s="0" t="s">
-        <v>4001</v>
+        <v>4002</v>
       </c>
       <c r="B2006" s="0" t="s">
-        <v>4002</v>
+        <v>4003</v>
       </c>
     </row>
     <row r="2007">
       <c r="A2007" s="0" t="s">
-        <v>4003</v>
+        <v>4004</v>
       </c>
       <c r="B2007" s="0" t="s">
-        <v>4004</v>
+        <v>4005</v>
       </c>
     </row>
     <row r="2008">
       <c r="A2008" s="0" t="s">
-        <v>4005</v>
+        <v>4006</v>
       </c>
       <c r="B2008" s="0" t="s">
-        <v>4006</v>
+        <v>4007</v>
       </c>
     </row>
     <row r="2009">
       <c r="A2009" s="0" t="s">
-        <v>4007</v>
+        <v>4008</v>
       </c>
       <c r="B2009" s="0" t="s">
-        <v>4008</v>
+        <v>4009</v>
       </c>
     </row>
     <row r="2010">
       <c r="A2010" s="0" t="s">
-        <v>4009</v>
+        <v>4010</v>
       </c>
       <c r="B2010" s="0" t="s">
-        <v>4010</v>
+        <v>4011</v>
       </c>
     </row>
     <row r="2011">
       <c r="A2011" s="0" t="s">
-        <v>4011</v>
+        <v>4012</v>
       </c>
       <c r="B2011" s="0" t="s">
-        <v>4012</v>
+        <v>4013</v>
       </c>
     </row>
     <row r="2012">
       <c r="A2012" s="0" t="s">
-        <v>4013</v>
+        <v>4014</v>
       </c>
       <c r="B2012" s="0" t="s">
-        <v>4014</v>
+        <v>4015</v>
       </c>
     </row>
     <row r="2013">
       <c r="A2013" s="0" t="s">
-        <v>4015</v>
+        <v>4016</v>
       </c>
       <c r="B2013" s="0" t="s">
-        <v>4016</v>
+        <v>4017</v>
       </c>
     </row>
     <row r="2014">
       <c r="A2014" s="0" t="s">
-        <v>4017</v>
+        <v>4018</v>
       </c>
       <c r="B2014" s="0" t="s">
-        <v>4018</v>
+        <v>4019</v>
       </c>
     </row>
     <row r="2015">
       <c r="A2015" s="0" t="s">
-        <v>4019</v>
+        <v>4020</v>
       </c>
       <c r="B2015" s="0" t="s">
-        <v>4020</v>
+        <v>4021</v>
       </c>
     </row>
     <row r="2016">
       <c r="A2016" s="0" t="s">
-        <v>4021</v>
+        <v>4022</v>
       </c>
       <c r="B2016" s="0" t="s">
-        <v>4022</v>
+        <v>4023</v>
       </c>
     </row>
     <row r="2017">
       <c r="A2017" s="0" t="s">
-        <v>4023</v>
+        <v>4024</v>
       </c>
       <c r="B2017" s="0" t="s">
-        <v>4024</v>
+        <v>4025</v>
       </c>
     </row>
     <row r="2018">
       <c r="A2018" s="0" t="s">
-        <v>4025</v>
+        <v>4026</v>
       </c>
       <c r="B2018" s="0" t="s">
-        <v>4026</v>
+        <v>4027</v>
       </c>
     </row>
     <row r="2019">
       <c r="A2019" s="0" t="s">
-        <v>4027</v>
+        <v>4028</v>
       </c>
       <c r="B2019" s="0" t="s">
-        <v>4028</v>
+        <v>4029</v>
       </c>
     </row>
     <row r="2020">
       <c r="A2020" s="0" t="s">
-        <v>4029</v>
+        <v>4030</v>
       </c>
       <c r="B2020" s="0" t="s">
-        <v>4030</v>
+        <v>4031</v>
       </c>
     </row>
     <row r="2021">
       <c r="A2021" s="0" t="s">
-        <v>4031</v>
+        <v>4032</v>
       </c>
       <c r="B2021" s="0" t="s">
-        <v>4032</v>
+        <v>4033</v>
       </c>
     </row>
     <row r="2022">
       <c r="A2022" s="0" t="s">
-        <v>4033</v>
+        <v>4034</v>
       </c>
       <c r="B2022" s="0" t="s">
-        <v>4034</v>
+        <v>4035</v>
       </c>
     </row>
     <row r="2023">
       <c r="A2023" s="0" t="s">
-        <v>4035</v>
+        <v>4036</v>
       </c>
       <c r="B2023" s="0" t="s">
-        <v>4036</v>
+        <v>4037</v>
       </c>
     </row>
     <row r="2024">
       <c r="A2024" s="0" t="s">
-        <v>4037</v>
+        <v>4038</v>
       </c>
       <c r="B2024" s="0" t="s">
-        <v>4038</v>
+        <v>4039</v>
       </c>
     </row>
     <row r="2025">
       <c r="A2025" s="0" t="s">
-        <v>4039</v>
+        <v>4040</v>
       </c>
       <c r="B2025" s="0" t="s">
-        <v>4040</v>
+        <v>4041</v>
       </c>
     </row>
     <row r="2026">
       <c r="A2026" s="0" t="s">
-        <v>4041</v>
+        <v>4042</v>
       </c>
       <c r="B2026" s="0" t="s">
-        <v>4042</v>
+        <v>4043</v>
       </c>
     </row>
     <row r="2027">
       <c r="A2027" s="0" t="s">
-        <v>4043</v>
+        <v>4044</v>
       </c>
       <c r="B2027" s="0" t="s">
-        <v>4044</v>
+        <v>4045</v>
       </c>
     </row>
     <row r="2028">
       <c r="A2028" s="0" t="s">
-        <v>4045</v>
+        <v>4046</v>
       </c>
       <c r="B2028" s="0" t="s">
-        <v>4046</v>
+        <v>4047</v>
       </c>
     </row>
     <row r="2029">
       <c r="A2029" s="0" t="s">
-        <v>4047</v>
+        <v>4048</v>
       </c>
       <c r="B2029" s="0" t="s">
-        <v>4048</v>
+        <v>4049</v>
       </c>
     </row>
     <row r="2030">
       <c r="A2030" s="0" t="s">
+        <v>4050</v>
+      </c>
+      <c r="B2030" s="0" t="s">
         <v>4049</v>
-      </c>
-[...1 lines deleted...]
-        <v>4050</v>
       </c>
     </row>
     <row r="2031">
       <c r="A2031" s="0" t="s">
         <v>4051</v>
       </c>
       <c r="B2031" s="0" t="s">
         <v>4052</v>
       </c>
     </row>
     <row r="2032">
       <c r="A2032" s="0" t="s">
         <v>4053</v>
       </c>
       <c r="B2032" s="0" t="s">
         <v>4054</v>
       </c>
     </row>
     <row r="2033">
       <c r="A2033" s="0" t="s">
         <v>4055</v>
       </c>
       <c r="B2033" s="0" t="s">
         <v>4056</v>
       </c>
@@ -34213,1363 +34585,1363 @@
       <c r="B2247" s="0" t="s">
         <v>4484</v>
       </c>
     </row>
     <row r="2248">
       <c r="A2248" s="0" t="s">
         <v>4485</v>
       </c>
       <c r="B2248" s="0" t="s">
         <v>4486</v>
       </c>
     </row>
     <row r="2249">
       <c r="A2249" s="0" t="s">
         <v>4487</v>
       </c>
       <c r="B2249" s="0" t="s">
         <v>4488</v>
       </c>
     </row>
     <row r="2250">
       <c r="A2250" s="0" t="s">
         <v>4489</v>
       </c>
       <c r="B2250" s="0" t="s">
-        <v>4392</v>
+        <v>4490</v>
       </c>
     </row>
     <row r="2251">
       <c r="A2251" s="0" t="s">
-        <v>4490</v>
+        <v>4491</v>
       </c>
       <c r="B2251" s="0" t="s">
-        <v>4491</v>
+        <v>4492</v>
       </c>
     </row>
     <row r="2252">
       <c r="A2252" s="0" t="s">
-        <v>4492</v>
+        <v>4493</v>
       </c>
       <c r="B2252" s="0" t="s">
-        <v>4493</v>
+        <v>4494</v>
       </c>
     </row>
     <row r="2253">
       <c r="A2253" s="0" t="s">
-        <v>4494</v>
+        <v>4495</v>
       </c>
       <c r="B2253" s="0" t="s">
-        <v>4495</v>
+        <v>4496</v>
       </c>
     </row>
     <row r="2254">
       <c r="A2254" s="0" t="s">
-        <v>4496</v>
+        <v>4497</v>
       </c>
       <c r="B2254" s="0" t="s">
-        <v>4497</v>
+        <v>4498</v>
       </c>
     </row>
     <row r="2255">
       <c r="A2255" s="0" t="s">
-        <v>4498</v>
+        <v>4499</v>
       </c>
       <c r="B2255" s="0" t="s">
-        <v>4499</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="2256">
       <c r="A2256" s="0" t="s">
-        <v>4500</v>
+        <v>4501</v>
       </c>
       <c r="B2256" s="0" t="s">
-        <v>4501</v>
+        <v>4502</v>
       </c>
     </row>
     <row r="2257">
       <c r="A2257" s="0" t="s">
-        <v>4502</v>
+        <v>4503</v>
       </c>
       <c r="B2257" s="0" t="s">
-        <v>4503</v>
+        <v>4504</v>
       </c>
     </row>
     <row r="2258">
       <c r="A2258" s="0" t="s">
-        <v>4504</v>
+        <v>4505</v>
       </c>
       <c r="B2258" s="0" t="s">
-        <v>4505</v>
+        <v>4506</v>
       </c>
     </row>
     <row r="2259">
       <c r="A2259" s="0" t="s">
-        <v>4506</v>
+        <v>4507</v>
       </c>
       <c r="B2259" s="0" t="s">
-        <v>4507</v>
+        <v>4508</v>
       </c>
     </row>
     <row r="2260">
       <c r="A2260" s="0" t="s">
-        <v>4508</v>
+        <v>4509</v>
       </c>
       <c r="B2260" s="0" t="s">
-        <v>4509</v>
+        <v>4510</v>
       </c>
     </row>
     <row r="2261">
       <c r="A2261" s="0" t="s">
-        <v>4510</v>
+        <v>4511</v>
       </c>
       <c r="B2261" s="0" t="s">
-        <v>4511</v>
+        <v>4512</v>
       </c>
     </row>
     <row r="2262">
       <c r="A2262" s="0" t="s">
-        <v>4512</v>
+        <v>4513</v>
       </c>
       <c r="B2262" s="0" t="s">
-        <v>4513</v>
+        <v>4514</v>
       </c>
     </row>
     <row r="2263">
       <c r="A2263" s="0" t="s">
-        <v>4514</v>
+        <v>4515</v>
       </c>
       <c r="B2263" s="0" t="s">
-        <v>4515</v>
+        <v>4516</v>
       </c>
     </row>
     <row r="2264">
       <c r="A2264" s="0" t="s">
-        <v>4516</v>
+        <v>4517</v>
       </c>
       <c r="B2264" s="0" t="s">
-        <v>4517</v>
+        <v>4518</v>
       </c>
     </row>
     <row r="2265">
       <c r="A2265" s="0" t="s">
-        <v>4518</v>
+        <v>4519</v>
       </c>
       <c r="B2265" s="0" t="s">
-        <v>4519</v>
+        <v>4520</v>
       </c>
     </row>
     <row r="2266">
       <c r="A2266" s="0" t="s">
-        <v>4520</v>
+        <v>4521</v>
       </c>
       <c r="B2266" s="0" t="s">
-        <v>4521</v>
+        <v>4522</v>
       </c>
     </row>
     <row r="2267">
       <c r="A2267" s="0" t="s">
-        <v>4522</v>
+        <v>4523</v>
       </c>
       <c r="B2267" s="0" t="s">
-        <v>4523</v>
+        <v>4524</v>
       </c>
     </row>
     <row r="2268">
       <c r="A2268" s="0" t="s">
-        <v>4524</v>
+        <v>4525</v>
       </c>
       <c r="B2268" s="0" t="s">
-        <v>4525</v>
+        <v>4526</v>
       </c>
     </row>
     <row r="2269">
       <c r="A2269" s="0" t="s">
-        <v>4526</v>
+        <v>4527</v>
       </c>
       <c r="B2269" s="0" t="s">
-        <v>4527</v>
+        <v>4528</v>
       </c>
     </row>
     <row r="2270">
       <c r="A2270" s="0" t="s">
-        <v>4528</v>
+        <v>4529</v>
       </c>
       <c r="B2270" s="0" t="s">
-        <v>4529</v>
+        <v>4530</v>
       </c>
     </row>
     <row r="2271">
       <c r="A2271" s="0" t="s">
-        <v>4530</v>
+        <v>4531</v>
       </c>
       <c r="B2271" s="0" t="s">
-        <v>4531</v>
+        <v>4532</v>
       </c>
     </row>
     <row r="2272">
       <c r="A2272" s="0" t="s">
-        <v>4532</v>
+        <v>4533</v>
       </c>
       <c r="B2272" s="0" t="s">
-        <v>4533</v>
+        <v>4534</v>
       </c>
     </row>
     <row r="2273">
       <c r="A2273" s="0" t="s">
-        <v>4534</v>
+        <v>4535</v>
       </c>
       <c r="B2273" s="0" t="s">
-        <v>4535</v>
+        <v>4536</v>
       </c>
     </row>
     <row r="2274">
       <c r="A2274" s="0" t="s">
-        <v>4536</v>
+        <v>4537</v>
       </c>
       <c r="B2274" s="0" t="s">
-        <v>4537</v>
+        <v>4538</v>
       </c>
     </row>
     <row r="2275">
       <c r="A2275" s="0" t="s">
-        <v>4538</v>
+        <v>4539</v>
       </c>
       <c r="B2275" s="0" t="s">
-        <v>4539</v>
+        <v>4540</v>
       </c>
     </row>
     <row r="2276">
       <c r="A2276" s="0" t="s">
-        <v>4540</v>
+        <v>4541</v>
       </c>
       <c r="B2276" s="0" t="s">
-        <v>4541</v>
+        <v>4542</v>
       </c>
     </row>
     <row r="2277">
       <c r="A2277" s="0" t="s">
-        <v>4542</v>
+        <v>4543</v>
       </c>
       <c r="B2277" s="0" t="s">
-        <v>4543</v>
+        <v>4544</v>
       </c>
     </row>
     <row r="2278">
       <c r="A2278" s="0" t="s">
-        <v>4544</v>
+        <v>4545</v>
       </c>
       <c r="B2278" s="0" t="s">
-        <v>4545</v>
+        <v>4546</v>
       </c>
     </row>
     <row r="2279">
       <c r="A2279" s="0" t="s">
-        <v>4546</v>
+        <v>4547</v>
       </c>
       <c r="B2279" s="0" t="s">
-        <v>4547</v>
+        <v>4548</v>
       </c>
     </row>
     <row r="2280">
       <c r="A2280" s="0" t="s">
-        <v>4548</v>
+        <v>4549</v>
       </c>
       <c r="B2280" s="0" t="s">
-        <v>4549</v>
+        <v>4550</v>
       </c>
     </row>
     <row r="2281">
       <c r="A2281" s="0" t="s">
-        <v>4550</v>
+        <v>4551</v>
       </c>
       <c r="B2281" s="0" t="s">
-        <v>4551</v>
+        <v>4552</v>
       </c>
     </row>
     <row r="2282">
       <c r="A2282" s="0" t="s">
-        <v>4552</v>
+        <v>4553</v>
       </c>
       <c r="B2282" s="0" t="s">
-        <v>4553</v>
+        <v>4554</v>
       </c>
     </row>
     <row r="2283">
       <c r="A2283" s="0" t="s">
-        <v>4554</v>
+        <v>4555</v>
       </c>
       <c r="B2283" s="0" t="s">
-        <v>4555</v>
+        <v>4556</v>
       </c>
     </row>
     <row r="2284">
       <c r="A2284" s="0" t="s">
-        <v>4556</v>
+        <v>4557</v>
       </c>
       <c r="B2284" s="0" t="s">
-        <v>4557</v>
+        <v>4558</v>
       </c>
     </row>
     <row r="2285">
       <c r="A2285" s="0" t="s">
-        <v>4558</v>
+        <v>4559</v>
       </c>
       <c r="B2285" s="0" t="s">
-        <v>4559</v>
+        <v>4560</v>
       </c>
     </row>
     <row r="2286">
       <c r="A2286" s="0" t="s">
-        <v>4560</v>
+        <v>4561</v>
       </c>
       <c r="B2286" s="0" t="s">
-        <v>4561</v>
+        <v>4562</v>
       </c>
     </row>
     <row r="2287">
       <c r="A2287" s="0" t="s">
-        <v>4562</v>
+        <v>4563</v>
       </c>
       <c r="B2287" s="0" t="s">
-        <v>4563</v>
+        <v>4564</v>
       </c>
     </row>
     <row r="2288">
       <c r="A2288" s="0" t="s">
-        <v>4564</v>
+        <v>4565</v>
       </c>
       <c r="B2288" s="0" t="s">
-        <v>4565</v>
+        <v>4566</v>
       </c>
     </row>
     <row r="2289">
       <c r="A2289" s="0" t="s">
-        <v>4566</v>
+        <v>4567</v>
       </c>
       <c r="B2289" s="0" t="s">
-        <v>4567</v>
+        <v>4568</v>
       </c>
     </row>
     <row r="2290">
       <c r="A2290" s="0" t="s">
-        <v>4568</v>
+        <v>4569</v>
       </c>
       <c r="B2290" s="0" t="s">
-        <v>4569</v>
+        <v>4570</v>
       </c>
     </row>
     <row r="2291">
       <c r="A2291" s="0" t="s">
-        <v>4570</v>
+        <v>4571</v>
       </c>
       <c r="B2291" s="0" t="s">
-        <v>4571</v>
+        <v>4572</v>
       </c>
     </row>
     <row r="2292">
       <c r="A2292" s="0" t="s">
-        <v>4572</v>
+        <v>4573</v>
       </c>
       <c r="B2292" s="0" t="s">
-        <v>4573</v>
+        <v>4574</v>
       </c>
     </row>
     <row r="2293">
       <c r="A2293" s="0" t="s">
-        <v>4574</v>
+        <v>4575</v>
       </c>
       <c r="B2293" s="0" t="s">
-        <v>4575</v>
+        <v>4576</v>
       </c>
     </row>
     <row r="2294">
       <c r="A2294" s="0" t="s">
-        <v>4576</v>
+        <v>4577</v>
       </c>
       <c r="B2294" s="0" t="s">
-        <v>4577</v>
+        <v>4578</v>
       </c>
     </row>
     <row r="2295">
       <c r="A2295" s="0" t="s">
-        <v>4578</v>
+        <v>4579</v>
       </c>
       <c r="B2295" s="0" t="s">
-        <v>4579</v>
+        <v>4580</v>
       </c>
     </row>
     <row r="2296">
       <c r="A2296" s="0" t="s">
-        <v>4580</v>
+        <v>4581</v>
       </c>
       <c r="B2296" s="0" t="s">
-        <v>4581</v>
+        <v>4582</v>
       </c>
     </row>
     <row r="2297">
       <c r="A2297" s="0" t="s">
-        <v>4582</v>
+        <v>4583</v>
       </c>
       <c r="B2297" s="0" t="s">
-        <v>4583</v>
+        <v>4584</v>
       </c>
     </row>
     <row r="2298">
       <c r="A2298" s="0" t="s">
-        <v>4584</v>
+        <v>4585</v>
       </c>
       <c r="B2298" s="0" t="s">
-        <v>4585</v>
+        <v>4586</v>
       </c>
     </row>
     <row r="2299">
       <c r="A2299" s="0" t="s">
-        <v>4586</v>
+        <v>4587</v>
       </c>
       <c r="B2299" s="0" t="s">
-        <v>4587</v>
+        <v>4588</v>
       </c>
     </row>
     <row r="2300">
       <c r="A2300" s="0" t="s">
-        <v>4588</v>
+        <v>4589</v>
       </c>
       <c r="B2300" s="0" t="s">
-        <v>4589</v>
+        <v>4590</v>
       </c>
     </row>
     <row r="2301">
       <c r="A2301" s="0" t="s">
-        <v>4590</v>
+        <v>4591</v>
       </c>
       <c r="B2301" s="0" t="s">
-        <v>4591</v>
+        <v>4592</v>
       </c>
     </row>
     <row r="2302">
       <c r="A2302" s="0" t="s">
-        <v>4592</v>
+        <v>4593</v>
       </c>
       <c r="B2302" s="0" t="s">
-        <v>4593</v>
+        <v>4594</v>
       </c>
     </row>
     <row r="2303">
       <c r="A2303" s="0" t="s">
-        <v>4594</v>
+        <v>4595</v>
       </c>
       <c r="B2303" s="0" t="s">
-        <v>4595</v>
+        <v>4596</v>
       </c>
     </row>
     <row r="2304">
       <c r="A2304" s="0" t="s">
-        <v>4596</v>
+        <v>4597</v>
       </c>
       <c r="B2304" s="0" t="s">
-        <v>4597</v>
+        <v>4598</v>
       </c>
     </row>
     <row r="2305">
       <c r="A2305" s="0" t="s">
-        <v>4598</v>
+        <v>4599</v>
       </c>
       <c r="B2305" s="0" t="s">
-        <v>4599</v>
+        <v>4600</v>
       </c>
     </row>
     <row r="2306">
       <c r="A2306" s="0" t="s">
-        <v>4600</v>
+        <v>4601</v>
       </c>
       <c r="B2306" s="0" t="s">
-        <v>4270</v>
+        <v>4602</v>
       </c>
     </row>
     <row r="2307">
       <c r="A2307" s="0" t="s">
-        <v>4601</v>
+        <v>4603</v>
       </c>
       <c r="B2307" s="0" t="s">
-        <v>4602</v>
+        <v>4604</v>
       </c>
     </row>
     <row r="2308">
       <c r="A2308" s="0" t="s">
-        <v>4603</v>
+        <v>4605</v>
       </c>
       <c r="B2308" s="0" t="s">
-        <v>4484</v>
+        <v>4606</v>
       </c>
     </row>
     <row r="2309">
       <c r="A2309" s="0" t="s">
-        <v>4604</v>
+        <v>4607</v>
       </c>
       <c r="B2309" s="0" t="s">
-        <v>4605</v>
+        <v>4608</v>
       </c>
     </row>
     <row r="2310">
       <c r="A2310" s="0" t="s">
-        <v>4606</v>
+        <v>4609</v>
       </c>
       <c r="B2310" s="0" t="s">
-        <v>4607</v>
+        <v>4610</v>
       </c>
     </row>
     <row r="2311">
       <c r="A2311" s="0" t="s">
-        <v>4608</v>
+        <v>4611</v>
       </c>
       <c r="B2311" s="0" t="s">
-        <v>4609</v>
+        <v>4612</v>
       </c>
     </row>
     <row r="2312">
       <c r="A2312" s="0" t="s">
-        <v>4610</v>
+        <v>4613</v>
       </c>
       <c r="B2312" s="0" t="s">
-        <v>4611</v>
+        <v>4516</v>
       </c>
     </row>
     <row r="2313">
       <c r="A2313" s="0" t="s">
-        <v>4612</v>
+        <v>4614</v>
       </c>
       <c r="B2313" s="0" t="s">
-        <v>4613</v>
+        <v>4615</v>
       </c>
     </row>
     <row r="2314">
       <c r="A2314" s="0" t="s">
-        <v>4614</v>
+        <v>4616</v>
       </c>
       <c r="B2314" s="0" t="s">
-        <v>4615</v>
+        <v>4617</v>
       </c>
     </row>
     <row r="2315">
       <c r="A2315" s="0" t="s">
-        <v>4616</v>
+        <v>4618</v>
       </c>
       <c r="B2315" s="0" t="s">
-        <v>4617</v>
+        <v>4619</v>
       </c>
     </row>
     <row r="2316">
       <c r="A2316" s="0" t="s">
-        <v>4618</v>
+        <v>4620</v>
       </c>
       <c r="B2316" s="0" t="s">
-        <v>4619</v>
+        <v>4621</v>
       </c>
     </row>
     <row r="2317">
       <c r="A2317" s="0" t="s">
-        <v>4620</v>
+        <v>4622</v>
       </c>
       <c r="B2317" s="0" t="s">
-        <v>4621</v>
+        <v>4623</v>
       </c>
     </row>
     <row r="2318">
       <c r="A2318" s="0" t="s">
-        <v>4622</v>
+        <v>4624</v>
       </c>
       <c r="B2318" s="0" t="s">
-        <v>4623</v>
+        <v>4625</v>
       </c>
     </row>
     <row r="2319">
       <c r="A2319" s="0" t="s">
-        <v>4624</v>
+        <v>4626</v>
       </c>
       <c r="B2319" s="0" t="s">
-        <v>4625</v>
+        <v>4627</v>
       </c>
     </row>
     <row r="2320">
       <c r="A2320" s="0" t="s">
-        <v>4626</v>
+        <v>4628</v>
       </c>
       <c r="B2320" s="0" t="s">
-        <v>4573</v>
+        <v>4629</v>
       </c>
     </row>
     <row r="2321">
       <c r="A2321" s="0" t="s">
-        <v>4627</v>
+        <v>4630</v>
       </c>
       <c r="B2321" s="0" t="s">
-        <v>4628</v>
+        <v>4631</v>
       </c>
     </row>
     <row r="2322">
       <c r="A2322" s="0" t="s">
-        <v>4629</v>
+        <v>4632</v>
       </c>
       <c r="B2322" s="0" t="s">
-        <v>4630</v>
+        <v>4633</v>
       </c>
     </row>
     <row r="2323">
       <c r="A2323" s="0" t="s">
-        <v>4631</v>
+        <v>4634</v>
       </c>
       <c r="B2323" s="0" t="s">
-        <v>4632</v>
+        <v>4635</v>
       </c>
     </row>
     <row r="2324">
       <c r="A2324" s="0" t="s">
-        <v>4633</v>
+        <v>4636</v>
       </c>
       <c r="B2324" s="0" t="s">
-        <v>4634</v>
+        <v>4637</v>
       </c>
     </row>
     <row r="2325">
       <c r="A2325" s="0" t="s">
-        <v>4635</v>
+        <v>4638</v>
       </c>
       <c r="B2325" s="0" t="s">
-        <v>4636</v>
+        <v>4639</v>
       </c>
     </row>
     <row r="2326">
       <c r="A2326" s="0" t="s">
-        <v>4637</v>
+        <v>4640</v>
       </c>
       <c r="B2326" s="0" t="s">
-        <v>4638</v>
+        <v>4641</v>
       </c>
     </row>
     <row r="2327">
       <c r="A2327" s="0" t="s">
-        <v>4639</v>
+        <v>4642</v>
       </c>
       <c r="B2327" s="0" t="s">
-        <v>4640</v>
+        <v>4643</v>
       </c>
     </row>
     <row r="2328">
       <c r="A2328" s="0" t="s">
-        <v>4641</v>
+        <v>4644</v>
       </c>
       <c r="B2328" s="0" t="s">
-        <v>4642</v>
+        <v>4645</v>
       </c>
     </row>
     <row r="2329">
       <c r="A2329" s="0" t="s">
-        <v>4643</v>
+        <v>4646</v>
       </c>
       <c r="B2329" s="0" t="s">
-        <v>4644</v>
+        <v>4647</v>
       </c>
     </row>
     <row r="2330">
       <c r="A2330" s="0" t="s">
-        <v>4645</v>
+        <v>4648</v>
       </c>
       <c r="B2330" s="0" t="s">
-        <v>4646</v>
+        <v>4649</v>
       </c>
     </row>
     <row r="2331">
       <c r="A2331" s="0" t="s">
-        <v>4647</v>
+        <v>4650</v>
       </c>
       <c r="B2331" s="0" t="s">
-        <v>4648</v>
+        <v>4651</v>
       </c>
     </row>
     <row r="2332">
       <c r="A2332" s="0" t="s">
-        <v>4649</v>
+        <v>4652</v>
       </c>
       <c r="B2332" s="0" t="s">
-        <v>4650</v>
+        <v>4653</v>
       </c>
     </row>
     <row r="2333">
       <c r="A2333" s="0" t="s">
-        <v>4651</v>
+        <v>4654</v>
       </c>
       <c r="B2333" s="0" t="s">
-        <v>4652</v>
+        <v>4655</v>
       </c>
     </row>
     <row r="2334">
       <c r="A2334" s="0" t="s">
-        <v>4653</v>
+        <v>4656</v>
       </c>
       <c r="B2334" s="0" t="s">
-        <v>4654</v>
+        <v>4657</v>
       </c>
     </row>
     <row r="2335">
       <c r="A2335" s="0" t="s">
-        <v>4655</v>
+        <v>4658</v>
       </c>
       <c r="B2335" s="0" t="s">
-        <v>4656</v>
+        <v>4659</v>
       </c>
     </row>
     <row r="2336">
       <c r="A2336" s="0" t="s">
-        <v>4657</v>
+        <v>4660</v>
       </c>
       <c r="B2336" s="0" t="s">
-        <v>4658</v>
+        <v>4661</v>
       </c>
     </row>
     <row r="2337">
       <c r="A2337" s="0" t="s">
-        <v>4659</v>
+        <v>4662</v>
       </c>
       <c r="B2337" s="0" t="s">
-        <v>4660</v>
+        <v>4663</v>
       </c>
     </row>
     <row r="2338">
       <c r="A2338" s="0" t="s">
-        <v>4661</v>
+        <v>4664</v>
       </c>
       <c r="B2338" s="0" t="s">
-        <v>4662</v>
+        <v>4665</v>
       </c>
     </row>
     <row r="2339">
       <c r="A2339" s="0" t="s">
-        <v>4663</v>
+        <v>4666</v>
       </c>
       <c r="B2339" s="0" t="s">
-        <v>4664</v>
+        <v>4667</v>
       </c>
     </row>
     <row r="2340">
       <c r="A2340" s="0" t="s">
-        <v>4665</v>
+        <v>4668</v>
       </c>
       <c r="B2340" s="0" t="s">
-        <v>4666</v>
+        <v>4669</v>
       </c>
     </row>
     <row r="2341">
       <c r="A2341" s="0" t="s">
-        <v>4667</v>
+        <v>4670</v>
       </c>
       <c r="B2341" s="0" t="s">
-        <v>4668</v>
+        <v>4671</v>
       </c>
     </row>
     <row r="2342">
       <c r="A2342" s="0" t="s">
-        <v>4669</v>
+        <v>4672</v>
       </c>
       <c r="B2342" s="0" t="s">
-        <v>4670</v>
+        <v>4673</v>
       </c>
     </row>
     <row r="2343">
       <c r="A2343" s="0" t="s">
-        <v>4671</v>
+        <v>4674</v>
       </c>
       <c r="B2343" s="0" t="s">
-        <v>4372</v>
+        <v>4675</v>
       </c>
     </row>
     <row r="2344">
       <c r="A2344" s="0" t="s">
-        <v>4672</v>
+        <v>4676</v>
       </c>
       <c r="B2344" s="0" t="s">
-        <v>4673</v>
+        <v>4677</v>
       </c>
     </row>
     <row r="2345">
       <c r="A2345" s="0" t="s">
-        <v>4674</v>
+        <v>4678</v>
       </c>
       <c r="B2345" s="0" t="s">
-        <v>4675</v>
+        <v>4679</v>
       </c>
     </row>
     <row r="2346">
       <c r="A2346" s="0" t="s">
-        <v>4676</v>
+        <v>4680</v>
       </c>
       <c r="B2346" s="0" t="s">
-        <v>4677</v>
+        <v>4681</v>
       </c>
     </row>
     <row r="2347">
       <c r="A2347" s="0" t="s">
-        <v>4678</v>
+        <v>4682</v>
       </c>
       <c r="B2347" s="0" t="s">
-        <v>4679</v>
+        <v>4683</v>
       </c>
     </row>
     <row r="2348">
       <c r="A2348" s="0" t="s">
-        <v>4680</v>
+        <v>4684</v>
       </c>
       <c r="B2348" s="0" t="s">
-        <v>4681</v>
+        <v>4685</v>
       </c>
     </row>
     <row r="2349">
       <c r="A2349" s="0" t="s">
-        <v>4682</v>
+        <v>4686</v>
       </c>
       <c r="B2349" s="0" t="s">
-        <v>4683</v>
+        <v>4687</v>
       </c>
     </row>
     <row r="2350">
       <c r="A2350" s="0" t="s">
-        <v>4684</v>
+        <v>4688</v>
       </c>
       <c r="B2350" s="0" t="s">
-        <v>4685</v>
+        <v>4689</v>
       </c>
     </row>
     <row r="2351">
       <c r="A2351" s="0" t="s">
-        <v>4686</v>
+        <v>4690</v>
       </c>
       <c r="B2351" s="0" t="s">
-        <v>4687</v>
+        <v>4691</v>
       </c>
     </row>
     <row r="2352">
       <c r="A2352" s="0" t="s">
-        <v>4688</v>
+        <v>4692</v>
       </c>
       <c r="B2352" s="0" t="s">
-        <v>4628</v>
+        <v>4693</v>
       </c>
     </row>
     <row r="2353">
       <c r="A2353" s="0" t="s">
-        <v>4689</v>
+        <v>4694</v>
       </c>
       <c r="B2353" s="0" t="s">
-        <v>4690</v>
+        <v>4695</v>
       </c>
     </row>
     <row r="2354">
       <c r="A2354" s="0" t="s">
-        <v>4691</v>
+        <v>4696</v>
       </c>
       <c r="B2354" s="0" t="s">
-        <v>4692</v>
+        <v>4697</v>
       </c>
     </row>
     <row r="2355">
       <c r="A2355" s="0" t="s">
-        <v>4693</v>
+        <v>4698</v>
       </c>
       <c r="B2355" s="0" t="s">
-        <v>4694</v>
+        <v>4699</v>
       </c>
     </row>
     <row r="2356">
       <c r="A2356" s="0" t="s">
-        <v>4695</v>
+        <v>4700</v>
       </c>
       <c r="B2356" s="0" t="s">
-        <v>4696</v>
+        <v>4701</v>
       </c>
     </row>
     <row r="2357">
       <c r="A2357" s="0" t="s">
-        <v>4697</v>
+        <v>4702</v>
       </c>
       <c r="B2357" s="0" t="s">
-        <v>4698</v>
+        <v>4703</v>
       </c>
     </row>
     <row r="2358">
       <c r="A2358" s="0" t="s">
-        <v>4699</v>
+        <v>4704</v>
       </c>
       <c r="B2358" s="0" t="s">
-        <v>4700</v>
+        <v>4705</v>
       </c>
     </row>
     <row r="2359">
       <c r="A2359" s="0" t="s">
-        <v>4701</v>
+        <v>4706</v>
       </c>
       <c r="B2359" s="0" t="s">
-        <v>4702</v>
+        <v>4707</v>
       </c>
     </row>
     <row r="2360">
       <c r="A2360" s="0" t="s">
-        <v>4703</v>
+        <v>4708</v>
       </c>
       <c r="B2360" s="0" t="s">
-        <v>4704</v>
+        <v>4709</v>
       </c>
     </row>
     <row r="2361">
       <c r="A2361" s="0" t="s">
-        <v>4705</v>
+        <v>4710</v>
       </c>
       <c r="B2361" s="0" t="s">
-        <v>4706</v>
+        <v>4711</v>
       </c>
     </row>
     <row r="2362">
       <c r="A2362" s="0" t="s">
-        <v>4707</v>
+        <v>4712</v>
       </c>
       <c r="B2362" s="0" t="s">
-        <v>4708</v>
+        <v>4713</v>
       </c>
     </row>
     <row r="2363">
       <c r="A2363" s="0" t="s">
-        <v>4709</v>
+        <v>4714</v>
       </c>
       <c r="B2363" s="0" t="s">
-        <v>4710</v>
+        <v>4715</v>
       </c>
     </row>
     <row r="2364">
       <c r="A2364" s="0" t="s">
-        <v>4711</v>
+        <v>4716</v>
       </c>
       <c r="B2364" s="0" t="s">
-        <v>4712</v>
+        <v>4717</v>
       </c>
     </row>
     <row r="2365">
       <c r="A2365" s="0" t="s">
-        <v>4713</v>
+        <v>4718</v>
       </c>
       <c r="B2365" s="0" t="s">
-        <v>4714</v>
+        <v>4719</v>
       </c>
     </row>
     <row r="2366">
       <c r="A2366" s="0" t="s">
-        <v>4715</v>
+        <v>4720</v>
       </c>
       <c r="B2366" s="0" t="s">
-        <v>4716</v>
+        <v>4721</v>
       </c>
     </row>
     <row r="2367">
       <c r="A2367" s="0" t="s">
-        <v>4717</v>
+        <v>4722</v>
       </c>
       <c r="B2367" s="0" t="s">
-        <v>4718</v>
+        <v>4723</v>
       </c>
     </row>
     <row r="2368">
       <c r="A2368" s="0" t="s">
-        <v>4719</v>
+        <v>4724</v>
       </c>
       <c r="B2368" s="0" t="s">
-        <v>4720</v>
+        <v>4394</v>
       </c>
     </row>
     <row r="2369">
       <c r="A2369" s="0" t="s">
-        <v>4721</v>
+        <v>4725</v>
       </c>
       <c r="B2369" s="0" t="s">
-        <v>4722</v>
+        <v>4726</v>
       </c>
     </row>
     <row r="2370">
       <c r="A2370" s="0" t="s">
-        <v>4723</v>
+        <v>4727</v>
       </c>
       <c r="B2370" s="0" t="s">
-        <v>4724</v>
+        <v>4608</v>
       </c>
     </row>
     <row r="2371">
       <c r="A2371" s="0" t="s">
-        <v>4725</v>
+        <v>4728</v>
       </c>
       <c r="B2371" s="0" t="s">
-        <v>4726</v>
+        <v>4729</v>
       </c>
     </row>
     <row r="2372">
       <c r="A2372" s="0" t="s">
-        <v>4727</v>
+        <v>4730</v>
       </c>
       <c r="B2372" s="0" t="s">
-        <v>4728</v>
+        <v>4731</v>
       </c>
     </row>
     <row r="2373">
       <c r="A2373" s="0" t="s">
-        <v>4729</v>
+        <v>4732</v>
       </c>
       <c r="B2373" s="0" t="s">
-        <v>4730</v>
+        <v>4733</v>
       </c>
     </row>
     <row r="2374">
       <c r="A2374" s="0" t="s">
-        <v>4731</v>
+        <v>4734</v>
       </c>
       <c r="B2374" s="0" t="s">
-        <v>4732</v>
+        <v>4735</v>
       </c>
     </row>
     <row r="2375">
       <c r="A2375" s="0" t="s">
-        <v>4733</v>
+        <v>4736</v>
       </c>
       <c r="B2375" s="0" t="s">
-        <v>4734</v>
+        <v>4737</v>
       </c>
     </row>
     <row r="2376">
       <c r="A2376" s="0" t="s">
-        <v>4735</v>
+        <v>4738</v>
       </c>
       <c r="B2376" s="0" t="s">
-        <v>4736</v>
+        <v>4739</v>
       </c>
     </row>
     <row r="2377">
       <c r="A2377" s="0" t="s">
-        <v>4737</v>
+        <v>4740</v>
       </c>
       <c r="B2377" s="0" t="s">
-        <v>4738</v>
+        <v>4741</v>
       </c>
     </row>
     <row r="2378">
       <c r="A2378" s="0" t="s">
-        <v>4739</v>
+        <v>4742</v>
       </c>
       <c r="B2378" s="0" t="s">
-        <v>4740</v>
+        <v>4743</v>
       </c>
     </row>
     <row r="2379">
       <c r="A2379" s="0" t="s">
-        <v>4741</v>
+        <v>4744</v>
       </c>
       <c r="B2379" s="0" t="s">
-        <v>4742</v>
+        <v>4745</v>
       </c>
     </row>
     <row r="2380">
       <c r="A2380" s="0" t="s">
-        <v>4743</v>
+        <v>4746</v>
       </c>
       <c r="B2380" s="0" t="s">
-        <v>4744</v>
+        <v>4747</v>
       </c>
     </row>
     <row r="2381">
       <c r="A2381" s="0" t="s">
-        <v>4745</v>
+        <v>4748</v>
       </c>
       <c r="B2381" s="0" t="s">
-        <v>4746</v>
+        <v>4749</v>
       </c>
     </row>
     <row r="2382">
       <c r="A2382" s="0" t="s">
-        <v>4747</v>
+        <v>4750</v>
       </c>
       <c r="B2382" s="0" t="s">
-        <v>4748</v>
+        <v>4697</v>
       </c>
     </row>
     <row r="2383">
       <c r="A2383" s="0" t="s">
-        <v>4749</v>
+        <v>4751</v>
       </c>
       <c r="B2383" s="0" t="s">
-        <v>4750</v>
+        <v>4752</v>
       </c>
     </row>
     <row r="2384">
       <c r="A2384" s="0" t="s">
-        <v>4751</v>
+        <v>4753</v>
       </c>
       <c r="B2384" s="0" t="s">
-        <v>4752</v>
+        <v>4754</v>
       </c>
     </row>
     <row r="2385">
       <c r="A2385" s="0" t="s">
-        <v>4753</v>
+        <v>4755</v>
       </c>
       <c r="B2385" s="0" t="s">
-        <v>4754</v>
+        <v>4756</v>
       </c>
     </row>
     <row r="2386">
       <c r="A2386" s="0" t="s">
-        <v>4755</v>
+        <v>4757</v>
       </c>
       <c r="B2386" s="0" t="s">
-        <v>4756</v>
+        <v>4758</v>
       </c>
     </row>
     <row r="2387">
       <c r="A2387" s="0" t="s">
-        <v>4757</v>
+        <v>4759</v>
       </c>
       <c r="B2387" s="0" t="s">
-        <v>4758</v>
+        <v>4760</v>
       </c>
     </row>
     <row r="2388">
       <c r="A2388" s="0" t="s">
-        <v>4759</v>
+        <v>4761</v>
       </c>
       <c r="B2388" s="0" t="s">
-        <v>4760</v>
+        <v>4762</v>
       </c>
     </row>
     <row r="2389">
       <c r="A2389" s="0" t="s">
-        <v>4761</v>
+        <v>4763</v>
       </c>
       <c r="B2389" s="0" t="s">
-        <v>4762</v>
+        <v>4764</v>
       </c>
     </row>
     <row r="2390">
       <c r="A2390" s="0" t="s">
-        <v>4763</v>
+        <v>4765</v>
       </c>
       <c r="B2390" s="0" t="s">
-        <v>4764</v>
+        <v>4766</v>
       </c>
     </row>
     <row r="2391">
       <c r="A2391" s="0" t="s">
-        <v>4765</v>
+        <v>4767</v>
       </c>
       <c r="B2391" s="0" t="s">
-        <v>4766</v>
+        <v>4768</v>
       </c>
     </row>
     <row r="2392">
       <c r="A2392" s="0" t="s">
-        <v>4767</v>
+        <v>4769</v>
       </c>
       <c r="B2392" s="0" t="s">
-        <v>4768</v>
+        <v>4770</v>
       </c>
     </row>
     <row r="2393">
       <c r="A2393" s="0" t="s">
-        <v>4769</v>
+        <v>4771</v>
       </c>
       <c r="B2393" s="0" t="s">
-        <v>4770</v>
+        <v>4772</v>
       </c>
     </row>
     <row r="2394">
       <c r="A2394" s="0" t="s">
-        <v>4771</v>
+        <v>4773</v>
       </c>
       <c r="B2394" s="0" t="s">
-        <v>4772</v>
+        <v>4774</v>
       </c>
     </row>
     <row r="2395">
       <c r="A2395" s="0" t="s">
-        <v>4773</v>
+        <v>4775</v>
       </c>
       <c r="B2395" s="0" t="s">
-        <v>4774</v>
+        <v>4776</v>
       </c>
     </row>
     <row r="2396">
       <c r="A2396" s="0" t="s">
-        <v>4775</v>
+        <v>4777</v>
       </c>
       <c r="B2396" s="0" t="s">
-        <v>4776</v>
+        <v>4778</v>
       </c>
     </row>
     <row r="2397">
       <c r="A2397" s="0" t="s">
-        <v>4777</v>
+        <v>4779</v>
       </c>
       <c r="B2397" s="0" t="s">
-        <v>4778</v>
+        <v>4780</v>
       </c>
     </row>
     <row r="2398">
       <c r="A2398" s="0" t="s">
-        <v>4779</v>
+        <v>4781</v>
       </c>
       <c r="B2398" s="0" t="s">
-        <v>4780</v>
+        <v>4782</v>
       </c>
     </row>
     <row r="2399">
       <c r="A2399" s="0" t="s">
-        <v>4781</v>
+        <v>4783</v>
       </c>
       <c r="B2399" s="0" t="s">
-        <v>4782</v>
+        <v>4784</v>
       </c>
     </row>
     <row r="2400">
       <c r="A2400" s="0" t="s">
-        <v>4783</v>
+        <v>4785</v>
       </c>
       <c r="B2400" s="0" t="s">
-        <v>4784</v>
+        <v>4786</v>
       </c>
     </row>
     <row r="2401">
       <c r="A2401" s="0" t="s">
-        <v>4785</v>
+        <v>4787</v>
       </c>
       <c r="B2401" s="0" t="s">
-        <v>4786</v>
+        <v>4788</v>
       </c>
     </row>
     <row r="2402">
       <c r="A2402" s="0" t="s">
-        <v>4787</v>
+        <v>4789</v>
       </c>
       <c r="B2402" s="0" t="s">
-        <v>4788</v>
+        <v>4790</v>
       </c>
     </row>
     <row r="2403">
       <c r="A2403" s="0" t="s">
-        <v>4789</v>
+        <v>4791</v>
       </c>
       <c r="B2403" s="0" t="s">
-        <v>4790</v>
+        <v>4792</v>
       </c>
     </row>
     <row r="2404">
       <c r="A2404" s="0" t="s">
-        <v>4791</v>
+        <v>4793</v>
       </c>
       <c r="B2404" s="0" t="s">
-        <v>4792</v>
+        <v>4794</v>
       </c>
     </row>
     <row r="2405">
       <c r="A2405" s="0" t="s">
-        <v>4793</v>
+        <v>4795</v>
       </c>
       <c r="B2405" s="0" t="s">
-        <v>4794</v>
+        <v>4496</v>
       </c>
     </row>
     <row r="2406">
       <c r="A2406" s="0" t="s">
-        <v>4795</v>
+        <v>4796</v>
       </c>
       <c r="B2406" s="0" t="s">
-        <v>4796</v>
+        <v>4797</v>
       </c>
     </row>
     <row r="2407">
       <c r="A2407" s="0" t="s">
-        <v>4797</v>
+        <v>4798</v>
       </c>
       <c r="B2407" s="0" t="s">
-        <v>4798</v>
+        <v>4799</v>
       </c>
     </row>
     <row r="2408">
       <c r="A2408" s="0" t="s">
-        <v>4799</v>
+        <v>4800</v>
       </c>
       <c r="B2408" s="0" t="s">
-        <v>4800</v>
+        <v>4801</v>
       </c>
     </row>
     <row r="2409">
       <c r="A2409" s="0" t="s">
-        <v>4801</v>
+        <v>4802</v>
       </c>
       <c r="B2409" s="0" t="s">
-        <v>4802</v>
+        <v>4803</v>
       </c>
     </row>
     <row r="2410">
       <c r="A2410" s="0" t="s">
-        <v>4803</v>
+        <v>4804</v>
       </c>
       <c r="B2410" s="0" t="s">
-        <v>4804</v>
+        <v>4805</v>
       </c>
     </row>
     <row r="2411">
       <c r="A2411" s="0" t="s">
-        <v>4805</v>
+        <v>4806</v>
       </c>
       <c r="B2411" s="0" t="s">
-        <v>4806</v>
+        <v>4807</v>
       </c>
     </row>
     <row r="2412">
       <c r="A2412" s="0" t="s">
-        <v>4807</v>
+        <v>4808</v>
       </c>
       <c r="B2412" s="0" t="s">
-        <v>4808</v>
+        <v>4809</v>
       </c>
     </row>
     <row r="2413">
       <c r="A2413" s="0" t="s">
-        <v>4809</v>
+        <v>4810</v>
       </c>
       <c r="B2413" s="0" t="s">
-        <v>4810</v>
+        <v>4811</v>
       </c>
     </row>
     <row r="2414">
       <c r="A2414" s="0" t="s">
-        <v>4811</v>
+        <v>4812</v>
       </c>
       <c r="B2414" s="0" t="s">
-        <v>4812</v>
+        <v>4752</v>
       </c>
     </row>
     <row r="2415">
       <c r="A2415" s="0" t="s">
         <v>4813</v>
       </c>
       <c r="B2415" s="0" t="s">
         <v>4814</v>
       </c>
     </row>
     <row r="2416">
       <c r="A2416" s="0" t="s">
         <v>4815</v>
       </c>
       <c r="B2416" s="0" t="s">
         <v>4816</v>
       </c>
     </row>
     <row r="2417">
       <c r="A2417" s="0" t="s">
         <v>4817</v>
       </c>
       <c r="B2417" s="0" t="s">
         <v>4818</v>
       </c>
@@ -35885,547 +36257,547 @@
       <c r="B2456" s="0" t="s">
         <v>4896</v>
       </c>
     </row>
     <row r="2457">
       <c r="A2457" s="0" t="s">
         <v>4897</v>
       </c>
       <c r="B2457" s="0" t="s">
         <v>4898</v>
       </c>
     </row>
     <row r="2458">
       <c r="A2458" s="0" t="s">
         <v>4899</v>
       </c>
       <c r="B2458" s="0" t="s">
         <v>4900</v>
       </c>
     </row>
     <row r="2459">
       <c r="A2459" s="0" t="s">
         <v>4901</v>
       </c>
       <c r="B2459" s="0" t="s">
-        <v>2917</v>
+        <v>4902</v>
       </c>
     </row>
     <row r="2460">
       <c r="A2460" s="0" t="s">
-        <v>4902</v>
+        <v>4903</v>
       </c>
       <c r="B2460" s="0" t="s">
-        <v>4903</v>
+        <v>4904</v>
       </c>
     </row>
     <row r="2461">
       <c r="A2461" s="0" t="s">
-        <v>4904</v>
+        <v>4905</v>
       </c>
       <c r="B2461" s="0" t="s">
-        <v>4905</v>
+        <v>4906</v>
       </c>
     </row>
     <row r="2462">
       <c r="A2462" s="0" t="s">
-        <v>4906</v>
+        <v>4907</v>
       </c>
       <c r="B2462" s="0" t="s">
-        <v>4907</v>
+        <v>4908</v>
       </c>
     </row>
     <row r="2463">
       <c r="A2463" s="0" t="s">
-        <v>4908</v>
+        <v>4909</v>
       </c>
       <c r="B2463" s="0" t="s">
-        <v>4909</v>
+        <v>4910</v>
       </c>
     </row>
     <row r="2464">
       <c r="A2464" s="0" t="s">
-        <v>4910</v>
+        <v>4911</v>
       </c>
       <c r="B2464" s="0" t="s">
-        <v>4911</v>
+        <v>4912</v>
       </c>
     </row>
     <row r="2465">
       <c r="A2465" s="0" t="s">
-        <v>4912</v>
+        <v>4913</v>
       </c>
       <c r="B2465" s="0" t="s">
-        <v>4913</v>
+        <v>4914</v>
       </c>
     </row>
     <row r="2466">
       <c r="A2466" s="0" t="s">
-        <v>4914</v>
+        <v>4915</v>
       </c>
       <c r="B2466" s="0" t="s">
-        <v>4915</v>
+        <v>4916</v>
       </c>
     </row>
     <row r="2467">
       <c r="A2467" s="0" t="s">
-        <v>4916</v>
+        <v>4917</v>
       </c>
       <c r="B2467" s="0" t="s">
-        <v>4917</v>
+        <v>4918</v>
       </c>
     </row>
     <row r="2468">
       <c r="A2468" s="0" t="s">
-        <v>4918</v>
+        <v>4919</v>
       </c>
       <c r="B2468" s="0" t="s">
-        <v>4919</v>
+        <v>4920</v>
       </c>
     </row>
     <row r="2469">
       <c r="A2469" s="0" t="s">
-        <v>4920</v>
+        <v>4921</v>
       </c>
       <c r="B2469" s="0" t="s">
-        <v>4921</v>
+        <v>4922</v>
       </c>
     </row>
     <row r="2470">
       <c r="A2470" s="0" t="s">
-        <v>4922</v>
+        <v>4923</v>
       </c>
       <c r="B2470" s="0" t="s">
-        <v>4923</v>
+        <v>4924</v>
       </c>
     </row>
     <row r="2471">
       <c r="A2471" s="0" t="s">
-        <v>4924</v>
+        <v>4925</v>
       </c>
       <c r="B2471" s="0" t="s">
-        <v>4925</v>
+        <v>4926</v>
       </c>
     </row>
     <row r="2472">
       <c r="A2472" s="0" t="s">
-        <v>4926</v>
+        <v>4927</v>
       </c>
       <c r="B2472" s="0" t="s">
-        <v>4927</v>
+        <v>4928</v>
       </c>
     </row>
     <row r="2473">
       <c r="A2473" s="0" t="s">
-        <v>4928</v>
+        <v>4929</v>
       </c>
       <c r="B2473" s="0" t="s">
-        <v>4929</v>
+        <v>4930</v>
       </c>
     </row>
     <row r="2474">
       <c r="A2474" s="0" t="s">
-        <v>4930</v>
+        <v>4931</v>
       </c>
       <c r="B2474" s="0" t="s">
-        <v>4931</v>
+        <v>4932</v>
       </c>
     </row>
     <row r="2475">
       <c r="A2475" s="0" t="s">
-        <v>4932</v>
+        <v>4933</v>
       </c>
       <c r="B2475" s="0" t="s">
-        <v>4933</v>
+        <v>4934</v>
       </c>
     </row>
     <row r="2476">
       <c r="A2476" s="0" t="s">
-        <v>4934</v>
+        <v>4935</v>
       </c>
       <c r="B2476" s="0" t="s">
-        <v>4935</v>
+        <v>4936</v>
       </c>
     </row>
     <row r="2477">
       <c r="A2477" s="0" t="s">
-        <v>4936</v>
+        <v>4937</v>
       </c>
       <c r="B2477" s="0" t="s">
-        <v>4937</v>
+        <v>4938</v>
       </c>
     </row>
     <row r="2478">
       <c r="A2478" s="0" t="s">
-        <v>4938</v>
+        <v>4939</v>
       </c>
       <c r="B2478" s="0" t="s">
-        <v>4939</v>
+        <v>4940</v>
       </c>
     </row>
     <row r="2479">
       <c r="A2479" s="0" t="s">
-        <v>4940</v>
+        <v>4941</v>
       </c>
       <c r="B2479" s="0" t="s">
-        <v>4941</v>
+        <v>4942</v>
       </c>
     </row>
     <row r="2480">
       <c r="A2480" s="0" t="s">
-        <v>4942</v>
+        <v>4943</v>
       </c>
       <c r="B2480" s="0" t="s">
-        <v>4943</v>
+        <v>4944</v>
       </c>
     </row>
     <row r="2481">
       <c r="A2481" s="0" t="s">
-        <v>4944</v>
+        <v>4945</v>
       </c>
       <c r="B2481" s="0" t="s">
-        <v>4945</v>
+        <v>4946</v>
       </c>
     </row>
     <row r="2482">
       <c r="A2482" s="0" t="s">
-        <v>4946</v>
+        <v>4947</v>
       </c>
       <c r="B2482" s="0" t="s">
-        <v>4947</v>
+        <v>4948</v>
       </c>
     </row>
     <row r="2483">
       <c r="A2483" s="0" t="s">
-        <v>4948</v>
+        <v>4949</v>
       </c>
       <c r="B2483" s="0" t="s">
-        <v>4949</v>
+        <v>4950</v>
       </c>
     </row>
     <row r="2484">
       <c r="A2484" s="0" t="s">
-        <v>4950</v>
+        <v>4951</v>
       </c>
       <c r="B2484" s="0" t="s">
-        <v>4951</v>
+        <v>4952</v>
       </c>
     </row>
     <row r="2485">
       <c r="A2485" s="0" t="s">
-        <v>4952</v>
+        <v>4953</v>
       </c>
       <c r="B2485" s="0" t="s">
-        <v>4953</v>
+        <v>4954</v>
       </c>
     </row>
     <row r="2486">
       <c r="A2486" s="0" t="s">
-        <v>4954</v>
+        <v>4955</v>
       </c>
       <c r="B2486" s="0" t="s">
-        <v>4955</v>
+        <v>4956</v>
       </c>
     </row>
     <row r="2487">
       <c r="A2487" s="0" t="s">
-        <v>4956</v>
+        <v>4957</v>
       </c>
       <c r="B2487" s="0" t="s">
-        <v>4957</v>
+        <v>4958</v>
       </c>
     </row>
     <row r="2488">
       <c r="A2488" s="0" t="s">
-        <v>4958</v>
+        <v>4959</v>
       </c>
       <c r="B2488" s="0" t="s">
-        <v>4959</v>
+        <v>4960</v>
       </c>
     </row>
     <row r="2489">
       <c r="A2489" s="0" t="s">
-        <v>4960</v>
+        <v>4961</v>
       </c>
       <c r="B2489" s="0" t="s">
-        <v>4961</v>
+        <v>4962</v>
       </c>
     </row>
     <row r="2490">
       <c r="A2490" s="0" t="s">
-        <v>4962</v>
+        <v>4963</v>
       </c>
       <c r="B2490" s="0" t="s">
-        <v>4963</v>
+        <v>4964</v>
       </c>
     </row>
     <row r="2491">
       <c r="A2491" s="0" t="s">
-        <v>4964</v>
+        <v>4965</v>
       </c>
       <c r="B2491" s="0" t="s">
-        <v>4965</v>
+        <v>4966</v>
       </c>
     </row>
     <row r="2492">
       <c r="A2492" s="0" t="s">
-        <v>4966</v>
+        <v>4967</v>
       </c>
       <c r="B2492" s="0" t="s">
-        <v>4967</v>
+        <v>4968</v>
       </c>
     </row>
     <row r="2493">
       <c r="A2493" s="0" t="s">
-        <v>4968</v>
+        <v>4969</v>
       </c>
       <c r="B2493" s="0" t="s">
-        <v>4969</v>
+        <v>4970</v>
       </c>
     </row>
     <row r="2494">
       <c r="A2494" s="0" t="s">
-        <v>4970</v>
+        <v>4971</v>
       </c>
       <c r="B2494" s="0" t="s">
-        <v>4971</v>
+        <v>4972</v>
       </c>
     </row>
     <row r="2495">
       <c r="A2495" s="0" t="s">
-        <v>4972</v>
+        <v>4973</v>
       </c>
       <c r="B2495" s="0" t="s">
-        <v>4973</v>
+        <v>4974</v>
       </c>
     </row>
     <row r="2496">
       <c r="A2496" s="0" t="s">
-        <v>4974</v>
+        <v>4975</v>
       </c>
       <c r="B2496" s="0" t="s">
-        <v>4975</v>
+        <v>4976</v>
       </c>
     </row>
     <row r="2497">
       <c r="A2497" s="0" t="s">
-        <v>4976</v>
+        <v>4977</v>
       </c>
       <c r="B2497" s="0" t="s">
-        <v>4977</v>
+        <v>4978</v>
       </c>
     </row>
     <row r="2498">
       <c r="A2498" s="0" t="s">
-        <v>4978</v>
+        <v>4979</v>
       </c>
       <c r="B2498" s="0" t="s">
-        <v>4979</v>
+        <v>4980</v>
       </c>
     </row>
     <row r="2499">
       <c r="A2499" s="0" t="s">
-        <v>4980</v>
+        <v>4981</v>
       </c>
       <c r="B2499" s="0" t="s">
-        <v>4981</v>
+        <v>4982</v>
       </c>
     </row>
     <row r="2500">
       <c r="A2500" s="0" t="s">
-        <v>4982</v>
+        <v>4983</v>
       </c>
       <c r="B2500" s="0" t="s">
-        <v>4983</v>
+        <v>4984</v>
       </c>
     </row>
     <row r="2501">
       <c r="A2501" s="0" t="s">
-        <v>4984</v>
+        <v>4985</v>
       </c>
       <c r="B2501" s="0" t="s">
-        <v>4985</v>
+        <v>4986</v>
       </c>
     </row>
     <row r="2502">
       <c r="A2502" s="0" t="s">
-        <v>4986</v>
+        <v>4987</v>
       </c>
       <c r="B2502" s="0" t="s">
-        <v>4987</v>
+        <v>4988</v>
       </c>
     </row>
     <row r="2503">
       <c r="A2503" s="0" t="s">
-        <v>4988</v>
+        <v>4989</v>
       </c>
       <c r="B2503" s="0" t="s">
-        <v>4989</v>
+        <v>4990</v>
       </c>
     </row>
     <row r="2504">
       <c r="A2504" s="0" t="s">
-        <v>4990</v>
+        <v>4991</v>
       </c>
       <c r="B2504" s="0" t="s">
-        <v>4991</v>
+        <v>4992</v>
       </c>
     </row>
     <row r="2505">
       <c r="A2505" s="0" t="s">
-        <v>4992</v>
+        <v>4993</v>
       </c>
       <c r="B2505" s="0" t="s">
-        <v>4993</v>
+        <v>4994</v>
       </c>
     </row>
     <row r="2506">
       <c r="A2506" s="0" t="s">
-        <v>4994</v>
+        <v>4995</v>
       </c>
       <c r="B2506" s="0" t="s">
-        <v>4995</v>
+        <v>4996</v>
       </c>
     </row>
     <row r="2507">
       <c r="A2507" s="0" t="s">
-        <v>4996</v>
+        <v>4997</v>
       </c>
       <c r="B2507" s="0" t="s">
-        <v>4997</v>
+        <v>4998</v>
       </c>
     </row>
     <row r="2508">
       <c r="A2508" s="0" t="s">
-        <v>4998</v>
+        <v>4999</v>
       </c>
       <c r="B2508" s="0" t="s">
-        <v>4999</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="2509">
       <c r="A2509" s="0" t="s">
-        <v>5000</v>
+        <v>5001</v>
       </c>
       <c r="B2509" s="0" t="s">
-        <v>5001</v>
+        <v>5002</v>
       </c>
     </row>
     <row r="2510">
       <c r="A2510" s="0" t="s">
-        <v>5002</v>
+        <v>5003</v>
       </c>
       <c r="B2510" s="0" t="s">
-        <v>5003</v>
+        <v>5004</v>
       </c>
     </row>
     <row r="2511">
       <c r="A2511" s="0" t="s">
-        <v>5004</v>
+        <v>5005</v>
       </c>
       <c r="B2511" s="0" t="s">
-        <v>5005</v>
+        <v>5006</v>
       </c>
     </row>
     <row r="2512">
       <c r="A2512" s="0" t="s">
-        <v>5006</v>
+        <v>5007</v>
       </c>
       <c r="B2512" s="0" t="s">
-        <v>5007</v>
+        <v>5008</v>
       </c>
     </row>
     <row r="2513">
       <c r="A2513" s="0" t="s">
-        <v>5008</v>
+        <v>5009</v>
       </c>
       <c r="B2513" s="0" t="s">
-        <v>5009</v>
+        <v>5010</v>
       </c>
     </row>
     <row r="2514">
       <c r="A2514" s="0" t="s">
-        <v>5010</v>
+        <v>5011</v>
       </c>
       <c r="B2514" s="0" t="s">
-        <v>5011</v>
+        <v>5012</v>
       </c>
     </row>
     <row r="2515">
       <c r="A2515" s="0" t="s">
-        <v>5012</v>
+        <v>5013</v>
       </c>
       <c r="B2515" s="0" t="s">
-        <v>5013</v>
+        <v>5014</v>
       </c>
     </row>
     <row r="2516">
       <c r="A2516" s="0" t="s">
-        <v>5014</v>
+        <v>5015</v>
       </c>
       <c r="B2516" s="0" t="s">
-        <v>5015</v>
+        <v>5016</v>
       </c>
     </row>
     <row r="2517">
       <c r="A2517" s="0" t="s">
-        <v>5016</v>
+        <v>5017</v>
       </c>
       <c r="B2517" s="0" t="s">
-        <v>5017</v>
+        <v>5018</v>
       </c>
     </row>
     <row r="2518">
       <c r="A2518" s="0" t="s">
-        <v>5018</v>
+        <v>5019</v>
       </c>
       <c r="B2518" s="0" t="s">
-        <v>5019</v>
+        <v>5020</v>
       </c>
     </row>
     <row r="2519">
       <c r="A2519" s="0" t="s">
-        <v>5020</v>
+        <v>5021</v>
       </c>
       <c r="B2519" s="0" t="s">
-        <v>5021</v>
+        <v>5022</v>
       </c>
     </row>
     <row r="2520">
       <c r="A2520" s="0" t="s">
-        <v>5022</v>
+        <v>5023</v>
       </c>
       <c r="B2520" s="0" t="s">
-        <v>5023</v>
+        <v>5024</v>
       </c>
     </row>
     <row r="2521">
       <c r="A2521" s="0" t="s">
-        <v>5024</v>
+        <v>5025</v>
       </c>
       <c r="B2521" s="0" t="s">
-        <v>5025</v>
+        <v>3041</v>
       </c>
     </row>
     <row r="2522">
       <c r="A2522" s="0" t="s">
         <v>5026</v>
       </c>
       <c r="B2522" s="0" t="s">
         <v>5027</v>
       </c>
     </row>
     <row r="2523">
       <c r="A2523" s="0" t="s">
         <v>5028</v>
       </c>
       <c r="B2523" s="0" t="s">
         <v>5029</v>
       </c>
     </row>
     <row r="2524">
       <c r="A2524" s="0" t="s">
         <v>5030</v>
       </c>
       <c r="B2524" s="0" t="s">
         <v>5031</v>
       </c>
@@ -37093,784 +37465,1280 @@
       <c r="B2607" s="0" t="s">
         <v>5197</v>
       </c>
     </row>
     <row r="2608">
       <c r="A2608" s="0" t="s">
         <v>5198</v>
       </c>
       <c r="B2608" s="0" t="s">
         <v>5199</v>
       </c>
     </row>
     <row r="2609">
       <c r="A2609" s="0" t="s">
         <v>5200</v>
       </c>
       <c r="B2609" s="0" t="s">
         <v>5201</v>
       </c>
     </row>
     <row r="2610">
       <c r="A2610" s="0" t="s">
         <v>5202</v>
       </c>
       <c r="B2610" s="0" t="s">
-        <v>4308</v>
+        <v>5203</v>
       </c>
     </row>
     <row r="2611">
       <c r="A2611" s="0" t="s">
-        <v>5203</v>
+        <v>5204</v>
       </c>
       <c r="B2611" s="0" t="s">
-        <v>5204</v>
+        <v>5205</v>
       </c>
     </row>
     <row r="2612">
       <c r="A2612" s="0" t="s">
-        <v>5205</v>
+        <v>5206</v>
       </c>
       <c r="B2612" s="0" t="s">
-        <v>5206</v>
+        <v>5207</v>
       </c>
     </row>
     <row r="2613">
       <c r="A2613" s="0" t="s">
-        <v>5207</v>
+        <v>5208</v>
       </c>
       <c r="B2613" s="0" t="s">
-        <v>5208</v>
+        <v>5209</v>
       </c>
     </row>
     <row r="2614">
       <c r="A2614" s="0" t="s">
-        <v>5209</v>
+        <v>5210</v>
       </c>
       <c r="B2614" s="0" t="s">
-        <v>5210</v>
+        <v>5211</v>
       </c>
     </row>
     <row r="2615">
       <c r="A2615" s="0" t="s">
-        <v>5211</v>
+        <v>5212</v>
       </c>
       <c r="B2615" s="0" t="s">
-        <v>5212</v>
+        <v>5213</v>
       </c>
     </row>
     <row r="2616">
       <c r="A2616" s="0" t="s">
-        <v>5213</v>
+        <v>5214</v>
       </c>
       <c r="B2616" s="0" t="s">
-        <v>5214</v>
+        <v>5215</v>
       </c>
     </row>
     <row r="2617">
       <c r="A2617" s="0" t="s">
-        <v>5215</v>
+        <v>5216</v>
       </c>
       <c r="B2617" s="0" t="s">
-        <v>5216</v>
+        <v>5217</v>
       </c>
     </row>
     <row r="2618">
       <c r="A2618" s="0" t="s">
-        <v>5217</v>
+        <v>5218</v>
       </c>
       <c r="B2618" s="0" t="s">
-        <v>5218</v>
+        <v>5219</v>
       </c>
     </row>
     <row r="2619">
       <c r="A2619" s="0" t="s">
-        <v>5219</v>
+        <v>5220</v>
       </c>
       <c r="B2619" s="0" t="s">
-        <v>5220</v>
+        <v>5221</v>
       </c>
     </row>
     <row r="2620">
       <c r="A2620" s="0" t="s">
-        <v>5221</v>
+        <v>5222</v>
       </c>
       <c r="B2620" s="0" t="s">
-        <v>5222</v>
+        <v>5223</v>
       </c>
     </row>
     <row r="2621">
       <c r="A2621" s="0" t="s">
-        <v>5223</v>
+        <v>5224</v>
       </c>
       <c r="B2621" s="0" t="s">
-        <v>5224</v>
+        <v>5225</v>
       </c>
     </row>
     <row r="2622">
       <c r="A2622" s="0" t="s">
-        <v>5225</v>
+        <v>5226</v>
       </c>
       <c r="B2622" s="0" t="s">
-        <v>4493</v>
+        <v>5227</v>
       </c>
     </row>
     <row r="2623">
       <c r="A2623" s="0" t="s">
-        <v>5226</v>
+        <v>5228</v>
       </c>
       <c r="B2623" s="0" t="s">
-        <v>5227</v>
+        <v>5229</v>
       </c>
     </row>
     <row r="2624">
       <c r="A2624" s="0" t="s">
-        <v>5228</v>
+        <v>5230</v>
       </c>
       <c r="B2624" s="0" t="s">
-        <v>5229</v>
+        <v>5231</v>
       </c>
     </row>
     <row r="2625">
       <c r="A2625" s="0" t="s">
-        <v>5230</v>
+        <v>5232</v>
       </c>
       <c r="B2625" s="0" t="s">
-        <v>5231</v>
+        <v>5233</v>
       </c>
     </row>
     <row r="2626">
       <c r="A2626" s="0" t="s">
-        <v>5232</v>
+        <v>5234</v>
       </c>
       <c r="B2626" s="0" t="s">
-        <v>5233</v>
+        <v>5235</v>
       </c>
     </row>
     <row r="2627">
       <c r="A2627" s="0" t="s">
-        <v>5234</v>
+        <v>5236</v>
       </c>
       <c r="B2627" s="0" t="s">
-        <v>5235</v>
+        <v>5237</v>
       </c>
     </row>
     <row r="2628">
       <c r="A2628" s="0" t="s">
-        <v>5236</v>
+        <v>5238</v>
       </c>
       <c r="B2628" s="0" t="s">
-        <v>5237</v>
+        <v>5239</v>
       </c>
     </row>
     <row r="2629">
       <c r="A2629" s="0" t="s">
-        <v>5238</v>
+        <v>5240</v>
       </c>
       <c r="B2629" s="0" t="s">
-        <v>1958</v>
+        <v>5241</v>
       </c>
     </row>
     <row r="2630">
       <c r="A2630" s="0" t="s">
-        <v>5239</v>
+        <v>5242</v>
       </c>
       <c r="B2630" s="0" t="s">
-        <v>5240</v>
+        <v>5243</v>
       </c>
     </row>
     <row r="2631">
       <c r="A2631" s="0" t="s">
-        <v>5241</v>
+        <v>5244</v>
       </c>
       <c r="B2631" s="0" t="s">
-        <v>5242</v>
+        <v>5245</v>
       </c>
     </row>
     <row r="2632">
       <c r="A2632" s="0" t="s">
-        <v>5243</v>
+        <v>5246</v>
       </c>
       <c r="B2632" s="0" t="s">
-        <v>5244</v>
+        <v>5247</v>
       </c>
     </row>
     <row r="2633">
       <c r="A2633" s="0" t="s">
-        <v>5245</v>
+        <v>5248</v>
       </c>
       <c r="B2633" s="0" t="s">
-        <v>5246</v>
+        <v>5249</v>
       </c>
     </row>
     <row r="2634">
       <c r="A2634" s="0" t="s">
-        <v>5247</v>
+        <v>5250</v>
       </c>
       <c r="B2634" s="0" t="s">
-        <v>5248</v>
+        <v>5251</v>
       </c>
     </row>
     <row r="2635">
       <c r="A2635" s="0" t="s">
-        <v>5249</v>
+        <v>5252</v>
       </c>
       <c r="B2635" s="0" t="s">
-        <v>5250</v>
+        <v>5253</v>
       </c>
     </row>
     <row r="2636">
       <c r="A2636" s="0" t="s">
-        <v>5251</v>
+        <v>5254</v>
       </c>
       <c r="B2636" s="0" t="s">
-        <v>5252</v>
+        <v>5255</v>
       </c>
     </row>
     <row r="2637">
       <c r="A2637" s="0" t="s">
-        <v>5253</v>
+        <v>5256</v>
       </c>
       <c r="B2637" s="0" t="s">
-        <v>5254</v>
+        <v>5257</v>
       </c>
     </row>
     <row r="2638">
       <c r="A2638" s="0" t="s">
-        <v>5255</v>
+        <v>5258</v>
       </c>
       <c r="B2638" s="0" t="s">
-        <v>5256</v>
+        <v>5259</v>
       </c>
     </row>
     <row r="2639">
       <c r="A2639" s="0" t="s">
-        <v>5257</v>
+        <v>5260</v>
       </c>
       <c r="B2639" s="0" t="s">
-        <v>5258</v>
+        <v>5261</v>
       </c>
     </row>
     <row r="2640">
       <c r="A2640" s="0" t="s">
-        <v>5259</v>
+        <v>5262</v>
       </c>
       <c r="B2640" s="0" t="s">
-        <v>5260</v>
+        <v>5263</v>
       </c>
     </row>
     <row r="2641">
       <c r="A2641" s="0" t="s">
-        <v>5261</v>
+        <v>5264</v>
       </c>
       <c r="B2641" s="0" t="s">
-        <v>5262</v>
+        <v>5265</v>
       </c>
     </row>
     <row r="2642">
       <c r="A2642" s="0" t="s">
-        <v>5263</v>
+        <v>5266</v>
       </c>
       <c r="B2642" s="0" t="s">
-        <v>5264</v>
+        <v>5267</v>
       </c>
     </row>
     <row r="2643">
       <c r="A2643" s="0" t="s">
-        <v>5265</v>
+        <v>5268</v>
       </c>
       <c r="B2643" s="0" t="s">
-        <v>5266</v>
+        <v>5269</v>
       </c>
     </row>
     <row r="2644">
       <c r="A2644" s="0" t="s">
-        <v>5267</v>
+        <v>5270</v>
       </c>
       <c r="B2644" s="0" t="s">
-        <v>5268</v>
+        <v>5271</v>
       </c>
     </row>
     <row r="2645">
       <c r="A2645" s="0" t="s">
-        <v>5269</v>
+        <v>5272</v>
       </c>
       <c r="B2645" s="0" t="s">
-        <v>5270</v>
+        <v>5273</v>
       </c>
     </row>
     <row r="2646">
       <c r="A2646" s="0" t="s">
-        <v>5271</v>
+        <v>5274</v>
       </c>
       <c r="B2646" s="0" t="s">
-        <v>5272</v>
+        <v>5275</v>
       </c>
     </row>
     <row r="2647">
       <c r="A2647" s="0" t="s">
-        <v>5273</v>
+        <v>5276</v>
       </c>
       <c r="B2647" s="0" t="s">
-        <v>5274</v>
+        <v>5277</v>
       </c>
     </row>
     <row r="2648">
       <c r="A2648" s="0" t="s">
-        <v>5275</v>
+        <v>5278</v>
       </c>
       <c r="B2648" s="0" t="s">
-        <v>5276</v>
+        <v>5279</v>
       </c>
     </row>
     <row r="2649">
       <c r="A2649" s="0" t="s">
-        <v>5277</v>
+        <v>5280</v>
       </c>
       <c r="B2649" s="0" t="s">
-        <v>5278</v>
+        <v>5281</v>
       </c>
     </row>
     <row r="2650">
       <c r="A2650" s="0" t="s">
-        <v>5279</v>
+        <v>5282</v>
       </c>
       <c r="B2650" s="0" t="s">
-        <v>5280</v>
+        <v>5283</v>
       </c>
     </row>
     <row r="2651">
       <c r="A2651" s="0" t="s">
-        <v>5281</v>
+        <v>5284</v>
       </c>
       <c r="B2651" s="0" t="s">
-        <v>5282</v>
+        <v>5285</v>
       </c>
     </row>
     <row r="2652">
       <c r="A2652" s="0" t="s">
-        <v>5283</v>
+        <v>5286</v>
       </c>
       <c r="B2652" s="0" t="s">
-        <v>5284</v>
+        <v>5287</v>
       </c>
     </row>
     <row r="2653">
       <c r="A2653" s="0" t="s">
-        <v>5285</v>
+        <v>5288</v>
       </c>
       <c r="B2653" s="0" t="s">
-        <v>5286</v>
+        <v>5289</v>
       </c>
     </row>
     <row r="2654">
       <c r="A2654" s="0" t="s">
-        <v>5287</v>
+        <v>5290</v>
       </c>
       <c r="B2654" s="0" t="s">
-        <v>5288</v>
+        <v>5291</v>
       </c>
     </row>
     <row r="2655">
       <c r="A2655" s="0" t="s">
-        <v>5289</v>
+        <v>5292</v>
       </c>
       <c r="B2655" s="0" t="s">
-        <v>5290</v>
+        <v>5293</v>
       </c>
     </row>
     <row r="2656">
       <c r="A2656" s="0" t="s">
-        <v>5291</v>
+        <v>5294</v>
       </c>
       <c r="B2656" s="0" t="s">
-        <v>5292</v>
+        <v>5295</v>
       </c>
     </row>
     <row r="2657">
       <c r="A2657" s="0" t="s">
-        <v>5293</v>
+        <v>5296</v>
       </c>
       <c r="B2657" s="0" t="s">
-        <v>5294</v>
+        <v>5297</v>
       </c>
     </row>
     <row r="2658">
       <c r="A2658" s="0" t="s">
-        <v>5295</v>
+        <v>5298</v>
       </c>
       <c r="B2658" s="0" t="s">
-        <v>5296</v>
+        <v>5299</v>
       </c>
     </row>
     <row r="2659">
       <c r="A2659" s="0" t="s">
-        <v>5297</v>
+        <v>5300</v>
       </c>
       <c r="B2659" s="0" t="s">
-        <v>5298</v>
+        <v>5301</v>
       </c>
     </row>
     <row r="2660">
       <c r="A2660" s="0" t="s">
-        <v>5299</v>
+        <v>5302</v>
       </c>
       <c r="B2660" s="0" t="s">
-        <v>5300</v>
+        <v>5303</v>
       </c>
     </row>
     <row r="2661">
       <c r="A2661" s="0" t="s">
-        <v>5301</v>
+        <v>5304</v>
       </c>
       <c r="B2661" s="0" t="s">
-        <v>5302</v>
+        <v>5305</v>
       </c>
     </row>
     <row r="2662">
       <c r="A2662" s="0" t="s">
-        <v>5303</v>
+        <v>5306</v>
       </c>
       <c r="B2662" s="0" t="s">
-        <v>4426</v>
+        <v>5307</v>
       </c>
     </row>
     <row r="2663">
       <c r="A2663" s="0" t="s">
-        <v>5304</v>
+        <v>5308</v>
       </c>
       <c r="B2663" s="0" t="s">
-        <v>4862</v>
+        <v>5309</v>
       </c>
     </row>
     <row r="2664">
       <c r="A2664" s="0" t="s">
-        <v>5305</v>
+        <v>5310</v>
       </c>
       <c r="B2664" s="0" t="s">
-        <v>5306</v>
+        <v>5311</v>
       </c>
     </row>
     <row r="2665">
       <c r="A2665" s="0" t="s">
-        <v>5307</v>
+        <v>5312</v>
       </c>
       <c r="B2665" s="0" t="s">
-        <v>5308</v>
+        <v>5313</v>
       </c>
     </row>
     <row r="2666">
       <c r="A2666" s="0" t="s">
-        <v>5309</v>
+        <v>5314</v>
       </c>
       <c r="B2666" s="0" t="s">
-        <v>5310</v>
+        <v>5315</v>
       </c>
     </row>
     <row r="2667">
       <c r="A2667" s="0" t="s">
-        <v>5311</v>
+        <v>5316</v>
       </c>
       <c r="B2667" s="0" t="s">
-        <v>5312</v>
+        <v>5317</v>
       </c>
     </row>
     <row r="2668">
       <c r="A2668" s="0" t="s">
-        <v>5313</v>
+        <v>5318</v>
       </c>
       <c r="B2668" s="0" t="s">
-        <v>5314</v>
+        <v>5319</v>
       </c>
     </row>
     <row r="2669">
       <c r="A2669" s="0" t="s">
-        <v>5315</v>
+        <v>5320</v>
       </c>
       <c r="B2669" s="0" t="s">
-        <v>5316</v>
+        <v>5321</v>
       </c>
     </row>
     <row r="2670">
       <c r="A2670" s="0" t="s">
-        <v>5317</v>
+        <v>5322</v>
       </c>
       <c r="B2670" s="0" t="s">
-        <v>5318</v>
+        <v>5323</v>
       </c>
     </row>
     <row r="2671">
       <c r="A2671" s="0" t="s">
-        <v>5319</v>
+        <v>5324</v>
       </c>
       <c r="B2671" s="0" t="s">
-        <v>5320</v>
+        <v>5325</v>
       </c>
     </row>
     <row r="2672">
       <c r="A2672" s="0" t="s">
-        <v>5321</v>
+        <v>5326</v>
       </c>
       <c r="B2672" s="0" t="s">
-        <v>5322</v>
+        <v>4432</v>
       </c>
     </row>
     <row r="2673">
       <c r="A2673" s="0" t="s">
-        <v>5323</v>
+        <v>5327</v>
       </c>
       <c r="B2673" s="0" t="s">
-        <v>5324</v>
+        <v>5328</v>
       </c>
     </row>
     <row r="2674">
       <c r="A2674" s="0" t="s">
-        <v>5325</v>
+        <v>5329</v>
       </c>
       <c r="B2674" s="0" t="s">
-        <v>5326</v>
+        <v>5330</v>
       </c>
     </row>
     <row r="2675">
       <c r="A2675" s="0" t="s">
-        <v>5327</v>
+        <v>5331</v>
       </c>
       <c r="B2675" s="0" t="s">
-        <v>5328</v>
+        <v>5332</v>
       </c>
     </row>
     <row r="2676">
       <c r="A2676" s="0" t="s">
-        <v>5329</v>
+        <v>5333</v>
       </c>
       <c r="B2676" s="0" t="s">
-        <v>5330</v>
+        <v>5334</v>
       </c>
     </row>
     <row r="2677">
       <c r="A2677" s="0" t="s">
-        <v>5331</v>
+        <v>5335</v>
       </c>
       <c r="B2677" s="0" t="s">
-        <v>5332</v>
+        <v>5336</v>
       </c>
     </row>
     <row r="2678">
       <c r="A2678" s="0" t="s">
-        <v>5333</v>
+        <v>5337</v>
       </c>
       <c r="B2678" s="0" t="s">
-        <v>5334</v>
+        <v>5338</v>
       </c>
     </row>
     <row r="2679">
       <c r="A2679" s="0" t="s">
-        <v>5335</v>
+        <v>5339</v>
       </c>
       <c r="B2679" s="0" t="s">
-        <v>5336</v>
+        <v>5340</v>
       </c>
     </row>
     <row r="2680">
       <c r="A2680" s="0" t="s">
-        <v>5337</v>
+        <v>5341</v>
       </c>
       <c r="B2680" s="0" t="s">
-        <v>5338</v>
+        <v>5342</v>
       </c>
     </row>
     <row r="2681">
       <c r="A2681" s="0" t="s">
-        <v>5339</v>
+        <v>5343</v>
       </c>
       <c r="B2681" s="0" t="s">
-        <v>5340</v>
+        <v>5344</v>
       </c>
     </row>
     <row r="2682">
       <c r="A2682" s="0" t="s">
-        <v>5341</v>
+        <v>5345</v>
       </c>
       <c r="B2682" s="0" t="s">
-        <v>5342</v>
+        <v>5346</v>
       </c>
     </row>
     <row r="2683">
       <c r="A2683" s="0" t="s">
-        <v>5343</v>
+        <v>5347</v>
       </c>
       <c r="B2683" s="0" t="s">
-        <v>5344</v>
+        <v>5348</v>
       </c>
     </row>
     <row r="2684">
       <c r="A2684" s="0" t="s">
-        <v>5345</v>
+        <v>5349</v>
       </c>
       <c r="B2684" s="0" t="s">
-        <v>5346</v>
+        <v>4617</v>
       </c>
     </row>
     <row r="2685">
       <c r="A2685" s="0" t="s">
-        <v>5347</v>
+        <v>5350</v>
       </c>
       <c r="B2685" s="0" t="s">
-        <v>5348</v>
+        <v>5351</v>
       </c>
     </row>
     <row r="2686">
       <c r="A2686" s="0" t="s">
-        <v>5349</v>
+        <v>5352</v>
       </c>
       <c r="B2686" s="0" t="s">
-        <v>5350</v>
+        <v>5353</v>
       </c>
     </row>
     <row r="2687">
       <c r="A2687" s="0" t="s">
-        <v>5351</v>
+        <v>5354</v>
       </c>
       <c r="B2687" s="0" t="s">
-        <v>5352</v>
+        <v>5355</v>
       </c>
     </row>
     <row r="2688">
       <c r="A2688" s="0" t="s">
-        <v>5353</v>
+        <v>5356</v>
       </c>
       <c r="B2688" s="0" t="s">
-        <v>5354</v>
+        <v>5357</v>
       </c>
     </row>
     <row r="2689">
       <c r="A2689" s="0" t="s">
-        <v>5355</v>
+        <v>5358</v>
       </c>
       <c r="B2689" s="0" t="s">
-        <v>5356</v>
+        <v>5359</v>
       </c>
     </row>
     <row r="2690">
       <c r="A2690" s="0" t="s">
-        <v>5357</v>
+        <v>5360</v>
       </c>
       <c r="B2690" s="0" t="s">
-        <v>5358</v>
+        <v>5361</v>
       </c>
     </row>
     <row r="2691">
       <c r="A2691" s="0" t="s">
-        <v>5359</v>
+        <v>5362</v>
       </c>
       <c r="B2691" s="0" t="s">
-        <v>5360</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="2692">
       <c r="A2692" s="0" t="s">
-        <v>5361</v>
+        <v>5363</v>
       </c>
       <c r="B2692" s="0" t="s">
-        <v>5362</v>
+        <v>5364</v>
       </c>
     </row>
     <row r="2693">
       <c r="A2693" s="0" t="s">
-        <v>5363</v>
+        <v>5365</v>
       </c>
       <c r="B2693" s="0" t="s">
-        <v>5364</v>
+        <v>5366</v>
       </c>
     </row>
     <row r="2694">
       <c r="A2694" s="0" t="s">
-        <v>5365</v>
+        <v>5367</v>
       </c>
       <c r="B2694" s="0" t="s">
-        <v>5366</v>
+        <v>5368</v>
       </c>
     </row>
     <row r="2695">
       <c r="A2695" s="0" t="s">
-        <v>5367</v>
+        <v>5369</v>
       </c>
       <c r="B2695" s="0" t="s">
-        <v>5368</v>
+        <v>5370</v>
       </c>
     </row>
     <row r="2696">
       <c r="A2696" s="0" t="s">
-        <v>5369</v>
+        <v>5371</v>
       </c>
       <c r="B2696" s="0" t="s">
-        <v>5370</v>
+        <v>5372</v>
       </c>
     </row>
     <row r="2697">
       <c r="A2697" s="0" t="s">
-        <v>5371</v>
+        <v>5373</v>
       </c>
       <c r="B2697" s="0" t="s">
-        <v>5372</v>
+        <v>5374</v>
       </c>
     </row>
     <row r="2698">
       <c r="A2698" s="0" t="s">
-        <v>5373</v>
+        <v>5375</v>
       </c>
       <c r="B2698" s="0" t="s">
-        <v>5374</v>
+        <v>5376</v>
       </c>
     </row>
     <row r="2699">
       <c r="A2699" s="0" t="s">
-        <v>5375</v>
+        <v>5377</v>
       </c>
       <c r="B2699" s="0" t="s">
-        <v>5376</v>
+        <v>5378</v>
       </c>
     </row>
     <row r="2700">
       <c r="A2700" s="0" t="s">
-        <v>5377</v>
+        <v>5379</v>
       </c>
       <c r="B2700" s="0" t="s">
-        <v>5378</v>
+        <v>5380</v>
       </c>
     </row>
     <row r="2701">
       <c r="A2701" s="0" t="s">
-        <v>5379</v>
+        <v>5381</v>
       </c>
       <c r="B2701" s="0" t="s">
-        <v>5380</v>
+        <v>5382</v>
       </c>
     </row>
     <row r="2702">
       <c r="A2702" s="0" t="s">
-        <v>5381</v>
+        <v>5383</v>
       </c>
       <c r="B2702" s="0" t="s">
-        <v>5382</v>
+        <v>5384</v>
       </c>
     </row>
     <row r="2703">
       <c r="A2703" s="0" t="s">
-        <v>5383</v>
+        <v>5385</v>
       </c>
       <c r="B2703" s="0" t="s">
-        <v>5384</v>
+        <v>5386</v>
       </c>
     </row>
     <row r="2704">
       <c r="A2704" s="0" t="s">
-        <v>5385</v>
+        <v>5387</v>
       </c>
       <c r="B2704" s="0" t="s">
-        <v>5386</v>
+        <v>5388</v>
+      </c>
+    </row>
+    <row r="2705">
+      <c r="A2705" s="0" t="s">
+        <v>5389</v>
+      </c>
+      <c r="B2705" s="0" t="s">
+        <v>5390</v>
+      </c>
+    </row>
+    <row r="2706">
+      <c r="A2706" s="0" t="s">
+        <v>5391</v>
+      </c>
+      <c r="B2706" s="0" t="s">
+        <v>5392</v>
+      </c>
+    </row>
+    <row r="2707">
+      <c r="A2707" s="0" t="s">
+        <v>5393</v>
+      </c>
+      <c r="B2707" s="0" t="s">
+        <v>5394</v>
+      </c>
+    </row>
+    <row r="2708">
+      <c r="A2708" s="0" t="s">
+        <v>5395</v>
+      </c>
+      <c r="B2708" s="0" t="s">
+        <v>5396</v>
+      </c>
+    </row>
+    <row r="2709">
+      <c r="A2709" s="0" t="s">
+        <v>5397</v>
+      </c>
+      <c r="B2709" s="0" t="s">
+        <v>5398</v>
+      </c>
+    </row>
+    <row r="2710">
+      <c r="A2710" s="0" t="s">
+        <v>5399</v>
+      </c>
+      <c r="B2710" s="0" t="s">
+        <v>5400</v>
+      </c>
+    </row>
+    <row r="2711">
+      <c r="A2711" s="0" t="s">
+        <v>5401</v>
+      </c>
+      <c r="B2711" s="0" t="s">
+        <v>5402</v>
+      </c>
+    </row>
+    <row r="2712">
+      <c r="A2712" s="0" t="s">
+        <v>5403</v>
+      </c>
+      <c r="B2712" s="0" t="s">
+        <v>5404</v>
+      </c>
+    </row>
+    <row r="2713">
+      <c r="A2713" s="0" t="s">
+        <v>5405</v>
+      </c>
+      <c r="B2713" s="0" t="s">
+        <v>5406</v>
+      </c>
+    </row>
+    <row r="2714">
+      <c r="A2714" s="0" t="s">
+        <v>5407</v>
+      </c>
+      <c r="B2714" s="0" t="s">
+        <v>5408</v>
+      </c>
+    </row>
+    <row r="2715">
+      <c r="A2715" s="0" t="s">
+        <v>5409</v>
+      </c>
+      <c r="B2715" s="0" t="s">
+        <v>5410</v>
+      </c>
+    </row>
+    <row r="2716">
+      <c r="A2716" s="0" t="s">
+        <v>5411</v>
+      </c>
+      <c r="B2716" s="0" t="s">
+        <v>5412</v>
+      </c>
+    </row>
+    <row r="2717">
+      <c r="A2717" s="0" t="s">
+        <v>5413</v>
+      </c>
+      <c r="B2717" s="0" t="s">
+        <v>5414</v>
+      </c>
+    </row>
+    <row r="2718">
+      <c r="A2718" s="0" t="s">
+        <v>5415</v>
+      </c>
+      <c r="B2718" s="0" t="s">
+        <v>5416</v>
+      </c>
+    </row>
+    <row r="2719">
+      <c r="A2719" s="0" t="s">
+        <v>5417</v>
+      </c>
+      <c r="B2719" s="0" t="s">
+        <v>5418</v>
+      </c>
+    </row>
+    <row r="2720">
+      <c r="A2720" s="0" t="s">
+        <v>5419</v>
+      </c>
+      <c r="B2720" s="0" t="s">
+        <v>5420</v>
+      </c>
+    </row>
+    <row r="2721">
+      <c r="A2721" s="0" t="s">
+        <v>5421</v>
+      </c>
+      <c r="B2721" s="0" t="s">
+        <v>5422</v>
+      </c>
+    </row>
+    <row r="2722">
+      <c r="A2722" s="0" t="s">
+        <v>5423</v>
+      </c>
+      <c r="B2722" s="0" t="s">
+        <v>5424</v>
+      </c>
+    </row>
+    <row r="2723">
+      <c r="A2723" s="0" t="s">
+        <v>5425</v>
+      </c>
+      <c r="B2723" s="0" t="s">
+        <v>5426</v>
+      </c>
+    </row>
+    <row r="2724">
+      <c r="A2724" s="0" t="s">
+        <v>5427</v>
+      </c>
+      <c r="B2724" s="0" t="s">
+        <v>4550</v>
+      </c>
+    </row>
+    <row r="2725">
+      <c r="A2725" s="0" t="s">
+        <v>5428</v>
+      </c>
+      <c r="B2725" s="0" t="s">
+        <v>4986</v>
+      </c>
+    </row>
+    <row r="2726">
+      <c r="A2726" s="0" t="s">
+        <v>5429</v>
+      </c>
+      <c r="B2726" s="0" t="s">
+        <v>5430</v>
+      </c>
+    </row>
+    <row r="2727">
+      <c r="A2727" s="0" t="s">
+        <v>5431</v>
+      </c>
+      <c r="B2727" s="0" t="s">
+        <v>5432</v>
+      </c>
+    </row>
+    <row r="2728">
+      <c r="A2728" s="0" t="s">
+        <v>5433</v>
+      </c>
+      <c r="B2728" s="0" t="s">
+        <v>5434</v>
+      </c>
+    </row>
+    <row r="2729">
+      <c r="A2729" s="0" t="s">
+        <v>5435</v>
+      </c>
+      <c r="B2729" s="0" t="s">
+        <v>5436</v>
+      </c>
+    </row>
+    <row r="2730">
+      <c r="A2730" s="0" t="s">
+        <v>5437</v>
+      </c>
+      <c r="B2730" s="0" t="s">
+        <v>5438</v>
+      </c>
+    </row>
+    <row r="2731">
+      <c r="A2731" s="0" t="s">
+        <v>5439</v>
+      </c>
+      <c r="B2731" s="0" t="s">
+        <v>5440</v>
+      </c>
+    </row>
+    <row r="2732">
+      <c r="A2732" s="0" t="s">
+        <v>5441</v>
+      </c>
+      <c r="B2732" s="0" t="s">
+        <v>5442</v>
+      </c>
+    </row>
+    <row r="2733">
+      <c r="A2733" s="0" t="s">
+        <v>5443</v>
+      </c>
+      <c r="B2733" s="0" t="s">
+        <v>5444</v>
+      </c>
+    </row>
+    <row r="2734">
+      <c r="A2734" s="0" t="s">
+        <v>5445</v>
+      </c>
+      <c r="B2734" s="0" t="s">
+        <v>5446</v>
+      </c>
+    </row>
+    <row r="2735">
+      <c r="A2735" s="0" t="s">
+        <v>5447</v>
+      </c>
+      <c r="B2735" s="0" t="s">
+        <v>5448</v>
+      </c>
+    </row>
+    <row r="2736">
+      <c r="A2736" s="0" t="s">
+        <v>5449</v>
+      </c>
+      <c r="B2736" s="0" t="s">
+        <v>5450</v>
+      </c>
+    </row>
+    <row r="2737">
+      <c r="A2737" s="0" t="s">
+        <v>5451</v>
+      </c>
+      <c r="B2737" s="0" t="s">
+        <v>5452</v>
+      </c>
+    </row>
+    <row r="2738">
+      <c r="A2738" s="0" t="s">
+        <v>5453</v>
+      </c>
+      <c r="B2738" s="0" t="s">
+        <v>5454</v>
+      </c>
+    </row>
+    <row r="2739">
+      <c r="A2739" s="0" t="s">
+        <v>5455</v>
+      </c>
+      <c r="B2739" s="0" t="s">
+        <v>5456</v>
+      </c>
+    </row>
+    <row r="2740">
+      <c r="A2740" s="0" t="s">
+        <v>5457</v>
+      </c>
+      <c r="B2740" s="0" t="s">
+        <v>5458</v>
+      </c>
+    </row>
+    <row r="2741">
+      <c r="A2741" s="0" t="s">
+        <v>5459</v>
+      </c>
+      <c r="B2741" s="0" t="s">
+        <v>5460</v>
+      </c>
+    </row>
+    <row r="2742">
+      <c r="A2742" s="0" t="s">
+        <v>5461</v>
+      </c>
+      <c r="B2742" s="0" t="s">
+        <v>5462</v>
+      </c>
+    </row>
+    <row r="2743">
+      <c r="A2743" s="0" t="s">
+        <v>5463</v>
+      </c>
+      <c r="B2743" s="0" t="s">
+        <v>5464</v>
+      </c>
+    </row>
+    <row r="2744">
+      <c r="A2744" s="0" t="s">
+        <v>5465</v>
+      </c>
+      <c r="B2744" s="0" t="s">
+        <v>5466</v>
+      </c>
+    </row>
+    <row r="2745">
+      <c r="A2745" s="0" t="s">
+        <v>5467</v>
+      </c>
+      <c r="B2745" s="0" t="s">
+        <v>5468</v>
+      </c>
+    </row>
+    <row r="2746">
+      <c r="A2746" s="0" t="s">
+        <v>5469</v>
+      </c>
+      <c r="B2746" s="0" t="s">
+        <v>5470</v>
+      </c>
+    </row>
+    <row r="2747">
+      <c r="A2747" s="0" t="s">
+        <v>5471</v>
+      </c>
+      <c r="B2747" s="0" t="s">
+        <v>5472</v>
+      </c>
+    </row>
+    <row r="2748">
+      <c r="A2748" s="0" t="s">
+        <v>5473</v>
+      </c>
+      <c r="B2748" s="0" t="s">
+        <v>5474</v>
+      </c>
+    </row>
+    <row r="2749">
+      <c r="A2749" s="0" t="s">
+        <v>5475</v>
+      </c>
+      <c r="B2749" s="0" t="s">
+        <v>5476</v>
+      </c>
+    </row>
+    <row r="2750">
+      <c r="A2750" s="0" t="s">
+        <v>5477</v>
+      </c>
+      <c r="B2750" s="0" t="s">
+        <v>5478</v>
+      </c>
+    </row>
+    <row r="2751">
+      <c r="A2751" s="0" t="s">
+        <v>5479</v>
+      </c>
+      <c r="B2751" s="0" t="s">
+        <v>5480</v>
+      </c>
+    </row>
+    <row r="2752">
+      <c r="A2752" s="0" t="s">
+        <v>5481</v>
+      </c>
+      <c r="B2752" s="0" t="s">
+        <v>5482</v>
+      </c>
+    </row>
+    <row r="2753">
+      <c r="A2753" s="0" t="s">
+        <v>5483</v>
+      </c>
+      <c r="B2753" s="0" t="s">
+        <v>5484</v>
+      </c>
+    </row>
+    <row r="2754">
+      <c r="A2754" s="0" t="s">
+        <v>5485</v>
+      </c>
+      <c r="B2754" s="0" t="s">
+        <v>5486</v>
+      </c>
+    </row>
+    <row r="2755">
+      <c r="A2755" s="0" t="s">
+        <v>5487</v>
+      </c>
+      <c r="B2755" s="0" t="s">
+        <v>5488</v>
+      </c>
+    </row>
+    <row r="2756">
+      <c r="A2756" s="0" t="s">
+        <v>5489</v>
+      </c>
+      <c r="B2756" s="0" t="s">
+        <v>5490</v>
+      </c>
+    </row>
+    <row r="2757">
+      <c r="A2757" s="0" t="s">
+        <v>5491</v>
+      </c>
+      <c r="B2757" s="0" t="s">
+        <v>5492</v>
+      </c>
+    </row>
+    <row r="2758">
+      <c r="A2758" s="0" t="s">
+        <v>5493</v>
+      </c>
+      <c r="B2758" s="0" t="s">
+        <v>5494</v>
+      </c>
+    </row>
+    <row r="2759">
+      <c r="A2759" s="0" t="s">
+        <v>5495</v>
+      </c>
+      <c r="B2759" s="0" t="s">
+        <v>5496</v>
+      </c>
+    </row>
+    <row r="2760">
+      <c r="A2760" s="0" t="s">
+        <v>5497</v>
+      </c>
+      <c r="B2760" s="0" t="s">
+        <v>5498</v>
+      </c>
+    </row>
+    <row r="2761">
+      <c r="A2761" s="0" t="s">
+        <v>5499</v>
+      </c>
+      <c r="B2761" s="0" t="s">
+        <v>5500</v>
+      </c>
+    </row>
+    <row r="2762">
+      <c r="A2762" s="0" t="s">
+        <v>5501</v>
+      </c>
+      <c r="B2762" s="0" t="s">
+        <v>5502</v>
+      </c>
+    </row>
+    <row r="2763">
+      <c r="A2763" s="0" t="s">
+        <v>5503</v>
+      </c>
+      <c r="B2763" s="0" t="s">
+        <v>5504</v>
+      </c>
+    </row>
+    <row r="2764">
+      <c r="A2764" s="0" t="s">
+        <v>5505</v>
+      </c>
+      <c r="B2764" s="0" t="s">
+        <v>5506</v>
+      </c>
+    </row>
+    <row r="2765">
+      <c r="A2765" s="0" t="s">
+        <v>5507</v>
+      </c>
+      <c r="B2765" s="0" t="s">
+        <v>5508</v>
+      </c>
+    </row>
+    <row r="2766">
+      <c r="A2766" s="0" t="s">
+        <v>5509</v>
+      </c>
+      <c r="B2766" s="0" t="s">
+        <v>5510</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>