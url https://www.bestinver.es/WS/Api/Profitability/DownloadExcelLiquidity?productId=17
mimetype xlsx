--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -4,59 +4,107 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5149" uniqueCount="5149">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5165" uniqueCount="5165">
   <si>
     <t>BESTINVER PLAN PATRIMONIO, F.P.</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>18,154638</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>18,119925</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>18,111697</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>18,119340</t>
+  </si>
+  <si>
+    <t>07/12/2025</t>
+  </si>
+  <si>
+    <t>18,168285</t>
+  </si>
+  <si>
+    <t>06/12/2025</t>
+  </si>
+  <si>
+    <t>18,167833</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>18,167381</t>
+  </si>
+  <si>
+    <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>18,147294</t>
   </si>
   <si>
     <t>03/12/2025</t>
   </si>
   <si>
     <t>18,138837</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>18,117662</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>18,127301</t>
   </si>
   <si>
     <t>30/11/2025</t>
   </si>
   <si>
     <t>18,141631</t>
   </si>
@@ -15499,51 +15547,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B2578"/>
+  <dimension ref="A1:B2586"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -26819,115 +26867,115 @@
       <c r="B1412" s="0" t="s">
         <v>2822</v>
       </c>
     </row>
     <row r="1413">
       <c r="A1413" s="0" t="s">
         <v>2823</v>
       </c>
       <c r="B1413" s="0" t="s">
         <v>2824</v>
       </c>
     </row>
     <row r="1414">
       <c r="A1414" s="0" t="s">
         <v>2825</v>
       </c>
       <c r="B1414" s="0" t="s">
         <v>2826</v>
       </c>
     </row>
     <row r="1415">
       <c r="A1415" s="0" t="s">
         <v>2827</v>
       </c>
       <c r="B1415" s="0" t="s">
-        <v>2826</v>
+        <v>2828</v>
       </c>
     </row>
     <row r="1416">
       <c r="A1416" s="0" t="s">
-        <v>2828</v>
+        <v>2829</v>
       </c>
       <c r="B1416" s="0" t="s">
-        <v>2829</v>
+        <v>2830</v>
       </c>
     </row>
     <row r="1417">
       <c r="A1417" s="0" t="s">
-        <v>2830</v>
+        <v>2831</v>
       </c>
       <c r="B1417" s="0" t="s">
-        <v>2831</v>
+        <v>2832</v>
       </c>
     </row>
     <row r="1418">
       <c r="A1418" s="0" t="s">
-        <v>2832</v>
+        <v>2833</v>
       </c>
       <c r="B1418" s="0" t="s">
-        <v>2833</v>
+        <v>2834</v>
       </c>
     </row>
     <row r="1419">
       <c r="A1419" s="0" t="s">
-        <v>2834</v>
+        <v>2835</v>
       </c>
       <c r="B1419" s="0" t="s">
-        <v>2835</v>
+        <v>2836</v>
       </c>
     </row>
     <row r="1420">
       <c r="A1420" s="0" t="s">
-        <v>2836</v>
+        <v>2837</v>
       </c>
       <c r="B1420" s="0" t="s">
-        <v>2837</v>
+        <v>2838</v>
       </c>
     </row>
     <row r="1421">
       <c r="A1421" s="0" t="s">
-        <v>2838</v>
+        <v>2839</v>
       </c>
       <c r="B1421" s="0" t="s">
-        <v>2839</v>
+        <v>2840</v>
       </c>
     </row>
     <row r="1422">
       <c r="A1422" s="0" t="s">
-        <v>2840</v>
+        <v>2841</v>
       </c>
       <c r="B1422" s="0" t="s">
-        <v>2841</v>
+        <v>2842</v>
       </c>
     </row>
     <row r="1423">
       <c r="A1423" s="0" t="s">
+        <v>2843</v>
+      </c>
+      <c r="B1423" s="0" t="s">
         <v>2842</v>
-      </c>
-[...1 lines deleted...]
-        <v>2843</v>
       </c>
     </row>
     <row r="1424">
       <c r="A1424" s="0" t="s">
         <v>2844</v>
       </c>
       <c r="B1424" s="0" t="s">
         <v>2845</v>
       </c>
     </row>
     <row r="1425">
       <c r="A1425" s="0" t="s">
         <v>2846</v>
       </c>
       <c r="B1425" s="0" t="s">
         <v>2847</v>
       </c>
     </row>
     <row r="1426">
       <c r="A1426" s="0" t="s">
         <v>2848</v>
       </c>
       <c r="B1426" s="0" t="s">
         <v>2849</v>
       </c>
@@ -27651,115 +27699,115 @@
       <c r="B1516" s="0" t="s">
         <v>3029</v>
       </c>
     </row>
     <row r="1517">
       <c r="A1517" s="0" t="s">
         <v>3030</v>
       </c>
       <c r="B1517" s="0" t="s">
         <v>3031</v>
       </c>
     </row>
     <row r="1518">
       <c r="A1518" s="0" t="s">
         <v>3032</v>
       </c>
       <c r="B1518" s="0" t="s">
         <v>3033</v>
       </c>
     </row>
     <row r="1519">
       <c r="A1519" s="0" t="s">
         <v>3034</v>
       </c>
       <c r="B1519" s="0" t="s">
-        <v>3033</v>
+        <v>3035</v>
       </c>
     </row>
     <row r="1520">
       <c r="A1520" s="0" t="s">
-        <v>3035</v>
+        <v>3036</v>
       </c>
       <c r="B1520" s="0" t="s">
-        <v>3036</v>
+        <v>3037</v>
       </c>
     </row>
     <row r="1521">
       <c r="A1521" s="0" t="s">
-        <v>3037</v>
+        <v>3038</v>
       </c>
       <c r="B1521" s="0" t="s">
-        <v>3038</v>
+        <v>3039</v>
       </c>
     </row>
     <row r="1522">
       <c r="A1522" s="0" t="s">
-        <v>3039</v>
+        <v>3040</v>
       </c>
       <c r="B1522" s="0" t="s">
-        <v>3040</v>
+        <v>3041</v>
       </c>
     </row>
     <row r="1523">
       <c r="A1523" s="0" t="s">
-        <v>3041</v>
+        <v>3042</v>
       </c>
       <c r="B1523" s="0" t="s">
-        <v>3042</v>
+        <v>3043</v>
       </c>
     </row>
     <row r="1524">
       <c r="A1524" s="0" t="s">
-        <v>3043</v>
+        <v>3044</v>
       </c>
       <c r="B1524" s="0" t="s">
-        <v>3044</v>
+        <v>3045</v>
       </c>
     </row>
     <row r="1525">
       <c r="A1525" s="0" t="s">
-        <v>3045</v>
+        <v>3046</v>
       </c>
       <c r="B1525" s="0" t="s">
-        <v>3046</v>
+        <v>3047</v>
       </c>
     </row>
     <row r="1526">
       <c r="A1526" s="0" t="s">
-        <v>3047</v>
+        <v>3048</v>
       </c>
       <c r="B1526" s="0" t="s">
-        <v>3048</v>
+        <v>3049</v>
       </c>
     </row>
     <row r="1527">
       <c r="A1527" s="0" t="s">
+        <v>3050</v>
+      </c>
+      <c r="B1527" s="0" t="s">
         <v>3049</v>
-      </c>
-[...1 lines deleted...]
-        <v>3050</v>
       </c>
     </row>
     <row r="1528">
       <c r="A1528" s="0" t="s">
         <v>3051</v>
       </c>
       <c r="B1528" s="0" t="s">
         <v>3052</v>
       </c>
     </row>
     <row r="1529">
       <c r="A1529" s="0" t="s">
         <v>3053</v>
       </c>
       <c r="B1529" s="0" t="s">
         <v>3054</v>
       </c>
     </row>
     <row r="1530">
       <c r="A1530" s="0" t="s">
         <v>3055</v>
       </c>
       <c r="B1530" s="0" t="s">
         <v>3056</v>
       </c>
@@ -28827,123 +28875,123 @@
       <c r="B1663" s="0" t="s">
         <v>3322</v>
       </c>
     </row>
     <row r="1664">
       <c r="A1664" s="0" t="s">
         <v>3323</v>
       </c>
       <c r="B1664" s="0" t="s">
         <v>3324</v>
       </c>
     </row>
     <row r="1665">
       <c r="A1665" s="0" t="s">
         <v>3325</v>
       </c>
       <c r="B1665" s="0" t="s">
         <v>3326</v>
       </c>
     </row>
     <row r="1666">
       <c r="A1666" s="0" t="s">
         <v>3327</v>
       </c>
       <c r="B1666" s="0" t="s">
-        <v>3326</v>
+        <v>3328</v>
       </c>
     </row>
     <row r="1667">
       <c r="A1667" s="0" t="s">
-        <v>3328</v>
+        <v>3329</v>
       </c>
       <c r="B1667" s="0" t="s">
-        <v>3326</v>
+        <v>3330</v>
       </c>
     </row>
     <row r="1668">
       <c r="A1668" s="0" t="s">
-        <v>3329</v>
+        <v>3331</v>
       </c>
       <c r="B1668" s="0" t="s">
-        <v>3330</v>
+        <v>3332</v>
       </c>
     </row>
     <row r="1669">
       <c r="A1669" s="0" t="s">
-        <v>3331</v>
+        <v>3333</v>
       </c>
       <c r="B1669" s="0" t="s">
-        <v>3332</v>
+        <v>3334</v>
       </c>
     </row>
     <row r="1670">
       <c r="A1670" s="0" t="s">
-        <v>3333</v>
+        <v>3335</v>
       </c>
       <c r="B1670" s="0" t="s">
-        <v>3334</v>
+        <v>3336</v>
       </c>
     </row>
     <row r="1671">
       <c r="A1671" s="0" t="s">
-        <v>3335</v>
+        <v>3337</v>
       </c>
       <c r="B1671" s="0" t="s">
-        <v>3336</v>
+        <v>3338</v>
       </c>
     </row>
     <row r="1672">
       <c r="A1672" s="0" t="s">
-        <v>3337</v>
+        <v>3339</v>
       </c>
       <c r="B1672" s="0" t="s">
-        <v>3338</v>
+        <v>3340</v>
       </c>
     </row>
     <row r="1673">
       <c r="A1673" s="0" t="s">
-        <v>3339</v>
+        <v>3341</v>
       </c>
       <c r="B1673" s="0" t="s">
-        <v>3340</v>
+        <v>3342</v>
       </c>
     </row>
     <row r="1674">
       <c r="A1674" s="0" t="s">
-        <v>3341</v>
+        <v>3343</v>
       </c>
       <c r="B1674" s="0" t="s">
         <v>3342</v>
       </c>
     </row>
     <row r="1675">
       <c r="A1675" s="0" t="s">
-        <v>3343</v>
+        <v>3344</v>
       </c>
       <c r="B1675" s="0" t="s">
-        <v>3344</v>
+        <v>3342</v>
       </c>
     </row>
     <row r="1676">
       <c r="A1676" s="0" t="s">
         <v>3345</v>
       </c>
       <c r="B1676" s="0" t="s">
         <v>3346</v>
       </c>
     </row>
     <row r="1677">
       <c r="A1677" s="0" t="s">
         <v>3347</v>
       </c>
       <c r="B1677" s="0" t="s">
         <v>3348</v>
       </c>
     </row>
     <row r="1678">
       <c r="A1678" s="0" t="s">
         <v>3349</v>
       </c>
       <c r="B1678" s="0" t="s">
         <v>3350</v>
       </c>
@@ -31435,115 +31483,115 @@
       <c r="B1989" s="0" t="s">
         <v>3972</v>
       </c>
     </row>
     <row r="1990">
       <c r="A1990" s="0" t="s">
         <v>3973</v>
       </c>
       <c r="B1990" s="0" t="s">
         <v>3974</v>
       </c>
     </row>
     <row r="1991">
       <c r="A1991" s="0" t="s">
         <v>3975</v>
       </c>
       <c r="B1991" s="0" t="s">
         <v>3976</v>
       </c>
     </row>
     <row r="1992">
       <c r="A1992" s="0" t="s">
         <v>3977</v>
       </c>
       <c r="B1992" s="0" t="s">
-        <v>3904</v>
+        <v>3978</v>
       </c>
     </row>
     <row r="1993">
       <c r="A1993" s="0" t="s">
-        <v>3978</v>
+        <v>3979</v>
       </c>
       <c r="B1993" s="0" t="s">
-        <v>3979</v>
+        <v>3980</v>
       </c>
     </row>
     <row r="1994">
       <c r="A1994" s="0" t="s">
-        <v>3980</v>
+        <v>3981</v>
       </c>
       <c r="B1994" s="0" t="s">
-        <v>3981</v>
+        <v>3982</v>
       </c>
     </row>
     <row r="1995">
       <c r="A1995" s="0" t="s">
-        <v>3982</v>
+        <v>3983</v>
       </c>
       <c r="B1995" s="0" t="s">
-        <v>3983</v>
+        <v>3984</v>
       </c>
     </row>
     <row r="1996">
       <c r="A1996" s="0" t="s">
-        <v>3984</v>
+        <v>3985</v>
       </c>
       <c r="B1996" s="0" t="s">
-        <v>3985</v>
+        <v>3986</v>
       </c>
     </row>
     <row r="1997">
       <c r="A1997" s="0" t="s">
-        <v>3986</v>
+        <v>3987</v>
       </c>
       <c r="B1997" s="0" t="s">
-        <v>3987</v>
+        <v>3988</v>
       </c>
     </row>
     <row r="1998">
       <c r="A1998" s="0" t="s">
-        <v>3988</v>
+        <v>3989</v>
       </c>
       <c r="B1998" s="0" t="s">
-        <v>3989</v>
+        <v>3990</v>
       </c>
     </row>
     <row r="1999">
       <c r="A1999" s="0" t="s">
-        <v>3990</v>
+        <v>3991</v>
       </c>
       <c r="B1999" s="0" t="s">
-        <v>3991</v>
+        <v>3992</v>
       </c>
     </row>
     <row r="2000">
       <c r="A2000" s="0" t="s">
-        <v>3992</v>
+        <v>3993</v>
       </c>
       <c r="B2000" s="0" t="s">
-        <v>3993</v>
+        <v>3920</v>
       </c>
     </row>
     <row r="2001">
       <c r="A2001" s="0" t="s">
         <v>3994</v>
       </c>
       <c r="B2001" s="0" t="s">
         <v>3995</v>
       </c>
     </row>
     <row r="2002">
       <c r="A2002" s="0" t="s">
         <v>3996</v>
       </c>
       <c r="B2002" s="0" t="s">
         <v>3997</v>
       </c>
     </row>
     <row r="2003">
       <c r="A2003" s="0" t="s">
         <v>3998</v>
       </c>
       <c r="B2003" s="0" t="s">
         <v>3999</v>
       </c>
@@ -34411,115 +34459,115 @@
       <c r="B2361" s="0" t="s">
         <v>4715</v>
       </c>
     </row>
     <row r="2362">
       <c r="A2362" s="0" t="s">
         <v>4716</v>
       </c>
       <c r="B2362" s="0" t="s">
         <v>4717</v>
       </c>
     </row>
     <row r="2363">
       <c r="A2363" s="0" t="s">
         <v>4718</v>
       </c>
       <c r="B2363" s="0" t="s">
         <v>4719</v>
       </c>
     </row>
     <row r="2364">
       <c r="A2364" s="0" t="s">
         <v>4720</v>
       </c>
       <c r="B2364" s="0" t="s">
-        <v>2236</v>
+        <v>4721</v>
       </c>
     </row>
     <row r="2365">
       <c r="A2365" s="0" t="s">
-        <v>4721</v>
+        <v>4722</v>
       </c>
       <c r="B2365" s="0" t="s">
-        <v>4722</v>
+        <v>4723</v>
       </c>
     </row>
     <row r="2366">
       <c r="A2366" s="0" t="s">
-        <v>4723</v>
+        <v>4724</v>
       </c>
       <c r="B2366" s="0" t="s">
-        <v>4724</v>
+        <v>4725</v>
       </c>
     </row>
     <row r="2367">
       <c r="A2367" s="0" t="s">
-        <v>4725</v>
+        <v>4726</v>
       </c>
       <c r="B2367" s="0" t="s">
-        <v>4726</v>
+        <v>4727</v>
       </c>
     </row>
     <row r="2368">
       <c r="A2368" s="0" t="s">
-        <v>4727</v>
+        <v>4728</v>
       </c>
       <c r="B2368" s="0" t="s">
-        <v>4728</v>
+        <v>4729</v>
       </c>
     </row>
     <row r="2369">
       <c r="A2369" s="0" t="s">
-        <v>4729</v>
+        <v>4730</v>
       </c>
       <c r="B2369" s="0" t="s">
-        <v>4730</v>
+        <v>4731</v>
       </c>
     </row>
     <row r="2370">
       <c r="A2370" s="0" t="s">
-        <v>4731</v>
+        <v>4732</v>
       </c>
       <c r="B2370" s="0" t="s">
-        <v>4732</v>
+        <v>4733</v>
       </c>
     </row>
     <row r="2371">
       <c r="A2371" s="0" t="s">
-        <v>4733</v>
+        <v>4734</v>
       </c>
       <c r="B2371" s="0" t="s">
-        <v>4734</v>
+        <v>4735</v>
       </c>
     </row>
     <row r="2372">
       <c r="A2372" s="0" t="s">
-        <v>4735</v>
+        <v>4736</v>
       </c>
       <c r="B2372" s="0" t="s">
-        <v>4736</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="2373">
       <c r="A2373" s="0" t="s">
         <v>4737</v>
       </c>
       <c r="B2373" s="0" t="s">
         <v>4738</v>
       </c>
     </row>
     <row r="2374">
       <c r="A2374" s="0" t="s">
         <v>4739</v>
       </c>
       <c r="B2374" s="0" t="s">
         <v>4740</v>
       </c>
     </row>
     <row r="2375">
       <c r="A2375" s="0" t="s">
         <v>4741</v>
       </c>
       <c r="B2375" s="0" t="s">
         <v>4742</v>
       </c>
@@ -36124,31 +36172,95 @@
         <v>5142</v>
       </c>
     </row>
     <row r="2576">
       <c r="A2576" s="0" t="s">
         <v>5143</v>
       </c>
       <c r="B2576" s="0" t="s">
         <v>5144</v>
       </c>
     </row>
     <row r="2577">
       <c r="A2577" s="0" t="s">
         <v>5145</v>
       </c>
       <c r="B2577" s="0" t="s">
         <v>5146</v>
       </c>
     </row>
     <row r="2578">
       <c r="A2578" s="0" t="s">
         <v>5147</v>
       </c>
       <c r="B2578" s="0" t="s">
         <v>5148</v>
+      </c>
+    </row>
+    <row r="2579">
+      <c r="A2579" s="0" t="s">
+        <v>5149</v>
+      </c>
+      <c r="B2579" s="0" t="s">
+        <v>5150</v>
+      </c>
+    </row>
+    <row r="2580">
+      <c r="A2580" s="0" t="s">
+        <v>5151</v>
+      </c>
+      <c r="B2580" s="0" t="s">
+        <v>5152</v>
+      </c>
+    </row>
+    <row r="2581">
+      <c r="A2581" s="0" t="s">
+        <v>5153</v>
+      </c>
+      <c r="B2581" s="0" t="s">
+        <v>5154</v>
+      </c>
+    </row>
+    <row r="2582">
+      <c r="A2582" s="0" t="s">
+        <v>5155</v>
+      </c>
+      <c r="B2582" s="0" t="s">
+        <v>5156</v>
+      </c>
+    </row>
+    <row r="2583">
+      <c r="A2583" s="0" t="s">
+        <v>5157</v>
+      </c>
+      <c r="B2583" s="0" t="s">
+        <v>5158</v>
+      </c>
+    </row>
+    <row r="2584">
+      <c r="A2584" s="0" t="s">
+        <v>5159</v>
+      </c>
+      <c r="B2584" s="0" t="s">
+        <v>5160</v>
+      </c>
+    </row>
+    <row r="2585">
+      <c r="A2585" s="0" t="s">
+        <v>5161</v>
+      </c>
+      <c r="B2585" s="0" t="s">
+        <v>5162</v>
+      </c>
+    </row>
+    <row r="2586">
+      <c r="A2586" s="0" t="s">
+        <v>5163</v>
+      </c>
+      <c r="B2586" s="0" t="s">
+        <v>5164</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>