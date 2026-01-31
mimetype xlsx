--- v1 (2025-12-13)
+++ v2 (2026-01-31)
@@ -4,61 +4,355 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5165" uniqueCount="5165">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5263" uniqueCount="5263">
   <si>
     <t>BESTINVER PLAN PATRIMONIO, F.P.</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
   </si>
   <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>18,311433</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>18,308356</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>18,300690</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>18,344812</t>
+  </si>
+  <si>
+    <t>25/01/2026</t>
+  </si>
+  <si>
+    <t>18,342145</t>
+  </si>
+  <si>
+    <t>24/01/2026</t>
+  </si>
+  <si>
+    <t>18,341712</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>18,341278</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>18,353738</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>18,303270</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>18,268809</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>18,330392</t>
+  </si>
+  <si>
+    <t>18/01/2026</t>
+  </si>
+  <si>
+    <t>18,383713</t>
+  </si>
+  <si>
+    <t>17/01/2026</t>
+  </si>
+  <si>
+    <t>18,383281</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>18,382849</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>18,400189</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>18,371514</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>18,379725</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>18,388723</t>
+  </si>
+  <si>
+    <t>11/01/2026</t>
+  </si>
+  <si>
+    <t>18,380228</t>
+  </si>
+  <si>
+    <t>10/01/2026</t>
+  </si>
+  <si>
+    <t>18,379798</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>18,379369</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>18,331750</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>18,325593</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>18,312728</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>18,250869</t>
+  </si>
+  <si>
+    <t>04/01/2026</t>
+  </si>
+  <si>
+    <t>18,184798</t>
+  </si>
+  <si>
+    <t>03/01/2026</t>
+  </si>
+  <si>
+    <t>18,184357</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>18,183915</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
+    <t>18,176391</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>18,175952</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>18,191411</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>18,176801</t>
+  </si>
+  <si>
+    <t>28/12/2025</t>
+  </si>
+  <si>
+    <t>18,168704</t>
+  </si>
+  <si>
+    <t>27/12/2025</t>
+  </si>
+  <si>
+    <t>18,168271</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>18,167838</t>
+  </si>
+  <si>
+    <t>25/12/2025</t>
+  </si>
+  <si>
+    <t>18,159944</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>18,159596</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>18,148714</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>18,123819</t>
+  </si>
+  <si>
+    <t>21/12/2025</t>
+  </si>
+  <si>
+    <t>18,129365</t>
+  </si>
+  <si>
+    <t>20/12/2025</t>
+  </si>
+  <si>
+    <t>18,128932</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>18,128498</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>18,124821</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>18,073544</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>18,113312</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>18,126782</t>
+  </si>
+  <si>
+    <t>14/12/2025</t>
+  </si>
+  <si>
+    <t>18,131738</t>
+  </si>
+  <si>
+    <t>13/12/2025</t>
+  </si>
+  <si>
+    <t>18,131302</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>18,130865</t>
+  </si>
+  <si>
     <t>11/12/2025</t>
   </si>
   <si>
     <t>18,154638</t>
   </si>
   <si>
     <t>10/12/2025</t>
   </si>
   <si>
     <t>18,119925</t>
   </si>
   <si>
     <t>09/12/2025</t>
   </si>
   <si>
     <t>18,111697</t>
   </si>
   <si>
     <t>08/12/2025</t>
   </si>
   <si>
     <t>18,119340</t>
   </si>
   <si>
     <t>07/12/2025</t>
@@ -294,51 +588,51 @@
   <si>
     <t>18,194066</t>
   </si>
   <si>
     <t>29/10/2025</t>
   </si>
   <si>
     <t>18,251521</t>
   </si>
   <si>
     <t>28/10/2025</t>
   </si>
   <si>
     <t>18,247916</t>
   </si>
   <si>
     <t>27/10/2025</t>
   </si>
   <si>
     <t>18,277595</t>
   </si>
   <si>
     <t>26/10/2025</t>
   </si>
   <si>
-    <t>19,649760</t>
+    <t>18,249524</t>
   </si>
   <si>
     <t>25/10/2025</t>
   </si>
   <si>
     <t>18,249109</t>
   </si>
   <si>
     <t>24/10/2025</t>
   </si>
   <si>
     <t>18,248694</t>
   </si>
   <si>
     <t>23/10/2025</t>
   </si>
   <si>
     <t>18,237330</t>
   </si>
   <si>
     <t>22/10/2025</t>
   </si>
   <si>
     <t>18,205246</t>
   </si>
@@ -15547,51 +15841,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B2586"/>
+  <dimension ref="A1:B2635"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -26931,443 +27225,443 @@
       <c r="B1420" s="0" t="s">
         <v>2838</v>
       </c>
     </row>
     <row r="1421">
       <c r="A1421" s="0" t="s">
         <v>2839</v>
       </c>
       <c r="B1421" s="0" t="s">
         <v>2840</v>
       </c>
     </row>
     <row r="1422">
       <c r="A1422" s="0" t="s">
         <v>2841</v>
       </c>
       <c r="B1422" s="0" t="s">
         <v>2842</v>
       </c>
     </row>
     <row r="1423">
       <c r="A1423" s="0" t="s">
         <v>2843</v>
       </c>
       <c r="B1423" s="0" t="s">
-        <v>2842</v>
+        <v>2844</v>
       </c>
     </row>
     <row r="1424">
       <c r="A1424" s="0" t="s">
-        <v>2844</v>
+        <v>2845</v>
       </c>
       <c r="B1424" s="0" t="s">
-        <v>2845</v>
+        <v>2846</v>
       </c>
     </row>
     <row r="1425">
       <c r="A1425" s="0" t="s">
-        <v>2846</v>
+        <v>2847</v>
       </c>
       <c r="B1425" s="0" t="s">
-        <v>2847</v>
+        <v>2848</v>
       </c>
     </row>
     <row r="1426">
       <c r="A1426" s="0" t="s">
-        <v>2848</v>
+        <v>2849</v>
       </c>
       <c r="B1426" s="0" t="s">
-        <v>2849</v>
+        <v>2850</v>
       </c>
     </row>
     <row r="1427">
       <c r="A1427" s="0" t="s">
-        <v>2850</v>
+        <v>2851</v>
       </c>
       <c r="B1427" s="0" t="s">
-        <v>2851</v>
+        <v>2852</v>
       </c>
     </row>
     <row r="1428">
       <c r="A1428" s="0" t="s">
-        <v>2852</v>
+        <v>2853</v>
       </c>
       <c r="B1428" s="0" t="s">
-        <v>2853</v>
+        <v>2854</v>
       </c>
     </row>
     <row r="1429">
       <c r="A1429" s="0" t="s">
-        <v>2854</v>
+        <v>2855</v>
       </c>
       <c r="B1429" s="0" t="s">
-        <v>2855</v>
+        <v>2856</v>
       </c>
     </row>
     <row r="1430">
       <c r="A1430" s="0" t="s">
-        <v>2856</v>
+        <v>2857</v>
       </c>
       <c r="B1430" s="0" t="s">
-        <v>2857</v>
+        <v>2858</v>
       </c>
     </row>
     <row r="1431">
       <c r="A1431" s="0" t="s">
-        <v>2858</v>
+        <v>2859</v>
       </c>
       <c r="B1431" s="0" t="s">
-        <v>2859</v>
+        <v>2860</v>
       </c>
     </row>
     <row r="1432">
       <c r="A1432" s="0" t="s">
-        <v>2860</v>
+        <v>2861</v>
       </c>
       <c r="B1432" s="0" t="s">
-        <v>2861</v>
+        <v>2862</v>
       </c>
     </row>
     <row r="1433">
       <c r="A1433" s="0" t="s">
-        <v>2862</v>
+        <v>2863</v>
       </c>
       <c r="B1433" s="0" t="s">
-        <v>2863</v>
+        <v>2864</v>
       </c>
     </row>
     <row r="1434">
       <c r="A1434" s="0" t="s">
-        <v>2864</v>
+        <v>2865</v>
       </c>
       <c r="B1434" s="0" t="s">
-        <v>2865</v>
+        <v>2866</v>
       </c>
     </row>
     <row r="1435">
       <c r="A1435" s="0" t="s">
-        <v>2866</v>
+        <v>2867</v>
       </c>
       <c r="B1435" s="0" t="s">
-        <v>2867</v>
+        <v>2868</v>
       </c>
     </row>
     <row r="1436">
       <c r="A1436" s="0" t="s">
-        <v>2868</v>
+        <v>2869</v>
       </c>
       <c r="B1436" s="0" t="s">
-        <v>2869</v>
+        <v>2870</v>
       </c>
     </row>
     <row r="1437">
       <c r="A1437" s="0" t="s">
-        <v>2870</v>
+        <v>2871</v>
       </c>
       <c r="B1437" s="0" t="s">
-        <v>2871</v>
+        <v>2872</v>
       </c>
     </row>
     <row r="1438">
       <c r="A1438" s="0" t="s">
-        <v>2872</v>
+        <v>2873</v>
       </c>
       <c r="B1438" s="0" t="s">
-        <v>2873</v>
+        <v>2874</v>
       </c>
     </row>
     <row r="1439">
       <c r="A1439" s="0" t="s">
-        <v>2874</v>
+        <v>2875</v>
       </c>
       <c r="B1439" s="0" t="s">
-        <v>2875</v>
+        <v>2876</v>
       </c>
     </row>
     <row r="1440">
       <c r="A1440" s="0" t="s">
-        <v>2876</v>
+        <v>2877</v>
       </c>
       <c r="B1440" s="0" t="s">
-        <v>2877</v>
+        <v>2878</v>
       </c>
     </row>
     <row r="1441">
       <c r="A1441" s="0" t="s">
-        <v>2878</v>
+        <v>2879</v>
       </c>
       <c r="B1441" s="0" t="s">
-        <v>2879</v>
+        <v>2880</v>
       </c>
     </row>
     <row r="1442">
       <c r="A1442" s="0" t="s">
-        <v>2880</v>
+        <v>2881</v>
       </c>
       <c r="B1442" s="0" t="s">
-        <v>2881</v>
+        <v>2882</v>
       </c>
     </row>
     <row r="1443">
       <c r="A1443" s="0" t="s">
-        <v>2882</v>
+        <v>2883</v>
       </c>
       <c r="B1443" s="0" t="s">
-        <v>2883</v>
+        <v>2884</v>
       </c>
     </row>
     <row r="1444">
       <c r="A1444" s="0" t="s">
-        <v>2884</v>
+        <v>2885</v>
       </c>
       <c r="B1444" s="0" t="s">
-        <v>2885</v>
+        <v>2886</v>
       </c>
     </row>
     <row r="1445">
       <c r="A1445" s="0" t="s">
-        <v>2886</v>
+        <v>2887</v>
       </c>
       <c r="B1445" s="0" t="s">
-        <v>2887</v>
+        <v>2888</v>
       </c>
     </row>
     <row r="1446">
       <c r="A1446" s="0" t="s">
-        <v>2888</v>
+        <v>2889</v>
       </c>
       <c r="B1446" s="0" t="s">
-        <v>2889</v>
+        <v>2890</v>
       </c>
     </row>
     <row r="1447">
       <c r="A1447" s="0" t="s">
-        <v>2890</v>
+        <v>2891</v>
       </c>
       <c r="B1447" s="0" t="s">
-        <v>2891</v>
+        <v>2892</v>
       </c>
     </row>
     <row r="1448">
       <c r="A1448" s="0" t="s">
-        <v>2892</v>
+        <v>2893</v>
       </c>
       <c r="B1448" s="0" t="s">
-        <v>2893</v>
+        <v>2894</v>
       </c>
     </row>
     <row r="1449">
       <c r="A1449" s="0" t="s">
-        <v>2894</v>
+        <v>2895</v>
       </c>
       <c r="B1449" s="0" t="s">
-        <v>2895</v>
+        <v>2896</v>
       </c>
     </row>
     <row r="1450">
       <c r="A1450" s="0" t="s">
-        <v>2896</v>
+        <v>2897</v>
       </c>
       <c r="B1450" s="0" t="s">
-        <v>2897</v>
+        <v>2898</v>
       </c>
     </row>
     <row r="1451">
       <c r="A1451" s="0" t="s">
-        <v>2898</v>
+        <v>2899</v>
       </c>
       <c r="B1451" s="0" t="s">
-        <v>2899</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="1452">
       <c r="A1452" s="0" t="s">
-        <v>2900</v>
+        <v>2901</v>
       </c>
       <c r="B1452" s="0" t="s">
-        <v>2901</v>
+        <v>2902</v>
       </c>
     </row>
     <row r="1453">
       <c r="A1453" s="0" t="s">
-        <v>2902</v>
+        <v>2903</v>
       </c>
       <c r="B1453" s="0" t="s">
-        <v>2903</v>
+        <v>2904</v>
       </c>
     </row>
     <row r="1454">
       <c r="A1454" s="0" t="s">
-        <v>2904</v>
+        <v>2905</v>
       </c>
       <c r="B1454" s="0" t="s">
-        <v>2905</v>
+        <v>2906</v>
       </c>
     </row>
     <row r="1455">
       <c r="A1455" s="0" t="s">
-        <v>2906</v>
+        <v>2907</v>
       </c>
       <c r="B1455" s="0" t="s">
-        <v>2907</v>
+        <v>2908</v>
       </c>
     </row>
     <row r="1456">
       <c r="A1456" s="0" t="s">
-        <v>2908</v>
+        <v>2909</v>
       </c>
       <c r="B1456" s="0" t="s">
-        <v>2909</v>
+        <v>2910</v>
       </c>
     </row>
     <row r="1457">
       <c r="A1457" s="0" t="s">
-        <v>2910</v>
+        <v>2911</v>
       </c>
       <c r="B1457" s="0" t="s">
-        <v>2911</v>
+        <v>2912</v>
       </c>
     </row>
     <row r="1458">
       <c r="A1458" s="0" t="s">
-        <v>2912</v>
+        <v>2913</v>
       </c>
       <c r="B1458" s="0" t="s">
-        <v>2913</v>
+        <v>2914</v>
       </c>
     </row>
     <row r="1459">
       <c r="A1459" s="0" t="s">
-        <v>2914</v>
+        <v>2915</v>
       </c>
       <c r="B1459" s="0" t="s">
-        <v>2915</v>
+        <v>2916</v>
       </c>
     </row>
     <row r="1460">
       <c r="A1460" s="0" t="s">
-        <v>2916</v>
+        <v>2917</v>
       </c>
       <c r="B1460" s="0" t="s">
-        <v>2917</v>
+        <v>2918</v>
       </c>
     </row>
     <row r="1461">
       <c r="A1461" s="0" t="s">
-        <v>2918</v>
+        <v>2919</v>
       </c>
       <c r="B1461" s="0" t="s">
-        <v>2919</v>
+        <v>2920</v>
       </c>
     </row>
     <row r="1462">
       <c r="A1462" s="0" t="s">
-        <v>2920</v>
+        <v>2921</v>
       </c>
       <c r="B1462" s="0" t="s">
-        <v>2921</v>
+        <v>2922</v>
       </c>
     </row>
     <row r="1463">
       <c r="A1463" s="0" t="s">
-        <v>2922</v>
+        <v>2923</v>
       </c>
       <c r="B1463" s="0" t="s">
-        <v>2923</v>
+        <v>2924</v>
       </c>
     </row>
     <row r="1464">
       <c r="A1464" s="0" t="s">
-        <v>2924</v>
+        <v>2925</v>
       </c>
       <c r="B1464" s="0" t="s">
-        <v>2925</v>
+        <v>2926</v>
       </c>
     </row>
     <row r="1465">
       <c r="A1465" s="0" t="s">
-        <v>2926</v>
+        <v>2927</v>
       </c>
       <c r="B1465" s="0" t="s">
-        <v>2927</v>
+        <v>2928</v>
       </c>
     </row>
     <row r="1466">
       <c r="A1466" s="0" t="s">
-        <v>2928</v>
+        <v>2929</v>
       </c>
       <c r="B1466" s="0" t="s">
-        <v>2929</v>
+        <v>2930</v>
       </c>
     </row>
     <row r="1467">
       <c r="A1467" s="0" t="s">
-        <v>2930</v>
+        <v>2931</v>
       </c>
       <c r="B1467" s="0" t="s">
-        <v>2931</v>
+        <v>2932</v>
       </c>
     </row>
     <row r="1468">
       <c r="A1468" s="0" t="s">
-        <v>2932</v>
+        <v>2933</v>
       </c>
       <c r="B1468" s="0" t="s">
-        <v>2933</v>
+        <v>2934</v>
       </c>
     </row>
     <row r="1469">
       <c r="A1469" s="0" t="s">
-        <v>2934</v>
+        <v>2935</v>
       </c>
       <c r="B1469" s="0" t="s">
-        <v>2935</v>
+        <v>2936</v>
       </c>
     </row>
     <row r="1470">
       <c r="A1470" s="0" t="s">
-        <v>2936</v>
+        <v>2937</v>
       </c>
       <c r="B1470" s="0" t="s">
-        <v>2937</v>
+        <v>2938</v>
       </c>
     </row>
     <row r="1471">
       <c r="A1471" s="0" t="s">
-        <v>2938</v>
+        <v>2939</v>
       </c>
       <c r="B1471" s="0" t="s">
-        <v>2939</v>
+        <v>2940</v>
       </c>
     </row>
     <row r="1472">
       <c r="A1472" s="0" t="s">
+        <v>2941</v>
+      </c>
+      <c r="B1472" s="0" t="s">
         <v>2940</v>
-      </c>
-[...1 lines deleted...]
-        <v>2941</v>
       </c>
     </row>
     <row r="1473">
       <c r="A1473" s="0" t="s">
         <v>2942</v>
       </c>
       <c r="B1473" s="0" t="s">
         <v>2943</v>
       </c>
     </row>
     <row r="1474">
       <c r="A1474" s="0" t="s">
         <v>2944</v>
       </c>
       <c r="B1474" s="0" t="s">
         <v>2945</v>
       </c>
     </row>
     <row r="1475">
       <c r="A1475" s="0" t="s">
         <v>2946</v>
       </c>
       <c r="B1475" s="0" t="s">
         <v>2947</v>
       </c>
@@ -27763,443 +28057,443 @@
       <c r="B1524" s="0" t="s">
         <v>3045</v>
       </c>
     </row>
     <row r="1525">
       <c r="A1525" s="0" t="s">
         <v>3046</v>
       </c>
       <c r="B1525" s="0" t="s">
         <v>3047</v>
       </c>
     </row>
     <row r="1526">
       <c r="A1526" s="0" t="s">
         <v>3048</v>
       </c>
       <c r="B1526" s="0" t="s">
         <v>3049</v>
       </c>
     </row>
     <row r="1527">
       <c r="A1527" s="0" t="s">
         <v>3050</v>
       </c>
       <c r="B1527" s="0" t="s">
-        <v>3049</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="1528">
       <c r="A1528" s="0" t="s">
-        <v>3051</v>
+        <v>3052</v>
       </c>
       <c r="B1528" s="0" t="s">
-        <v>3052</v>
+        <v>3053</v>
       </c>
     </row>
     <row r="1529">
       <c r="A1529" s="0" t="s">
-        <v>3053</v>
+        <v>3054</v>
       </c>
       <c r="B1529" s="0" t="s">
-        <v>3054</v>
+        <v>3055</v>
       </c>
     </row>
     <row r="1530">
       <c r="A1530" s="0" t="s">
-        <v>3055</v>
+        <v>3056</v>
       </c>
       <c r="B1530" s="0" t="s">
-        <v>3056</v>
+        <v>3057</v>
       </c>
     </row>
     <row r="1531">
       <c r="A1531" s="0" t="s">
-        <v>3057</v>
+        <v>3058</v>
       </c>
       <c r="B1531" s="0" t="s">
-        <v>3058</v>
+        <v>3059</v>
       </c>
     </row>
     <row r="1532">
       <c r="A1532" s="0" t="s">
-        <v>3059</v>
+        <v>3060</v>
       </c>
       <c r="B1532" s="0" t="s">
-        <v>3060</v>
+        <v>3061</v>
       </c>
     </row>
     <row r="1533">
       <c r="A1533" s="0" t="s">
-        <v>3061</v>
+        <v>3062</v>
       </c>
       <c r="B1533" s="0" t="s">
-        <v>3062</v>
+        <v>3063</v>
       </c>
     </row>
     <row r="1534">
       <c r="A1534" s="0" t="s">
-        <v>3063</v>
+        <v>3064</v>
       </c>
       <c r="B1534" s="0" t="s">
-        <v>3064</v>
+        <v>3065</v>
       </c>
     </row>
     <row r="1535">
       <c r="A1535" s="0" t="s">
-        <v>3065</v>
+        <v>3066</v>
       </c>
       <c r="B1535" s="0" t="s">
-        <v>3066</v>
+        <v>3067</v>
       </c>
     </row>
     <row r="1536">
       <c r="A1536" s="0" t="s">
-        <v>3067</v>
+        <v>3068</v>
       </c>
       <c r="B1536" s="0" t="s">
-        <v>3068</v>
+        <v>3069</v>
       </c>
     </row>
     <row r="1537">
       <c r="A1537" s="0" t="s">
-        <v>3069</v>
+        <v>3070</v>
       </c>
       <c r="B1537" s="0" t="s">
-        <v>3070</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="1538">
       <c r="A1538" s="0" t="s">
-        <v>3071</v>
+        <v>3072</v>
       </c>
       <c r="B1538" s="0" t="s">
-        <v>3072</v>
+        <v>3073</v>
       </c>
     </row>
     <row r="1539">
       <c r="A1539" s="0" t="s">
-        <v>3073</v>
+        <v>3074</v>
       </c>
       <c r="B1539" s="0" t="s">
-        <v>3074</v>
+        <v>3075</v>
       </c>
     </row>
     <row r="1540">
       <c r="A1540" s="0" t="s">
-        <v>3075</v>
+        <v>3076</v>
       </c>
       <c r="B1540" s="0" t="s">
-        <v>3076</v>
+        <v>3077</v>
       </c>
     </row>
     <row r="1541">
       <c r="A1541" s="0" t="s">
-        <v>3077</v>
+        <v>3078</v>
       </c>
       <c r="B1541" s="0" t="s">
-        <v>3078</v>
+        <v>3079</v>
       </c>
     </row>
     <row r="1542">
       <c r="A1542" s="0" t="s">
-        <v>3079</v>
+        <v>3080</v>
       </c>
       <c r="B1542" s="0" t="s">
-        <v>3080</v>
+        <v>3081</v>
       </c>
     </row>
     <row r="1543">
       <c r="A1543" s="0" t="s">
-        <v>3081</v>
+        <v>3082</v>
       </c>
       <c r="B1543" s="0" t="s">
-        <v>3082</v>
+        <v>3083</v>
       </c>
     </row>
     <row r="1544">
       <c r="A1544" s="0" t="s">
-        <v>3083</v>
+        <v>3084</v>
       </c>
       <c r="B1544" s="0" t="s">
-        <v>3084</v>
+        <v>3085</v>
       </c>
     </row>
     <row r="1545">
       <c r="A1545" s="0" t="s">
-        <v>3085</v>
+        <v>3086</v>
       </c>
       <c r="B1545" s="0" t="s">
-        <v>3086</v>
+        <v>3087</v>
       </c>
     </row>
     <row r="1546">
       <c r="A1546" s="0" t="s">
-        <v>3087</v>
+        <v>3088</v>
       </c>
       <c r="B1546" s="0" t="s">
-        <v>3088</v>
+        <v>3089</v>
       </c>
     </row>
     <row r="1547">
       <c r="A1547" s="0" t="s">
-        <v>3089</v>
+        <v>3090</v>
       </c>
       <c r="B1547" s="0" t="s">
-        <v>3090</v>
+        <v>3091</v>
       </c>
     </row>
     <row r="1548">
       <c r="A1548" s="0" t="s">
-        <v>3091</v>
+        <v>3092</v>
       </c>
       <c r="B1548" s="0" t="s">
-        <v>3092</v>
+        <v>3093</v>
       </c>
     </row>
     <row r="1549">
       <c r="A1549" s="0" t="s">
-        <v>3093</v>
+        <v>3094</v>
       </c>
       <c r="B1549" s="0" t="s">
-        <v>3094</v>
+        <v>3095</v>
       </c>
     </row>
     <row r="1550">
       <c r="A1550" s="0" t="s">
-        <v>3095</v>
+        <v>3096</v>
       </c>
       <c r="B1550" s="0" t="s">
-        <v>3096</v>
+        <v>3097</v>
       </c>
     </row>
     <row r="1551">
       <c r="A1551" s="0" t="s">
-        <v>3097</v>
+        <v>3098</v>
       </c>
       <c r="B1551" s="0" t="s">
-        <v>3098</v>
+        <v>3099</v>
       </c>
     </row>
     <row r="1552">
       <c r="A1552" s="0" t="s">
-        <v>3099</v>
+        <v>3100</v>
       </c>
       <c r="B1552" s="0" t="s">
-        <v>3100</v>
+        <v>3101</v>
       </c>
     </row>
     <row r="1553">
       <c r="A1553" s="0" t="s">
-        <v>3101</v>
+        <v>3102</v>
       </c>
       <c r="B1553" s="0" t="s">
-        <v>3102</v>
+        <v>3103</v>
       </c>
     </row>
     <row r="1554">
       <c r="A1554" s="0" t="s">
-        <v>3103</v>
+        <v>3104</v>
       </c>
       <c r="B1554" s="0" t="s">
-        <v>3104</v>
+        <v>3105</v>
       </c>
     </row>
     <row r="1555">
       <c r="A1555" s="0" t="s">
-        <v>3105</v>
+        <v>3106</v>
       </c>
       <c r="B1555" s="0" t="s">
-        <v>3106</v>
+        <v>3107</v>
       </c>
     </row>
     <row r="1556">
       <c r="A1556" s="0" t="s">
-        <v>3107</v>
+        <v>3108</v>
       </c>
       <c r="B1556" s="0" t="s">
-        <v>3108</v>
+        <v>3109</v>
       </c>
     </row>
     <row r="1557">
       <c r="A1557" s="0" t="s">
-        <v>3109</v>
+        <v>3110</v>
       </c>
       <c r="B1557" s="0" t="s">
-        <v>3110</v>
+        <v>3111</v>
       </c>
     </row>
     <row r="1558">
       <c r="A1558" s="0" t="s">
-        <v>3111</v>
+        <v>3112</v>
       </c>
       <c r="B1558" s="0" t="s">
-        <v>3112</v>
+        <v>3113</v>
       </c>
     </row>
     <row r="1559">
       <c r="A1559" s="0" t="s">
-        <v>3113</v>
+        <v>3114</v>
       </c>
       <c r="B1559" s="0" t="s">
-        <v>3114</v>
+        <v>3115</v>
       </c>
     </row>
     <row r="1560">
       <c r="A1560" s="0" t="s">
-        <v>3115</v>
+        <v>3116</v>
       </c>
       <c r="B1560" s="0" t="s">
-        <v>3116</v>
+        <v>3117</v>
       </c>
     </row>
     <row r="1561">
       <c r="A1561" s="0" t="s">
-        <v>3117</v>
+        <v>3118</v>
       </c>
       <c r="B1561" s="0" t="s">
-        <v>3118</v>
+        <v>3119</v>
       </c>
     </row>
     <row r="1562">
       <c r="A1562" s="0" t="s">
-        <v>3119</v>
+        <v>3120</v>
       </c>
       <c r="B1562" s="0" t="s">
-        <v>3120</v>
+        <v>3121</v>
       </c>
     </row>
     <row r="1563">
       <c r="A1563" s="0" t="s">
-        <v>3121</v>
+        <v>3122</v>
       </c>
       <c r="B1563" s="0" t="s">
-        <v>3122</v>
+        <v>3123</v>
       </c>
     </row>
     <row r="1564">
       <c r="A1564" s="0" t="s">
-        <v>3123</v>
+        <v>3124</v>
       </c>
       <c r="B1564" s="0" t="s">
-        <v>3124</v>
+        <v>3125</v>
       </c>
     </row>
     <row r="1565">
       <c r="A1565" s="0" t="s">
-        <v>3125</v>
+        <v>3126</v>
       </c>
       <c r="B1565" s="0" t="s">
-        <v>3126</v>
+        <v>3127</v>
       </c>
     </row>
     <row r="1566">
       <c r="A1566" s="0" t="s">
-        <v>3127</v>
+        <v>3128</v>
       </c>
       <c r="B1566" s="0" t="s">
-        <v>3128</v>
+        <v>3129</v>
       </c>
     </row>
     <row r="1567">
       <c r="A1567" s="0" t="s">
-        <v>3129</v>
+        <v>3130</v>
       </c>
       <c r="B1567" s="0" t="s">
-        <v>3130</v>
+        <v>3131</v>
       </c>
     </row>
     <row r="1568">
       <c r="A1568" s="0" t="s">
-        <v>3131</v>
+        <v>3132</v>
       </c>
       <c r="B1568" s="0" t="s">
-        <v>3132</v>
+        <v>3133</v>
       </c>
     </row>
     <row r="1569">
       <c r="A1569" s="0" t="s">
-        <v>3133</v>
+        <v>3134</v>
       </c>
       <c r="B1569" s="0" t="s">
-        <v>3134</v>
+        <v>3135</v>
       </c>
     </row>
     <row r="1570">
       <c r="A1570" s="0" t="s">
-        <v>3135</v>
+        <v>3136</v>
       </c>
       <c r="B1570" s="0" t="s">
-        <v>3136</v>
+        <v>3137</v>
       </c>
     </row>
     <row r="1571">
       <c r="A1571" s="0" t="s">
-        <v>3137</v>
+        <v>3138</v>
       </c>
       <c r="B1571" s="0" t="s">
-        <v>3138</v>
+        <v>3139</v>
       </c>
     </row>
     <row r="1572">
       <c r="A1572" s="0" t="s">
-        <v>3139</v>
+        <v>3140</v>
       </c>
       <c r="B1572" s="0" t="s">
-        <v>3140</v>
+        <v>3141</v>
       </c>
     </row>
     <row r="1573">
       <c r="A1573" s="0" t="s">
-        <v>3141</v>
+        <v>3142</v>
       </c>
       <c r="B1573" s="0" t="s">
-        <v>3142</v>
+        <v>3143</v>
       </c>
     </row>
     <row r="1574">
       <c r="A1574" s="0" t="s">
-        <v>3143</v>
+        <v>3144</v>
       </c>
       <c r="B1574" s="0" t="s">
-        <v>3144</v>
+        <v>3145</v>
       </c>
     </row>
     <row r="1575">
       <c r="A1575" s="0" t="s">
-        <v>3145</v>
+        <v>3146</v>
       </c>
       <c r="B1575" s="0" t="s">
-        <v>3146</v>
+        <v>3147</v>
       </c>
     </row>
     <row r="1576">
       <c r="A1576" s="0" t="s">
+        <v>3148</v>
+      </c>
+      <c r="B1576" s="0" t="s">
         <v>3147</v>
-      </c>
-[...1 lines deleted...]
-        <v>3148</v>
       </c>
     </row>
     <row r="1577">
       <c r="A1577" s="0" t="s">
         <v>3149</v>
       </c>
       <c r="B1577" s="0" t="s">
         <v>3150</v>
       </c>
     </row>
     <row r="1578">
       <c r="A1578" s="0" t="s">
         <v>3151</v>
       </c>
       <c r="B1578" s="0" t="s">
         <v>3152</v>
       </c>
     </row>
     <row r="1579">
       <c r="A1579" s="0" t="s">
         <v>3153</v>
       </c>
       <c r="B1579" s="0" t="s">
         <v>3154</v>
       </c>
@@ -28939,451 +29233,451 @@
       <c r="B1671" s="0" t="s">
         <v>3338</v>
       </c>
     </row>
     <row r="1672">
       <c r="A1672" s="0" t="s">
         <v>3339</v>
       </c>
       <c r="B1672" s="0" t="s">
         <v>3340</v>
       </c>
     </row>
     <row r="1673">
       <c r="A1673" s="0" t="s">
         <v>3341</v>
       </c>
       <c r="B1673" s="0" t="s">
         <v>3342</v>
       </c>
     </row>
     <row r="1674">
       <c r="A1674" s="0" t="s">
         <v>3343</v>
       </c>
       <c r="B1674" s="0" t="s">
-        <v>3342</v>
+        <v>3344</v>
       </c>
     </row>
     <row r="1675">
       <c r="A1675" s="0" t="s">
-        <v>3344</v>
+        <v>3345</v>
       </c>
       <c r="B1675" s="0" t="s">
-        <v>3342</v>
+        <v>3346</v>
       </c>
     </row>
     <row r="1676">
       <c r="A1676" s="0" t="s">
-        <v>3345</v>
+        <v>3347</v>
       </c>
       <c r="B1676" s="0" t="s">
-        <v>3346</v>
+        <v>3348</v>
       </c>
     </row>
     <row r="1677">
       <c r="A1677" s="0" t="s">
-        <v>3347</v>
+        <v>3349</v>
       </c>
       <c r="B1677" s="0" t="s">
-        <v>3348</v>
+        <v>3350</v>
       </c>
     </row>
     <row r="1678">
       <c r="A1678" s="0" t="s">
-        <v>3349</v>
+        <v>3351</v>
       </c>
       <c r="B1678" s="0" t="s">
-        <v>3350</v>
+        <v>3352</v>
       </c>
     </row>
     <row r="1679">
       <c r="A1679" s="0" t="s">
-        <v>3351</v>
+        <v>3353</v>
       </c>
       <c r="B1679" s="0" t="s">
-        <v>3352</v>
+        <v>3354</v>
       </c>
     </row>
     <row r="1680">
       <c r="A1680" s="0" t="s">
-        <v>3353</v>
+        <v>3355</v>
       </c>
       <c r="B1680" s="0" t="s">
-        <v>3354</v>
+        <v>3356</v>
       </c>
     </row>
     <row r="1681">
       <c r="A1681" s="0" t="s">
-        <v>3355</v>
+        <v>3357</v>
       </c>
       <c r="B1681" s="0" t="s">
-        <v>3356</v>
+        <v>3358</v>
       </c>
     </row>
     <row r="1682">
       <c r="A1682" s="0" t="s">
-        <v>3357</v>
+        <v>3359</v>
       </c>
       <c r="B1682" s="0" t="s">
-        <v>3358</v>
+        <v>3360</v>
       </c>
     </row>
     <row r="1683">
       <c r="A1683" s="0" t="s">
-        <v>3359</v>
+        <v>3361</v>
       </c>
       <c r="B1683" s="0" t="s">
-        <v>3360</v>
+        <v>3362</v>
       </c>
     </row>
     <row r="1684">
       <c r="A1684" s="0" t="s">
-        <v>3361</v>
+        <v>3363</v>
       </c>
       <c r="B1684" s="0" t="s">
-        <v>3362</v>
+        <v>3364</v>
       </c>
     </row>
     <row r="1685">
       <c r="A1685" s="0" t="s">
-        <v>3363</v>
+        <v>3365</v>
       </c>
       <c r="B1685" s="0" t="s">
-        <v>3364</v>
+        <v>3366</v>
       </c>
     </row>
     <row r="1686">
       <c r="A1686" s="0" t="s">
-        <v>3365</v>
+        <v>3367</v>
       </c>
       <c r="B1686" s="0" t="s">
-        <v>3366</v>
+        <v>3368</v>
       </c>
     </row>
     <row r="1687">
       <c r="A1687" s="0" t="s">
-        <v>3367</v>
+        <v>3369</v>
       </c>
       <c r="B1687" s="0" t="s">
-        <v>3368</v>
+        <v>3370</v>
       </c>
     </row>
     <row r="1688">
       <c r="A1688" s="0" t="s">
-        <v>3369</v>
+        <v>3371</v>
       </c>
       <c r="B1688" s="0" t="s">
-        <v>3370</v>
+        <v>3372</v>
       </c>
     </row>
     <row r="1689">
       <c r="A1689" s="0" t="s">
-        <v>3371</v>
+        <v>3373</v>
       </c>
       <c r="B1689" s="0" t="s">
-        <v>3372</v>
+        <v>3374</v>
       </c>
     </row>
     <row r="1690">
       <c r="A1690" s="0" t="s">
-        <v>3373</v>
+        <v>3375</v>
       </c>
       <c r="B1690" s="0" t="s">
-        <v>3374</v>
+        <v>3376</v>
       </c>
     </row>
     <row r="1691">
       <c r="A1691" s="0" t="s">
-        <v>3375</v>
+        <v>3377</v>
       </c>
       <c r="B1691" s="0" t="s">
-        <v>3376</v>
+        <v>3378</v>
       </c>
     </row>
     <row r="1692">
       <c r="A1692" s="0" t="s">
-        <v>3377</v>
+        <v>3379</v>
       </c>
       <c r="B1692" s="0" t="s">
-        <v>3378</v>
+        <v>3380</v>
       </c>
     </row>
     <row r="1693">
       <c r="A1693" s="0" t="s">
-        <v>3379</v>
+        <v>3381</v>
       </c>
       <c r="B1693" s="0" t="s">
-        <v>3380</v>
+        <v>3382</v>
       </c>
     </row>
     <row r="1694">
       <c r="A1694" s="0" t="s">
-        <v>3381</v>
+        <v>3383</v>
       </c>
       <c r="B1694" s="0" t="s">
-        <v>3382</v>
+        <v>3384</v>
       </c>
     </row>
     <row r="1695">
       <c r="A1695" s="0" t="s">
-        <v>3383</v>
+        <v>3385</v>
       </c>
       <c r="B1695" s="0" t="s">
-        <v>3384</v>
+        <v>3386</v>
       </c>
     </row>
     <row r="1696">
       <c r="A1696" s="0" t="s">
-        <v>3385</v>
+        <v>3387</v>
       </c>
       <c r="B1696" s="0" t="s">
-        <v>3386</v>
+        <v>3388</v>
       </c>
     </row>
     <row r="1697">
       <c r="A1697" s="0" t="s">
-        <v>3387</v>
+        <v>3389</v>
       </c>
       <c r="B1697" s="0" t="s">
-        <v>3388</v>
+        <v>3390</v>
       </c>
     </row>
     <row r="1698">
       <c r="A1698" s="0" t="s">
-        <v>3389</v>
+        <v>3391</v>
       </c>
       <c r="B1698" s="0" t="s">
-        <v>3390</v>
+        <v>3392</v>
       </c>
     </row>
     <row r="1699">
       <c r="A1699" s="0" t="s">
-        <v>3391</v>
+        <v>3393</v>
       </c>
       <c r="B1699" s="0" t="s">
-        <v>3392</v>
+        <v>3394</v>
       </c>
     </row>
     <row r="1700">
       <c r="A1700" s="0" t="s">
-        <v>3393</v>
+        <v>3395</v>
       </c>
       <c r="B1700" s="0" t="s">
-        <v>3394</v>
+        <v>3396</v>
       </c>
     </row>
     <row r="1701">
       <c r="A1701" s="0" t="s">
-        <v>3395</v>
+        <v>3397</v>
       </c>
       <c r="B1701" s="0" t="s">
-        <v>3396</v>
+        <v>3398</v>
       </c>
     </row>
     <row r="1702">
       <c r="A1702" s="0" t="s">
-        <v>3397</v>
+        <v>3399</v>
       </c>
       <c r="B1702" s="0" t="s">
-        <v>3398</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="1703">
       <c r="A1703" s="0" t="s">
-        <v>3399</v>
+        <v>3401</v>
       </c>
       <c r="B1703" s="0" t="s">
-        <v>3400</v>
+        <v>3402</v>
       </c>
     </row>
     <row r="1704">
       <c r="A1704" s="0" t="s">
-        <v>3401</v>
+        <v>3403</v>
       </c>
       <c r="B1704" s="0" t="s">
-        <v>3402</v>
+        <v>3404</v>
       </c>
     </row>
     <row r="1705">
       <c r="A1705" s="0" t="s">
-        <v>3403</v>
+        <v>3405</v>
       </c>
       <c r="B1705" s="0" t="s">
-        <v>3404</v>
+        <v>3406</v>
       </c>
     </row>
     <row r="1706">
       <c r="A1706" s="0" t="s">
-        <v>3405</v>
+        <v>3407</v>
       </c>
       <c r="B1706" s="0" t="s">
-        <v>3406</v>
+        <v>3408</v>
       </c>
     </row>
     <row r="1707">
       <c r="A1707" s="0" t="s">
-        <v>3407</v>
+        <v>3409</v>
       </c>
       <c r="B1707" s="0" t="s">
-        <v>3408</v>
+        <v>3410</v>
       </c>
     </row>
     <row r="1708">
       <c r="A1708" s="0" t="s">
-        <v>3409</v>
+        <v>3411</v>
       </c>
       <c r="B1708" s="0" t="s">
-        <v>3410</v>
+        <v>3412</v>
       </c>
     </row>
     <row r="1709">
       <c r="A1709" s="0" t="s">
-        <v>3411</v>
+        <v>3413</v>
       </c>
       <c r="B1709" s="0" t="s">
-        <v>3412</v>
+        <v>3414</v>
       </c>
     </row>
     <row r="1710">
       <c r="A1710" s="0" t="s">
-        <v>3413</v>
+        <v>3415</v>
       </c>
       <c r="B1710" s="0" t="s">
-        <v>3414</v>
+        <v>3416</v>
       </c>
     </row>
     <row r="1711">
       <c r="A1711" s="0" t="s">
-        <v>3415</v>
+        <v>3417</v>
       </c>
       <c r="B1711" s="0" t="s">
-        <v>3416</v>
+        <v>3418</v>
       </c>
     </row>
     <row r="1712">
       <c r="A1712" s="0" t="s">
-        <v>3417</v>
+        <v>3419</v>
       </c>
       <c r="B1712" s="0" t="s">
-        <v>3418</v>
+        <v>3420</v>
       </c>
     </row>
     <row r="1713">
       <c r="A1713" s="0" t="s">
-        <v>3419</v>
+        <v>3421</v>
       </c>
       <c r="B1713" s="0" t="s">
-        <v>3420</v>
+        <v>3422</v>
       </c>
     </row>
     <row r="1714">
       <c r="A1714" s="0" t="s">
-        <v>3421</v>
+        <v>3423</v>
       </c>
       <c r="B1714" s="0" t="s">
-        <v>3422</v>
+        <v>3424</v>
       </c>
     </row>
     <row r="1715">
       <c r="A1715" s="0" t="s">
-        <v>3423</v>
+        <v>3425</v>
       </c>
       <c r="B1715" s="0" t="s">
-        <v>3424</v>
+        <v>3426</v>
       </c>
     </row>
     <row r="1716">
       <c r="A1716" s="0" t="s">
-        <v>3425</v>
+        <v>3427</v>
       </c>
       <c r="B1716" s="0" t="s">
-        <v>3426</v>
+        <v>3428</v>
       </c>
     </row>
     <row r="1717">
       <c r="A1717" s="0" t="s">
-        <v>3427</v>
+        <v>3429</v>
       </c>
       <c r="B1717" s="0" t="s">
-        <v>3428</v>
+        <v>3430</v>
       </c>
     </row>
     <row r="1718">
       <c r="A1718" s="0" t="s">
-        <v>3429</v>
+        <v>3431</v>
       </c>
       <c r="B1718" s="0" t="s">
-        <v>3430</v>
+        <v>3432</v>
       </c>
     </row>
     <row r="1719">
       <c r="A1719" s="0" t="s">
-        <v>3431</v>
+        <v>3433</v>
       </c>
       <c r="B1719" s="0" t="s">
-        <v>3432</v>
+        <v>3434</v>
       </c>
     </row>
     <row r="1720">
       <c r="A1720" s="0" t="s">
-        <v>3433</v>
+        <v>3435</v>
       </c>
       <c r="B1720" s="0" t="s">
-        <v>3434</v>
+        <v>3436</v>
       </c>
     </row>
     <row r="1721">
       <c r="A1721" s="0" t="s">
-        <v>3435</v>
+        <v>3437</v>
       </c>
       <c r="B1721" s="0" t="s">
-        <v>3436</v>
+        <v>3438</v>
       </c>
     </row>
     <row r="1722">
       <c r="A1722" s="0" t="s">
-        <v>3437</v>
+        <v>3439</v>
       </c>
       <c r="B1722" s="0" t="s">
-        <v>3438</v>
+        <v>3440</v>
       </c>
     </row>
     <row r="1723">
       <c r="A1723" s="0" t="s">
-        <v>3439</v>
+        <v>3441</v>
       </c>
       <c r="B1723" s="0" t="s">
         <v>3440</v>
       </c>
     </row>
     <row r="1724">
       <c r="A1724" s="0" t="s">
-        <v>3441</v>
+        <v>3442</v>
       </c>
       <c r="B1724" s="0" t="s">
-        <v>3442</v>
+        <v>3440</v>
       </c>
     </row>
     <row r="1725">
       <c r="A1725" s="0" t="s">
         <v>3443</v>
       </c>
       <c r="B1725" s="0" t="s">
         <v>3444</v>
       </c>
     </row>
     <row r="1726">
       <c r="A1726" s="0" t="s">
         <v>3445</v>
       </c>
       <c r="B1726" s="0" t="s">
         <v>3446</v>
       </c>
     </row>
     <row r="1727">
       <c r="A1727" s="0" t="s">
         <v>3447</v>
       </c>
       <c r="B1727" s="0" t="s">
         <v>3448</v>
       </c>
@@ -31547,443 +31841,443 @@
       <c r="B1997" s="0" t="s">
         <v>3988</v>
       </c>
     </row>
     <row r="1998">
       <c r="A1998" s="0" t="s">
         <v>3989</v>
       </c>
       <c r="B1998" s="0" t="s">
         <v>3990</v>
       </c>
     </row>
     <row r="1999">
       <c r="A1999" s="0" t="s">
         <v>3991</v>
       </c>
       <c r="B1999" s="0" t="s">
         <v>3992</v>
       </c>
     </row>
     <row r="2000">
       <c r="A2000" s="0" t="s">
         <v>3993</v>
       </c>
       <c r="B2000" s="0" t="s">
-        <v>3920</v>
+        <v>3994</v>
       </c>
     </row>
     <row r="2001">
       <c r="A2001" s="0" t="s">
-        <v>3994</v>
+        <v>3995</v>
       </c>
       <c r="B2001" s="0" t="s">
-        <v>3995</v>
+        <v>3996</v>
       </c>
     </row>
     <row r="2002">
       <c r="A2002" s="0" t="s">
-        <v>3996</v>
+        <v>3997</v>
       </c>
       <c r="B2002" s="0" t="s">
-        <v>3997</v>
+        <v>3998</v>
       </c>
     </row>
     <row r="2003">
       <c r="A2003" s="0" t="s">
-        <v>3998</v>
+        <v>3999</v>
       </c>
       <c r="B2003" s="0" t="s">
-        <v>3999</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="2004">
       <c r="A2004" s="0" t="s">
-        <v>4000</v>
+        <v>4001</v>
       </c>
       <c r="B2004" s="0" t="s">
-        <v>4001</v>
+        <v>4002</v>
       </c>
     </row>
     <row r="2005">
       <c r="A2005" s="0" t="s">
-        <v>4002</v>
+        <v>4003</v>
       </c>
       <c r="B2005" s="0" t="s">
-        <v>4003</v>
+        <v>4004</v>
       </c>
     </row>
     <row r="2006">
       <c r="A2006" s="0" t="s">
-        <v>4004</v>
+        <v>4005</v>
       </c>
       <c r="B2006" s="0" t="s">
-        <v>4005</v>
+        <v>4006</v>
       </c>
     </row>
     <row r="2007">
       <c r="A2007" s="0" t="s">
-        <v>4006</v>
+        <v>4007</v>
       </c>
       <c r="B2007" s="0" t="s">
-        <v>4007</v>
+        <v>4008</v>
       </c>
     </row>
     <row r="2008">
       <c r="A2008" s="0" t="s">
-        <v>4008</v>
+        <v>4009</v>
       </c>
       <c r="B2008" s="0" t="s">
-        <v>4009</v>
+        <v>4010</v>
       </c>
     </row>
     <row r="2009">
       <c r="A2009" s="0" t="s">
-        <v>4010</v>
+        <v>4011</v>
       </c>
       <c r="B2009" s="0" t="s">
-        <v>4011</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="2010">
       <c r="A2010" s="0" t="s">
-        <v>4012</v>
+        <v>4013</v>
       </c>
       <c r="B2010" s="0" t="s">
-        <v>4013</v>
+        <v>4014</v>
       </c>
     </row>
     <row r="2011">
       <c r="A2011" s="0" t="s">
-        <v>4014</v>
+        <v>4015</v>
       </c>
       <c r="B2011" s="0" t="s">
-        <v>4015</v>
+        <v>4016</v>
       </c>
     </row>
     <row r="2012">
       <c r="A2012" s="0" t="s">
-        <v>4016</v>
+        <v>4017</v>
       </c>
       <c r="B2012" s="0" t="s">
-        <v>4017</v>
+        <v>4018</v>
       </c>
     </row>
     <row r="2013">
       <c r="A2013" s="0" t="s">
-        <v>4018</v>
+        <v>4019</v>
       </c>
       <c r="B2013" s="0" t="s">
-        <v>4019</v>
+        <v>4020</v>
       </c>
     </row>
     <row r="2014">
       <c r="A2014" s="0" t="s">
-        <v>4020</v>
+        <v>4021</v>
       </c>
       <c r="B2014" s="0" t="s">
-        <v>4021</v>
+        <v>4022</v>
       </c>
     </row>
     <row r="2015">
       <c r="A2015" s="0" t="s">
-        <v>4022</v>
+        <v>4023</v>
       </c>
       <c r="B2015" s="0" t="s">
-        <v>4023</v>
+        <v>4024</v>
       </c>
     </row>
     <row r="2016">
       <c r="A2016" s="0" t="s">
-        <v>4024</v>
+        <v>4025</v>
       </c>
       <c r="B2016" s="0" t="s">
-        <v>4025</v>
+        <v>4026</v>
       </c>
     </row>
     <row r="2017">
       <c r="A2017" s="0" t="s">
-        <v>4026</v>
+        <v>4027</v>
       </c>
       <c r="B2017" s="0" t="s">
-        <v>4027</v>
+        <v>4028</v>
       </c>
     </row>
     <row r="2018">
       <c r="A2018" s="0" t="s">
-        <v>4028</v>
+        <v>4029</v>
       </c>
       <c r="B2018" s="0" t="s">
-        <v>4029</v>
+        <v>4030</v>
       </c>
     </row>
     <row r="2019">
       <c r="A2019" s="0" t="s">
-        <v>4030</v>
+        <v>4031</v>
       </c>
       <c r="B2019" s="0" t="s">
-        <v>4031</v>
+        <v>4032</v>
       </c>
     </row>
     <row r="2020">
       <c r="A2020" s="0" t="s">
-        <v>4032</v>
+        <v>4033</v>
       </c>
       <c r="B2020" s="0" t="s">
-        <v>4033</v>
+        <v>4034</v>
       </c>
     </row>
     <row r="2021">
       <c r="A2021" s="0" t="s">
-        <v>4034</v>
+        <v>4035</v>
       </c>
       <c r="B2021" s="0" t="s">
-        <v>4035</v>
+        <v>4036</v>
       </c>
     </row>
     <row r="2022">
       <c r="A2022" s="0" t="s">
-        <v>4036</v>
+        <v>4037</v>
       </c>
       <c r="B2022" s="0" t="s">
-        <v>4037</v>
+        <v>4038</v>
       </c>
     </row>
     <row r="2023">
       <c r="A2023" s="0" t="s">
-        <v>4038</v>
+        <v>4039</v>
       </c>
       <c r="B2023" s="0" t="s">
-        <v>4039</v>
+        <v>4040</v>
       </c>
     </row>
     <row r="2024">
       <c r="A2024" s="0" t="s">
-        <v>4040</v>
+        <v>4041</v>
       </c>
       <c r="B2024" s="0" t="s">
-        <v>4041</v>
+        <v>4042</v>
       </c>
     </row>
     <row r="2025">
       <c r="A2025" s="0" t="s">
-        <v>4042</v>
+        <v>4043</v>
       </c>
       <c r="B2025" s="0" t="s">
-        <v>4043</v>
+        <v>4044</v>
       </c>
     </row>
     <row r="2026">
       <c r="A2026" s="0" t="s">
-        <v>4044</v>
+        <v>4045</v>
       </c>
       <c r="B2026" s="0" t="s">
-        <v>4045</v>
+        <v>4046</v>
       </c>
     </row>
     <row r="2027">
       <c r="A2027" s="0" t="s">
-        <v>4046</v>
+        <v>4047</v>
       </c>
       <c r="B2027" s="0" t="s">
-        <v>4047</v>
+        <v>4048</v>
       </c>
     </row>
     <row r="2028">
       <c r="A2028" s="0" t="s">
-        <v>4048</v>
+        <v>4049</v>
       </c>
       <c r="B2028" s="0" t="s">
-        <v>4049</v>
+        <v>4050</v>
       </c>
     </row>
     <row r="2029">
       <c r="A2029" s="0" t="s">
-        <v>4050</v>
+        <v>4051</v>
       </c>
       <c r="B2029" s="0" t="s">
-        <v>4051</v>
+        <v>4052</v>
       </c>
     </row>
     <row r="2030">
       <c r="A2030" s="0" t="s">
-        <v>4052</v>
+        <v>4053</v>
       </c>
       <c r="B2030" s="0" t="s">
-        <v>4053</v>
+        <v>4054</v>
       </c>
     </row>
     <row r="2031">
       <c r="A2031" s="0" t="s">
-        <v>4054</v>
+        <v>4055</v>
       </c>
       <c r="B2031" s="0" t="s">
-        <v>4055</v>
+        <v>4056</v>
       </c>
     </row>
     <row r="2032">
       <c r="A2032" s="0" t="s">
-        <v>4056</v>
+        <v>4057</v>
       </c>
       <c r="B2032" s="0" t="s">
-        <v>4057</v>
+        <v>4058</v>
       </c>
     </row>
     <row r="2033">
       <c r="A2033" s="0" t="s">
-        <v>4058</v>
+        <v>4059</v>
       </c>
       <c r="B2033" s="0" t="s">
-        <v>4059</v>
+        <v>4060</v>
       </c>
     </row>
     <row r="2034">
       <c r="A2034" s="0" t="s">
-        <v>4060</v>
+        <v>4061</v>
       </c>
       <c r="B2034" s="0" t="s">
-        <v>4061</v>
+        <v>4062</v>
       </c>
     </row>
     <row r="2035">
       <c r="A2035" s="0" t="s">
-        <v>4062</v>
+        <v>4063</v>
       </c>
       <c r="B2035" s="0" t="s">
-        <v>4063</v>
+        <v>4064</v>
       </c>
     </row>
     <row r="2036">
       <c r="A2036" s="0" t="s">
-        <v>4064</v>
+        <v>4065</v>
       </c>
       <c r="B2036" s="0" t="s">
-        <v>4065</v>
+        <v>4066</v>
       </c>
     </row>
     <row r="2037">
       <c r="A2037" s="0" t="s">
-        <v>4066</v>
+        <v>4067</v>
       </c>
       <c r="B2037" s="0" t="s">
-        <v>4067</v>
+        <v>4068</v>
       </c>
     </row>
     <row r="2038">
       <c r="A2038" s="0" t="s">
-        <v>4068</v>
+        <v>4069</v>
       </c>
       <c r="B2038" s="0" t="s">
-        <v>4069</v>
+        <v>4070</v>
       </c>
     </row>
     <row r="2039">
       <c r="A2039" s="0" t="s">
-        <v>4070</v>
+        <v>4071</v>
       </c>
       <c r="B2039" s="0" t="s">
-        <v>4071</v>
+        <v>4072</v>
       </c>
     </row>
     <row r="2040">
       <c r="A2040" s="0" t="s">
-        <v>4072</v>
+        <v>4073</v>
       </c>
       <c r="B2040" s="0" t="s">
-        <v>4073</v>
+        <v>4074</v>
       </c>
     </row>
     <row r="2041">
       <c r="A2041" s="0" t="s">
-        <v>4074</v>
+        <v>4075</v>
       </c>
       <c r="B2041" s="0" t="s">
-        <v>4075</v>
+        <v>4076</v>
       </c>
     </row>
     <row r="2042">
       <c r="A2042" s="0" t="s">
-        <v>4076</v>
+        <v>4077</v>
       </c>
       <c r="B2042" s="0" t="s">
-        <v>4077</v>
+        <v>4078</v>
       </c>
     </row>
     <row r="2043">
       <c r="A2043" s="0" t="s">
-        <v>4078</v>
+        <v>4079</v>
       </c>
       <c r="B2043" s="0" t="s">
-        <v>4079</v>
+        <v>4080</v>
       </c>
     </row>
     <row r="2044">
       <c r="A2044" s="0" t="s">
-        <v>4080</v>
+        <v>4081</v>
       </c>
       <c r="B2044" s="0" t="s">
-        <v>4081</v>
+        <v>4082</v>
       </c>
     </row>
     <row r="2045">
       <c r="A2045" s="0" t="s">
-        <v>4082</v>
+        <v>4083</v>
       </c>
       <c r="B2045" s="0" t="s">
-        <v>4083</v>
+        <v>4084</v>
       </c>
     </row>
     <row r="2046">
       <c r="A2046" s="0" t="s">
-        <v>4084</v>
+        <v>4085</v>
       </c>
       <c r="B2046" s="0" t="s">
-        <v>4085</v>
+        <v>4086</v>
       </c>
     </row>
     <row r="2047">
       <c r="A2047" s="0" t="s">
-        <v>4086</v>
+        <v>4087</v>
       </c>
       <c r="B2047" s="0" t="s">
-        <v>4087</v>
+        <v>4088</v>
       </c>
     </row>
     <row r="2048">
       <c r="A2048" s="0" t="s">
-        <v>4088</v>
+        <v>4089</v>
       </c>
       <c r="B2048" s="0" t="s">
-        <v>4089</v>
+        <v>4090</v>
       </c>
     </row>
     <row r="2049">
       <c r="A2049" s="0" t="s">
-        <v>4090</v>
+        <v>4091</v>
       </c>
       <c r="B2049" s="0" t="s">
-        <v>4091</v>
+        <v>4018</v>
       </c>
     </row>
     <row r="2050">
       <c r="A2050" s="0" t="s">
         <v>4092</v>
       </c>
       <c r="B2050" s="0" t="s">
         <v>4093</v>
       </c>
     </row>
     <row r="2051">
       <c r="A2051" s="0" t="s">
         <v>4094</v>
       </c>
       <c r="B2051" s="0" t="s">
         <v>4095</v>
       </c>
     </row>
     <row r="2052">
       <c r="A2052" s="0" t="s">
         <v>4096</v>
       </c>
       <c r="B2052" s="0" t="s">
         <v>4097</v>
       </c>
@@ -34523,443 +34817,443 @@
       <c r="B2369" s="0" t="s">
         <v>4731</v>
       </c>
     </row>
     <row r="2370">
       <c r="A2370" s="0" t="s">
         <v>4732</v>
       </c>
       <c r="B2370" s="0" t="s">
         <v>4733</v>
       </c>
     </row>
     <row r="2371">
       <c r="A2371" s="0" t="s">
         <v>4734</v>
       </c>
       <c r="B2371" s="0" t="s">
         <v>4735</v>
       </c>
     </row>
     <row r="2372">
       <c r="A2372" s="0" t="s">
         <v>4736</v>
       </c>
       <c r="B2372" s="0" t="s">
-        <v>2252</v>
+        <v>4737</v>
       </c>
     </row>
     <row r="2373">
       <c r="A2373" s="0" t="s">
-        <v>4737</v>
+        <v>4738</v>
       </c>
       <c r="B2373" s="0" t="s">
-        <v>4738</v>
+        <v>4739</v>
       </c>
     </row>
     <row r="2374">
       <c r="A2374" s="0" t="s">
-        <v>4739</v>
+        <v>4740</v>
       </c>
       <c r="B2374" s="0" t="s">
-        <v>4740</v>
+        <v>4741</v>
       </c>
     </row>
     <row r="2375">
       <c r="A2375" s="0" t="s">
-        <v>4741</v>
+        <v>4742</v>
       </c>
       <c r="B2375" s="0" t="s">
-        <v>4742</v>
+        <v>4743</v>
       </c>
     </row>
     <row r="2376">
       <c r="A2376" s="0" t="s">
-        <v>4743</v>
+        <v>4744</v>
       </c>
       <c r="B2376" s="0" t="s">
-        <v>4744</v>
+        <v>4745</v>
       </c>
     </row>
     <row r="2377">
       <c r="A2377" s="0" t="s">
-        <v>4745</v>
+        <v>4746</v>
       </c>
       <c r="B2377" s="0" t="s">
-        <v>4746</v>
+        <v>4747</v>
       </c>
     </row>
     <row r="2378">
       <c r="A2378" s="0" t="s">
-        <v>4747</v>
+        <v>4748</v>
       </c>
       <c r="B2378" s="0" t="s">
-        <v>4748</v>
+        <v>4749</v>
       </c>
     </row>
     <row r="2379">
       <c r="A2379" s="0" t="s">
-        <v>4749</v>
+        <v>4750</v>
       </c>
       <c r="B2379" s="0" t="s">
-        <v>4750</v>
+        <v>4751</v>
       </c>
     </row>
     <row r="2380">
       <c r="A2380" s="0" t="s">
-        <v>4751</v>
+        <v>4752</v>
       </c>
       <c r="B2380" s="0" t="s">
-        <v>4752</v>
+        <v>4753</v>
       </c>
     </row>
     <row r="2381">
       <c r="A2381" s="0" t="s">
-        <v>4753</v>
+        <v>4754</v>
       </c>
       <c r="B2381" s="0" t="s">
-        <v>4754</v>
+        <v>4755</v>
       </c>
     </row>
     <row r="2382">
       <c r="A2382" s="0" t="s">
-        <v>4755</v>
+        <v>4756</v>
       </c>
       <c r="B2382" s="0" t="s">
-        <v>4756</v>
+        <v>4757</v>
       </c>
     </row>
     <row r="2383">
       <c r="A2383" s="0" t="s">
-        <v>4757</v>
+        <v>4758</v>
       </c>
       <c r="B2383" s="0" t="s">
-        <v>4758</v>
+        <v>4759</v>
       </c>
     </row>
     <row r="2384">
       <c r="A2384" s="0" t="s">
-        <v>4759</v>
+        <v>4760</v>
       </c>
       <c r="B2384" s="0" t="s">
-        <v>4760</v>
+        <v>4761</v>
       </c>
     </row>
     <row r="2385">
       <c r="A2385" s="0" t="s">
-        <v>4761</v>
+        <v>4762</v>
       </c>
       <c r="B2385" s="0" t="s">
-        <v>4762</v>
+        <v>4763</v>
       </c>
     </row>
     <row r="2386">
       <c r="A2386" s="0" t="s">
-        <v>4763</v>
+        <v>4764</v>
       </c>
       <c r="B2386" s="0" t="s">
-        <v>4764</v>
+        <v>4765</v>
       </c>
     </row>
     <row r="2387">
       <c r="A2387" s="0" t="s">
-        <v>4765</v>
+        <v>4766</v>
       </c>
       <c r="B2387" s="0" t="s">
-        <v>4766</v>
+        <v>4767</v>
       </c>
     </row>
     <row r="2388">
       <c r="A2388" s="0" t="s">
-        <v>4767</v>
+        <v>4768</v>
       </c>
       <c r="B2388" s="0" t="s">
-        <v>4768</v>
+        <v>4769</v>
       </c>
     </row>
     <row r="2389">
       <c r="A2389" s="0" t="s">
-        <v>4769</v>
+        <v>4770</v>
       </c>
       <c r="B2389" s="0" t="s">
-        <v>4770</v>
+        <v>4771</v>
       </c>
     </row>
     <row r="2390">
       <c r="A2390" s="0" t="s">
-        <v>4771</v>
+        <v>4772</v>
       </c>
       <c r="B2390" s="0" t="s">
-        <v>4772</v>
+        <v>4773</v>
       </c>
     </row>
     <row r="2391">
       <c r="A2391" s="0" t="s">
-        <v>4773</v>
+        <v>4774</v>
       </c>
       <c r="B2391" s="0" t="s">
-        <v>4774</v>
+        <v>4775</v>
       </c>
     </row>
     <row r="2392">
       <c r="A2392" s="0" t="s">
-        <v>4775</v>
+        <v>4776</v>
       </c>
       <c r="B2392" s="0" t="s">
-        <v>4776</v>
+        <v>4777</v>
       </c>
     </row>
     <row r="2393">
       <c r="A2393" s="0" t="s">
-        <v>4777</v>
+        <v>4778</v>
       </c>
       <c r="B2393" s="0" t="s">
-        <v>4778</v>
+        <v>4779</v>
       </c>
     </row>
     <row r="2394">
       <c r="A2394" s="0" t="s">
-        <v>4779</v>
+        <v>4780</v>
       </c>
       <c r="B2394" s="0" t="s">
-        <v>4780</v>
+        <v>4781</v>
       </c>
     </row>
     <row r="2395">
       <c r="A2395" s="0" t="s">
-        <v>4781</v>
+        <v>4782</v>
       </c>
       <c r="B2395" s="0" t="s">
-        <v>4782</v>
+        <v>4783</v>
       </c>
     </row>
     <row r="2396">
       <c r="A2396" s="0" t="s">
-        <v>4783</v>
+        <v>4784</v>
       </c>
       <c r="B2396" s="0" t="s">
-        <v>4784</v>
+        <v>4785</v>
       </c>
     </row>
     <row r="2397">
       <c r="A2397" s="0" t="s">
-        <v>4785</v>
+        <v>4786</v>
       </c>
       <c r="B2397" s="0" t="s">
-        <v>4786</v>
+        <v>4787</v>
       </c>
     </row>
     <row r="2398">
       <c r="A2398" s="0" t="s">
-        <v>4787</v>
+        <v>4788</v>
       </c>
       <c r="B2398" s="0" t="s">
-        <v>4788</v>
+        <v>4789</v>
       </c>
     </row>
     <row r="2399">
       <c r="A2399" s="0" t="s">
-        <v>4789</v>
+        <v>4790</v>
       </c>
       <c r="B2399" s="0" t="s">
-        <v>4790</v>
+        <v>4791</v>
       </c>
     </row>
     <row r="2400">
       <c r="A2400" s="0" t="s">
-        <v>4791</v>
+        <v>4792</v>
       </c>
       <c r="B2400" s="0" t="s">
-        <v>4792</v>
+        <v>4793</v>
       </c>
     </row>
     <row r="2401">
       <c r="A2401" s="0" t="s">
-        <v>4793</v>
+        <v>4794</v>
       </c>
       <c r="B2401" s="0" t="s">
-        <v>4794</v>
+        <v>4795</v>
       </c>
     </row>
     <row r="2402">
       <c r="A2402" s="0" t="s">
-        <v>4795</v>
+        <v>4796</v>
       </c>
       <c r="B2402" s="0" t="s">
-        <v>4796</v>
+        <v>4797</v>
       </c>
     </row>
     <row r="2403">
       <c r="A2403" s="0" t="s">
-        <v>4797</v>
+        <v>4798</v>
       </c>
       <c r="B2403" s="0" t="s">
-        <v>4798</v>
+        <v>4799</v>
       </c>
     </row>
     <row r="2404">
       <c r="A2404" s="0" t="s">
-        <v>4799</v>
+        <v>4800</v>
       </c>
       <c r="B2404" s="0" t="s">
-        <v>4800</v>
+        <v>4801</v>
       </c>
     </row>
     <row r="2405">
       <c r="A2405" s="0" t="s">
-        <v>4801</v>
+        <v>4802</v>
       </c>
       <c r="B2405" s="0" t="s">
-        <v>4802</v>
+        <v>4803</v>
       </c>
     </row>
     <row r="2406">
       <c r="A2406" s="0" t="s">
-        <v>4803</v>
+        <v>4804</v>
       </c>
       <c r="B2406" s="0" t="s">
-        <v>4804</v>
+        <v>4805</v>
       </c>
     </row>
     <row r="2407">
       <c r="A2407" s="0" t="s">
-        <v>4805</v>
+        <v>4806</v>
       </c>
       <c r="B2407" s="0" t="s">
-        <v>4806</v>
+        <v>4807</v>
       </c>
     </row>
     <row r="2408">
       <c r="A2408" s="0" t="s">
-        <v>4807</v>
+        <v>4808</v>
       </c>
       <c r="B2408" s="0" t="s">
-        <v>4808</v>
+        <v>4809</v>
       </c>
     </row>
     <row r="2409">
       <c r="A2409" s="0" t="s">
-        <v>4809</v>
+        <v>4810</v>
       </c>
       <c r="B2409" s="0" t="s">
-        <v>4810</v>
+        <v>4811</v>
       </c>
     </row>
     <row r="2410">
       <c r="A2410" s="0" t="s">
-        <v>4811</v>
+        <v>4812</v>
       </c>
       <c r="B2410" s="0" t="s">
-        <v>4812</v>
+        <v>4813</v>
       </c>
     </row>
     <row r="2411">
       <c r="A2411" s="0" t="s">
-        <v>4813</v>
+        <v>4814</v>
       </c>
       <c r="B2411" s="0" t="s">
-        <v>4814</v>
+        <v>4815</v>
       </c>
     </row>
     <row r="2412">
       <c r="A2412" s="0" t="s">
-        <v>4815</v>
+        <v>4816</v>
       </c>
       <c r="B2412" s="0" t="s">
-        <v>4816</v>
+        <v>4817</v>
       </c>
     </row>
     <row r="2413">
       <c r="A2413" s="0" t="s">
-        <v>4817</v>
+        <v>4818</v>
       </c>
       <c r="B2413" s="0" t="s">
-        <v>4818</v>
+        <v>4819</v>
       </c>
     </row>
     <row r="2414">
       <c r="A2414" s="0" t="s">
-        <v>4819</v>
+        <v>4820</v>
       </c>
       <c r="B2414" s="0" t="s">
-        <v>4820</v>
+        <v>4821</v>
       </c>
     </row>
     <row r="2415">
       <c r="A2415" s="0" t="s">
-        <v>4821</v>
+        <v>4822</v>
       </c>
       <c r="B2415" s="0" t="s">
-        <v>4822</v>
+        <v>4823</v>
       </c>
     </row>
     <row r="2416">
       <c r="A2416" s="0" t="s">
-        <v>4823</v>
+        <v>4824</v>
       </c>
       <c r="B2416" s="0" t="s">
-        <v>4824</v>
+        <v>4825</v>
       </c>
     </row>
     <row r="2417">
       <c r="A2417" s="0" t="s">
-        <v>4825</v>
+        <v>4826</v>
       </c>
       <c r="B2417" s="0" t="s">
-        <v>4826</v>
+        <v>4827</v>
       </c>
     </row>
     <row r="2418">
       <c r="A2418" s="0" t="s">
-        <v>4827</v>
+        <v>4828</v>
       </c>
       <c r="B2418" s="0" t="s">
-        <v>4828</v>
+        <v>4829</v>
       </c>
     </row>
     <row r="2419">
       <c r="A2419" s="0" t="s">
-        <v>4829</v>
+        <v>4830</v>
       </c>
       <c r="B2419" s="0" t="s">
-        <v>4830</v>
+        <v>4831</v>
       </c>
     </row>
     <row r="2420">
       <c r="A2420" s="0" t="s">
-        <v>4831</v>
+        <v>4832</v>
       </c>
       <c r="B2420" s="0" t="s">
-        <v>4832</v>
+        <v>4833</v>
       </c>
     </row>
     <row r="2421">
       <c r="A2421" s="0" t="s">
-        <v>4833</v>
+        <v>4834</v>
       </c>
       <c r="B2421" s="0" t="s">
-        <v>4834</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="2422">
       <c r="A2422" s="0" t="s">
         <v>4835</v>
       </c>
       <c r="B2422" s="0" t="s">
         <v>4836</v>
       </c>
     </row>
     <row r="2423">
       <c r="A2423" s="0" t="s">
         <v>4837</v>
       </c>
       <c r="B2423" s="0" t="s">
         <v>4838</v>
       </c>
     </row>
     <row r="2424">
       <c r="A2424" s="0" t="s">
         <v>4839</v>
       </c>
       <c r="B2424" s="0" t="s">
         <v>4840</v>
       </c>
@@ -36236,31 +36530,423 @@
         <v>5158</v>
       </c>
     </row>
     <row r="2584">
       <c r="A2584" s="0" t="s">
         <v>5159</v>
       </c>
       <c r="B2584" s="0" t="s">
         <v>5160</v>
       </c>
     </row>
     <row r="2585">
       <c r="A2585" s="0" t="s">
         <v>5161</v>
       </c>
       <c r="B2585" s="0" t="s">
         <v>5162</v>
       </c>
     </row>
     <row r="2586">
       <c r="A2586" s="0" t="s">
         <v>5163</v>
       </c>
       <c r="B2586" s="0" t="s">
         <v>5164</v>
+      </c>
+    </row>
+    <row r="2587">
+      <c r="A2587" s="0" t="s">
+        <v>5165</v>
+      </c>
+      <c r="B2587" s="0" t="s">
+        <v>5166</v>
+      </c>
+    </row>
+    <row r="2588">
+      <c r="A2588" s="0" t="s">
+        <v>5167</v>
+      </c>
+      <c r="B2588" s="0" t="s">
+        <v>5168</v>
+      </c>
+    </row>
+    <row r="2589">
+      <c r="A2589" s="0" t="s">
+        <v>5169</v>
+      </c>
+      <c r="B2589" s="0" t="s">
+        <v>5170</v>
+      </c>
+    </row>
+    <row r="2590">
+      <c r="A2590" s="0" t="s">
+        <v>5171</v>
+      </c>
+      <c r="B2590" s="0" t="s">
+        <v>5172</v>
+      </c>
+    </row>
+    <row r="2591">
+      <c r="A2591" s="0" t="s">
+        <v>5173</v>
+      </c>
+      <c r="B2591" s="0" t="s">
+        <v>5174</v>
+      </c>
+    </row>
+    <row r="2592">
+      <c r="A2592" s="0" t="s">
+        <v>5175</v>
+      </c>
+      <c r="B2592" s="0" t="s">
+        <v>5176</v>
+      </c>
+    </row>
+    <row r="2593">
+      <c r="A2593" s="0" t="s">
+        <v>5177</v>
+      </c>
+      <c r="B2593" s="0" t="s">
+        <v>5178</v>
+      </c>
+    </row>
+    <row r="2594">
+      <c r="A2594" s="0" t="s">
+        <v>5179</v>
+      </c>
+      <c r="B2594" s="0" t="s">
+        <v>5180</v>
+      </c>
+    </row>
+    <row r="2595">
+      <c r="A2595" s="0" t="s">
+        <v>5181</v>
+      </c>
+      <c r="B2595" s="0" t="s">
+        <v>5182</v>
+      </c>
+    </row>
+    <row r="2596">
+      <c r="A2596" s="0" t="s">
+        <v>5183</v>
+      </c>
+      <c r="B2596" s="0" t="s">
+        <v>5184</v>
+      </c>
+    </row>
+    <row r="2597">
+      <c r="A2597" s="0" t="s">
+        <v>5185</v>
+      </c>
+      <c r="B2597" s="0" t="s">
+        <v>5186</v>
+      </c>
+    </row>
+    <row r="2598">
+      <c r="A2598" s="0" t="s">
+        <v>5187</v>
+      </c>
+      <c r="B2598" s="0" t="s">
+        <v>5188</v>
+      </c>
+    </row>
+    <row r="2599">
+      <c r="A2599" s="0" t="s">
+        <v>5189</v>
+      </c>
+      <c r="B2599" s="0" t="s">
+        <v>5190</v>
+      </c>
+    </row>
+    <row r="2600">
+      <c r="A2600" s="0" t="s">
+        <v>5191</v>
+      </c>
+      <c r="B2600" s="0" t="s">
+        <v>5192</v>
+      </c>
+    </row>
+    <row r="2601">
+      <c r="A2601" s="0" t="s">
+        <v>5193</v>
+      </c>
+      <c r="B2601" s="0" t="s">
+        <v>5194</v>
+      </c>
+    </row>
+    <row r="2602">
+      <c r="A2602" s="0" t="s">
+        <v>5195</v>
+      </c>
+      <c r="B2602" s="0" t="s">
+        <v>5196</v>
+      </c>
+    </row>
+    <row r="2603">
+      <c r="A2603" s="0" t="s">
+        <v>5197</v>
+      </c>
+      <c r="B2603" s="0" t="s">
+        <v>5198</v>
+      </c>
+    </row>
+    <row r="2604">
+      <c r="A2604" s="0" t="s">
+        <v>5199</v>
+      </c>
+      <c r="B2604" s="0" t="s">
+        <v>5200</v>
+      </c>
+    </row>
+    <row r="2605">
+      <c r="A2605" s="0" t="s">
+        <v>5201</v>
+      </c>
+      <c r="B2605" s="0" t="s">
+        <v>5202</v>
+      </c>
+    </row>
+    <row r="2606">
+      <c r="A2606" s="0" t="s">
+        <v>5203</v>
+      </c>
+      <c r="B2606" s="0" t="s">
+        <v>5204</v>
+      </c>
+    </row>
+    <row r="2607">
+      <c r="A2607" s="0" t="s">
+        <v>5205</v>
+      </c>
+      <c r="B2607" s="0" t="s">
+        <v>5206</v>
+      </c>
+    </row>
+    <row r="2608">
+      <c r="A2608" s="0" t="s">
+        <v>5207</v>
+      </c>
+      <c r="B2608" s="0" t="s">
+        <v>5208</v>
+      </c>
+    </row>
+    <row r="2609">
+      <c r="A2609" s="0" t="s">
+        <v>5209</v>
+      </c>
+      <c r="B2609" s="0" t="s">
+        <v>5210</v>
+      </c>
+    </row>
+    <row r="2610">
+      <c r="A2610" s="0" t="s">
+        <v>5211</v>
+      </c>
+      <c r="B2610" s="0" t="s">
+        <v>5212</v>
+      </c>
+    </row>
+    <row r="2611">
+      <c r="A2611" s="0" t="s">
+        <v>5213</v>
+      </c>
+      <c r="B2611" s="0" t="s">
+        <v>5214</v>
+      </c>
+    </row>
+    <row r="2612">
+      <c r="A2612" s="0" t="s">
+        <v>5215</v>
+      </c>
+      <c r="B2612" s="0" t="s">
+        <v>5216</v>
+      </c>
+    </row>
+    <row r="2613">
+      <c r="A2613" s="0" t="s">
+        <v>5217</v>
+      </c>
+      <c r="B2613" s="0" t="s">
+        <v>5218</v>
+      </c>
+    </row>
+    <row r="2614">
+      <c r="A2614" s="0" t="s">
+        <v>5219</v>
+      </c>
+      <c r="B2614" s="0" t="s">
+        <v>5220</v>
+      </c>
+    </row>
+    <row r="2615">
+      <c r="A2615" s="0" t="s">
+        <v>5221</v>
+      </c>
+      <c r="B2615" s="0" t="s">
+        <v>5222</v>
+      </c>
+    </row>
+    <row r="2616">
+      <c r="A2616" s="0" t="s">
+        <v>5223</v>
+      </c>
+      <c r="B2616" s="0" t="s">
+        <v>5224</v>
+      </c>
+    </row>
+    <row r="2617">
+      <c r="A2617" s="0" t="s">
+        <v>5225</v>
+      </c>
+      <c r="B2617" s="0" t="s">
+        <v>5226</v>
+      </c>
+    </row>
+    <row r="2618">
+      <c r="A2618" s="0" t="s">
+        <v>5227</v>
+      </c>
+      <c r="B2618" s="0" t="s">
+        <v>5228</v>
+      </c>
+    </row>
+    <row r="2619">
+      <c r="A2619" s="0" t="s">
+        <v>5229</v>
+      </c>
+      <c r="B2619" s="0" t="s">
+        <v>5230</v>
+      </c>
+    </row>
+    <row r="2620">
+      <c r="A2620" s="0" t="s">
+        <v>5231</v>
+      </c>
+      <c r="B2620" s="0" t="s">
+        <v>5232</v>
+      </c>
+    </row>
+    <row r="2621">
+      <c r="A2621" s="0" t="s">
+        <v>5233</v>
+      </c>
+      <c r="B2621" s="0" t="s">
+        <v>5234</v>
+      </c>
+    </row>
+    <row r="2622">
+      <c r="A2622" s="0" t="s">
+        <v>5235</v>
+      </c>
+      <c r="B2622" s="0" t="s">
+        <v>5236</v>
+      </c>
+    </row>
+    <row r="2623">
+      <c r="A2623" s="0" t="s">
+        <v>5237</v>
+      </c>
+      <c r="B2623" s="0" t="s">
+        <v>5238</v>
+      </c>
+    </row>
+    <row r="2624">
+      <c r="A2624" s="0" t="s">
+        <v>5239</v>
+      </c>
+      <c r="B2624" s="0" t="s">
+        <v>5240</v>
+      </c>
+    </row>
+    <row r="2625">
+      <c r="A2625" s="0" t="s">
+        <v>5241</v>
+      </c>
+      <c r="B2625" s="0" t="s">
+        <v>5242</v>
+      </c>
+    </row>
+    <row r="2626">
+      <c r="A2626" s="0" t="s">
+        <v>5243</v>
+      </c>
+      <c r="B2626" s="0" t="s">
+        <v>5244</v>
+      </c>
+    </row>
+    <row r="2627">
+      <c r="A2627" s="0" t="s">
+        <v>5245</v>
+      </c>
+      <c r="B2627" s="0" t="s">
+        <v>5246</v>
+      </c>
+    </row>
+    <row r="2628">
+      <c r="A2628" s="0" t="s">
+        <v>5247</v>
+      </c>
+      <c r="B2628" s="0" t="s">
+        <v>5248</v>
+      </c>
+    </row>
+    <row r="2629">
+      <c r="A2629" s="0" t="s">
+        <v>5249</v>
+      </c>
+      <c r="B2629" s="0" t="s">
+        <v>5250</v>
+      </c>
+    </row>
+    <row r="2630">
+      <c r="A2630" s="0" t="s">
+        <v>5251</v>
+      </c>
+      <c r="B2630" s="0" t="s">
+        <v>5252</v>
+      </c>
+    </row>
+    <row r="2631">
+      <c r="A2631" s="0" t="s">
+        <v>5253</v>
+      </c>
+      <c r="B2631" s="0" t="s">
+        <v>5254</v>
+      </c>
+    </row>
+    <row r="2632">
+      <c r="A2632" s="0" t="s">
+        <v>5255</v>
+      </c>
+      <c r="B2632" s="0" t="s">
+        <v>5256</v>
+      </c>
+    </row>
+    <row r="2633">
+      <c r="A2633" s="0" t="s">
+        <v>5257</v>
+      </c>
+      <c r="B2633" s="0" t="s">
+        <v>5258</v>
+      </c>
+    </row>
+    <row r="2634">
+      <c r="A2634" s="0" t="s">
+        <v>5259</v>
+      </c>
+      <c r="B2634" s="0" t="s">
+        <v>5260</v>
+      </c>
+    </row>
+    <row r="2635">
+      <c r="A2635" s="0" t="s">
+        <v>5261</v>
+      </c>
+      <c r="B2635" s="0" t="s">
+        <v>5262</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>