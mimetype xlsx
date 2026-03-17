--- v2 (2026-01-31)
+++ v3 (2026-03-17)
@@ -4,59 +4,335 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5263" uniqueCount="5263">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5355" uniqueCount="5355">
   <si>
     <t>BESTINVER PLAN PATRIMONIO, F.P.</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>16/03/2026</t>
+  </si>
+  <si>
+    <t>18,031005</t>
+  </si>
+  <si>
+    <t>15/03/2026</t>
+  </si>
+  <si>
+    <t>18,024545</t>
+  </si>
+  <si>
+    <t>14/03/2026</t>
+  </si>
+  <si>
+    <t>18,024059</t>
+  </si>
+  <si>
+    <t>13/03/2026</t>
+  </si>
+  <si>
+    <t>18,023573</t>
+  </si>
+  <si>
+    <t>12/03/2026</t>
+  </si>
+  <si>
+    <t>18,062232</t>
+  </si>
+  <si>
+    <t>11/03/2026</t>
+  </si>
+  <si>
+    <t>18,104630</t>
+  </si>
+  <si>
+    <t>10/03/2026</t>
+  </si>
+  <si>
+    <t>18,146067</t>
+  </si>
+  <si>
+    <t>09/03/2026</t>
+  </si>
+  <si>
+    <t>18,096538</t>
+  </si>
+  <si>
+    <t>08/03/2026</t>
+  </si>
+  <si>
+    <t>18,120731</t>
+  </si>
+  <si>
+    <t>07/03/2026</t>
+  </si>
+  <si>
+    <t>18,120255</t>
+  </si>
+  <si>
+    <t>06/03/2026</t>
+  </si>
+  <si>
+    <t>18,119779</t>
+  </si>
+  <si>
+    <t>05/03/2026</t>
+  </si>
+  <si>
+    <t>18,209917</t>
+  </si>
+  <si>
+    <t>04/03/2026</t>
+  </si>
+  <si>
+    <t>18,250448</t>
+  </si>
+  <si>
+    <t>03/03/2026</t>
+  </si>
+  <si>
+    <t>18,205045</t>
+  </si>
+  <si>
+    <t>02/03/2026</t>
+  </si>
+  <si>
+    <t>18,325652</t>
+  </si>
+  <si>
+    <t>01/03/2026</t>
+  </si>
+  <si>
+    <t>18,392036</t>
+  </si>
+  <si>
+    <t>28/02/2026</t>
+  </si>
+  <si>
+    <t>18,391500</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t>18,391041</t>
+  </si>
+  <si>
+    <t>26/02/2026</t>
+  </si>
+  <si>
+    <t>18,391586</t>
+  </si>
+  <si>
+    <t>25/02/2026</t>
+  </si>
+  <si>
+    <t>18,374506</t>
+  </si>
+  <si>
+    <t>24/02/2026</t>
+  </si>
+  <si>
+    <t>18,388989</t>
+  </si>
+  <si>
+    <t>23/02/2026</t>
+  </si>
+  <si>
+    <t>18,342831</t>
+  </si>
+  <si>
+    <t>22/02/2026</t>
+  </si>
+  <si>
+    <t>18,390548</t>
+  </si>
+  <si>
+    <t>21/02/2026</t>
+  </si>
+  <si>
+    <t>18,391021</t>
+  </si>
+  <si>
+    <t>20/02/2026</t>
+  </si>
+  <si>
+    <t>18,390565</t>
+  </si>
+  <si>
+    <t>19/02/2026</t>
+  </si>
+  <si>
+    <t>18,362610</t>
+  </si>
+  <si>
+    <t>18/02/2026</t>
+  </si>
+  <si>
+    <t>18,385684</t>
+  </si>
+  <si>
+    <t>17/02/2026</t>
+  </si>
+  <si>
+    <t>18,330717</t>
+  </si>
+  <si>
+    <t>16/02/2026</t>
+  </si>
+  <si>
+    <t>18,313447</t>
+  </si>
+  <si>
+    <t>15/02/2026</t>
+  </si>
+  <si>
+    <t>18,334243</t>
+  </si>
+  <si>
+    <t>14/02/2026</t>
+  </si>
+  <si>
+    <t>18,333783</t>
+  </si>
+  <si>
+    <t>13/02/2026</t>
+  </si>
+  <si>
+    <t>18,333323</t>
+  </si>
+  <si>
+    <t>12/02/2026</t>
+  </si>
+  <si>
+    <t>18,324171</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>18,357263</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>18,404201</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>18,334994</t>
+  </si>
+  <si>
+    <t>08/02/2026</t>
+  </si>
+  <si>
+    <t>18,322729</t>
+  </si>
+  <si>
+    <t>07/02/2026</t>
+  </si>
+  <si>
+    <t>18,322288</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>18,321847</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>18,285970</t>
+  </si>
+  <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>18,318804</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>18,275279</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>18,327550</t>
+  </si>
+  <si>
+    <t>01/02/2026</t>
+  </si>
+  <si>
+    <t>18,320249</t>
+  </si>
+  <si>
+    <t>31/01/2026</t>
+  </si>
+  <si>
+    <t>18,319805</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>18,319388</t>
   </si>
   <si>
     <t>29/01/2026</t>
   </si>
   <si>
     <t>18,311433</t>
   </si>
   <si>
     <t>28/01/2026</t>
   </si>
   <si>
     <t>18,308356</t>
   </si>
   <si>
     <t>27/01/2026</t>
   </si>
   <si>
     <t>18,300690</t>
   </si>
   <si>
     <t>26/01/2026</t>
   </si>
   <si>
     <t>18,344812</t>
   </si>
@@ -15841,51 +16117,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B2635"/>
+  <dimension ref="A1:B2681"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -27617,419 +27893,419 @@
       <c r="B1469" s="0" t="s">
         <v>2936</v>
       </c>
     </row>
     <row r="1470">
       <c r="A1470" s="0" t="s">
         <v>2937</v>
       </c>
       <c r="B1470" s="0" t="s">
         <v>2938</v>
       </c>
     </row>
     <row r="1471">
       <c r="A1471" s="0" t="s">
         <v>2939</v>
       </c>
       <c r="B1471" s="0" t="s">
         <v>2940</v>
       </c>
     </row>
     <row r="1472">
       <c r="A1472" s="0" t="s">
         <v>2941</v>
       </c>
       <c r="B1472" s="0" t="s">
-        <v>2940</v>
+        <v>2942</v>
       </c>
     </row>
     <row r="1473">
       <c r="A1473" s="0" t="s">
-        <v>2942</v>
+        <v>2943</v>
       </c>
       <c r="B1473" s="0" t="s">
-        <v>2943</v>
+        <v>2944</v>
       </c>
     </row>
     <row r="1474">
       <c r="A1474" s="0" t="s">
-        <v>2944</v>
+        <v>2945</v>
       </c>
       <c r="B1474" s="0" t="s">
-        <v>2945</v>
+        <v>2946</v>
       </c>
     </row>
     <row r="1475">
       <c r="A1475" s="0" t="s">
-        <v>2946</v>
+        <v>2947</v>
       </c>
       <c r="B1475" s="0" t="s">
-        <v>2947</v>
+        <v>2948</v>
       </c>
     </row>
     <row r="1476">
       <c r="A1476" s="0" t="s">
-        <v>2948</v>
+        <v>2949</v>
       </c>
       <c r="B1476" s="0" t="s">
-        <v>2949</v>
+        <v>2950</v>
       </c>
     </row>
     <row r="1477">
       <c r="A1477" s="0" t="s">
-        <v>2950</v>
+        <v>2951</v>
       </c>
       <c r="B1477" s="0" t="s">
-        <v>2951</v>
+        <v>2952</v>
       </c>
     </row>
     <row r="1478">
       <c r="A1478" s="0" t="s">
-        <v>2952</v>
+        <v>2953</v>
       </c>
       <c r="B1478" s="0" t="s">
-        <v>2953</v>
+        <v>2954</v>
       </c>
     </row>
     <row r="1479">
       <c r="A1479" s="0" t="s">
-        <v>2954</v>
+        <v>2955</v>
       </c>
       <c r="B1479" s="0" t="s">
-        <v>2955</v>
+        <v>2956</v>
       </c>
     </row>
     <row r="1480">
       <c r="A1480" s="0" t="s">
-        <v>2956</v>
+        <v>2957</v>
       </c>
       <c r="B1480" s="0" t="s">
-        <v>2957</v>
+        <v>2958</v>
       </c>
     </row>
     <row r="1481">
       <c r="A1481" s="0" t="s">
-        <v>2958</v>
+        <v>2959</v>
       </c>
       <c r="B1481" s="0" t="s">
-        <v>2959</v>
+        <v>2960</v>
       </c>
     </row>
     <row r="1482">
       <c r="A1482" s="0" t="s">
-        <v>2960</v>
+        <v>2961</v>
       </c>
       <c r="B1482" s="0" t="s">
-        <v>2961</v>
+        <v>2962</v>
       </c>
     </row>
     <row r="1483">
       <c r="A1483" s="0" t="s">
-        <v>2962</v>
+        <v>2963</v>
       </c>
       <c r="B1483" s="0" t="s">
-        <v>2963</v>
+        <v>2964</v>
       </c>
     </row>
     <row r="1484">
       <c r="A1484" s="0" t="s">
-        <v>2964</v>
+        <v>2965</v>
       </c>
       <c r="B1484" s="0" t="s">
-        <v>2965</v>
+        <v>2966</v>
       </c>
     </row>
     <row r="1485">
       <c r="A1485" s="0" t="s">
-        <v>2966</v>
+        <v>2967</v>
       </c>
       <c r="B1485" s="0" t="s">
-        <v>2967</v>
+        <v>2968</v>
       </c>
     </row>
     <row r="1486">
       <c r="A1486" s="0" t="s">
-        <v>2968</v>
+        <v>2969</v>
       </c>
       <c r="B1486" s="0" t="s">
-        <v>2969</v>
+        <v>2970</v>
       </c>
     </row>
     <row r="1487">
       <c r="A1487" s="0" t="s">
-        <v>2970</v>
+        <v>2971</v>
       </c>
       <c r="B1487" s="0" t="s">
-        <v>2971</v>
+        <v>2972</v>
       </c>
     </row>
     <row r="1488">
       <c r="A1488" s="0" t="s">
-        <v>2972</v>
+        <v>2973</v>
       </c>
       <c r="B1488" s="0" t="s">
-        <v>2973</v>
+        <v>2974</v>
       </c>
     </row>
     <row r="1489">
       <c r="A1489" s="0" t="s">
-        <v>2974</v>
+        <v>2975</v>
       </c>
       <c r="B1489" s="0" t="s">
-        <v>2975</v>
+        <v>2976</v>
       </c>
     </row>
     <row r="1490">
       <c r="A1490" s="0" t="s">
-        <v>2976</v>
+        <v>2977</v>
       </c>
       <c r="B1490" s="0" t="s">
-        <v>2977</v>
+        <v>2978</v>
       </c>
     </row>
     <row r="1491">
       <c r="A1491" s="0" t="s">
-        <v>2978</v>
+        <v>2979</v>
       </c>
       <c r="B1491" s="0" t="s">
-        <v>2979</v>
+        <v>2980</v>
       </c>
     </row>
     <row r="1492">
       <c r="A1492" s="0" t="s">
-        <v>2980</v>
+        <v>2981</v>
       </c>
       <c r="B1492" s="0" t="s">
-        <v>2981</v>
+        <v>2982</v>
       </c>
     </row>
     <row r="1493">
       <c r="A1493" s="0" t="s">
-        <v>2982</v>
+        <v>2983</v>
       </c>
       <c r="B1493" s="0" t="s">
-        <v>2983</v>
+        <v>2984</v>
       </c>
     </row>
     <row r="1494">
       <c r="A1494" s="0" t="s">
-        <v>2984</v>
+        <v>2985</v>
       </c>
       <c r="B1494" s="0" t="s">
-        <v>2985</v>
+        <v>2986</v>
       </c>
     </row>
     <row r="1495">
       <c r="A1495" s="0" t="s">
-        <v>2986</v>
+        <v>2987</v>
       </c>
       <c r="B1495" s="0" t="s">
-        <v>2987</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="1496">
       <c r="A1496" s="0" t="s">
-        <v>2988</v>
+        <v>2989</v>
       </c>
       <c r="B1496" s="0" t="s">
-        <v>2989</v>
+        <v>2990</v>
       </c>
     </row>
     <row r="1497">
       <c r="A1497" s="0" t="s">
-        <v>2990</v>
+        <v>2991</v>
       </c>
       <c r="B1497" s="0" t="s">
-        <v>2991</v>
+        <v>2992</v>
       </c>
     </row>
     <row r="1498">
       <c r="A1498" s="0" t="s">
-        <v>2992</v>
+        <v>2993</v>
       </c>
       <c r="B1498" s="0" t="s">
-        <v>2993</v>
+        <v>2994</v>
       </c>
     </row>
     <row r="1499">
       <c r="A1499" s="0" t="s">
-        <v>2994</v>
+        <v>2995</v>
       </c>
       <c r="B1499" s="0" t="s">
-        <v>2995</v>
+        <v>2996</v>
       </c>
     </row>
     <row r="1500">
       <c r="A1500" s="0" t="s">
-        <v>2996</v>
+        <v>2997</v>
       </c>
       <c r="B1500" s="0" t="s">
-        <v>2997</v>
+        <v>2998</v>
       </c>
     </row>
     <row r="1501">
       <c r="A1501" s="0" t="s">
-        <v>2998</v>
+        <v>2999</v>
       </c>
       <c r="B1501" s="0" t="s">
-        <v>2999</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="1502">
       <c r="A1502" s="0" t="s">
-        <v>3000</v>
+        <v>3001</v>
       </c>
       <c r="B1502" s="0" t="s">
-        <v>3001</v>
+        <v>3002</v>
       </c>
     </row>
     <row r="1503">
       <c r="A1503" s="0" t="s">
-        <v>3002</v>
+        <v>3003</v>
       </c>
       <c r="B1503" s="0" t="s">
-        <v>3003</v>
+        <v>3004</v>
       </c>
     </row>
     <row r="1504">
       <c r="A1504" s="0" t="s">
-        <v>3004</v>
+        <v>3005</v>
       </c>
       <c r="B1504" s="0" t="s">
-        <v>3005</v>
+        <v>3006</v>
       </c>
     </row>
     <row r="1505">
       <c r="A1505" s="0" t="s">
-        <v>3006</v>
+        <v>3007</v>
       </c>
       <c r="B1505" s="0" t="s">
-        <v>3007</v>
+        <v>3008</v>
       </c>
     </row>
     <row r="1506">
       <c r="A1506" s="0" t="s">
-        <v>3008</v>
+        <v>3009</v>
       </c>
       <c r="B1506" s="0" t="s">
-        <v>3009</v>
+        <v>3010</v>
       </c>
     </row>
     <row r="1507">
       <c r="A1507" s="0" t="s">
-        <v>3010</v>
+        <v>3011</v>
       </c>
       <c r="B1507" s="0" t="s">
-        <v>3011</v>
+        <v>3012</v>
       </c>
     </row>
     <row r="1508">
       <c r="A1508" s="0" t="s">
-        <v>3012</v>
+        <v>3013</v>
       </c>
       <c r="B1508" s="0" t="s">
-        <v>3013</v>
+        <v>3014</v>
       </c>
     </row>
     <row r="1509">
       <c r="A1509" s="0" t="s">
-        <v>3014</v>
+        <v>3015</v>
       </c>
       <c r="B1509" s="0" t="s">
-        <v>3015</v>
+        <v>3016</v>
       </c>
     </row>
     <row r="1510">
       <c r="A1510" s="0" t="s">
-        <v>3016</v>
+        <v>3017</v>
       </c>
       <c r="B1510" s="0" t="s">
-        <v>3017</v>
+        <v>3018</v>
       </c>
     </row>
     <row r="1511">
       <c r="A1511" s="0" t="s">
-        <v>3018</v>
+        <v>3019</v>
       </c>
       <c r="B1511" s="0" t="s">
-        <v>3019</v>
+        <v>3020</v>
       </c>
     </row>
     <row r="1512">
       <c r="A1512" s="0" t="s">
-        <v>3020</v>
+        <v>3021</v>
       </c>
       <c r="B1512" s="0" t="s">
-        <v>3021</v>
+        <v>3022</v>
       </c>
     </row>
     <row r="1513">
       <c r="A1513" s="0" t="s">
-        <v>3022</v>
+        <v>3023</v>
       </c>
       <c r="B1513" s="0" t="s">
-        <v>3023</v>
+        <v>3024</v>
       </c>
     </row>
     <row r="1514">
       <c r="A1514" s="0" t="s">
-        <v>3024</v>
+        <v>3025</v>
       </c>
       <c r="B1514" s="0" t="s">
-        <v>3025</v>
+        <v>3026</v>
       </c>
     </row>
     <row r="1515">
       <c r="A1515" s="0" t="s">
-        <v>3026</v>
+        <v>3027</v>
       </c>
       <c r="B1515" s="0" t="s">
-        <v>3027</v>
+        <v>3028</v>
       </c>
     </row>
     <row r="1516">
       <c r="A1516" s="0" t="s">
-        <v>3028</v>
+        <v>3029</v>
       </c>
       <c r="B1516" s="0" t="s">
-        <v>3029</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="1517">
       <c r="A1517" s="0" t="s">
-        <v>3030</v>
+        <v>3031</v>
       </c>
       <c r="B1517" s="0" t="s">
-        <v>3031</v>
+        <v>3032</v>
       </c>
     </row>
     <row r="1518">
       <c r="A1518" s="0" t="s">
+        <v>3033</v>
+      </c>
+      <c r="B1518" s="0" t="s">
         <v>3032</v>
-      </c>
-[...1 lines deleted...]
-        <v>3033</v>
       </c>
     </row>
     <row r="1519">
       <c r="A1519" s="0" t="s">
         <v>3034</v>
       </c>
       <c r="B1519" s="0" t="s">
         <v>3035</v>
       </c>
     </row>
     <row r="1520">
       <c r="A1520" s="0" t="s">
         <v>3036</v>
       </c>
       <c r="B1520" s="0" t="s">
         <v>3037</v>
       </c>
     </row>
     <row r="1521">
       <c r="A1521" s="0" t="s">
         <v>3038</v>
       </c>
       <c r="B1521" s="0" t="s">
         <v>3039</v>
       </c>
@@ -28449,419 +28725,419 @@
       <c r="B1573" s="0" t="s">
         <v>3143</v>
       </c>
     </row>
     <row r="1574">
       <c r="A1574" s="0" t="s">
         <v>3144</v>
       </c>
       <c r="B1574" s="0" t="s">
         <v>3145</v>
       </c>
     </row>
     <row r="1575">
       <c r="A1575" s="0" t="s">
         <v>3146</v>
       </c>
       <c r="B1575" s="0" t="s">
         <v>3147</v>
       </c>
     </row>
     <row r="1576">
       <c r="A1576" s="0" t="s">
         <v>3148</v>
       </c>
       <c r="B1576" s="0" t="s">
-        <v>3147</v>
+        <v>3149</v>
       </c>
     </row>
     <row r="1577">
       <c r="A1577" s="0" t="s">
-        <v>3149</v>
+        <v>3150</v>
       </c>
       <c r="B1577" s="0" t="s">
-        <v>3150</v>
+        <v>3151</v>
       </c>
     </row>
     <row r="1578">
       <c r="A1578" s="0" t="s">
-        <v>3151</v>
+        <v>3152</v>
       </c>
       <c r="B1578" s="0" t="s">
-        <v>3152</v>
+        <v>3153</v>
       </c>
     </row>
     <row r="1579">
       <c r="A1579" s="0" t="s">
-        <v>3153</v>
+        <v>3154</v>
       </c>
       <c r="B1579" s="0" t="s">
-        <v>3154</v>
+        <v>3155</v>
       </c>
     </row>
     <row r="1580">
       <c r="A1580" s="0" t="s">
-        <v>3155</v>
+        <v>3156</v>
       </c>
       <c r="B1580" s="0" t="s">
-        <v>3156</v>
+        <v>3157</v>
       </c>
     </row>
     <row r="1581">
       <c r="A1581" s="0" t="s">
-        <v>3157</v>
+        <v>3158</v>
       </c>
       <c r="B1581" s="0" t="s">
-        <v>3158</v>
+        <v>3159</v>
       </c>
     </row>
     <row r="1582">
       <c r="A1582" s="0" t="s">
-        <v>3159</v>
+        <v>3160</v>
       </c>
       <c r="B1582" s="0" t="s">
-        <v>3160</v>
+        <v>3161</v>
       </c>
     </row>
     <row r="1583">
       <c r="A1583" s="0" t="s">
-        <v>3161</v>
+        <v>3162</v>
       </c>
       <c r="B1583" s="0" t="s">
-        <v>3162</v>
+        <v>3163</v>
       </c>
     </row>
     <row r="1584">
       <c r="A1584" s="0" t="s">
-        <v>3163</v>
+        <v>3164</v>
       </c>
       <c r="B1584" s="0" t="s">
-        <v>3164</v>
+        <v>3165</v>
       </c>
     </row>
     <row r="1585">
       <c r="A1585" s="0" t="s">
-        <v>3165</v>
+        <v>3166</v>
       </c>
       <c r="B1585" s="0" t="s">
-        <v>3166</v>
+        <v>3167</v>
       </c>
     </row>
     <row r="1586">
       <c r="A1586" s="0" t="s">
-        <v>3167</v>
+        <v>3168</v>
       </c>
       <c r="B1586" s="0" t="s">
-        <v>3168</v>
+        <v>3169</v>
       </c>
     </row>
     <row r="1587">
       <c r="A1587" s="0" t="s">
-        <v>3169</v>
+        <v>3170</v>
       </c>
       <c r="B1587" s="0" t="s">
-        <v>3170</v>
+        <v>3171</v>
       </c>
     </row>
     <row r="1588">
       <c r="A1588" s="0" t="s">
-        <v>3171</v>
+        <v>3172</v>
       </c>
       <c r="B1588" s="0" t="s">
-        <v>3172</v>
+        <v>3173</v>
       </c>
     </row>
     <row r="1589">
       <c r="A1589" s="0" t="s">
-        <v>3173</v>
+        <v>3174</v>
       </c>
       <c r="B1589" s="0" t="s">
-        <v>3174</v>
+        <v>3175</v>
       </c>
     </row>
     <row r="1590">
       <c r="A1590" s="0" t="s">
-        <v>3175</v>
+        <v>3176</v>
       </c>
       <c r="B1590" s="0" t="s">
-        <v>3176</v>
+        <v>3177</v>
       </c>
     </row>
     <row r="1591">
       <c r="A1591" s="0" t="s">
-        <v>3177</v>
+        <v>3178</v>
       </c>
       <c r="B1591" s="0" t="s">
-        <v>3178</v>
+        <v>3179</v>
       </c>
     </row>
     <row r="1592">
       <c r="A1592" s="0" t="s">
-        <v>3179</v>
+        <v>3180</v>
       </c>
       <c r="B1592" s="0" t="s">
-        <v>3180</v>
+        <v>3181</v>
       </c>
     </row>
     <row r="1593">
       <c r="A1593" s="0" t="s">
-        <v>3181</v>
+        <v>3182</v>
       </c>
       <c r="B1593" s="0" t="s">
-        <v>3182</v>
+        <v>3183</v>
       </c>
     </row>
     <row r="1594">
       <c r="A1594" s="0" t="s">
-        <v>3183</v>
+        <v>3184</v>
       </c>
       <c r="B1594" s="0" t="s">
-        <v>3184</v>
+        <v>3185</v>
       </c>
     </row>
     <row r="1595">
       <c r="A1595" s="0" t="s">
-        <v>3185</v>
+        <v>3186</v>
       </c>
       <c r="B1595" s="0" t="s">
-        <v>3186</v>
+        <v>3187</v>
       </c>
     </row>
     <row r="1596">
       <c r="A1596" s="0" t="s">
-        <v>3187</v>
+        <v>3188</v>
       </c>
       <c r="B1596" s="0" t="s">
-        <v>3188</v>
+        <v>3189</v>
       </c>
     </row>
     <row r="1597">
       <c r="A1597" s="0" t="s">
-        <v>3189</v>
+        <v>3190</v>
       </c>
       <c r="B1597" s="0" t="s">
-        <v>3190</v>
+        <v>3191</v>
       </c>
     </row>
     <row r="1598">
       <c r="A1598" s="0" t="s">
-        <v>3191</v>
+        <v>3192</v>
       </c>
       <c r="B1598" s="0" t="s">
-        <v>3192</v>
+        <v>3193</v>
       </c>
     </row>
     <row r="1599">
       <c r="A1599" s="0" t="s">
-        <v>3193</v>
+        <v>3194</v>
       </c>
       <c r="B1599" s="0" t="s">
-        <v>3194</v>
+        <v>3195</v>
       </c>
     </row>
     <row r="1600">
       <c r="A1600" s="0" t="s">
-        <v>3195</v>
+        <v>3196</v>
       </c>
       <c r="B1600" s="0" t="s">
-        <v>3196</v>
+        <v>3197</v>
       </c>
     </row>
     <row r="1601">
       <c r="A1601" s="0" t="s">
-        <v>3197</v>
+        <v>3198</v>
       </c>
       <c r="B1601" s="0" t="s">
-        <v>3198</v>
+        <v>3199</v>
       </c>
     </row>
     <row r="1602">
       <c r="A1602" s="0" t="s">
-        <v>3199</v>
+        <v>3200</v>
       </c>
       <c r="B1602" s="0" t="s">
-        <v>3200</v>
+        <v>3201</v>
       </c>
     </row>
     <row r="1603">
       <c r="A1603" s="0" t="s">
-        <v>3201</v>
+        <v>3202</v>
       </c>
       <c r="B1603" s="0" t="s">
-        <v>3202</v>
+        <v>3203</v>
       </c>
     </row>
     <row r="1604">
       <c r="A1604" s="0" t="s">
-        <v>3203</v>
+        <v>3204</v>
       </c>
       <c r="B1604" s="0" t="s">
-        <v>3204</v>
+        <v>3205</v>
       </c>
     </row>
     <row r="1605">
       <c r="A1605" s="0" t="s">
-        <v>3205</v>
+        <v>3206</v>
       </c>
       <c r="B1605" s="0" t="s">
-        <v>3206</v>
+        <v>3207</v>
       </c>
     </row>
     <row r="1606">
       <c r="A1606" s="0" t="s">
-        <v>3207</v>
+        <v>3208</v>
       </c>
       <c r="B1606" s="0" t="s">
-        <v>3208</v>
+        <v>3209</v>
       </c>
     </row>
     <row r="1607">
       <c r="A1607" s="0" t="s">
-        <v>3209</v>
+        <v>3210</v>
       </c>
       <c r="B1607" s="0" t="s">
-        <v>3210</v>
+        <v>3211</v>
       </c>
     </row>
     <row r="1608">
       <c r="A1608" s="0" t="s">
-        <v>3211</v>
+        <v>3212</v>
       </c>
       <c r="B1608" s="0" t="s">
-        <v>3212</v>
+        <v>3213</v>
       </c>
     </row>
     <row r="1609">
       <c r="A1609" s="0" t="s">
-        <v>3213</v>
+        <v>3214</v>
       </c>
       <c r="B1609" s="0" t="s">
-        <v>3214</v>
+        <v>3215</v>
       </c>
     </row>
     <row r="1610">
       <c r="A1610" s="0" t="s">
-        <v>3215</v>
+        <v>3216</v>
       </c>
       <c r="B1610" s="0" t="s">
-        <v>3216</v>
+        <v>3217</v>
       </c>
     </row>
     <row r="1611">
       <c r="A1611" s="0" t="s">
-        <v>3217</v>
+        <v>3218</v>
       </c>
       <c r="B1611" s="0" t="s">
-        <v>3218</v>
+        <v>3219</v>
       </c>
     </row>
     <row r="1612">
       <c r="A1612" s="0" t="s">
-        <v>3219</v>
+        <v>3220</v>
       </c>
       <c r="B1612" s="0" t="s">
-        <v>3220</v>
+        <v>3221</v>
       </c>
     </row>
     <row r="1613">
       <c r="A1613" s="0" t="s">
-        <v>3221</v>
+        <v>3222</v>
       </c>
       <c r="B1613" s="0" t="s">
-        <v>3222</v>
+        <v>3223</v>
       </c>
     </row>
     <row r="1614">
       <c r="A1614" s="0" t="s">
-        <v>3223</v>
+        <v>3224</v>
       </c>
       <c r="B1614" s="0" t="s">
-        <v>3224</v>
+        <v>3225</v>
       </c>
     </row>
     <row r="1615">
       <c r="A1615" s="0" t="s">
-        <v>3225</v>
+        <v>3226</v>
       </c>
       <c r="B1615" s="0" t="s">
-        <v>3226</v>
+        <v>3227</v>
       </c>
     </row>
     <row r="1616">
       <c r="A1616" s="0" t="s">
-        <v>3227</v>
+        <v>3228</v>
       </c>
       <c r="B1616" s="0" t="s">
-        <v>3228</v>
+        <v>3229</v>
       </c>
     </row>
     <row r="1617">
       <c r="A1617" s="0" t="s">
-        <v>3229</v>
+        <v>3230</v>
       </c>
       <c r="B1617" s="0" t="s">
-        <v>3230</v>
+        <v>3231</v>
       </c>
     </row>
     <row r="1618">
       <c r="A1618" s="0" t="s">
-        <v>3231</v>
+        <v>3232</v>
       </c>
       <c r="B1618" s="0" t="s">
-        <v>3232</v>
+        <v>3233</v>
       </c>
     </row>
     <row r="1619">
       <c r="A1619" s="0" t="s">
-        <v>3233</v>
+        <v>3234</v>
       </c>
       <c r="B1619" s="0" t="s">
-        <v>3234</v>
+        <v>3235</v>
       </c>
     </row>
     <row r="1620">
       <c r="A1620" s="0" t="s">
-        <v>3235</v>
+        <v>3236</v>
       </c>
       <c r="B1620" s="0" t="s">
-        <v>3236</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="1621">
       <c r="A1621" s="0" t="s">
-        <v>3237</v>
+        <v>3238</v>
       </c>
       <c r="B1621" s="0" t="s">
-        <v>3238</v>
+        <v>3239</v>
       </c>
     </row>
     <row r="1622">
       <c r="A1622" s="0" t="s">
+        <v>3240</v>
+      </c>
+      <c r="B1622" s="0" t="s">
         <v>3239</v>
-      </c>
-[...1 lines deleted...]
-        <v>3240</v>
       </c>
     </row>
     <row r="1623">
       <c r="A1623" s="0" t="s">
         <v>3241</v>
       </c>
       <c r="B1623" s="0" t="s">
         <v>3242</v>
       </c>
     </row>
     <row r="1624">
       <c r="A1624" s="0" t="s">
         <v>3243</v>
       </c>
       <c r="B1624" s="0" t="s">
         <v>3244</v>
       </c>
     </row>
     <row r="1625">
       <c r="A1625" s="0" t="s">
         <v>3245</v>
       </c>
       <c r="B1625" s="0" t="s">
         <v>3246</v>
       </c>
@@ -29625,427 +29901,427 @@
       <c r="B1720" s="0" t="s">
         <v>3436</v>
       </c>
     </row>
     <row r="1721">
       <c r="A1721" s="0" t="s">
         <v>3437</v>
       </c>
       <c r="B1721" s="0" t="s">
         <v>3438</v>
       </c>
     </row>
     <row r="1722">
       <c r="A1722" s="0" t="s">
         <v>3439</v>
       </c>
       <c r="B1722" s="0" t="s">
         <v>3440</v>
       </c>
     </row>
     <row r="1723">
       <c r="A1723" s="0" t="s">
         <v>3441</v>
       </c>
       <c r="B1723" s="0" t="s">
-        <v>3440</v>
+        <v>3442</v>
       </c>
     </row>
     <row r="1724">
       <c r="A1724" s="0" t="s">
-        <v>3442</v>
+        <v>3443</v>
       </c>
       <c r="B1724" s="0" t="s">
-        <v>3440</v>
+        <v>3444</v>
       </c>
     </row>
     <row r="1725">
       <c r="A1725" s="0" t="s">
-        <v>3443</v>
+        <v>3445</v>
       </c>
       <c r="B1725" s="0" t="s">
-        <v>3444</v>
+        <v>3446</v>
       </c>
     </row>
     <row r="1726">
       <c r="A1726" s="0" t="s">
-        <v>3445</v>
+        <v>3447</v>
       </c>
       <c r="B1726" s="0" t="s">
-        <v>3446</v>
+        <v>3448</v>
       </c>
     </row>
     <row r="1727">
       <c r="A1727" s="0" t="s">
-        <v>3447</v>
+        <v>3449</v>
       </c>
       <c r="B1727" s="0" t="s">
-        <v>3448</v>
+        <v>3450</v>
       </c>
     </row>
     <row r="1728">
       <c r="A1728" s="0" t="s">
-        <v>3449</v>
+        <v>3451</v>
       </c>
       <c r="B1728" s="0" t="s">
-        <v>3450</v>
+        <v>3452</v>
       </c>
     </row>
     <row r="1729">
       <c r="A1729" s="0" t="s">
-        <v>3451</v>
+        <v>3453</v>
       </c>
       <c r="B1729" s="0" t="s">
-        <v>3452</v>
+        <v>3454</v>
       </c>
     </row>
     <row r="1730">
       <c r="A1730" s="0" t="s">
-        <v>3453</v>
+        <v>3455</v>
       </c>
       <c r="B1730" s="0" t="s">
-        <v>3454</v>
+        <v>3456</v>
       </c>
     </row>
     <row r="1731">
       <c r="A1731" s="0" t="s">
-        <v>3455</v>
+        <v>3457</v>
       </c>
       <c r="B1731" s="0" t="s">
-        <v>3456</v>
+        <v>3458</v>
       </c>
     </row>
     <row r="1732">
       <c r="A1732" s="0" t="s">
-        <v>3457</v>
+        <v>3459</v>
       </c>
       <c r="B1732" s="0" t="s">
-        <v>3458</v>
+        <v>3460</v>
       </c>
     </row>
     <row r="1733">
       <c r="A1733" s="0" t="s">
-        <v>3459</v>
+        <v>3461</v>
       </c>
       <c r="B1733" s="0" t="s">
-        <v>3460</v>
+        <v>3462</v>
       </c>
     </row>
     <row r="1734">
       <c r="A1734" s="0" t="s">
-        <v>3461</v>
+        <v>3463</v>
       </c>
       <c r="B1734" s="0" t="s">
-        <v>3462</v>
+        <v>3464</v>
       </c>
     </row>
     <row r="1735">
       <c r="A1735" s="0" t="s">
-        <v>3463</v>
+        <v>3465</v>
       </c>
       <c r="B1735" s="0" t="s">
-        <v>3464</v>
+        <v>3466</v>
       </c>
     </row>
     <row r="1736">
       <c r="A1736" s="0" t="s">
-        <v>3465</v>
+        <v>3467</v>
       </c>
       <c r="B1736" s="0" t="s">
-        <v>3466</v>
+        <v>3468</v>
       </c>
     </row>
     <row r="1737">
       <c r="A1737" s="0" t="s">
-        <v>3467</v>
+        <v>3469</v>
       </c>
       <c r="B1737" s="0" t="s">
-        <v>3468</v>
+        <v>3470</v>
       </c>
     </row>
     <row r="1738">
       <c r="A1738" s="0" t="s">
-        <v>3469</v>
+        <v>3471</v>
       </c>
       <c r="B1738" s="0" t="s">
-        <v>3470</v>
+        <v>3472</v>
       </c>
     </row>
     <row r="1739">
       <c r="A1739" s="0" t="s">
-        <v>3471</v>
+        <v>3473</v>
       </c>
       <c r="B1739" s="0" t="s">
-        <v>3472</v>
+        <v>3474</v>
       </c>
     </row>
     <row r="1740">
       <c r="A1740" s="0" t="s">
-        <v>3473</v>
+        <v>3475</v>
       </c>
       <c r="B1740" s="0" t="s">
-        <v>3474</v>
+        <v>3476</v>
       </c>
     </row>
     <row r="1741">
       <c r="A1741" s="0" t="s">
-        <v>3475</v>
+        <v>3477</v>
       </c>
       <c r="B1741" s="0" t="s">
-        <v>3476</v>
+        <v>3478</v>
       </c>
     </row>
     <row r="1742">
       <c r="A1742" s="0" t="s">
-        <v>3477</v>
+        <v>3479</v>
       </c>
       <c r="B1742" s="0" t="s">
-        <v>3478</v>
+        <v>3480</v>
       </c>
     </row>
     <row r="1743">
       <c r="A1743" s="0" t="s">
-        <v>3479</v>
+        <v>3481</v>
       </c>
       <c r="B1743" s="0" t="s">
-        <v>3480</v>
+        <v>3482</v>
       </c>
     </row>
     <row r="1744">
       <c r="A1744" s="0" t="s">
-        <v>3481</v>
+        <v>3483</v>
       </c>
       <c r="B1744" s="0" t="s">
-        <v>3482</v>
+        <v>3484</v>
       </c>
     </row>
     <row r="1745">
       <c r="A1745" s="0" t="s">
-        <v>3483</v>
+        <v>3485</v>
       </c>
       <c r="B1745" s="0" t="s">
-        <v>3484</v>
+        <v>3486</v>
       </c>
     </row>
     <row r="1746">
       <c r="A1746" s="0" t="s">
-        <v>3485</v>
+        <v>3487</v>
       </c>
       <c r="B1746" s="0" t="s">
-        <v>3486</v>
+        <v>3488</v>
       </c>
     </row>
     <row r="1747">
       <c r="A1747" s="0" t="s">
-        <v>3487</v>
+        <v>3489</v>
       </c>
       <c r="B1747" s="0" t="s">
-        <v>3488</v>
+        <v>3490</v>
       </c>
     </row>
     <row r="1748">
       <c r="A1748" s="0" t="s">
-        <v>3489</v>
+        <v>3491</v>
       </c>
       <c r="B1748" s="0" t="s">
-        <v>3490</v>
+        <v>3492</v>
       </c>
     </row>
     <row r="1749">
       <c r="A1749" s="0" t="s">
-        <v>3491</v>
+        <v>3493</v>
       </c>
       <c r="B1749" s="0" t="s">
-        <v>3492</v>
+        <v>3494</v>
       </c>
     </row>
     <row r="1750">
       <c r="A1750" s="0" t="s">
-        <v>3493</v>
+        <v>3495</v>
       </c>
       <c r="B1750" s="0" t="s">
-        <v>3494</v>
+        <v>3496</v>
       </c>
     </row>
     <row r="1751">
       <c r="A1751" s="0" t="s">
-        <v>3495</v>
+        <v>3497</v>
       </c>
       <c r="B1751" s="0" t="s">
-        <v>3496</v>
+        <v>3498</v>
       </c>
     </row>
     <row r="1752">
       <c r="A1752" s="0" t="s">
-        <v>3497</v>
+        <v>3499</v>
       </c>
       <c r="B1752" s="0" t="s">
-        <v>3498</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="1753">
       <c r="A1753" s="0" t="s">
-        <v>3499</v>
+        <v>3501</v>
       </c>
       <c r="B1753" s="0" t="s">
-        <v>3500</v>
+        <v>3502</v>
       </c>
     </row>
     <row r="1754">
       <c r="A1754" s="0" t="s">
-        <v>3501</v>
+        <v>3503</v>
       </c>
       <c r="B1754" s="0" t="s">
-        <v>3502</v>
+        <v>3504</v>
       </c>
     </row>
     <row r="1755">
       <c r="A1755" s="0" t="s">
-        <v>3503</v>
+        <v>3505</v>
       </c>
       <c r="B1755" s="0" t="s">
-        <v>3504</v>
+        <v>3506</v>
       </c>
     </row>
     <row r="1756">
       <c r="A1756" s="0" t="s">
-        <v>3505</v>
+        <v>3507</v>
       </c>
       <c r="B1756" s="0" t="s">
-        <v>3506</v>
+        <v>3508</v>
       </c>
     </row>
     <row r="1757">
       <c r="A1757" s="0" t="s">
-        <v>3507</v>
+        <v>3509</v>
       </c>
       <c r="B1757" s="0" t="s">
-        <v>3508</v>
+        <v>3510</v>
       </c>
     </row>
     <row r="1758">
       <c r="A1758" s="0" t="s">
-        <v>3509</v>
+        <v>3511</v>
       </c>
       <c r="B1758" s="0" t="s">
-        <v>3510</v>
+        <v>3512</v>
       </c>
     </row>
     <row r="1759">
       <c r="A1759" s="0" t="s">
-        <v>3511</v>
+        <v>3513</v>
       </c>
       <c r="B1759" s="0" t="s">
-        <v>3512</v>
+        <v>3514</v>
       </c>
     </row>
     <row r="1760">
       <c r="A1760" s="0" t="s">
-        <v>3513</v>
+        <v>3515</v>
       </c>
       <c r="B1760" s="0" t="s">
-        <v>3514</v>
+        <v>3516</v>
       </c>
     </row>
     <row r="1761">
       <c r="A1761" s="0" t="s">
-        <v>3515</v>
+        <v>3517</v>
       </c>
       <c r="B1761" s="0" t="s">
-        <v>3516</v>
+        <v>3518</v>
       </c>
     </row>
     <row r="1762">
       <c r="A1762" s="0" t="s">
-        <v>3517</v>
+        <v>3519</v>
       </c>
       <c r="B1762" s="0" t="s">
-        <v>3518</v>
+        <v>3520</v>
       </c>
     </row>
     <row r="1763">
       <c r="A1763" s="0" t="s">
-        <v>3519</v>
+        <v>3521</v>
       </c>
       <c r="B1763" s="0" t="s">
-        <v>3520</v>
+        <v>3522</v>
       </c>
     </row>
     <row r="1764">
       <c r="A1764" s="0" t="s">
-        <v>3521</v>
+        <v>3523</v>
       </c>
       <c r="B1764" s="0" t="s">
-        <v>3522</v>
+        <v>3524</v>
       </c>
     </row>
     <row r="1765">
       <c r="A1765" s="0" t="s">
-        <v>3523</v>
+        <v>3525</v>
       </c>
       <c r="B1765" s="0" t="s">
-        <v>3524</v>
+        <v>3526</v>
       </c>
     </row>
     <row r="1766">
       <c r="A1766" s="0" t="s">
-        <v>3525</v>
+        <v>3527</v>
       </c>
       <c r="B1766" s="0" t="s">
-        <v>3526</v>
+        <v>3528</v>
       </c>
     </row>
     <row r="1767">
       <c r="A1767" s="0" t="s">
-        <v>3527</v>
+        <v>3529</v>
       </c>
       <c r="B1767" s="0" t="s">
-        <v>3528</v>
+        <v>3530</v>
       </c>
     </row>
     <row r="1768">
       <c r="A1768" s="0" t="s">
-        <v>3529</v>
+        <v>3531</v>
       </c>
       <c r="B1768" s="0" t="s">
-        <v>3530</v>
+        <v>3532</v>
       </c>
     </row>
     <row r="1769">
       <c r="A1769" s="0" t="s">
-        <v>3531</v>
+        <v>3533</v>
       </c>
       <c r="B1769" s="0" t="s">
         <v>3532</v>
       </c>
     </row>
     <row r="1770">
       <c r="A1770" s="0" t="s">
-        <v>3533</v>
+        <v>3534</v>
       </c>
       <c r="B1770" s="0" t="s">
-        <v>3534</v>
+        <v>3532</v>
       </c>
     </row>
     <row r="1771">
       <c r="A1771" s="0" t="s">
         <v>3535</v>
       </c>
       <c r="B1771" s="0" t="s">
         <v>3536</v>
       </c>
     </row>
     <row r="1772">
       <c r="A1772" s="0" t="s">
         <v>3537</v>
       </c>
       <c r="B1772" s="0" t="s">
         <v>3538</v>
       </c>
     </row>
     <row r="1773">
       <c r="A1773" s="0" t="s">
         <v>3539</v>
       </c>
       <c r="B1773" s="0" t="s">
         <v>3540</v>
       </c>
@@ -32233,419 +32509,419 @@
       <c r="B2046" s="0" t="s">
         <v>4086</v>
       </c>
     </row>
     <row r="2047">
       <c r="A2047" s="0" t="s">
         <v>4087</v>
       </c>
       <c r="B2047" s="0" t="s">
         <v>4088</v>
       </c>
     </row>
     <row r="2048">
       <c r="A2048" s="0" t="s">
         <v>4089</v>
       </c>
       <c r="B2048" s="0" t="s">
         <v>4090</v>
       </c>
     </row>
     <row r="2049">
       <c r="A2049" s="0" t="s">
         <v>4091</v>
       </c>
       <c r="B2049" s="0" t="s">
-        <v>4018</v>
+        <v>4092</v>
       </c>
     </row>
     <row r="2050">
       <c r="A2050" s="0" t="s">
-        <v>4092</v>
+        <v>4093</v>
       </c>
       <c r="B2050" s="0" t="s">
-        <v>4093</v>
+        <v>4094</v>
       </c>
     </row>
     <row r="2051">
       <c r="A2051" s="0" t="s">
-        <v>4094</v>
+        <v>4095</v>
       </c>
       <c r="B2051" s="0" t="s">
-        <v>4095</v>
+        <v>4096</v>
       </c>
     </row>
     <row r="2052">
       <c r="A2052" s="0" t="s">
-        <v>4096</v>
+        <v>4097</v>
       </c>
       <c r="B2052" s="0" t="s">
-        <v>4097</v>
+        <v>4098</v>
       </c>
     </row>
     <row r="2053">
       <c r="A2053" s="0" t="s">
-        <v>4098</v>
+        <v>4099</v>
       </c>
       <c r="B2053" s="0" t="s">
-        <v>4099</v>
+        <v>4100</v>
       </c>
     </row>
     <row r="2054">
       <c r="A2054" s="0" t="s">
-        <v>4100</v>
+        <v>4101</v>
       </c>
       <c r="B2054" s="0" t="s">
-        <v>4101</v>
+        <v>4102</v>
       </c>
     </row>
     <row r="2055">
       <c r="A2055" s="0" t="s">
-        <v>4102</v>
+        <v>4103</v>
       </c>
       <c r="B2055" s="0" t="s">
-        <v>4103</v>
+        <v>4104</v>
       </c>
     </row>
     <row r="2056">
       <c r="A2056" s="0" t="s">
-        <v>4104</v>
+        <v>4105</v>
       </c>
       <c r="B2056" s="0" t="s">
-        <v>4105</v>
+        <v>4106</v>
       </c>
     </row>
     <row r="2057">
       <c r="A2057" s="0" t="s">
-        <v>4106</v>
+        <v>4107</v>
       </c>
       <c r="B2057" s="0" t="s">
-        <v>4107</v>
+        <v>4108</v>
       </c>
     </row>
     <row r="2058">
       <c r="A2058" s="0" t="s">
-        <v>4108</v>
+        <v>4109</v>
       </c>
       <c r="B2058" s="0" t="s">
-        <v>4109</v>
+        <v>4110</v>
       </c>
     </row>
     <row r="2059">
       <c r="A2059" s="0" t="s">
-        <v>4110</v>
+        <v>4111</v>
       </c>
       <c r="B2059" s="0" t="s">
-        <v>4111</v>
+        <v>4112</v>
       </c>
     </row>
     <row r="2060">
       <c r="A2060" s="0" t="s">
-        <v>4112</v>
+        <v>4113</v>
       </c>
       <c r="B2060" s="0" t="s">
-        <v>4113</v>
+        <v>4114</v>
       </c>
     </row>
     <row r="2061">
       <c r="A2061" s="0" t="s">
-        <v>4114</v>
+        <v>4115</v>
       </c>
       <c r="B2061" s="0" t="s">
-        <v>4115</v>
+        <v>4116</v>
       </c>
     </row>
     <row r="2062">
       <c r="A2062" s="0" t="s">
-        <v>4116</v>
+        <v>4117</v>
       </c>
       <c r="B2062" s="0" t="s">
-        <v>4117</v>
+        <v>4118</v>
       </c>
     </row>
     <row r="2063">
       <c r="A2063" s="0" t="s">
-        <v>4118</v>
+        <v>4119</v>
       </c>
       <c r="B2063" s="0" t="s">
-        <v>4119</v>
+        <v>4120</v>
       </c>
     </row>
     <row r="2064">
       <c r="A2064" s="0" t="s">
-        <v>4120</v>
+        <v>4121</v>
       </c>
       <c r="B2064" s="0" t="s">
-        <v>4121</v>
+        <v>4122</v>
       </c>
     </row>
     <row r="2065">
       <c r="A2065" s="0" t="s">
-        <v>4122</v>
+        <v>4123</v>
       </c>
       <c r="B2065" s="0" t="s">
-        <v>4123</v>
+        <v>4124</v>
       </c>
     </row>
     <row r="2066">
       <c r="A2066" s="0" t="s">
-        <v>4124</v>
+        <v>4125</v>
       </c>
       <c r="B2066" s="0" t="s">
-        <v>4125</v>
+        <v>4126</v>
       </c>
     </row>
     <row r="2067">
       <c r="A2067" s="0" t="s">
-        <v>4126</v>
+        <v>4127</v>
       </c>
       <c r="B2067" s="0" t="s">
-        <v>4127</v>
+        <v>4128</v>
       </c>
     </row>
     <row r="2068">
       <c r="A2068" s="0" t="s">
-        <v>4128</v>
+        <v>4129</v>
       </c>
       <c r="B2068" s="0" t="s">
-        <v>4129</v>
+        <v>4130</v>
       </c>
     </row>
     <row r="2069">
       <c r="A2069" s="0" t="s">
-        <v>4130</v>
+        <v>4131</v>
       </c>
       <c r="B2069" s="0" t="s">
-        <v>4131</v>
+        <v>4132</v>
       </c>
     </row>
     <row r="2070">
       <c r="A2070" s="0" t="s">
-        <v>4132</v>
+        <v>4133</v>
       </c>
       <c r="B2070" s="0" t="s">
-        <v>4133</v>
+        <v>4134</v>
       </c>
     </row>
     <row r="2071">
       <c r="A2071" s="0" t="s">
-        <v>4134</v>
+        <v>4135</v>
       </c>
       <c r="B2071" s="0" t="s">
-        <v>4135</v>
+        <v>4136</v>
       </c>
     </row>
     <row r="2072">
       <c r="A2072" s="0" t="s">
-        <v>4136</v>
+        <v>4137</v>
       </c>
       <c r="B2072" s="0" t="s">
-        <v>4137</v>
+        <v>4138</v>
       </c>
     </row>
     <row r="2073">
       <c r="A2073" s="0" t="s">
-        <v>4138</v>
+        <v>4139</v>
       </c>
       <c r="B2073" s="0" t="s">
-        <v>4139</v>
+        <v>4140</v>
       </c>
     </row>
     <row r="2074">
       <c r="A2074" s="0" t="s">
-        <v>4140</v>
+        <v>4141</v>
       </c>
       <c r="B2074" s="0" t="s">
-        <v>4141</v>
+        <v>4142</v>
       </c>
     </row>
     <row r="2075">
       <c r="A2075" s="0" t="s">
-        <v>4142</v>
+        <v>4143</v>
       </c>
       <c r="B2075" s="0" t="s">
-        <v>4143</v>
+        <v>4144</v>
       </c>
     </row>
     <row r="2076">
       <c r="A2076" s="0" t="s">
-        <v>4144</v>
+        <v>4145</v>
       </c>
       <c r="B2076" s="0" t="s">
-        <v>4145</v>
+        <v>4146</v>
       </c>
     </row>
     <row r="2077">
       <c r="A2077" s="0" t="s">
-        <v>4146</v>
+        <v>4147</v>
       </c>
       <c r="B2077" s="0" t="s">
-        <v>4147</v>
+        <v>4148</v>
       </c>
     </row>
     <row r="2078">
       <c r="A2078" s="0" t="s">
-        <v>4148</v>
+        <v>4149</v>
       </c>
       <c r="B2078" s="0" t="s">
-        <v>4149</v>
+        <v>4150</v>
       </c>
     </row>
     <row r="2079">
       <c r="A2079" s="0" t="s">
-        <v>4150</v>
+        <v>4151</v>
       </c>
       <c r="B2079" s="0" t="s">
-        <v>4151</v>
+        <v>4152</v>
       </c>
     </row>
     <row r="2080">
       <c r="A2080" s="0" t="s">
-        <v>4152</v>
+        <v>4153</v>
       </c>
       <c r="B2080" s="0" t="s">
-        <v>4153</v>
+        <v>4154</v>
       </c>
     </row>
     <row r="2081">
       <c r="A2081" s="0" t="s">
-        <v>4154</v>
+        <v>4155</v>
       </c>
       <c r="B2081" s="0" t="s">
-        <v>4155</v>
+        <v>4156</v>
       </c>
     </row>
     <row r="2082">
       <c r="A2082" s="0" t="s">
-        <v>4156</v>
+        <v>4157</v>
       </c>
       <c r="B2082" s="0" t="s">
-        <v>4157</v>
+        <v>4158</v>
       </c>
     </row>
     <row r="2083">
       <c r="A2083" s="0" t="s">
-        <v>4158</v>
+        <v>4159</v>
       </c>
       <c r="B2083" s="0" t="s">
-        <v>4159</v>
+        <v>4160</v>
       </c>
     </row>
     <row r="2084">
       <c r="A2084" s="0" t="s">
-        <v>4160</v>
+        <v>4161</v>
       </c>
       <c r="B2084" s="0" t="s">
-        <v>4161</v>
+        <v>4162</v>
       </c>
     </row>
     <row r="2085">
       <c r="A2085" s="0" t="s">
-        <v>4162</v>
+        <v>4163</v>
       </c>
       <c r="B2085" s="0" t="s">
-        <v>4163</v>
+        <v>4164</v>
       </c>
     </row>
     <row r="2086">
       <c r="A2086" s="0" t="s">
-        <v>4164</v>
+        <v>4165</v>
       </c>
       <c r="B2086" s="0" t="s">
-        <v>4165</v>
+        <v>4166</v>
       </c>
     </row>
     <row r="2087">
       <c r="A2087" s="0" t="s">
-        <v>4166</v>
+        <v>4167</v>
       </c>
       <c r="B2087" s="0" t="s">
-        <v>4167</v>
+        <v>4168</v>
       </c>
     </row>
     <row r="2088">
       <c r="A2088" s="0" t="s">
-        <v>4168</v>
+        <v>4169</v>
       </c>
       <c r="B2088" s="0" t="s">
-        <v>4169</v>
+        <v>4170</v>
       </c>
     </row>
     <row r="2089">
       <c r="A2089" s="0" t="s">
-        <v>4170</v>
+        <v>4171</v>
       </c>
       <c r="B2089" s="0" t="s">
-        <v>4171</v>
+        <v>4172</v>
       </c>
     </row>
     <row r="2090">
       <c r="A2090" s="0" t="s">
-        <v>4172</v>
+        <v>4173</v>
       </c>
       <c r="B2090" s="0" t="s">
-        <v>4173</v>
+        <v>4174</v>
       </c>
     </row>
     <row r="2091">
       <c r="A2091" s="0" t="s">
-        <v>4174</v>
+        <v>4175</v>
       </c>
       <c r="B2091" s="0" t="s">
-        <v>4175</v>
+        <v>4176</v>
       </c>
     </row>
     <row r="2092">
       <c r="A2092" s="0" t="s">
-        <v>4176</v>
+        <v>4177</v>
       </c>
       <c r="B2092" s="0" t="s">
-        <v>4177</v>
+        <v>4178</v>
       </c>
     </row>
     <row r="2093">
       <c r="A2093" s="0" t="s">
-        <v>4178</v>
+        <v>4179</v>
       </c>
       <c r="B2093" s="0" t="s">
-        <v>4179</v>
+        <v>4180</v>
       </c>
     </row>
     <row r="2094">
       <c r="A2094" s="0" t="s">
-        <v>4180</v>
+        <v>4181</v>
       </c>
       <c r="B2094" s="0" t="s">
-        <v>4181</v>
+        <v>4182</v>
       </c>
     </row>
     <row r="2095">
       <c r="A2095" s="0" t="s">
-        <v>4182</v>
+        <v>4183</v>
       </c>
       <c r="B2095" s="0" t="s">
-        <v>4183</v>
+        <v>4110</v>
       </c>
     </row>
     <row r="2096">
       <c r="A2096" s="0" t="s">
         <v>4184</v>
       </c>
       <c r="B2096" s="0" t="s">
         <v>4185</v>
       </c>
     </row>
     <row r="2097">
       <c r="A2097" s="0" t="s">
         <v>4186</v>
       </c>
       <c r="B2097" s="0" t="s">
         <v>4187</v>
       </c>
     </row>
     <row r="2098">
       <c r="A2098" s="0" t="s">
         <v>4188</v>
       </c>
       <c r="B2098" s="0" t="s">
         <v>4189</v>
       </c>
@@ -35209,419 +35485,419 @@
       <c r="B2418" s="0" t="s">
         <v>4829</v>
       </c>
     </row>
     <row r="2419">
       <c r="A2419" s="0" t="s">
         <v>4830</v>
       </c>
       <c r="B2419" s="0" t="s">
         <v>4831</v>
       </c>
     </row>
     <row r="2420">
       <c r="A2420" s="0" t="s">
         <v>4832</v>
       </c>
       <c r="B2420" s="0" t="s">
         <v>4833</v>
       </c>
     </row>
     <row r="2421">
       <c r="A2421" s="0" t="s">
         <v>4834</v>
       </c>
       <c r="B2421" s="0" t="s">
-        <v>2350</v>
+        <v>4835</v>
       </c>
     </row>
     <row r="2422">
       <c r="A2422" s="0" t="s">
-        <v>4835</v>
+        <v>4836</v>
       </c>
       <c r="B2422" s="0" t="s">
-        <v>4836</v>
+        <v>4837</v>
       </c>
     </row>
     <row r="2423">
       <c r="A2423" s="0" t="s">
-        <v>4837</v>
+        <v>4838</v>
       </c>
       <c r="B2423" s="0" t="s">
-        <v>4838</v>
+        <v>4839</v>
       </c>
     </row>
     <row r="2424">
       <c r="A2424" s="0" t="s">
-        <v>4839</v>
+        <v>4840</v>
       </c>
       <c r="B2424" s="0" t="s">
-        <v>4840</v>
+        <v>4841</v>
       </c>
     </row>
     <row r="2425">
       <c r="A2425" s="0" t="s">
-        <v>4841</v>
+        <v>4842</v>
       </c>
       <c r="B2425" s="0" t="s">
-        <v>4842</v>
+        <v>4843</v>
       </c>
     </row>
     <row r="2426">
       <c r="A2426" s="0" t="s">
-        <v>4843</v>
+        <v>4844</v>
       </c>
       <c r="B2426" s="0" t="s">
-        <v>4844</v>
+        <v>4845</v>
       </c>
     </row>
     <row r="2427">
       <c r="A2427" s="0" t="s">
-        <v>4845</v>
+        <v>4846</v>
       </c>
       <c r="B2427" s="0" t="s">
-        <v>4846</v>
+        <v>4847</v>
       </c>
     </row>
     <row r="2428">
       <c r="A2428" s="0" t="s">
-        <v>4847</v>
+        <v>4848</v>
       </c>
       <c r="B2428" s="0" t="s">
-        <v>4848</v>
+        <v>4849</v>
       </c>
     </row>
     <row r="2429">
       <c r="A2429" s="0" t="s">
-        <v>4849</v>
+        <v>4850</v>
       </c>
       <c r="B2429" s="0" t="s">
-        <v>4850</v>
+        <v>4851</v>
       </c>
     </row>
     <row r="2430">
       <c r="A2430" s="0" t="s">
-        <v>4851</v>
+        <v>4852</v>
       </c>
       <c r="B2430" s="0" t="s">
-        <v>4852</v>
+        <v>4853</v>
       </c>
     </row>
     <row r="2431">
       <c r="A2431" s="0" t="s">
-        <v>4853</v>
+        <v>4854</v>
       </c>
       <c r="B2431" s="0" t="s">
-        <v>4854</v>
+        <v>4855</v>
       </c>
     </row>
     <row r="2432">
       <c r="A2432" s="0" t="s">
-        <v>4855</v>
+        <v>4856</v>
       </c>
       <c r="B2432" s="0" t="s">
-        <v>4856</v>
+        <v>4857</v>
       </c>
     </row>
     <row r="2433">
       <c r="A2433" s="0" t="s">
-        <v>4857</v>
+        <v>4858</v>
       </c>
       <c r="B2433" s="0" t="s">
-        <v>4858</v>
+        <v>4859</v>
       </c>
     </row>
     <row r="2434">
       <c r="A2434" s="0" t="s">
-        <v>4859</v>
+        <v>4860</v>
       </c>
       <c r="B2434" s="0" t="s">
-        <v>4860</v>
+        <v>4861</v>
       </c>
     </row>
     <row r="2435">
       <c r="A2435" s="0" t="s">
-        <v>4861</v>
+        <v>4862</v>
       </c>
       <c r="B2435" s="0" t="s">
-        <v>4862</v>
+        <v>4863</v>
       </c>
     </row>
     <row r="2436">
       <c r="A2436" s="0" t="s">
-        <v>4863</v>
+        <v>4864</v>
       </c>
       <c r="B2436" s="0" t="s">
-        <v>4864</v>
+        <v>4865</v>
       </c>
     </row>
     <row r="2437">
       <c r="A2437" s="0" t="s">
-        <v>4865</v>
+        <v>4866</v>
       </c>
       <c r="B2437" s="0" t="s">
-        <v>4866</v>
+        <v>4867</v>
       </c>
     </row>
     <row r="2438">
       <c r="A2438" s="0" t="s">
-        <v>4867</v>
+        <v>4868</v>
       </c>
       <c r="B2438" s="0" t="s">
-        <v>4868</v>
+        <v>4869</v>
       </c>
     </row>
     <row r="2439">
       <c r="A2439" s="0" t="s">
-        <v>4869</v>
+        <v>4870</v>
       </c>
       <c r="B2439" s="0" t="s">
-        <v>4870</v>
+        <v>4871</v>
       </c>
     </row>
     <row r="2440">
       <c r="A2440" s="0" t="s">
-        <v>4871</v>
+        <v>4872</v>
       </c>
       <c r="B2440" s="0" t="s">
-        <v>4872</v>
+        <v>4873</v>
       </c>
     </row>
     <row r="2441">
       <c r="A2441" s="0" t="s">
-        <v>4873</v>
+        <v>4874</v>
       </c>
       <c r="B2441" s="0" t="s">
-        <v>4874</v>
+        <v>4875</v>
       </c>
     </row>
     <row r="2442">
       <c r="A2442" s="0" t="s">
-        <v>4875</v>
+        <v>4876</v>
       </c>
       <c r="B2442" s="0" t="s">
-        <v>4876</v>
+        <v>4877</v>
       </c>
     </row>
     <row r="2443">
       <c r="A2443" s="0" t="s">
-        <v>4877</v>
+        <v>4878</v>
       </c>
       <c r="B2443" s="0" t="s">
-        <v>4878</v>
+        <v>4879</v>
       </c>
     </row>
     <row r="2444">
       <c r="A2444" s="0" t="s">
-        <v>4879</v>
+        <v>4880</v>
       </c>
       <c r="B2444" s="0" t="s">
-        <v>4880</v>
+        <v>4881</v>
       </c>
     </row>
     <row r="2445">
       <c r="A2445" s="0" t="s">
-        <v>4881</v>
+        <v>4882</v>
       </c>
       <c r="B2445" s="0" t="s">
-        <v>4882</v>
+        <v>4883</v>
       </c>
     </row>
     <row r="2446">
       <c r="A2446" s="0" t="s">
-        <v>4883</v>
+        <v>4884</v>
       </c>
       <c r="B2446" s="0" t="s">
-        <v>4884</v>
+        <v>4885</v>
       </c>
     </row>
     <row r="2447">
       <c r="A2447" s="0" t="s">
-        <v>4885</v>
+        <v>4886</v>
       </c>
       <c r="B2447" s="0" t="s">
-        <v>4886</v>
+        <v>4887</v>
       </c>
     </row>
     <row r="2448">
       <c r="A2448" s="0" t="s">
-        <v>4887</v>
+        <v>4888</v>
       </c>
       <c r="B2448" s="0" t="s">
-        <v>4888</v>
+        <v>4889</v>
       </c>
     </row>
     <row r="2449">
       <c r="A2449" s="0" t="s">
-        <v>4889</v>
+        <v>4890</v>
       </c>
       <c r="B2449" s="0" t="s">
-        <v>4890</v>
+        <v>4891</v>
       </c>
     </row>
     <row r="2450">
       <c r="A2450" s="0" t="s">
-        <v>4891</v>
+        <v>4892</v>
       </c>
       <c r="B2450" s="0" t="s">
-        <v>4892</v>
+        <v>4893</v>
       </c>
     </row>
     <row r="2451">
       <c r="A2451" s="0" t="s">
-        <v>4893</v>
+        <v>4894</v>
       </c>
       <c r="B2451" s="0" t="s">
-        <v>4894</v>
+        <v>4895</v>
       </c>
     </row>
     <row r="2452">
       <c r="A2452" s="0" t="s">
-        <v>4895</v>
+        <v>4896</v>
       </c>
       <c r="B2452" s="0" t="s">
-        <v>4896</v>
+        <v>4897</v>
       </c>
     </row>
     <row r="2453">
       <c r="A2453" s="0" t="s">
-        <v>4897</v>
+        <v>4898</v>
       </c>
       <c r="B2453" s="0" t="s">
-        <v>4898</v>
+        <v>4899</v>
       </c>
     </row>
     <row r="2454">
       <c r="A2454" s="0" t="s">
-        <v>4899</v>
+        <v>4900</v>
       </c>
       <c r="B2454" s="0" t="s">
-        <v>4900</v>
+        <v>4901</v>
       </c>
     </row>
     <row r="2455">
       <c r="A2455" s="0" t="s">
-        <v>4901</v>
+        <v>4902</v>
       </c>
       <c r="B2455" s="0" t="s">
-        <v>4902</v>
+        <v>4903</v>
       </c>
     </row>
     <row r="2456">
       <c r="A2456" s="0" t="s">
-        <v>4903</v>
+        <v>4904</v>
       </c>
       <c r="B2456" s="0" t="s">
-        <v>4904</v>
+        <v>4905</v>
       </c>
     </row>
     <row r="2457">
       <c r="A2457" s="0" t="s">
-        <v>4905</v>
+        <v>4906</v>
       </c>
       <c r="B2457" s="0" t="s">
-        <v>4906</v>
+        <v>4907</v>
       </c>
     </row>
     <row r="2458">
       <c r="A2458" s="0" t="s">
-        <v>4907</v>
+        <v>4908</v>
       </c>
       <c r="B2458" s="0" t="s">
-        <v>4908</v>
+        <v>4909</v>
       </c>
     </row>
     <row r="2459">
       <c r="A2459" s="0" t="s">
-        <v>4909</v>
+        <v>4910</v>
       </c>
       <c r="B2459" s="0" t="s">
-        <v>4910</v>
+        <v>4911</v>
       </c>
     </row>
     <row r="2460">
       <c r="A2460" s="0" t="s">
-        <v>4911</v>
+        <v>4912</v>
       </c>
       <c r="B2460" s="0" t="s">
-        <v>4912</v>
+        <v>4913</v>
       </c>
     </row>
     <row r="2461">
       <c r="A2461" s="0" t="s">
-        <v>4913</v>
+        <v>4914</v>
       </c>
       <c r="B2461" s="0" t="s">
-        <v>4914</v>
+        <v>4915</v>
       </c>
     </row>
     <row r="2462">
       <c r="A2462" s="0" t="s">
-        <v>4915</v>
+        <v>4916</v>
       </c>
       <c r="B2462" s="0" t="s">
-        <v>4916</v>
+        <v>4917</v>
       </c>
     </row>
     <row r="2463">
       <c r="A2463" s="0" t="s">
-        <v>4917</v>
+        <v>4918</v>
       </c>
       <c r="B2463" s="0" t="s">
-        <v>4918</v>
+        <v>4919</v>
       </c>
     </row>
     <row r="2464">
       <c r="A2464" s="0" t="s">
-        <v>4919</v>
+        <v>4920</v>
       </c>
       <c r="B2464" s="0" t="s">
-        <v>4920</v>
+        <v>4921</v>
       </c>
     </row>
     <row r="2465">
       <c r="A2465" s="0" t="s">
-        <v>4921</v>
+        <v>4922</v>
       </c>
       <c r="B2465" s="0" t="s">
-        <v>4922</v>
+        <v>4923</v>
       </c>
     </row>
     <row r="2466">
       <c r="A2466" s="0" t="s">
-        <v>4923</v>
+        <v>4924</v>
       </c>
       <c r="B2466" s="0" t="s">
-        <v>4924</v>
+        <v>4925</v>
       </c>
     </row>
     <row r="2467">
       <c r="A2467" s="0" t="s">
-        <v>4925</v>
+        <v>4926</v>
       </c>
       <c r="B2467" s="0" t="s">
-        <v>4926</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="2468">
       <c r="A2468" s="0" t="s">
         <v>4927</v>
       </c>
       <c r="B2468" s="0" t="s">
         <v>4928</v>
       </c>
     </row>
     <row r="2469">
       <c r="A2469" s="0" t="s">
         <v>4929</v>
       </c>
       <c r="B2469" s="0" t="s">
         <v>4930</v>
       </c>
     </row>
     <row r="2470">
       <c r="A2470" s="0" t="s">
         <v>4931</v>
       </c>
       <c r="B2470" s="0" t="s">
         <v>4932</v>
       </c>
@@ -36922,31 +37198,399 @@
         <v>5256</v>
       </c>
     </row>
     <row r="2633">
       <c r="A2633" s="0" t="s">
         <v>5257</v>
       </c>
       <c r="B2633" s="0" t="s">
         <v>5258</v>
       </c>
     </row>
     <row r="2634">
       <c r="A2634" s="0" t="s">
         <v>5259</v>
       </c>
       <c r="B2634" s="0" t="s">
         <v>5260</v>
       </c>
     </row>
     <row r="2635">
       <c r="A2635" s="0" t="s">
         <v>5261</v>
       </c>
       <c r="B2635" s="0" t="s">
         <v>5262</v>
+      </c>
+    </row>
+    <row r="2636">
+      <c r="A2636" s="0" t="s">
+        <v>5263</v>
+      </c>
+      <c r="B2636" s="0" t="s">
+        <v>5264</v>
+      </c>
+    </row>
+    <row r="2637">
+      <c r="A2637" s="0" t="s">
+        <v>5265</v>
+      </c>
+      <c r="B2637" s="0" t="s">
+        <v>5266</v>
+      </c>
+    </row>
+    <row r="2638">
+      <c r="A2638" s="0" t="s">
+        <v>5267</v>
+      </c>
+      <c r="B2638" s="0" t="s">
+        <v>5268</v>
+      </c>
+    </row>
+    <row r="2639">
+      <c r="A2639" s="0" t="s">
+        <v>5269</v>
+      </c>
+      <c r="B2639" s="0" t="s">
+        <v>5270</v>
+      </c>
+    </row>
+    <row r="2640">
+      <c r="A2640" s="0" t="s">
+        <v>5271</v>
+      </c>
+      <c r="B2640" s="0" t="s">
+        <v>5272</v>
+      </c>
+    </row>
+    <row r="2641">
+      <c r="A2641" s="0" t="s">
+        <v>5273</v>
+      </c>
+      <c r="B2641" s="0" t="s">
+        <v>5274</v>
+      </c>
+    </row>
+    <row r="2642">
+      <c r="A2642" s="0" t="s">
+        <v>5275</v>
+      </c>
+      <c r="B2642" s="0" t="s">
+        <v>5276</v>
+      </c>
+    </row>
+    <row r="2643">
+      <c r="A2643" s="0" t="s">
+        <v>5277</v>
+      </c>
+      <c r="B2643" s="0" t="s">
+        <v>5278</v>
+      </c>
+    </row>
+    <row r="2644">
+      <c r="A2644" s="0" t="s">
+        <v>5279</v>
+      </c>
+      <c r="B2644" s="0" t="s">
+        <v>5280</v>
+      </c>
+    </row>
+    <row r="2645">
+      <c r="A2645" s="0" t="s">
+        <v>5281</v>
+      </c>
+      <c r="B2645" s="0" t="s">
+        <v>5282</v>
+      </c>
+    </row>
+    <row r="2646">
+      <c r="A2646" s="0" t="s">
+        <v>5283</v>
+      </c>
+      <c r="B2646" s="0" t="s">
+        <v>5284</v>
+      </c>
+    </row>
+    <row r="2647">
+      <c r="A2647" s="0" t="s">
+        <v>5285</v>
+      </c>
+      <c r="B2647" s="0" t="s">
+        <v>5286</v>
+      </c>
+    </row>
+    <row r="2648">
+      <c r="A2648" s="0" t="s">
+        <v>5287</v>
+      </c>
+      <c r="B2648" s="0" t="s">
+        <v>5288</v>
+      </c>
+    </row>
+    <row r="2649">
+      <c r="A2649" s="0" t="s">
+        <v>5289</v>
+      </c>
+      <c r="B2649" s="0" t="s">
+        <v>5290</v>
+      </c>
+    </row>
+    <row r="2650">
+      <c r="A2650" s="0" t="s">
+        <v>5291</v>
+      </c>
+      <c r="B2650" s="0" t="s">
+        <v>5292</v>
+      </c>
+    </row>
+    <row r="2651">
+      <c r="A2651" s="0" t="s">
+        <v>5293</v>
+      </c>
+      <c r="B2651" s="0" t="s">
+        <v>5294</v>
+      </c>
+    </row>
+    <row r="2652">
+      <c r="A2652" s="0" t="s">
+        <v>5295</v>
+      </c>
+      <c r="B2652" s="0" t="s">
+        <v>5296</v>
+      </c>
+    </row>
+    <row r="2653">
+      <c r="A2653" s="0" t="s">
+        <v>5297</v>
+      </c>
+      <c r="B2653" s="0" t="s">
+        <v>5298</v>
+      </c>
+    </row>
+    <row r="2654">
+      <c r="A2654" s="0" t="s">
+        <v>5299</v>
+      </c>
+      <c r="B2654" s="0" t="s">
+        <v>5300</v>
+      </c>
+    </row>
+    <row r="2655">
+      <c r="A2655" s="0" t="s">
+        <v>5301</v>
+      </c>
+      <c r="B2655" s="0" t="s">
+        <v>5302</v>
+      </c>
+    </row>
+    <row r="2656">
+      <c r="A2656" s="0" t="s">
+        <v>5303</v>
+      </c>
+      <c r="B2656" s="0" t="s">
+        <v>5304</v>
+      </c>
+    </row>
+    <row r="2657">
+      <c r="A2657" s="0" t="s">
+        <v>5305</v>
+      </c>
+      <c r="B2657" s="0" t="s">
+        <v>5306</v>
+      </c>
+    </row>
+    <row r="2658">
+      <c r="A2658" s="0" t="s">
+        <v>5307</v>
+      </c>
+      <c r="B2658" s="0" t="s">
+        <v>5308</v>
+      </c>
+    </row>
+    <row r="2659">
+      <c r="A2659" s="0" t="s">
+        <v>5309</v>
+      </c>
+      <c r="B2659" s="0" t="s">
+        <v>5310</v>
+      </c>
+    </row>
+    <row r="2660">
+      <c r="A2660" s="0" t="s">
+        <v>5311</v>
+      </c>
+      <c r="B2660" s="0" t="s">
+        <v>5312</v>
+      </c>
+    </row>
+    <row r="2661">
+      <c r="A2661" s="0" t="s">
+        <v>5313</v>
+      </c>
+      <c r="B2661" s="0" t="s">
+        <v>5314</v>
+      </c>
+    </row>
+    <row r="2662">
+      <c r="A2662" s="0" t="s">
+        <v>5315</v>
+      </c>
+      <c r="B2662" s="0" t="s">
+        <v>5316</v>
+      </c>
+    </row>
+    <row r="2663">
+      <c r="A2663" s="0" t="s">
+        <v>5317</v>
+      </c>
+      <c r="B2663" s="0" t="s">
+        <v>5318</v>
+      </c>
+    </row>
+    <row r="2664">
+      <c r="A2664" s="0" t="s">
+        <v>5319</v>
+      </c>
+      <c r="B2664" s="0" t="s">
+        <v>5320</v>
+      </c>
+    </row>
+    <row r="2665">
+      <c r="A2665" s="0" t="s">
+        <v>5321</v>
+      </c>
+      <c r="B2665" s="0" t="s">
+        <v>5322</v>
+      </c>
+    </row>
+    <row r="2666">
+      <c r="A2666" s="0" t="s">
+        <v>5323</v>
+      </c>
+      <c r="B2666" s="0" t="s">
+        <v>5324</v>
+      </c>
+    </row>
+    <row r="2667">
+      <c r="A2667" s="0" t="s">
+        <v>5325</v>
+      </c>
+      <c r="B2667" s="0" t="s">
+        <v>5326</v>
+      </c>
+    </row>
+    <row r="2668">
+      <c r="A2668" s="0" t="s">
+        <v>5327</v>
+      </c>
+      <c r="B2668" s="0" t="s">
+        <v>5328</v>
+      </c>
+    </row>
+    <row r="2669">
+      <c r="A2669" s="0" t="s">
+        <v>5329</v>
+      </c>
+      <c r="B2669" s="0" t="s">
+        <v>5330</v>
+      </c>
+    </row>
+    <row r="2670">
+      <c r="A2670" s="0" t="s">
+        <v>5331</v>
+      </c>
+      <c r="B2670" s="0" t="s">
+        <v>5332</v>
+      </c>
+    </row>
+    <row r="2671">
+      <c r="A2671" s="0" t="s">
+        <v>5333</v>
+      </c>
+      <c r="B2671" s="0" t="s">
+        <v>5334</v>
+      </c>
+    </row>
+    <row r="2672">
+      <c r="A2672" s="0" t="s">
+        <v>5335</v>
+      </c>
+      <c r="B2672" s="0" t="s">
+        <v>5336</v>
+      </c>
+    </row>
+    <row r="2673">
+      <c r="A2673" s="0" t="s">
+        <v>5337</v>
+      </c>
+      <c r="B2673" s="0" t="s">
+        <v>5338</v>
+      </c>
+    </row>
+    <row r="2674">
+      <c r="A2674" s="0" t="s">
+        <v>5339</v>
+      </c>
+      <c r="B2674" s="0" t="s">
+        <v>5340</v>
+      </c>
+    </row>
+    <row r="2675">
+      <c r="A2675" s="0" t="s">
+        <v>5341</v>
+      </c>
+      <c r="B2675" s="0" t="s">
+        <v>5342</v>
+      </c>
+    </row>
+    <row r="2676">
+      <c r="A2676" s="0" t="s">
+        <v>5343</v>
+      </c>
+      <c r="B2676" s="0" t="s">
+        <v>5344</v>
+      </c>
+    </row>
+    <row r="2677">
+      <c r="A2677" s="0" t="s">
+        <v>5345</v>
+      </c>
+      <c r="B2677" s="0" t="s">
+        <v>5346</v>
+      </c>
+    </row>
+    <row r="2678">
+      <c r="A2678" s="0" t="s">
+        <v>5347</v>
+      </c>
+      <c r="B2678" s="0" t="s">
+        <v>5348</v>
+      </c>
+    </row>
+    <row r="2679">
+      <c r="A2679" s="0" t="s">
+        <v>5349</v>
+      </c>
+      <c r="B2679" s="0" t="s">
+        <v>5350</v>
+      </c>
+    </row>
+    <row r="2680">
+      <c r="A2680" s="0" t="s">
+        <v>5351</v>
+      </c>
+      <c r="B2680" s="0" t="s">
+        <v>5352</v>
+      </c>
+    </row>
+    <row r="2681">
+      <c r="A2681" s="0" t="s">
+        <v>5353</v>
+      </c>
+      <c r="B2681" s="0" t="s">
+        <v>5354</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>