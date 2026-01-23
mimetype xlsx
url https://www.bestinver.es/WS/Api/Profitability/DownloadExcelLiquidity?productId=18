--- v0 (2025-12-06)
+++ v1 (2026-01-23)
@@ -4,59 +4,341 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4956" uniqueCount="4956">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5050" uniqueCount="5050">
   <si>
     <t>BESTINVER LATAM, F.I.</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>14,408894</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>13,898346</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>14,013150</t>
+  </si>
+  <si>
+    <t>18/01/2026</t>
+  </si>
+  <si>
+    <t>14,013323</t>
+  </si>
+  <si>
+    <t>17/01/2026</t>
+  </si>
+  <si>
+    <t>14,013496</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>14,013669</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>14,128465</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>14,105884</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>14,061913</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>14,233829</t>
+  </si>
+  <si>
+    <t>11/01/2026</t>
+  </si>
+  <si>
+    <t>14,234010</t>
+  </si>
+  <si>
+    <t>10/01/2026</t>
+  </si>
+  <si>
+    <t>14,234198</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>14,234382</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>14,157938</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>14,043161</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>14,232212</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>13,970954</t>
+  </si>
+  <si>
+    <t>04/01/2026</t>
+  </si>
+  <si>
+    <t>13,592373</t>
+  </si>
+  <si>
+    <t>03/01/2026</t>
+  </si>
+  <si>
+    <t>13,592533</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>13,592694</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
+    <t>13,592921</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>13,593082</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>13,593256</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>13,373922</t>
+  </si>
+  <si>
+    <t>28/12/2025</t>
+  </si>
+  <si>
+    <t>13,410859</t>
+  </si>
+  <si>
+    <t>27/12/2025</t>
+  </si>
+  <si>
+    <t>13,411031</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>13,411203</t>
+  </si>
+  <si>
+    <t>25/12/2025</t>
+  </si>
+  <si>
+    <t>13,411375</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>13,411547</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>13,411719</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>13,224066</t>
+  </si>
+  <si>
+    <t>21/12/2025</t>
+  </si>
+  <si>
+    <t>13,497852</t>
+  </si>
+  <si>
+    <t>20/12/2025</t>
+  </si>
+  <si>
+    <t>13,498019</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>13,498187</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>13,424766</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>13,305260</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>13,621307</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>14,125498</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>13,931460</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>13,931631</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>13,756189</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>13,900273</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>13,900448</t>
+  </si>
+  <si>
+    <t>07/12/2025</t>
+  </si>
+  <si>
+    <t>13,900628</t>
+  </si>
+  <si>
+    <t>06/12/2025</t>
+  </si>
+  <si>
+    <t>13,900807</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>13,900986</t>
+  </si>
+  <si>
+    <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>14,931155</t>
   </si>
   <si>
     <t>03/12/2025</t>
   </si>
   <si>
     <t>14,659627</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>14,703215</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>14,406391</t>
   </si>
   <si>
     <t>28/11/2025</t>
   </si>
   <si>
     <t>14,514146</t>
   </si>
@@ -14920,51 +15202,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B2479"/>
+  <dimension ref="A1:B2526"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -26152,427 +26434,427 @@
       <c r="B1401" s="0" t="s">
         <v>2800</v>
       </c>
     </row>
     <row r="1402">
       <c r="A1402" s="0" t="s">
         <v>2801</v>
       </c>
       <c r="B1402" s="0" t="s">
         <v>2802</v>
       </c>
     </row>
     <row r="1403">
       <c r="A1403" s="0" t="s">
         <v>2803</v>
       </c>
       <c r="B1403" s="0" t="s">
         <v>2804</v>
       </c>
     </row>
     <row r="1404">
       <c r="A1404" s="0" t="s">
         <v>2805</v>
       </c>
       <c r="B1404" s="0" t="s">
-        <v>2668</v>
+        <v>2806</v>
       </c>
     </row>
     <row r="1405">
       <c r="A1405" s="0" t="s">
-        <v>2806</v>
+        <v>2807</v>
       </c>
       <c r="B1405" s="0" t="s">
-        <v>2807</v>
+        <v>2808</v>
       </c>
     </row>
     <row r="1406">
       <c r="A1406" s="0" t="s">
-        <v>2808</v>
+        <v>2809</v>
       </c>
       <c r="B1406" s="0" t="s">
-        <v>2809</v>
+        <v>2810</v>
       </c>
     </row>
     <row r="1407">
       <c r="A1407" s="0" t="s">
-        <v>2810</v>
+        <v>2811</v>
       </c>
       <c r="B1407" s="0" t="s">
-        <v>2811</v>
+        <v>2812</v>
       </c>
     </row>
     <row r="1408">
       <c r="A1408" s="0" t="s">
-        <v>2812</v>
+        <v>2813</v>
       </c>
       <c r="B1408" s="0" t="s">
-        <v>2813</v>
+        <v>2814</v>
       </c>
     </row>
     <row r="1409">
       <c r="A1409" s="0" t="s">
-        <v>2814</v>
+        <v>2815</v>
       </c>
       <c r="B1409" s="0" t="s">
-        <v>2815</v>
+        <v>2816</v>
       </c>
     </row>
     <row r="1410">
       <c r="A1410" s="0" t="s">
-        <v>2816</v>
+        <v>2817</v>
       </c>
       <c r="B1410" s="0" t="s">
-        <v>2817</v>
+        <v>2818</v>
       </c>
     </row>
     <row r="1411">
       <c r="A1411" s="0" t="s">
-        <v>2818</v>
+        <v>2819</v>
       </c>
       <c r="B1411" s="0" t="s">
-        <v>2819</v>
+        <v>2820</v>
       </c>
     </row>
     <row r="1412">
       <c r="A1412" s="0" t="s">
-        <v>2820</v>
+        <v>2821</v>
       </c>
       <c r="B1412" s="0" t="s">
-        <v>2821</v>
+        <v>2822</v>
       </c>
     </row>
     <row r="1413">
       <c r="A1413" s="0" t="s">
-        <v>2822</v>
+        <v>2823</v>
       </c>
       <c r="B1413" s="0" t="s">
-        <v>2823</v>
+        <v>2824</v>
       </c>
     </row>
     <row r="1414">
       <c r="A1414" s="0" t="s">
-        <v>2824</v>
+        <v>2825</v>
       </c>
       <c r="B1414" s="0" t="s">
-        <v>2825</v>
+        <v>2826</v>
       </c>
     </row>
     <row r="1415">
       <c r="A1415" s="0" t="s">
-        <v>2826</v>
+        <v>2827</v>
       </c>
       <c r="B1415" s="0" t="s">
-        <v>2827</v>
+        <v>2828</v>
       </c>
     </row>
     <row r="1416">
       <c r="A1416" s="0" t="s">
-        <v>2828</v>
+        <v>2829</v>
       </c>
       <c r="B1416" s="0" t="s">
-        <v>2829</v>
+        <v>2830</v>
       </c>
     </row>
     <row r="1417">
       <c r="A1417" s="0" t="s">
-        <v>2830</v>
+        <v>2831</v>
       </c>
       <c r="B1417" s="0" t="s">
-        <v>2831</v>
+        <v>2832</v>
       </c>
     </row>
     <row r="1418">
       <c r="A1418" s="0" t="s">
-        <v>2832</v>
+        <v>2833</v>
       </c>
       <c r="B1418" s="0" t="s">
-        <v>2833</v>
+        <v>2834</v>
       </c>
     </row>
     <row r="1419">
       <c r="A1419" s="0" t="s">
-        <v>2834</v>
+        <v>2835</v>
       </c>
       <c r="B1419" s="0" t="s">
-        <v>2835</v>
+        <v>2836</v>
       </c>
     </row>
     <row r="1420">
       <c r="A1420" s="0" t="s">
-        <v>2836</v>
+        <v>2837</v>
       </c>
       <c r="B1420" s="0" t="s">
-        <v>2837</v>
+        <v>2838</v>
       </c>
     </row>
     <row r="1421">
       <c r="A1421" s="0" t="s">
-        <v>2838</v>
+        <v>2839</v>
       </c>
       <c r="B1421" s="0" t="s">
-        <v>2839</v>
+        <v>2840</v>
       </c>
     </row>
     <row r="1422">
       <c r="A1422" s="0" t="s">
-        <v>2840</v>
+        <v>2841</v>
       </c>
       <c r="B1422" s="0" t="s">
-        <v>2841</v>
+        <v>2842</v>
       </c>
     </row>
     <row r="1423">
       <c r="A1423" s="0" t="s">
-        <v>2842</v>
+        <v>2843</v>
       </c>
       <c r="B1423" s="0" t="s">
-        <v>2843</v>
+        <v>2844</v>
       </c>
     </row>
     <row r="1424">
       <c r="A1424" s="0" t="s">
-        <v>2844</v>
+        <v>2845</v>
       </c>
       <c r="B1424" s="0" t="s">
-        <v>2845</v>
+        <v>2846</v>
       </c>
     </row>
     <row r="1425">
       <c r="A1425" s="0" t="s">
-        <v>2846</v>
+        <v>2847</v>
       </c>
       <c r="B1425" s="0" t="s">
-        <v>2847</v>
+        <v>2848</v>
       </c>
     </row>
     <row r="1426">
       <c r="A1426" s="0" t="s">
-        <v>2848</v>
+        <v>2849</v>
       </c>
       <c r="B1426" s="0" t="s">
-        <v>2849</v>
+        <v>2850</v>
       </c>
     </row>
     <row r="1427">
       <c r="A1427" s="0" t="s">
-        <v>2850</v>
+        <v>2851</v>
       </c>
       <c r="B1427" s="0" t="s">
-        <v>2851</v>
+        <v>2852</v>
       </c>
     </row>
     <row r="1428">
       <c r="A1428" s="0" t="s">
-        <v>2852</v>
+        <v>2853</v>
       </c>
       <c r="B1428" s="0" t="s">
-        <v>2853</v>
+        <v>2854</v>
       </c>
     </row>
     <row r="1429">
       <c r="A1429" s="0" t="s">
-        <v>2854</v>
+        <v>2855</v>
       </c>
       <c r="B1429" s="0" t="s">
-        <v>2855</v>
+        <v>2856</v>
       </c>
     </row>
     <row r="1430">
       <c r="A1430" s="0" t="s">
-        <v>2856</v>
+        <v>2857</v>
       </c>
       <c r="B1430" s="0" t="s">
-        <v>2857</v>
+        <v>2858</v>
       </c>
     </row>
     <row r="1431">
       <c r="A1431" s="0" t="s">
-        <v>2858</v>
+        <v>2859</v>
       </c>
       <c r="B1431" s="0" t="s">
-        <v>2859</v>
+        <v>2860</v>
       </c>
     </row>
     <row r="1432">
       <c r="A1432" s="0" t="s">
-        <v>2860</v>
+        <v>2861</v>
       </c>
       <c r="B1432" s="0" t="s">
-        <v>2861</v>
+        <v>2862</v>
       </c>
     </row>
     <row r="1433">
       <c r="A1433" s="0" t="s">
-        <v>2862</v>
+        <v>2863</v>
       </c>
       <c r="B1433" s="0" t="s">
-        <v>2863</v>
+        <v>2864</v>
       </c>
     </row>
     <row r="1434">
       <c r="A1434" s="0" t="s">
-        <v>2864</v>
+        <v>2865</v>
       </c>
       <c r="B1434" s="0" t="s">
-        <v>2865</v>
+        <v>2866</v>
       </c>
     </row>
     <row r="1435">
       <c r="A1435" s="0" t="s">
-        <v>2866</v>
+        <v>2867</v>
       </c>
       <c r="B1435" s="0" t="s">
-        <v>2867</v>
+        <v>2868</v>
       </c>
     </row>
     <row r="1436">
       <c r="A1436" s="0" t="s">
-        <v>2868</v>
+        <v>2869</v>
       </c>
       <c r="B1436" s="0" t="s">
-        <v>2869</v>
+        <v>2870</v>
       </c>
     </row>
     <row r="1437">
       <c r="A1437" s="0" t="s">
-        <v>2870</v>
+        <v>2871</v>
       </c>
       <c r="B1437" s="0" t="s">
-        <v>2871</v>
+        <v>2872</v>
       </c>
     </row>
     <row r="1438">
       <c r="A1438" s="0" t="s">
-        <v>2872</v>
+        <v>2873</v>
       </c>
       <c r="B1438" s="0" t="s">
-        <v>2873</v>
+        <v>2874</v>
       </c>
     </row>
     <row r="1439">
       <c r="A1439" s="0" t="s">
-        <v>2874</v>
+        <v>2875</v>
       </c>
       <c r="B1439" s="0" t="s">
-        <v>2875</v>
+        <v>2876</v>
       </c>
     </row>
     <row r="1440">
       <c r="A1440" s="0" t="s">
-        <v>2876</v>
+        <v>2877</v>
       </c>
       <c r="B1440" s="0" t="s">
-        <v>2877</v>
+        <v>2878</v>
       </c>
     </row>
     <row r="1441">
       <c r="A1441" s="0" t="s">
-        <v>2878</v>
+        <v>2879</v>
       </c>
       <c r="B1441" s="0" t="s">
-        <v>2879</v>
+        <v>2880</v>
       </c>
     </row>
     <row r="1442">
       <c r="A1442" s="0" t="s">
-        <v>2880</v>
+        <v>2881</v>
       </c>
       <c r="B1442" s="0" t="s">
-        <v>2881</v>
+        <v>2882</v>
       </c>
     </row>
     <row r="1443">
       <c r="A1443" s="0" t="s">
-        <v>2882</v>
+        <v>2883</v>
       </c>
       <c r="B1443" s="0" t="s">
-        <v>2883</v>
+        <v>2884</v>
       </c>
     </row>
     <row r="1444">
       <c r="A1444" s="0" t="s">
-        <v>2884</v>
+        <v>2885</v>
       </c>
       <c r="B1444" s="0" t="s">
-        <v>2885</v>
+        <v>2886</v>
       </c>
     </row>
     <row r="1445">
       <c r="A1445" s="0" t="s">
-        <v>2886</v>
+        <v>2887</v>
       </c>
       <c r="B1445" s="0" t="s">
-        <v>2887</v>
+        <v>2888</v>
       </c>
     </row>
     <row r="1446">
       <c r="A1446" s="0" t="s">
-        <v>2888</v>
+        <v>2889</v>
       </c>
       <c r="B1446" s="0" t="s">
-        <v>2889</v>
+        <v>2890</v>
       </c>
     </row>
     <row r="1447">
       <c r="A1447" s="0" t="s">
-        <v>2890</v>
+        <v>2891</v>
       </c>
       <c r="B1447" s="0" t="s">
-        <v>2891</v>
+        <v>2892</v>
       </c>
     </row>
     <row r="1448">
       <c r="A1448" s="0" t="s">
-        <v>2892</v>
+        <v>2893</v>
       </c>
       <c r="B1448" s="0" t="s">
-        <v>2893</v>
+        <v>2894</v>
       </c>
     </row>
     <row r="1449">
       <c r="A1449" s="0" t="s">
-        <v>2894</v>
+        <v>2895</v>
       </c>
       <c r="B1449" s="0" t="s">
-        <v>2895</v>
+        <v>2896</v>
       </c>
     </row>
     <row r="1450">
       <c r="A1450" s="0" t="s">
-        <v>2896</v>
+        <v>2897</v>
       </c>
       <c r="B1450" s="0" t="s">
-        <v>2897</v>
+        <v>2898</v>
       </c>
     </row>
     <row r="1451">
       <c r="A1451" s="0" t="s">
-        <v>2898</v>
+        <v>2899</v>
       </c>
       <c r="B1451" s="0" t="s">
-        <v>2899</v>
+        <v>2762</v>
       </c>
     </row>
     <row r="1452">
       <c r="A1452" s="0" t="s">
         <v>2900</v>
       </c>
       <c r="B1452" s="0" t="s">
         <v>2901</v>
       </c>
     </row>
     <row r="1453">
       <c r="A1453" s="0" t="s">
         <v>2902</v>
       </c>
       <c r="B1453" s="0" t="s">
         <v>2903</v>
       </c>
     </row>
     <row r="1454">
       <c r="A1454" s="0" t="s">
         <v>2904</v>
       </c>
       <c r="B1454" s="0" t="s">
         <v>2905</v>
       </c>
@@ -34753,31 +35035,407 @@
         <v>4949</v>
       </c>
     </row>
     <row r="2477">
       <c r="A2477" s="0" t="s">
         <v>4950</v>
       </c>
       <c r="B2477" s="0" t="s">
         <v>4951</v>
       </c>
     </row>
     <row r="2478">
       <c r="A2478" s="0" t="s">
         <v>4952</v>
       </c>
       <c r="B2478" s="0" t="s">
         <v>4953</v>
       </c>
     </row>
     <row r="2479">
       <c r="A2479" s="0" t="s">
         <v>4954</v>
       </c>
       <c r="B2479" s="0" t="s">
         <v>4955</v>
+      </c>
+    </row>
+    <row r="2480">
+      <c r="A2480" s="0" t="s">
+        <v>4956</v>
+      </c>
+      <c r="B2480" s="0" t="s">
+        <v>4957</v>
+      </c>
+    </row>
+    <row r="2481">
+      <c r="A2481" s="0" t="s">
+        <v>4958</v>
+      </c>
+      <c r="B2481" s="0" t="s">
+        <v>4959</v>
+      </c>
+    </row>
+    <row r="2482">
+      <c r="A2482" s="0" t="s">
+        <v>4960</v>
+      </c>
+      <c r="B2482" s="0" t="s">
+        <v>4961</v>
+      </c>
+    </row>
+    <row r="2483">
+      <c r="A2483" s="0" t="s">
+        <v>4962</v>
+      </c>
+      <c r="B2483" s="0" t="s">
+        <v>4963</v>
+      </c>
+    </row>
+    <row r="2484">
+      <c r="A2484" s="0" t="s">
+        <v>4964</v>
+      </c>
+      <c r="B2484" s="0" t="s">
+        <v>4965</v>
+      </c>
+    </row>
+    <row r="2485">
+      <c r="A2485" s="0" t="s">
+        <v>4966</v>
+      </c>
+      <c r="B2485" s="0" t="s">
+        <v>4967</v>
+      </c>
+    </row>
+    <row r="2486">
+      <c r="A2486" s="0" t="s">
+        <v>4968</v>
+      </c>
+      <c r="B2486" s="0" t="s">
+        <v>4969</v>
+      </c>
+    </row>
+    <row r="2487">
+      <c r="A2487" s="0" t="s">
+        <v>4970</v>
+      </c>
+      <c r="B2487" s="0" t="s">
+        <v>4971</v>
+      </c>
+    </row>
+    <row r="2488">
+      <c r="A2488" s="0" t="s">
+        <v>4972</v>
+      </c>
+      <c r="B2488" s="0" t="s">
+        <v>4973</v>
+      </c>
+    </row>
+    <row r="2489">
+      <c r="A2489" s="0" t="s">
+        <v>4974</v>
+      </c>
+      <c r="B2489" s="0" t="s">
+        <v>4975</v>
+      </c>
+    </row>
+    <row r="2490">
+      <c r="A2490" s="0" t="s">
+        <v>4976</v>
+      </c>
+      <c r="B2490" s="0" t="s">
+        <v>4977</v>
+      </c>
+    </row>
+    <row r="2491">
+      <c r="A2491" s="0" t="s">
+        <v>4978</v>
+      </c>
+      <c r="B2491" s="0" t="s">
+        <v>4979</v>
+      </c>
+    </row>
+    <row r="2492">
+      <c r="A2492" s="0" t="s">
+        <v>4980</v>
+      </c>
+      <c r="B2492" s="0" t="s">
+        <v>4981</v>
+      </c>
+    </row>
+    <row r="2493">
+      <c r="A2493" s="0" t="s">
+        <v>4982</v>
+      </c>
+      <c r="B2493" s="0" t="s">
+        <v>4983</v>
+      </c>
+    </row>
+    <row r="2494">
+      <c r="A2494" s="0" t="s">
+        <v>4984</v>
+      </c>
+      <c r="B2494" s="0" t="s">
+        <v>4985</v>
+      </c>
+    </row>
+    <row r="2495">
+      <c r="A2495" s="0" t="s">
+        <v>4986</v>
+      </c>
+      <c r="B2495" s="0" t="s">
+        <v>4987</v>
+      </c>
+    </row>
+    <row r="2496">
+      <c r="A2496" s="0" t="s">
+        <v>4988</v>
+      </c>
+      <c r="B2496" s="0" t="s">
+        <v>4989</v>
+      </c>
+    </row>
+    <row r="2497">
+      <c r="A2497" s="0" t="s">
+        <v>4990</v>
+      </c>
+      <c r="B2497" s="0" t="s">
+        <v>4991</v>
+      </c>
+    </row>
+    <row r="2498">
+      <c r="A2498" s="0" t="s">
+        <v>4992</v>
+      </c>
+      <c r="B2498" s="0" t="s">
+        <v>4993</v>
+      </c>
+    </row>
+    <row r="2499">
+      <c r="A2499" s="0" t="s">
+        <v>4994</v>
+      </c>
+      <c r="B2499" s="0" t="s">
+        <v>4995</v>
+      </c>
+    </row>
+    <row r="2500">
+      <c r="A2500" s="0" t="s">
+        <v>4996</v>
+      </c>
+      <c r="B2500" s="0" t="s">
+        <v>4997</v>
+      </c>
+    </row>
+    <row r="2501">
+      <c r="A2501" s="0" t="s">
+        <v>4998</v>
+      </c>
+      <c r="B2501" s="0" t="s">
+        <v>4999</v>
+      </c>
+    </row>
+    <row r="2502">
+      <c r="A2502" s="0" t="s">
+        <v>5000</v>
+      </c>
+      <c r="B2502" s="0" t="s">
+        <v>5001</v>
+      </c>
+    </row>
+    <row r="2503">
+      <c r="A2503" s="0" t="s">
+        <v>5002</v>
+      </c>
+      <c r="B2503" s="0" t="s">
+        <v>5003</v>
+      </c>
+    </row>
+    <row r="2504">
+      <c r="A2504" s="0" t="s">
+        <v>5004</v>
+      </c>
+      <c r="B2504" s="0" t="s">
+        <v>5005</v>
+      </c>
+    </row>
+    <row r="2505">
+      <c r="A2505" s="0" t="s">
+        <v>5006</v>
+      </c>
+      <c r="B2505" s="0" t="s">
+        <v>5007</v>
+      </c>
+    </row>
+    <row r="2506">
+      <c r="A2506" s="0" t="s">
+        <v>5008</v>
+      </c>
+      <c r="B2506" s="0" t="s">
+        <v>5009</v>
+      </c>
+    </row>
+    <row r="2507">
+      <c r="A2507" s="0" t="s">
+        <v>5010</v>
+      </c>
+      <c r="B2507" s="0" t="s">
+        <v>5011</v>
+      </c>
+    </row>
+    <row r="2508">
+      <c r="A2508" s="0" t="s">
+        <v>5012</v>
+      </c>
+      <c r="B2508" s="0" t="s">
+        <v>5013</v>
+      </c>
+    </row>
+    <row r="2509">
+      <c r="A2509" s="0" t="s">
+        <v>5014</v>
+      </c>
+      <c r="B2509" s="0" t="s">
+        <v>5015</v>
+      </c>
+    </row>
+    <row r="2510">
+      <c r="A2510" s="0" t="s">
+        <v>5016</v>
+      </c>
+      <c r="B2510" s="0" t="s">
+        <v>5017</v>
+      </c>
+    </row>
+    <row r="2511">
+      <c r="A2511" s="0" t="s">
+        <v>5018</v>
+      </c>
+      <c r="B2511" s="0" t="s">
+        <v>5019</v>
+      </c>
+    </row>
+    <row r="2512">
+      <c r="A2512" s="0" t="s">
+        <v>5020</v>
+      </c>
+      <c r="B2512" s="0" t="s">
+        <v>5021</v>
+      </c>
+    </row>
+    <row r="2513">
+      <c r="A2513" s="0" t="s">
+        <v>5022</v>
+      </c>
+      <c r="B2513" s="0" t="s">
+        <v>5023</v>
+      </c>
+    </row>
+    <row r="2514">
+      <c r="A2514" s="0" t="s">
+        <v>5024</v>
+      </c>
+      <c r="B2514" s="0" t="s">
+        <v>5025</v>
+      </c>
+    </row>
+    <row r="2515">
+      <c r="A2515" s="0" t="s">
+        <v>5026</v>
+      </c>
+      <c r="B2515" s="0" t="s">
+        <v>5027</v>
+      </c>
+    </row>
+    <row r="2516">
+      <c r="A2516" s="0" t="s">
+        <v>5028</v>
+      </c>
+      <c r="B2516" s="0" t="s">
+        <v>5029</v>
+      </c>
+    </row>
+    <row r="2517">
+      <c r="A2517" s="0" t="s">
+        <v>5030</v>
+      </c>
+      <c r="B2517" s="0" t="s">
+        <v>5031</v>
+      </c>
+    </row>
+    <row r="2518">
+      <c r="A2518" s="0" t="s">
+        <v>5032</v>
+      </c>
+      <c r="B2518" s="0" t="s">
+        <v>5033</v>
+      </c>
+    </row>
+    <row r="2519">
+      <c r="A2519" s="0" t="s">
+        <v>5034</v>
+      </c>
+      <c r="B2519" s="0" t="s">
+        <v>5035</v>
+      </c>
+    </row>
+    <row r="2520">
+      <c r="A2520" s="0" t="s">
+        <v>5036</v>
+      </c>
+      <c r="B2520" s="0" t="s">
+        <v>5037</v>
+      </c>
+    </row>
+    <row r="2521">
+      <c r="A2521" s="0" t="s">
+        <v>5038</v>
+      </c>
+      <c r="B2521" s="0" t="s">
+        <v>5039</v>
+      </c>
+    </row>
+    <row r="2522">
+      <c r="A2522" s="0" t="s">
+        <v>5040</v>
+      </c>
+      <c r="B2522" s="0" t="s">
+        <v>5041</v>
+      </c>
+    </row>
+    <row r="2523">
+      <c r="A2523" s="0" t="s">
+        <v>5042</v>
+      </c>
+      <c r="B2523" s="0" t="s">
+        <v>5043</v>
+      </c>
+    </row>
+    <row r="2524">
+      <c r="A2524" s="0" t="s">
+        <v>5044</v>
+      </c>
+      <c r="B2524" s="0" t="s">
+        <v>5045</v>
+      </c>
+    </row>
+    <row r="2525">
+      <c r="A2525" s="0" t="s">
+        <v>5046</v>
+      </c>
+      <c r="B2525" s="0" t="s">
+        <v>5047</v>
+      </c>
+    </row>
+    <row r="2526">
+      <c r="A2526" s="0" t="s">
+        <v>5048</v>
+      </c>
+      <c r="B2526" s="0" t="s">
+        <v>5049</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>