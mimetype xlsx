--- v1 (2026-01-23)
+++ v2 (2026-03-24)
@@ -4,59 +4,395 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5050" uniqueCount="5050">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5162" uniqueCount="5162">
   <si>
     <t>BESTINVER LATAM, F.I.</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>20/03/2026</t>
+  </si>
+  <si>
+    <t>13,459033</t>
+  </si>
+  <si>
+    <t>19/03/2026</t>
+  </si>
+  <si>
+    <t>13,847593</t>
+  </si>
+  <si>
+    <t>18/03/2026</t>
+  </si>
+  <si>
+    <t>13,800903</t>
+  </si>
+  <si>
+    <t>17/03/2026</t>
+  </si>
+  <si>
+    <t>14,024328</t>
+  </si>
+  <si>
+    <t>16/03/2026</t>
+  </si>
+  <si>
+    <t>13,700647</t>
+  </si>
+  <si>
+    <t>15/03/2026</t>
+  </si>
+  <si>
+    <t>13,700823</t>
+  </si>
+  <si>
+    <t>14/03/2026</t>
+  </si>
+  <si>
+    <t>13,700999</t>
+  </si>
+  <si>
+    <t>13/03/2026</t>
+  </si>
+  <si>
+    <t>13,701175</t>
+  </si>
+  <si>
+    <t>12/03/2026</t>
+  </si>
+  <si>
+    <t>13,948040</t>
+  </si>
+  <si>
+    <t>11/03/2026</t>
+  </si>
+  <si>
+    <t>14,609607</t>
+  </si>
+  <si>
+    <t>10/03/2026</t>
+  </si>
+  <si>
+    <t>14,574368</t>
+  </si>
+  <si>
+    <t>09/03/2026</t>
+  </si>
+  <si>
+    <t>14,241391</t>
+  </si>
+  <si>
+    <t>08/03/2026</t>
+  </si>
+  <si>
+    <t>14,070582</t>
+  </si>
+  <si>
+    <t>07/03/2026</t>
+  </si>
+  <si>
+    <t>14,070770</t>
+  </si>
+  <si>
+    <t>06/03/2026</t>
+  </si>
+  <si>
+    <t>14,070958</t>
+  </si>
+  <si>
+    <t>05/03/2026</t>
+  </si>
+  <si>
+    <t>14,326073</t>
+  </si>
+  <si>
+    <t>04/03/2026</t>
+  </si>
+  <si>
+    <t>14,718747</t>
+  </si>
+  <si>
+    <t>03/03/2026</t>
+  </si>
+  <si>
+    <t>14,272442</t>
+  </si>
+  <si>
+    <t>02/03/2026</t>
+  </si>
+  <si>
+    <t>14,895409</t>
+  </si>
+  <si>
+    <t>01/03/2026</t>
+  </si>
+  <si>
+    <t>14,926618</t>
+  </si>
+  <si>
+    <t>28/02/2026</t>
+  </si>
+  <si>
+    <t>14,926803</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t>14,926988</t>
+  </si>
+  <si>
+    <t>26/02/2026</t>
+  </si>
+  <si>
+    <t>15,017367</t>
+  </si>
+  <si>
+    <t>25/02/2026</t>
+  </si>
+  <si>
+    <t>14,943149</t>
+  </si>
+  <si>
+    <t>24/02/2026</t>
+  </si>
+  <si>
+    <t>15,125589</t>
+  </si>
+  <si>
+    <t>23/02/2026</t>
+  </si>
+  <si>
+    <t>14,867025</t>
+  </si>
+  <si>
+    <t>20/02/2026</t>
+  </si>
+  <si>
+    <t>15,235737</t>
+  </si>
+  <si>
+    <t>19/02/2026</t>
+  </si>
+  <si>
+    <t>15,030013</t>
+  </si>
+  <si>
+    <t>18/02/2026</t>
+  </si>
+  <si>
+    <t>14,753859</t>
+  </si>
+  <si>
+    <t>17/02/2026</t>
+  </si>
+  <si>
+    <t>14,620377</t>
+  </si>
+  <si>
+    <t>16/02/2026</t>
+  </si>
+  <si>
+    <t>14,620549</t>
+  </si>
+  <si>
+    <t>15/02/2026</t>
+  </si>
+  <si>
+    <t>14,620721</t>
+  </si>
+  <si>
+    <t>14/02/2026</t>
+  </si>
+  <si>
+    <t>14,620893</t>
+  </si>
+  <si>
+    <t>13/02/2026</t>
+  </si>
+  <si>
+    <t>14,621065</t>
+  </si>
+  <si>
+    <t>12/02/2026</t>
+  </si>
+  <si>
+    <t>14,769131</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>14,956731</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>14,842000</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>14,925100</t>
+  </si>
+  <si>
+    <t>08/02/2026</t>
+  </si>
+  <si>
+    <t>14,801575</t>
+  </si>
+  <si>
+    <t>07/02/2026</t>
+  </si>
+  <si>
+    <t>14,801756</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>14,801938</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>14,606342</t>
+  </si>
+  <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>14,689662</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>15,152215</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>14,823624</t>
+  </si>
+  <si>
+    <t>01/02/2026</t>
+  </si>
+  <si>
+    <t>14,823865</t>
+  </si>
+  <si>
+    <t>31/01/2026</t>
+  </si>
+  <si>
+    <t>14,824033</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>14,824200</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>14,924405</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>15,212818</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>15,093049</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>14,842398</t>
+  </si>
+  <si>
+    <t>25/01/2026</t>
+  </si>
+  <si>
+    <t>14,868498</t>
+  </si>
+  <si>
+    <t>24/01/2026</t>
+  </si>
+  <si>
+    <t>14,868688</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>14,868877</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>14,683331</t>
   </si>
   <si>
     <t>21/01/2026</t>
   </si>
   <si>
     <t>14,408894</t>
   </si>
   <si>
     <t>20/01/2026</t>
   </si>
   <si>
     <t>13,898346</t>
   </si>
   <si>
     <t>19/01/2026</t>
   </si>
   <si>
     <t>14,013150</t>
   </si>
   <si>
     <t>18/01/2026</t>
   </si>
   <si>
     <t>14,013323</t>
   </si>
@@ -15202,51 +15538,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B2526"/>
+  <dimension ref="A1:B2582"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -26810,499 +27146,499 @@
       <c r="B1448" s="0" t="s">
         <v>2894</v>
       </c>
     </row>
     <row r="1449">
       <c r="A1449" s="0" t="s">
         <v>2895</v>
       </c>
       <c r="B1449" s="0" t="s">
         <v>2896</v>
       </c>
     </row>
     <row r="1450">
       <c r="A1450" s="0" t="s">
         <v>2897</v>
       </c>
       <c r="B1450" s="0" t="s">
         <v>2898</v>
       </c>
     </row>
     <row r="1451">
       <c r="A1451" s="0" t="s">
         <v>2899</v>
       </c>
       <c r="B1451" s="0" t="s">
-        <v>2762</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="1452">
       <c r="A1452" s="0" t="s">
-        <v>2900</v>
+        <v>2901</v>
       </c>
       <c r="B1452" s="0" t="s">
-        <v>2901</v>
+        <v>2902</v>
       </c>
     </row>
     <row r="1453">
       <c r="A1453" s="0" t="s">
-        <v>2902</v>
+        <v>2903</v>
       </c>
       <c r="B1453" s="0" t="s">
-        <v>2903</v>
+        <v>2904</v>
       </c>
     </row>
     <row r="1454">
       <c r="A1454" s="0" t="s">
-        <v>2904</v>
+        <v>2905</v>
       </c>
       <c r="B1454" s="0" t="s">
-        <v>2905</v>
+        <v>2906</v>
       </c>
     </row>
     <row r="1455">
       <c r="A1455" s="0" t="s">
-        <v>2906</v>
+        <v>2907</v>
       </c>
       <c r="B1455" s="0" t="s">
-        <v>2907</v>
+        <v>2908</v>
       </c>
     </row>
     <row r="1456">
       <c r="A1456" s="0" t="s">
-        <v>2908</v>
+        <v>2909</v>
       </c>
       <c r="B1456" s="0" t="s">
-        <v>2909</v>
+        <v>2910</v>
       </c>
     </row>
     <row r="1457">
       <c r="A1457" s="0" t="s">
-        <v>2910</v>
+        <v>2911</v>
       </c>
       <c r="B1457" s="0" t="s">
-        <v>2911</v>
+        <v>2912</v>
       </c>
     </row>
     <row r="1458">
       <c r="A1458" s="0" t="s">
-        <v>2912</v>
+        <v>2913</v>
       </c>
       <c r="B1458" s="0" t="s">
-        <v>2913</v>
+        <v>2914</v>
       </c>
     </row>
     <row r="1459">
       <c r="A1459" s="0" t="s">
-        <v>2914</v>
+        <v>2915</v>
       </c>
       <c r="B1459" s="0" t="s">
-        <v>2915</v>
+        <v>2916</v>
       </c>
     </row>
     <row r="1460">
       <c r="A1460" s="0" t="s">
-        <v>2916</v>
+        <v>2917</v>
       </c>
       <c r="B1460" s="0" t="s">
-        <v>2917</v>
+        <v>2918</v>
       </c>
     </row>
     <row r="1461">
       <c r="A1461" s="0" t="s">
-        <v>2918</v>
+        <v>2919</v>
       </c>
       <c r="B1461" s="0" t="s">
-        <v>2919</v>
+        <v>2920</v>
       </c>
     </row>
     <row r="1462">
       <c r="A1462" s="0" t="s">
-        <v>2920</v>
+        <v>2921</v>
       </c>
       <c r="B1462" s="0" t="s">
-        <v>2921</v>
+        <v>2922</v>
       </c>
     </row>
     <row r="1463">
       <c r="A1463" s="0" t="s">
-        <v>2922</v>
+        <v>2923</v>
       </c>
       <c r="B1463" s="0" t="s">
-        <v>2923</v>
+        <v>2924</v>
       </c>
     </row>
     <row r="1464">
       <c r="A1464" s="0" t="s">
-        <v>2924</v>
+        <v>2925</v>
       </c>
       <c r="B1464" s="0" t="s">
-        <v>2925</v>
+        <v>2926</v>
       </c>
     </row>
     <row r="1465">
       <c r="A1465" s="0" t="s">
-        <v>2926</v>
+        <v>2927</v>
       </c>
       <c r="B1465" s="0" t="s">
-        <v>2927</v>
+        <v>2928</v>
       </c>
     </row>
     <row r="1466">
       <c r="A1466" s="0" t="s">
-        <v>2928</v>
+        <v>2929</v>
       </c>
       <c r="B1466" s="0" t="s">
-        <v>2929</v>
+        <v>2930</v>
       </c>
     </row>
     <row r="1467">
       <c r="A1467" s="0" t="s">
-        <v>2930</v>
+        <v>2931</v>
       </c>
       <c r="B1467" s="0" t="s">
-        <v>2931</v>
+        <v>2932</v>
       </c>
     </row>
     <row r="1468">
       <c r="A1468" s="0" t="s">
-        <v>2932</v>
+        <v>2933</v>
       </c>
       <c r="B1468" s="0" t="s">
-        <v>2933</v>
+        <v>2934</v>
       </c>
     </row>
     <row r="1469">
       <c r="A1469" s="0" t="s">
-        <v>2934</v>
+        <v>2935</v>
       </c>
       <c r="B1469" s="0" t="s">
-        <v>2935</v>
+        <v>2936</v>
       </c>
     </row>
     <row r="1470">
       <c r="A1470" s="0" t="s">
-        <v>2936</v>
+        <v>2937</v>
       </c>
       <c r="B1470" s="0" t="s">
-        <v>2937</v>
+        <v>2938</v>
       </c>
     </row>
     <row r="1471">
       <c r="A1471" s="0" t="s">
-        <v>2938</v>
+        <v>2939</v>
       </c>
       <c r="B1471" s="0" t="s">
-        <v>2939</v>
+        <v>2940</v>
       </c>
     </row>
     <row r="1472">
       <c r="A1472" s="0" t="s">
-        <v>2940</v>
+        <v>2941</v>
       </c>
       <c r="B1472" s="0" t="s">
-        <v>2941</v>
+        <v>2942</v>
       </c>
     </row>
     <row r="1473">
       <c r="A1473" s="0" t="s">
-        <v>2942</v>
+        <v>2943</v>
       </c>
       <c r="B1473" s="0" t="s">
-        <v>2943</v>
+        <v>2944</v>
       </c>
     </row>
     <row r="1474">
       <c r="A1474" s="0" t="s">
-        <v>2944</v>
+        <v>2945</v>
       </c>
       <c r="B1474" s="0" t="s">
-        <v>2945</v>
+        <v>2946</v>
       </c>
     </row>
     <row r="1475">
       <c r="A1475" s="0" t="s">
-        <v>2946</v>
+        <v>2947</v>
       </c>
       <c r="B1475" s="0" t="s">
-        <v>2947</v>
+        <v>2948</v>
       </c>
     </row>
     <row r="1476">
       <c r="A1476" s="0" t="s">
-        <v>2948</v>
+        <v>2949</v>
       </c>
       <c r="B1476" s="0" t="s">
-        <v>2949</v>
+        <v>2950</v>
       </c>
     </row>
     <row r="1477">
       <c r="A1477" s="0" t="s">
-        <v>2950</v>
+        <v>2951</v>
       </c>
       <c r="B1477" s="0" t="s">
-        <v>2951</v>
+        <v>2952</v>
       </c>
     </row>
     <row r="1478">
       <c r="A1478" s="0" t="s">
-        <v>2952</v>
+        <v>2953</v>
       </c>
       <c r="B1478" s="0" t="s">
-        <v>2953</v>
+        <v>2954</v>
       </c>
     </row>
     <row r="1479">
       <c r="A1479" s="0" t="s">
-        <v>2954</v>
+        <v>2955</v>
       </c>
       <c r="B1479" s="0" t="s">
-        <v>2955</v>
+        <v>2956</v>
       </c>
     </row>
     <row r="1480">
       <c r="A1480" s="0" t="s">
-        <v>2956</v>
+        <v>2957</v>
       </c>
       <c r="B1480" s="0" t="s">
-        <v>2957</v>
+        <v>2958</v>
       </c>
     </row>
     <row r="1481">
       <c r="A1481" s="0" t="s">
-        <v>2958</v>
+        <v>2959</v>
       </c>
       <c r="B1481" s="0" t="s">
-        <v>2959</v>
+        <v>2960</v>
       </c>
     </row>
     <row r="1482">
       <c r="A1482" s="0" t="s">
-        <v>2960</v>
+        <v>2961</v>
       </c>
       <c r="B1482" s="0" t="s">
-        <v>2961</v>
+        <v>2962</v>
       </c>
     </row>
     <row r="1483">
       <c r="A1483" s="0" t="s">
-        <v>2962</v>
+        <v>2963</v>
       </c>
       <c r="B1483" s="0" t="s">
-        <v>2963</v>
+        <v>2964</v>
       </c>
     </row>
     <row r="1484">
       <c r="A1484" s="0" t="s">
-        <v>2964</v>
+        <v>2965</v>
       </c>
       <c r="B1484" s="0" t="s">
-        <v>2965</v>
+        <v>2966</v>
       </c>
     </row>
     <row r="1485">
       <c r="A1485" s="0" t="s">
-        <v>2966</v>
+        <v>2967</v>
       </c>
       <c r="B1485" s="0" t="s">
-        <v>2967</v>
+        <v>2968</v>
       </c>
     </row>
     <row r="1486">
       <c r="A1486" s="0" t="s">
-        <v>2968</v>
+        <v>2969</v>
       </c>
       <c r="B1486" s="0" t="s">
-        <v>2969</v>
+        <v>2970</v>
       </c>
     </row>
     <row r="1487">
       <c r="A1487" s="0" t="s">
-        <v>2970</v>
+        <v>2971</v>
       </c>
       <c r="B1487" s="0" t="s">
-        <v>2971</v>
+        <v>2972</v>
       </c>
     </row>
     <row r="1488">
       <c r="A1488" s="0" t="s">
-        <v>2972</v>
+        <v>2973</v>
       </c>
       <c r="B1488" s="0" t="s">
-        <v>2973</v>
+        <v>2974</v>
       </c>
     </row>
     <row r="1489">
       <c r="A1489" s="0" t="s">
-        <v>2974</v>
+        <v>2975</v>
       </c>
       <c r="B1489" s="0" t="s">
-        <v>2975</v>
+        <v>2976</v>
       </c>
     </row>
     <row r="1490">
       <c r="A1490" s="0" t="s">
-        <v>2976</v>
+        <v>2977</v>
       </c>
       <c r="B1490" s="0" t="s">
-        <v>2977</v>
+        <v>2978</v>
       </c>
     </row>
     <row r="1491">
       <c r="A1491" s="0" t="s">
-        <v>2978</v>
+        <v>2979</v>
       </c>
       <c r="B1491" s="0" t="s">
-        <v>2979</v>
+        <v>2980</v>
       </c>
     </row>
     <row r="1492">
       <c r="A1492" s="0" t="s">
-        <v>2980</v>
+        <v>2981</v>
       </c>
       <c r="B1492" s="0" t="s">
-        <v>2981</v>
+        <v>2982</v>
       </c>
     </row>
     <row r="1493">
       <c r="A1493" s="0" t="s">
-        <v>2982</v>
+        <v>2983</v>
       </c>
       <c r="B1493" s="0" t="s">
-        <v>2983</v>
+        <v>2984</v>
       </c>
     </row>
     <row r="1494">
       <c r="A1494" s="0" t="s">
-        <v>2984</v>
+        <v>2985</v>
       </c>
       <c r="B1494" s="0" t="s">
-        <v>2985</v>
+        <v>2986</v>
       </c>
     </row>
     <row r="1495">
       <c r="A1495" s="0" t="s">
-        <v>2986</v>
+        <v>2987</v>
       </c>
       <c r="B1495" s="0" t="s">
-        <v>2987</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="1496">
       <c r="A1496" s="0" t="s">
-        <v>2988</v>
+        <v>2989</v>
       </c>
       <c r="B1496" s="0" t="s">
-        <v>2989</v>
+        <v>2990</v>
       </c>
     </row>
     <row r="1497">
       <c r="A1497" s="0" t="s">
-        <v>2990</v>
+        <v>2991</v>
       </c>
       <c r="B1497" s="0" t="s">
-        <v>2991</v>
+        <v>2992</v>
       </c>
     </row>
     <row r="1498">
       <c r="A1498" s="0" t="s">
-        <v>2992</v>
+        <v>2993</v>
       </c>
       <c r="B1498" s="0" t="s">
-        <v>2993</v>
+        <v>2994</v>
       </c>
     </row>
     <row r="1499">
       <c r="A1499" s="0" t="s">
-        <v>2994</v>
+        <v>2995</v>
       </c>
       <c r="B1499" s="0" t="s">
-        <v>2995</v>
+        <v>2996</v>
       </c>
     </row>
     <row r="1500">
       <c r="A1500" s="0" t="s">
-        <v>2996</v>
+        <v>2997</v>
       </c>
       <c r="B1500" s="0" t="s">
-        <v>2997</v>
+        <v>2998</v>
       </c>
     </row>
     <row r="1501">
       <c r="A1501" s="0" t="s">
-        <v>2998</v>
+        <v>2999</v>
       </c>
       <c r="B1501" s="0" t="s">
-        <v>2999</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="1502">
       <c r="A1502" s="0" t="s">
-        <v>3000</v>
+        <v>3001</v>
       </c>
       <c r="B1502" s="0" t="s">
-        <v>3001</v>
+        <v>3002</v>
       </c>
     </row>
     <row r="1503">
       <c r="A1503" s="0" t="s">
-        <v>3002</v>
+        <v>3003</v>
       </c>
       <c r="B1503" s="0" t="s">
-        <v>3003</v>
+        <v>3004</v>
       </c>
     </row>
     <row r="1504">
       <c r="A1504" s="0" t="s">
-        <v>3004</v>
+        <v>3005</v>
       </c>
       <c r="B1504" s="0" t="s">
-        <v>3005</v>
+        <v>3006</v>
       </c>
     </row>
     <row r="1505">
       <c r="A1505" s="0" t="s">
-        <v>3006</v>
+        <v>3007</v>
       </c>
       <c r="B1505" s="0" t="s">
-        <v>3007</v>
+        <v>3008</v>
       </c>
     </row>
     <row r="1506">
       <c r="A1506" s="0" t="s">
-        <v>3008</v>
+        <v>3009</v>
       </c>
       <c r="B1506" s="0" t="s">
-        <v>3009</v>
+        <v>3010</v>
       </c>
     </row>
     <row r="1507">
       <c r="A1507" s="0" t="s">
-        <v>3010</v>
+        <v>3011</v>
       </c>
       <c r="B1507" s="0" t="s">
-        <v>3011</v>
+        <v>2874</v>
       </c>
     </row>
     <row r="1508">
       <c r="A1508" s="0" t="s">
         <v>3012</v>
       </c>
       <c r="B1508" s="0" t="s">
         <v>3013</v>
       </c>
     </row>
     <row r="1509">
       <c r="A1509" s="0" t="s">
         <v>3014</v>
       </c>
       <c r="B1509" s="0" t="s">
         <v>3015</v>
       </c>
     </row>
     <row r="1510">
       <c r="A1510" s="0" t="s">
         <v>3016</v>
       </c>
       <c r="B1510" s="0" t="s">
         <v>3017</v>
       </c>
@@ -35411,31 +35747,479 @@
         <v>5043</v>
       </c>
     </row>
     <row r="2524">
       <c r="A2524" s="0" t="s">
         <v>5044</v>
       </c>
       <c r="B2524" s="0" t="s">
         <v>5045</v>
       </c>
     </row>
     <row r="2525">
       <c r="A2525" s="0" t="s">
         <v>5046</v>
       </c>
       <c r="B2525" s="0" t="s">
         <v>5047</v>
       </c>
     </row>
     <row r="2526">
       <c r="A2526" s="0" t="s">
         <v>5048</v>
       </c>
       <c r="B2526" s="0" t="s">
         <v>5049</v>
+      </c>
+    </row>
+    <row r="2527">
+      <c r="A2527" s="0" t="s">
+        <v>5050</v>
+      </c>
+      <c r="B2527" s="0" t="s">
+        <v>5051</v>
+      </c>
+    </row>
+    <row r="2528">
+      <c r="A2528" s="0" t="s">
+        <v>5052</v>
+      </c>
+      <c r="B2528" s="0" t="s">
+        <v>5053</v>
+      </c>
+    </row>
+    <row r="2529">
+      <c r="A2529" s="0" t="s">
+        <v>5054</v>
+      </c>
+      <c r="B2529" s="0" t="s">
+        <v>5055</v>
+      </c>
+    </row>
+    <row r="2530">
+      <c r="A2530" s="0" t="s">
+        <v>5056</v>
+      </c>
+      <c r="B2530" s="0" t="s">
+        <v>5057</v>
+      </c>
+    </row>
+    <row r="2531">
+      <c r="A2531" s="0" t="s">
+        <v>5058</v>
+      </c>
+      <c r="B2531" s="0" t="s">
+        <v>5059</v>
+      </c>
+    </row>
+    <row r="2532">
+      <c r="A2532" s="0" t="s">
+        <v>5060</v>
+      </c>
+      <c r="B2532" s="0" t="s">
+        <v>5061</v>
+      </c>
+    </row>
+    <row r="2533">
+      <c r="A2533" s="0" t="s">
+        <v>5062</v>
+      </c>
+      <c r="B2533" s="0" t="s">
+        <v>5063</v>
+      </c>
+    </row>
+    <row r="2534">
+      <c r="A2534" s="0" t="s">
+        <v>5064</v>
+      </c>
+      <c r="B2534" s="0" t="s">
+        <v>5065</v>
+      </c>
+    </row>
+    <row r="2535">
+      <c r="A2535" s="0" t="s">
+        <v>5066</v>
+      </c>
+      <c r="B2535" s="0" t="s">
+        <v>5067</v>
+      </c>
+    </row>
+    <row r="2536">
+      <c r="A2536" s="0" t="s">
+        <v>5068</v>
+      </c>
+      <c r="B2536" s="0" t="s">
+        <v>5069</v>
+      </c>
+    </row>
+    <row r="2537">
+      <c r="A2537" s="0" t="s">
+        <v>5070</v>
+      </c>
+      <c r="B2537" s="0" t="s">
+        <v>5071</v>
+      </c>
+    </row>
+    <row r="2538">
+      <c r="A2538" s="0" t="s">
+        <v>5072</v>
+      </c>
+      <c r="B2538" s="0" t="s">
+        <v>5073</v>
+      </c>
+    </row>
+    <row r="2539">
+      <c r="A2539" s="0" t="s">
+        <v>5074</v>
+      </c>
+      <c r="B2539" s="0" t="s">
+        <v>5075</v>
+      </c>
+    </row>
+    <row r="2540">
+      <c r="A2540" s="0" t="s">
+        <v>5076</v>
+      </c>
+      <c r="B2540" s="0" t="s">
+        <v>5077</v>
+      </c>
+    </row>
+    <row r="2541">
+      <c r="A2541" s="0" t="s">
+        <v>5078</v>
+      </c>
+      <c r="B2541" s="0" t="s">
+        <v>5079</v>
+      </c>
+    </row>
+    <row r="2542">
+      <c r="A2542" s="0" t="s">
+        <v>5080</v>
+      </c>
+      <c r="B2542" s="0" t="s">
+        <v>5081</v>
+      </c>
+    </row>
+    <row r="2543">
+      <c r="A2543" s="0" t="s">
+        <v>5082</v>
+      </c>
+      <c r="B2543" s="0" t="s">
+        <v>5083</v>
+      </c>
+    </row>
+    <row r="2544">
+      <c r="A2544" s="0" t="s">
+        <v>5084</v>
+      </c>
+      <c r="B2544" s="0" t="s">
+        <v>5085</v>
+      </c>
+    </row>
+    <row r="2545">
+      <c r="A2545" s="0" t="s">
+        <v>5086</v>
+      </c>
+      <c r="B2545" s="0" t="s">
+        <v>5087</v>
+      </c>
+    </row>
+    <row r="2546">
+      <c r="A2546" s="0" t="s">
+        <v>5088</v>
+      </c>
+      <c r="B2546" s="0" t="s">
+        <v>5089</v>
+      </c>
+    </row>
+    <row r="2547">
+      <c r="A2547" s="0" t="s">
+        <v>5090</v>
+      </c>
+      <c r="B2547" s="0" t="s">
+        <v>5091</v>
+      </c>
+    </row>
+    <row r="2548">
+      <c r="A2548" s="0" t="s">
+        <v>5092</v>
+      </c>
+      <c r="B2548" s="0" t="s">
+        <v>5093</v>
+      </c>
+    </row>
+    <row r="2549">
+      <c r="A2549" s="0" t="s">
+        <v>5094</v>
+      </c>
+      <c r="B2549" s="0" t="s">
+        <v>5095</v>
+      </c>
+    </row>
+    <row r="2550">
+      <c r="A2550" s="0" t="s">
+        <v>5096</v>
+      </c>
+      <c r="B2550" s="0" t="s">
+        <v>5097</v>
+      </c>
+    </row>
+    <row r="2551">
+      <c r="A2551" s="0" t="s">
+        <v>5098</v>
+      </c>
+      <c r="B2551" s="0" t="s">
+        <v>5099</v>
+      </c>
+    </row>
+    <row r="2552">
+      <c r="A2552" s="0" t="s">
+        <v>5100</v>
+      </c>
+      <c r="B2552" s="0" t="s">
+        <v>5101</v>
+      </c>
+    </row>
+    <row r="2553">
+      <c r="A2553" s="0" t="s">
+        <v>5102</v>
+      </c>
+      <c r="B2553" s="0" t="s">
+        <v>5103</v>
+      </c>
+    </row>
+    <row r="2554">
+      <c r="A2554" s="0" t="s">
+        <v>5104</v>
+      </c>
+      <c r="B2554" s="0" t="s">
+        <v>5105</v>
+      </c>
+    </row>
+    <row r="2555">
+      <c r="A2555" s="0" t="s">
+        <v>5106</v>
+      </c>
+      <c r="B2555" s="0" t="s">
+        <v>5107</v>
+      </c>
+    </row>
+    <row r="2556">
+      <c r="A2556" s="0" t="s">
+        <v>5108</v>
+      </c>
+      <c r="B2556" s="0" t="s">
+        <v>5109</v>
+      </c>
+    </row>
+    <row r="2557">
+      <c r="A2557" s="0" t="s">
+        <v>5110</v>
+      </c>
+      <c r="B2557" s="0" t="s">
+        <v>5111</v>
+      </c>
+    </row>
+    <row r="2558">
+      <c r="A2558" s="0" t="s">
+        <v>5112</v>
+      </c>
+      <c r="B2558" s="0" t="s">
+        <v>5113</v>
+      </c>
+    </row>
+    <row r="2559">
+      <c r="A2559" s="0" t="s">
+        <v>5114</v>
+      </c>
+      <c r="B2559" s="0" t="s">
+        <v>5115</v>
+      </c>
+    </row>
+    <row r="2560">
+      <c r="A2560" s="0" t="s">
+        <v>5116</v>
+      </c>
+      <c r="B2560" s="0" t="s">
+        <v>5117</v>
+      </c>
+    </row>
+    <row r="2561">
+      <c r="A2561" s="0" t="s">
+        <v>5118</v>
+      </c>
+      <c r="B2561" s="0" t="s">
+        <v>5119</v>
+      </c>
+    </row>
+    <row r="2562">
+      <c r="A2562" s="0" t="s">
+        <v>5120</v>
+      </c>
+      <c r="B2562" s="0" t="s">
+        <v>5121</v>
+      </c>
+    </row>
+    <row r="2563">
+      <c r="A2563" s="0" t="s">
+        <v>5122</v>
+      </c>
+      <c r="B2563" s="0" t="s">
+        <v>5123</v>
+      </c>
+    </row>
+    <row r="2564">
+      <c r="A2564" s="0" t="s">
+        <v>5124</v>
+      </c>
+      <c r="B2564" s="0" t="s">
+        <v>5125</v>
+      </c>
+    </row>
+    <row r="2565">
+      <c r="A2565" s="0" t="s">
+        <v>5126</v>
+      </c>
+      <c r="B2565" s="0" t="s">
+        <v>5127</v>
+      </c>
+    </row>
+    <row r="2566">
+      <c r="A2566" s="0" t="s">
+        <v>5128</v>
+      </c>
+      <c r="B2566" s="0" t="s">
+        <v>5129</v>
+      </c>
+    </row>
+    <row r="2567">
+      <c r="A2567" s="0" t="s">
+        <v>5130</v>
+      </c>
+      <c r="B2567" s="0" t="s">
+        <v>5131</v>
+      </c>
+    </row>
+    <row r="2568">
+      <c r="A2568" s="0" t="s">
+        <v>5132</v>
+      </c>
+      <c r="B2568" s="0" t="s">
+        <v>5133</v>
+      </c>
+    </row>
+    <row r="2569">
+      <c r="A2569" s="0" t="s">
+        <v>5134</v>
+      </c>
+      <c r="B2569" s="0" t="s">
+        <v>5135</v>
+      </c>
+    </row>
+    <row r="2570">
+      <c r="A2570" s="0" t="s">
+        <v>5136</v>
+      </c>
+      <c r="B2570" s="0" t="s">
+        <v>5137</v>
+      </c>
+    </row>
+    <row r="2571">
+      <c r="A2571" s="0" t="s">
+        <v>5138</v>
+      </c>
+      <c r="B2571" s="0" t="s">
+        <v>5139</v>
+      </c>
+    </row>
+    <row r="2572">
+      <c r="A2572" s="0" t="s">
+        <v>5140</v>
+      </c>
+      <c r="B2572" s="0" t="s">
+        <v>5141</v>
+      </c>
+    </row>
+    <row r="2573">
+      <c r="A2573" s="0" t="s">
+        <v>5142</v>
+      </c>
+      <c r="B2573" s="0" t="s">
+        <v>5143</v>
+      </c>
+    </row>
+    <row r="2574">
+      <c r="A2574" s="0" t="s">
+        <v>5144</v>
+      </c>
+      <c r="B2574" s="0" t="s">
+        <v>5145</v>
+      </c>
+    </row>
+    <row r="2575">
+      <c r="A2575" s="0" t="s">
+        <v>5146</v>
+      </c>
+      <c r="B2575" s="0" t="s">
+        <v>5147</v>
+      </c>
+    </row>
+    <row r="2576">
+      <c r="A2576" s="0" t="s">
+        <v>5148</v>
+      </c>
+      <c r="B2576" s="0" t="s">
+        <v>5149</v>
+      </c>
+    </row>
+    <row r="2577">
+      <c r="A2577" s="0" t="s">
+        <v>5150</v>
+      </c>
+      <c r="B2577" s="0" t="s">
+        <v>5151</v>
+      </c>
+    </row>
+    <row r="2578">
+      <c r="A2578" s="0" t="s">
+        <v>5152</v>
+      </c>
+      <c r="B2578" s="0" t="s">
+        <v>5153</v>
+      </c>
+    </row>
+    <row r="2579">
+      <c r="A2579" s="0" t="s">
+        <v>5154</v>
+      </c>
+      <c r="B2579" s="0" t="s">
+        <v>5155</v>
+      </c>
+    </row>
+    <row r="2580">
+      <c r="A2580" s="0" t="s">
+        <v>5156</v>
+      </c>
+      <c r="B2580" s="0" t="s">
+        <v>5157</v>
+      </c>
+    </row>
+    <row r="2581">
+      <c r="A2581" s="0" t="s">
+        <v>5158</v>
+      </c>
+      <c r="B2581" s="0" t="s">
+        <v>5159</v>
+      </c>
+    </row>
+    <row r="2582">
+      <c r="A2582" s="0" t="s">
+        <v>5160</v>
+      </c>
+      <c r="B2582" s="0" t="s">
+        <v>5161</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>