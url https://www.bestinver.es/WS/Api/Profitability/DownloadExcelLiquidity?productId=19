--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -4,59 +4,107 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4449" uniqueCount="4449">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4465" uniqueCount="4465">
   <si>
     <t>BESTINVER BONOS INSTITUCIONAL, F.I. - CLASE B</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>17,789139</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>17,786960</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>17,792644</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>17,796921</t>
+  </si>
+  <si>
+    <t>07/12/2025</t>
+  </si>
+  <si>
+    <t>17,801259</t>
+  </si>
+  <si>
+    <t>06/12/2025</t>
+  </si>
+  <si>
+    <t>17,799223</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>17,797187</t>
+  </si>
+  <si>
+    <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>17,788114</t>
   </si>
   <si>
     <t>03/12/2025</t>
   </si>
   <si>
     <t>17,778561</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>17,769023</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>17,757213</t>
   </si>
   <si>
     <t>30/11/2025</t>
   </si>
   <si>
     <t>17,753957</t>
   </si>
@@ -13399,51 +13447,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B2228"/>
+  <dimension ref="A1:B2236"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -31183,72 +31231,136 @@
       <c r="B2220" s="0" t="s">
         <v>4438</v>
       </c>
     </row>
     <row r="2221">
       <c r="A2221" s="0" t="s">
         <v>4439</v>
       </c>
       <c r="B2221" s="0" t="s">
         <v>4440</v>
       </c>
     </row>
     <row r="2222">
       <c r="A2222" s="0" t="s">
         <v>4441</v>
       </c>
       <c r="B2222" s="0" t="s">
         <v>4442</v>
       </c>
     </row>
     <row r="2223">
       <c r="A2223" s="0" t="s">
         <v>4443</v>
       </c>
       <c r="B2223" s="0" t="s">
-        <v>4442</v>
+        <v>4444</v>
       </c>
     </row>
     <row r="2224">
       <c r="A2224" s="0" t="s">
-        <v>4444</v>
+        <v>4445</v>
       </c>
       <c r="B2224" s="0" t="s">
-        <v>4442</v>
+        <v>4446</v>
       </c>
     </row>
     <row r="2225">
       <c r="A2225" s="0" t="s">
-        <v>4445</v>
+        <v>4447</v>
       </c>
       <c r="B2225" s="0" t="s">
-        <v>4442</v>
+        <v>4448</v>
       </c>
     </row>
     <row r="2226">
       <c r="A2226" s="0" t="s">
-        <v>4446</v>
+        <v>4449</v>
       </c>
       <c r="B2226" s="0" t="s">
-        <v>4442</v>
+        <v>4450</v>
       </c>
     </row>
     <row r="2227">
       <c r="A2227" s="0" t="s">
-        <v>4447</v>
+        <v>4451</v>
       </c>
       <c r="B2227" s="0" t="s">
-        <v>4442</v>
+        <v>4452</v>
       </c>
     </row>
     <row r="2228">
       <c r="A2228" s="0" t="s">
-        <v>4448</v>
+        <v>4453</v>
       </c>
       <c r="B2228" s="0" t="s">
-        <v>4442</v>
+        <v>4454</v>
+      </c>
+    </row>
+    <row r="2229">
+      <c r="A2229" s="0" t="s">
+        <v>4455</v>
+      </c>
+      <c r="B2229" s="0" t="s">
+        <v>4456</v>
+      </c>
+    </row>
+    <row r="2230">
+      <c r="A2230" s="0" t="s">
+        <v>4457</v>
+      </c>
+      <c r="B2230" s="0" t="s">
+        <v>4458</v>
+      </c>
+    </row>
+    <row r="2231">
+      <c r="A2231" s="0" t="s">
+        <v>4459</v>
+      </c>
+      <c r="B2231" s="0" t="s">
+        <v>4458</v>
+      </c>
+    </row>
+    <row r="2232">
+      <c r="A2232" s="0" t="s">
+        <v>4460</v>
+      </c>
+      <c r="B2232" s="0" t="s">
+        <v>4458</v>
+      </c>
+    </row>
+    <row r="2233">
+      <c r="A2233" s="0" t="s">
+        <v>4461</v>
+      </c>
+      <c r="B2233" s="0" t="s">
+        <v>4458</v>
+      </c>
+    </row>
+    <row r="2234">
+      <c r="A2234" s="0" t="s">
+        <v>4462</v>
+      </c>
+      <c r="B2234" s="0" t="s">
+        <v>4458</v>
+      </c>
+    </row>
+    <row r="2235">
+      <c r="A2235" s="0" t="s">
+        <v>4463</v>
+      </c>
+      <c r="B2235" s="0" t="s">
+        <v>4458</v>
+      </c>
+    </row>
+    <row r="2236">
+      <c r="A2236" s="0" t="s">
+        <v>4464</v>
+      </c>
+      <c r="B2236" s="0" t="s">
+        <v>4458</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>