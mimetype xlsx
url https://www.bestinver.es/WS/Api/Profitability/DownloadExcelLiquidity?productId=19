--- v1 (2025-12-13)
+++ v2 (2026-02-12)
@@ -4,59 +4,431 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4465" uniqueCount="4465">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4589" uniqueCount="4589">
   <si>
     <t>BESTINVER BONOS INSTITUCIONAL, F.I. - CLASE B</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>17,910316</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>17,913074</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>17,909179</t>
+  </si>
+  <si>
+    <t>08/02/2026</t>
+  </si>
+  <si>
+    <t>17,905003</t>
+  </si>
+  <si>
+    <t>07/02/2026</t>
+  </si>
+  <si>
+    <t>17,902881</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>17,900759</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>17,906140</t>
+  </si>
+  <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>17,914758</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>17,918415</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>17,905179</t>
+  </si>
+  <si>
+    <t>01/02/2026</t>
+  </si>
+  <si>
+    <t>17,910506</t>
+  </si>
+  <si>
+    <t>31/01/2026</t>
+  </si>
+  <si>
+    <t>17,908458</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>17,907781</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>17,911720</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>17,922446</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>17,917097</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>17,907927</t>
+  </si>
+  <si>
+    <t>25/01/2026</t>
+  </si>
+  <si>
+    <t>17,911407</t>
+  </si>
+  <si>
+    <t>24/01/2026</t>
+  </si>
+  <si>
+    <t>17,909370</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>17,907333</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>17,907079</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>17,882483</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>17,874640</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>17,890723</t>
+  </si>
+  <si>
+    <t>18/01/2026</t>
+  </si>
+  <si>
+    <t>17,917553</t>
+  </si>
+  <si>
+    <t>17/01/2026</t>
+  </si>
+  <si>
+    <t>17,915527</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>17,913499</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>17,911340</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>17,912309</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>17,914617</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>18,676497</t>
+  </si>
+  <si>
+    <t>11/01/2026</t>
+  </si>
+  <si>
+    <t>17,905291</t>
+  </si>
+  <si>
+    <t>10/01/2026</t>
+  </si>
+  <si>
+    <t>17,903228</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>17,901164</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>17,889702</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>17,884198</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>17,867650</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>17,856848</t>
+  </si>
+  <si>
+    <t>04/01/2026</t>
+  </si>
+  <si>
+    <t>17,843346</t>
+  </si>
+  <si>
+    <t>03/01/2026</t>
+  </si>
+  <si>
+    <t>17,841298</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>17,839249</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
+    <t>17,836441</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>17,834395</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>17,833978</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>17,830951</t>
+  </si>
+  <si>
+    <t>28/12/2025</t>
+  </si>
+  <si>
+    <t>17,828271</t>
+  </si>
+  <si>
+    <t>27/12/2025</t>
+  </si>
+  <si>
+    <t>17,826206</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>17,824141</t>
+  </si>
+  <si>
+    <t>25/12/2025</t>
+  </si>
+  <si>
+    <t>17,821460</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>17,819396</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>17,816262</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>17,812877</t>
+  </si>
+  <si>
+    <t>21/12/2025</t>
+  </si>
+  <si>
+    <t>17,814123</t>
+  </si>
+  <si>
+    <t>20/12/2025</t>
+  </si>
+  <si>
+    <t>17,812075</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>17,810027</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>17,804918</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>17,799842</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>17,796882</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>17,794621</t>
+  </si>
+  <si>
+    <t>14/12/2025</t>
+  </si>
+  <si>
+    <t>17,792429</t>
+  </si>
+  <si>
+    <t>13/12/2025</t>
+  </si>
+  <si>
+    <t>17,790388</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>17,788347</t>
   </si>
   <si>
     <t>11/12/2025</t>
   </si>
   <si>
     <t>17,789139</t>
   </si>
   <si>
     <t>10/12/2025</t>
   </si>
   <si>
     <t>17,786960</t>
   </si>
   <si>
     <t>09/12/2025</t>
   </si>
   <si>
     <t>17,792644</t>
   </si>
   <si>
     <t>08/12/2025</t>
   </si>
   <si>
     <t>17,796921</t>
   </si>
@@ -13447,51 +13819,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B2236"/>
+  <dimension ref="A1:B2298"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -31295,72 +31667,568 @@
       <c r="B2228" s="0" t="s">
         <v>4454</v>
       </c>
     </row>
     <row r="2229">
       <c r="A2229" s="0" t="s">
         <v>4455</v>
       </c>
       <c r="B2229" s="0" t="s">
         <v>4456</v>
       </c>
     </row>
     <row r="2230">
       <c r="A2230" s="0" t="s">
         <v>4457</v>
       </c>
       <c r="B2230" s="0" t="s">
         <v>4458</v>
       </c>
     </row>
     <row r="2231">
       <c r="A2231" s="0" t="s">
         <v>4459</v>
       </c>
       <c r="B2231" s="0" t="s">
-        <v>4458</v>
+        <v>4460</v>
       </c>
     </row>
     <row r="2232">
       <c r="A2232" s="0" t="s">
-        <v>4460</v>
+        <v>4461</v>
       </c>
       <c r="B2232" s="0" t="s">
-        <v>4458</v>
+        <v>4462</v>
       </c>
     </row>
     <row r="2233">
       <c r="A2233" s="0" t="s">
-        <v>4461</v>
+        <v>4463</v>
       </c>
       <c r="B2233" s="0" t="s">
-        <v>4458</v>
+        <v>4464</v>
       </c>
     </row>
     <row r="2234">
       <c r="A2234" s="0" t="s">
-        <v>4462</v>
+        <v>4465</v>
       </c>
       <c r="B2234" s="0" t="s">
-        <v>4458</v>
+        <v>4466</v>
       </c>
     </row>
     <row r="2235">
       <c r="A2235" s="0" t="s">
-        <v>4463</v>
+        <v>4467</v>
       </c>
       <c r="B2235" s="0" t="s">
-        <v>4458</v>
+        <v>4468</v>
       </c>
     </row>
     <row r="2236">
       <c r="A2236" s="0" t="s">
-        <v>4464</v>
+        <v>4469</v>
       </c>
       <c r="B2236" s="0" t="s">
-        <v>4458</v>
+        <v>4470</v>
+      </c>
+    </row>
+    <row r="2237">
+      <c r="A2237" s="0" t="s">
+        <v>4471</v>
+      </c>
+      <c r="B2237" s="0" t="s">
+        <v>4472</v>
+      </c>
+    </row>
+    <row r="2238">
+      <c r="A2238" s="0" t="s">
+        <v>4473</v>
+      </c>
+      <c r="B2238" s="0" t="s">
+        <v>4474</v>
+      </c>
+    </row>
+    <row r="2239">
+      <c r="A2239" s="0" t="s">
+        <v>4475</v>
+      </c>
+      <c r="B2239" s="0" t="s">
+        <v>4476</v>
+      </c>
+    </row>
+    <row r="2240">
+      <c r="A2240" s="0" t="s">
+        <v>4477</v>
+      </c>
+      <c r="B2240" s="0" t="s">
+        <v>4478</v>
+      </c>
+    </row>
+    <row r="2241">
+      <c r="A2241" s="0" t="s">
+        <v>4479</v>
+      </c>
+      <c r="B2241" s="0" t="s">
+        <v>4480</v>
+      </c>
+    </row>
+    <row r="2242">
+      <c r="A2242" s="0" t="s">
+        <v>4481</v>
+      </c>
+      <c r="B2242" s="0" t="s">
+        <v>4482</v>
+      </c>
+    </row>
+    <row r="2243">
+      <c r="A2243" s="0" t="s">
+        <v>4483</v>
+      </c>
+      <c r="B2243" s="0" t="s">
+        <v>4484</v>
+      </c>
+    </row>
+    <row r="2244">
+      <c r="A2244" s="0" t="s">
+        <v>4485</v>
+      </c>
+      <c r="B2244" s="0" t="s">
+        <v>4486</v>
+      </c>
+    </row>
+    <row r="2245">
+      <c r="A2245" s="0" t="s">
+        <v>4487</v>
+      </c>
+      <c r="B2245" s="0" t="s">
+        <v>4488</v>
+      </c>
+    </row>
+    <row r="2246">
+      <c r="A2246" s="0" t="s">
+        <v>4489</v>
+      </c>
+      <c r="B2246" s="0" t="s">
+        <v>4490</v>
+      </c>
+    </row>
+    <row r="2247">
+      <c r="A2247" s="0" t="s">
+        <v>4491</v>
+      </c>
+      <c r="B2247" s="0" t="s">
+        <v>4492</v>
+      </c>
+    </row>
+    <row r="2248">
+      <c r="A2248" s="0" t="s">
+        <v>4493</v>
+      </c>
+      <c r="B2248" s="0" t="s">
+        <v>4494</v>
+      </c>
+    </row>
+    <row r="2249">
+      <c r="A2249" s="0" t="s">
+        <v>4495</v>
+      </c>
+      <c r="B2249" s="0" t="s">
+        <v>4496</v>
+      </c>
+    </row>
+    <row r="2250">
+      <c r="A2250" s="0" t="s">
+        <v>4497</v>
+      </c>
+      <c r="B2250" s="0" t="s">
+        <v>4498</v>
+      </c>
+    </row>
+    <row r="2251">
+      <c r="A2251" s="0" t="s">
+        <v>4499</v>
+      </c>
+      <c r="B2251" s="0" t="s">
+        <v>4500</v>
+      </c>
+    </row>
+    <row r="2252">
+      <c r="A2252" s="0" t="s">
+        <v>4501</v>
+      </c>
+      <c r="B2252" s="0" t="s">
+        <v>4502</v>
+      </c>
+    </row>
+    <row r="2253">
+      <c r="A2253" s="0" t="s">
+        <v>4503</v>
+      </c>
+      <c r="B2253" s="0" t="s">
+        <v>4504</v>
+      </c>
+    </row>
+    <row r="2254">
+      <c r="A2254" s="0" t="s">
+        <v>4505</v>
+      </c>
+      <c r="B2254" s="0" t="s">
+        <v>4506</v>
+      </c>
+    </row>
+    <row r="2255">
+      <c r="A2255" s="0" t="s">
+        <v>4507</v>
+      </c>
+      <c r="B2255" s="0" t="s">
+        <v>4508</v>
+      </c>
+    </row>
+    <row r="2256">
+      <c r="A2256" s="0" t="s">
+        <v>4509</v>
+      </c>
+      <c r="B2256" s="0" t="s">
+        <v>4510</v>
+      </c>
+    </row>
+    <row r="2257">
+      <c r="A2257" s="0" t="s">
+        <v>4511</v>
+      </c>
+      <c r="B2257" s="0" t="s">
+        <v>4512</v>
+      </c>
+    </row>
+    <row r="2258">
+      <c r="A2258" s="0" t="s">
+        <v>4513</v>
+      </c>
+      <c r="B2258" s="0" t="s">
+        <v>4514</v>
+      </c>
+    </row>
+    <row r="2259">
+      <c r="A2259" s="0" t="s">
+        <v>4515</v>
+      </c>
+      <c r="B2259" s="0" t="s">
+        <v>4516</v>
+      </c>
+    </row>
+    <row r="2260">
+      <c r="A2260" s="0" t="s">
+        <v>4517</v>
+      </c>
+      <c r="B2260" s="0" t="s">
+        <v>4518</v>
+      </c>
+    </row>
+    <row r="2261">
+      <c r="A2261" s="0" t="s">
+        <v>4519</v>
+      </c>
+      <c r="B2261" s="0" t="s">
+        <v>4520</v>
+      </c>
+    </row>
+    <row r="2262">
+      <c r="A2262" s="0" t="s">
+        <v>4521</v>
+      </c>
+      <c r="B2262" s="0" t="s">
+        <v>4522</v>
+      </c>
+    </row>
+    <row r="2263">
+      <c r="A2263" s="0" t="s">
+        <v>4523</v>
+      </c>
+      <c r="B2263" s="0" t="s">
+        <v>4524</v>
+      </c>
+    </row>
+    <row r="2264">
+      <c r="A2264" s="0" t="s">
+        <v>4525</v>
+      </c>
+      <c r="B2264" s="0" t="s">
+        <v>4526</v>
+      </c>
+    </row>
+    <row r="2265">
+      <c r="A2265" s="0" t="s">
+        <v>4527</v>
+      </c>
+      <c r="B2265" s="0" t="s">
+        <v>4528</v>
+      </c>
+    </row>
+    <row r="2266">
+      <c r="A2266" s="0" t="s">
+        <v>4529</v>
+      </c>
+      <c r="B2266" s="0" t="s">
+        <v>4530</v>
+      </c>
+    </row>
+    <row r="2267">
+      <c r="A2267" s="0" t="s">
+        <v>4531</v>
+      </c>
+      <c r="B2267" s="0" t="s">
+        <v>4532</v>
+      </c>
+    </row>
+    <row r="2268">
+      <c r="A2268" s="0" t="s">
+        <v>4533</v>
+      </c>
+      <c r="B2268" s="0" t="s">
+        <v>4534</v>
+      </c>
+    </row>
+    <row r="2269">
+      <c r="A2269" s="0" t="s">
+        <v>4535</v>
+      </c>
+      <c r="B2269" s="0" t="s">
+        <v>4536</v>
+      </c>
+    </row>
+    <row r="2270">
+      <c r="A2270" s="0" t="s">
+        <v>4537</v>
+      </c>
+      <c r="B2270" s="0" t="s">
+        <v>4538</v>
+      </c>
+    </row>
+    <row r="2271">
+      <c r="A2271" s="0" t="s">
+        <v>4539</v>
+      </c>
+      <c r="B2271" s="0" t="s">
+        <v>4540</v>
+      </c>
+    </row>
+    <row r="2272">
+      <c r="A2272" s="0" t="s">
+        <v>4541</v>
+      </c>
+      <c r="B2272" s="0" t="s">
+        <v>4542</v>
+      </c>
+    </row>
+    <row r="2273">
+      <c r="A2273" s="0" t="s">
+        <v>4543</v>
+      </c>
+      <c r="B2273" s="0" t="s">
+        <v>4544</v>
+      </c>
+    </row>
+    <row r="2274">
+      <c r="A2274" s="0" t="s">
+        <v>4545</v>
+      </c>
+      <c r="B2274" s="0" t="s">
+        <v>4546</v>
+      </c>
+    </row>
+    <row r="2275">
+      <c r="A2275" s="0" t="s">
+        <v>4547</v>
+      </c>
+      <c r="B2275" s="0" t="s">
+        <v>4548</v>
+      </c>
+    </row>
+    <row r="2276">
+      <c r="A2276" s="0" t="s">
+        <v>4549</v>
+      </c>
+      <c r="B2276" s="0" t="s">
+        <v>4550</v>
+      </c>
+    </row>
+    <row r="2277">
+      <c r="A2277" s="0" t="s">
+        <v>4551</v>
+      </c>
+      <c r="B2277" s="0" t="s">
+        <v>4552</v>
+      </c>
+    </row>
+    <row r="2278">
+      <c r="A2278" s="0" t="s">
+        <v>4553</v>
+      </c>
+      <c r="B2278" s="0" t="s">
+        <v>4554</v>
+      </c>
+    </row>
+    <row r="2279">
+      <c r="A2279" s="0" t="s">
+        <v>4555</v>
+      </c>
+      <c r="B2279" s="0" t="s">
+        <v>4556</v>
+      </c>
+    </row>
+    <row r="2280">
+      <c r="A2280" s="0" t="s">
+        <v>4557</v>
+      </c>
+      <c r="B2280" s="0" t="s">
+        <v>4558</v>
+      </c>
+    </row>
+    <row r="2281">
+      <c r="A2281" s="0" t="s">
+        <v>4559</v>
+      </c>
+      <c r="B2281" s="0" t="s">
+        <v>4560</v>
+      </c>
+    </row>
+    <row r="2282">
+      <c r="A2282" s="0" t="s">
+        <v>4561</v>
+      </c>
+      <c r="B2282" s="0" t="s">
+        <v>4562</v>
+      </c>
+    </row>
+    <row r="2283">
+      <c r="A2283" s="0" t="s">
+        <v>4563</v>
+      </c>
+      <c r="B2283" s="0" t="s">
+        <v>4564</v>
+      </c>
+    </row>
+    <row r="2284">
+      <c r="A2284" s="0" t="s">
+        <v>4565</v>
+      </c>
+      <c r="B2284" s="0" t="s">
+        <v>4566</v>
+      </c>
+    </row>
+    <row r="2285">
+      <c r="A2285" s="0" t="s">
+        <v>4567</v>
+      </c>
+      <c r="B2285" s="0" t="s">
+        <v>4568</v>
+      </c>
+    </row>
+    <row r="2286">
+      <c r="A2286" s="0" t="s">
+        <v>4569</v>
+      </c>
+      <c r="B2286" s="0" t="s">
+        <v>4570</v>
+      </c>
+    </row>
+    <row r="2287">
+      <c r="A2287" s="0" t="s">
+        <v>4571</v>
+      </c>
+      <c r="B2287" s="0" t="s">
+        <v>4572</v>
+      </c>
+    </row>
+    <row r="2288">
+      <c r="A2288" s="0" t="s">
+        <v>4573</v>
+      </c>
+      <c r="B2288" s="0" t="s">
+        <v>4574</v>
+      </c>
+    </row>
+    <row r="2289">
+      <c r="A2289" s="0" t="s">
+        <v>4575</v>
+      </c>
+      <c r="B2289" s="0" t="s">
+        <v>4576</v>
+      </c>
+    </row>
+    <row r="2290">
+      <c r="A2290" s="0" t="s">
+        <v>4577</v>
+      </c>
+      <c r="B2290" s="0" t="s">
+        <v>4578</v>
+      </c>
+    </row>
+    <row r="2291">
+      <c r="A2291" s="0" t="s">
+        <v>4579</v>
+      </c>
+      <c r="B2291" s="0" t="s">
+        <v>4580</v>
+      </c>
+    </row>
+    <row r="2292">
+      <c r="A2292" s="0" t="s">
+        <v>4581</v>
+      </c>
+      <c r="B2292" s="0" t="s">
+        <v>4582</v>
+      </c>
+    </row>
+    <row r="2293">
+      <c r="A2293" s="0" t="s">
+        <v>4583</v>
+      </c>
+      <c r="B2293" s="0" t="s">
+        <v>4582</v>
+      </c>
+    </row>
+    <row r="2294">
+      <c r="A2294" s="0" t="s">
+        <v>4584</v>
+      </c>
+      <c r="B2294" s="0" t="s">
+        <v>4582</v>
+      </c>
+    </row>
+    <row r="2295">
+      <c r="A2295" s="0" t="s">
+        <v>4585</v>
+      </c>
+      <c r="B2295" s="0" t="s">
+        <v>4582</v>
+      </c>
+    </row>
+    <row r="2296">
+      <c r="A2296" s="0" t="s">
+        <v>4586</v>
+      </c>
+      <c r="B2296" s="0" t="s">
+        <v>4582</v>
+      </c>
+    </row>
+    <row r="2297">
+      <c r="A2297" s="0" t="s">
+        <v>4587</v>
+      </c>
+      <c r="B2297" s="0" t="s">
+        <v>4582</v>
+      </c>
+    </row>
+    <row r="2298">
+      <c r="A2298" s="0" t="s">
+        <v>4588</v>
+      </c>
+      <c r="B2298" s="0" t="s">
+        <v>4582</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>