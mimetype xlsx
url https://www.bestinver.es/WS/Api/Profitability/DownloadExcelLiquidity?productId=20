--- v0 (2025-12-05)
+++ v1 (2026-02-12)
@@ -4,59 +4,479 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6189" uniqueCount="6189">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6329" uniqueCount="6329">
   <si>
     <t>BESTINVER MEGATENDENCIAS, FI</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>13,823529</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>13,869943</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>13,778921</t>
+  </si>
+  <si>
+    <t>08/02/2026</t>
+  </si>
+  <si>
+    <t>13,727848</t>
+  </si>
+  <si>
+    <t>07/02/2026</t>
+  </si>
+  <si>
+    <t>13,728419</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>13,728991</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>13,509758</t>
+  </si>
+  <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>13,620520</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>13,672116</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>13,844959</t>
+  </si>
+  <si>
+    <t>01/02/2026</t>
+  </si>
+  <si>
+    <t>13,787454</t>
+  </si>
+  <si>
+    <t>31/01/2026</t>
+  </si>
+  <si>
+    <t>13,788019</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>13,788584</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>13,754983</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>13,939021</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>13,874559</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>13,931707</t>
+  </si>
+  <si>
+    <t>25/01/2026</t>
+  </si>
+  <si>
+    <t>13,922760</t>
+  </si>
+  <si>
+    <t>24/01/2026</t>
+  </si>
+  <si>
+    <t>13,923327</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>13,923895</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>13,972395</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>13,859253</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>13,696243</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>13,892313</t>
+  </si>
+  <si>
+    <t>18/01/2026</t>
+  </si>
+  <si>
+    <t>14,007482</t>
+  </si>
+  <si>
+    <t>17/01/2026</t>
+  </si>
+  <si>
+    <t>14,008055</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>14,008629</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>14,019884</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>13,930354</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>14,009536</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>14,079412</t>
+  </si>
+  <si>
+    <t>11/01/2026</t>
+  </si>
+  <si>
+    <t>14,065420</t>
+  </si>
+  <si>
+    <t>10/01/2026</t>
+  </si>
+  <si>
+    <t>14,066004</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>14,066587</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>13,965555</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>14,023303</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>13,986087</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>13,792200</t>
+  </si>
+  <si>
+    <t>04/01/2026</t>
+  </si>
+  <si>
+    <t>13,661312</t>
+  </si>
+  <si>
+    <t>03/01/2026</t>
+  </si>
+  <si>
+    <t>13,661878</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>13,662445</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
+    <t>13,590022</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>13,590586</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>13,652259</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>13,628229</t>
+  </si>
+  <si>
+    <t>28/12/2025</t>
+  </si>
+  <si>
+    <t>13,645036</t>
+  </si>
+  <si>
+    <t>27/12/2025</t>
+  </si>
+  <si>
+    <t>13,645602</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>13,646168</t>
+  </si>
+  <si>
+    <t>25/12/2025</t>
+  </si>
+  <si>
+    <t>13,623487</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>13,624052</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>13,609029</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>13,580382</t>
+  </si>
+  <si>
+    <t>21/12/2025</t>
+  </si>
+  <si>
+    <t>13,552088</t>
+  </si>
+  <si>
+    <t>20/12/2025</t>
+  </si>
+  <si>
+    <t>13,552658</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>13,553228</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>13,458404</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>13,321739</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>13,459478</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>13,486987</t>
+  </si>
+  <si>
+    <t>14/12/2025</t>
+  </si>
+  <si>
+    <t>13,490264</t>
+  </si>
+  <si>
+    <t>13/12/2025</t>
+  </si>
+  <si>
+    <t>13,490823</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>13,491384</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>13,644793</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>13,608578</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>13,560861</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>13,583442</t>
+  </si>
+  <si>
+    <t>07/12/2025</t>
+  </si>
+  <si>
+    <t>13,551616</t>
+  </si>
+  <si>
+    <t>06/12/2025</t>
+  </si>
+  <si>
+    <t>13,552213</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>13,552810</t>
+  </si>
+  <si>
+    <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>13,505064</t>
   </si>
   <si>
     <t>03/12/2025</t>
   </si>
   <si>
     <t>13,456950</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>13,405945</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>13,379547</t>
   </si>
   <si>
     <t>30/11/2025</t>
   </si>
   <si>
     <t>13,411959</t>
   </si>
@@ -18619,51 +19039,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B3095"/>
+  <dimension ref="A1:B3165"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -43382,29 +43802,589 @@
     </row>
     <row r="3093">
       <c r="A3093" s="0" t="s">
         <v>6183</v>
       </c>
       <c r="B3093" s="0" t="s">
         <v>6184</v>
       </c>
     </row>
     <row r="3094">
       <c r="A3094" s="0" t="s">
         <v>6185</v>
       </c>
       <c r="B3094" s="0" t="s">
         <v>6186</v>
       </c>
     </row>
     <row r="3095">
       <c r="A3095" s="0" t="s">
         <v>6187</v>
       </c>
       <c r="B3095" s="0" t="s">
         <v>6188</v>
       </c>
     </row>
+    <row r="3096">
+      <c r="A3096" s="0" t="s">
+        <v>6189</v>
+      </c>
+      <c r="B3096" s="0" t="s">
+        <v>6190</v>
+      </c>
+    </row>
+    <row r="3097">
+      <c r="A3097" s="0" t="s">
+        <v>6191</v>
+      </c>
+      <c r="B3097" s="0" t="s">
+        <v>6192</v>
+      </c>
+    </row>
+    <row r="3098">
+      <c r="A3098" s="0" t="s">
+        <v>6193</v>
+      </c>
+      <c r="B3098" s="0" t="s">
+        <v>6194</v>
+      </c>
+    </row>
+    <row r="3099">
+      <c r="A3099" s="0" t="s">
+        <v>6195</v>
+      </c>
+      <c r="B3099" s="0" t="s">
+        <v>6196</v>
+      </c>
+    </row>
+    <row r="3100">
+      <c r="A3100" s="0" t="s">
+        <v>6197</v>
+      </c>
+      <c r="B3100" s="0" t="s">
+        <v>6198</v>
+      </c>
+    </row>
+    <row r="3101">
+      <c r="A3101" s="0" t="s">
+        <v>6199</v>
+      </c>
+      <c r="B3101" s="0" t="s">
+        <v>6200</v>
+      </c>
+    </row>
+    <row r="3102">
+      <c r="A3102" s="0" t="s">
+        <v>6201</v>
+      </c>
+      <c r="B3102" s="0" t="s">
+        <v>6202</v>
+      </c>
+    </row>
+    <row r="3103">
+      <c r="A3103" s="0" t="s">
+        <v>6203</v>
+      </c>
+      <c r="B3103" s="0" t="s">
+        <v>6204</v>
+      </c>
+    </row>
+    <row r="3104">
+      <c r="A3104" s="0" t="s">
+        <v>6205</v>
+      </c>
+      <c r="B3104" s="0" t="s">
+        <v>6206</v>
+      </c>
+    </row>
+    <row r="3105">
+      <c r="A3105" s="0" t="s">
+        <v>6207</v>
+      </c>
+      <c r="B3105" s="0" t="s">
+        <v>6208</v>
+      </c>
+    </row>
+    <row r="3106">
+      <c r="A3106" s="0" t="s">
+        <v>6209</v>
+      </c>
+      <c r="B3106" s="0" t="s">
+        <v>6210</v>
+      </c>
+    </row>
+    <row r="3107">
+      <c r="A3107" s="0" t="s">
+        <v>6211</v>
+      </c>
+      <c r="B3107" s="0" t="s">
+        <v>6212</v>
+      </c>
+    </row>
+    <row r="3108">
+      <c r="A3108" s="0" t="s">
+        <v>6213</v>
+      </c>
+      <c r="B3108" s="0" t="s">
+        <v>6214</v>
+      </c>
+    </row>
+    <row r="3109">
+      <c r="A3109" s="0" t="s">
+        <v>6215</v>
+      </c>
+      <c r="B3109" s="0" t="s">
+        <v>6216</v>
+      </c>
+    </row>
+    <row r="3110">
+      <c r="A3110" s="0" t="s">
+        <v>6217</v>
+      </c>
+      <c r="B3110" s="0" t="s">
+        <v>6218</v>
+      </c>
+    </row>
+    <row r="3111">
+      <c r="A3111" s="0" t="s">
+        <v>6219</v>
+      </c>
+      <c r="B3111" s="0" t="s">
+        <v>6220</v>
+      </c>
+    </row>
+    <row r="3112">
+      <c r="A3112" s="0" t="s">
+        <v>6221</v>
+      </c>
+      <c r="B3112" s="0" t="s">
+        <v>6222</v>
+      </c>
+    </row>
+    <row r="3113">
+      <c r="A3113" s="0" t="s">
+        <v>6223</v>
+      </c>
+      <c r="B3113" s="0" t="s">
+        <v>6224</v>
+      </c>
+    </row>
+    <row r="3114">
+      <c r="A3114" s="0" t="s">
+        <v>6225</v>
+      </c>
+      <c r="B3114" s="0" t="s">
+        <v>6226</v>
+      </c>
+    </row>
+    <row r="3115">
+      <c r="A3115" s="0" t="s">
+        <v>6227</v>
+      </c>
+      <c r="B3115" s="0" t="s">
+        <v>6228</v>
+      </c>
+    </row>
+    <row r="3116">
+      <c r="A3116" s="0" t="s">
+        <v>6229</v>
+      </c>
+      <c r="B3116" s="0" t="s">
+        <v>6230</v>
+      </c>
+    </row>
+    <row r="3117">
+      <c r="A3117" s="0" t="s">
+        <v>6231</v>
+      </c>
+      <c r="B3117" s="0" t="s">
+        <v>6232</v>
+      </c>
+    </row>
+    <row r="3118">
+      <c r="A3118" s="0" t="s">
+        <v>6233</v>
+      </c>
+      <c r="B3118" s="0" t="s">
+        <v>6234</v>
+      </c>
+    </row>
+    <row r="3119">
+      <c r="A3119" s="0" t="s">
+        <v>6235</v>
+      </c>
+      <c r="B3119" s="0" t="s">
+        <v>6236</v>
+      </c>
+    </row>
+    <row r="3120">
+      <c r="A3120" s="0" t="s">
+        <v>6237</v>
+      </c>
+      <c r="B3120" s="0" t="s">
+        <v>6238</v>
+      </c>
+    </row>
+    <row r="3121">
+      <c r="A3121" s="0" t="s">
+        <v>6239</v>
+      </c>
+      <c r="B3121" s="0" t="s">
+        <v>6240</v>
+      </c>
+    </row>
+    <row r="3122">
+      <c r="A3122" s="0" t="s">
+        <v>6241</v>
+      </c>
+      <c r="B3122" s="0" t="s">
+        <v>6242</v>
+      </c>
+    </row>
+    <row r="3123">
+      <c r="A3123" s="0" t="s">
+        <v>6243</v>
+      </c>
+      <c r="B3123" s="0" t="s">
+        <v>6244</v>
+      </c>
+    </row>
+    <row r="3124">
+      <c r="A3124" s="0" t="s">
+        <v>6245</v>
+      </c>
+      <c r="B3124" s="0" t="s">
+        <v>6246</v>
+      </c>
+    </row>
+    <row r="3125">
+      <c r="A3125" s="0" t="s">
+        <v>6247</v>
+      </c>
+      <c r="B3125" s="0" t="s">
+        <v>6248</v>
+      </c>
+    </row>
+    <row r="3126">
+      <c r="A3126" s="0" t="s">
+        <v>6249</v>
+      </c>
+      <c r="B3126" s="0" t="s">
+        <v>6250</v>
+      </c>
+    </row>
+    <row r="3127">
+      <c r="A3127" s="0" t="s">
+        <v>6251</v>
+      </c>
+      <c r="B3127" s="0" t="s">
+        <v>6252</v>
+      </c>
+    </row>
+    <row r="3128">
+      <c r="A3128" s="0" t="s">
+        <v>6253</v>
+      </c>
+      <c r="B3128" s="0" t="s">
+        <v>6254</v>
+      </c>
+    </row>
+    <row r="3129">
+      <c r="A3129" s="0" t="s">
+        <v>6255</v>
+      </c>
+      <c r="B3129" s="0" t="s">
+        <v>6256</v>
+      </c>
+    </row>
+    <row r="3130">
+      <c r="A3130" s="0" t="s">
+        <v>6257</v>
+      </c>
+      <c r="B3130" s="0" t="s">
+        <v>6258</v>
+      </c>
+    </row>
+    <row r="3131">
+      <c r="A3131" s="0" t="s">
+        <v>6259</v>
+      </c>
+      <c r="B3131" s="0" t="s">
+        <v>6260</v>
+      </c>
+    </row>
+    <row r="3132">
+      <c r="A3132" s="0" t="s">
+        <v>6261</v>
+      </c>
+      <c r="B3132" s="0" t="s">
+        <v>6262</v>
+      </c>
+    </row>
+    <row r="3133">
+      <c r="A3133" s="0" t="s">
+        <v>6263</v>
+      </c>
+      <c r="B3133" s="0" t="s">
+        <v>6264</v>
+      </c>
+    </row>
+    <row r="3134">
+      <c r="A3134" s="0" t="s">
+        <v>6265</v>
+      </c>
+      <c r="B3134" s="0" t="s">
+        <v>6266</v>
+      </c>
+    </row>
+    <row r="3135">
+      <c r="A3135" s="0" t="s">
+        <v>6267</v>
+      </c>
+      <c r="B3135" s="0" t="s">
+        <v>6268</v>
+      </c>
+    </row>
+    <row r="3136">
+      <c r="A3136" s="0" t="s">
+        <v>6269</v>
+      </c>
+      <c r="B3136" s="0" t="s">
+        <v>6270</v>
+      </c>
+    </row>
+    <row r="3137">
+      <c r="A3137" s="0" t="s">
+        <v>6271</v>
+      </c>
+      <c r="B3137" s="0" t="s">
+        <v>6272</v>
+      </c>
+    </row>
+    <row r="3138">
+      <c r="A3138" s="0" t="s">
+        <v>6273</v>
+      </c>
+      <c r="B3138" s="0" t="s">
+        <v>6274</v>
+      </c>
+    </row>
+    <row r="3139">
+      <c r="A3139" s="0" t="s">
+        <v>6275</v>
+      </c>
+      <c r="B3139" s="0" t="s">
+        <v>6276</v>
+      </c>
+    </row>
+    <row r="3140">
+      <c r="A3140" s="0" t="s">
+        <v>6277</v>
+      </c>
+      <c r="B3140" s="0" t="s">
+        <v>6278</v>
+      </c>
+    </row>
+    <row r="3141">
+      <c r="A3141" s="0" t="s">
+        <v>6279</v>
+      </c>
+      <c r="B3141" s="0" t="s">
+        <v>6280</v>
+      </c>
+    </row>
+    <row r="3142">
+      <c r="A3142" s="0" t="s">
+        <v>6281</v>
+      </c>
+      <c r="B3142" s="0" t="s">
+        <v>6282</v>
+      </c>
+    </row>
+    <row r="3143">
+      <c r="A3143" s="0" t="s">
+        <v>6283</v>
+      </c>
+      <c r="B3143" s="0" t="s">
+        <v>6284</v>
+      </c>
+    </row>
+    <row r="3144">
+      <c r="A3144" s="0" t="s">
+        <v>6285</v>
+      </c>
+      <c r="B3144" s="0" t="s">
+        <v>6286</v>
+      </c>
+    </row>
+    <row r="3145">
+      <c r="A3145" s="0" t="s">
+        <v>6287</v>
+      </c>
+      <c r="B3145" s="0" t="s">
+        <v>6288</v>
+      </c>
+    </row>
+    <row r="3146">
+      <c r="A3146" s="0" t="s">
+        <v>6289</v>
+      </c>
+      <c r="B3146" s="0" t="s">
+        <v>6290</v>
+      </c>
+    </row>
+    <row r="3147">
+      <c r="A3147" s="0" t="s">
+        <v>6291</v>
+      </c>
+      <c r="B3147" s="0" t="s">
+        <v>6292</v>
+      </c>
+    </row>
+    <row r="3148">
+      <c r="A3148" s="0" t="s">
+        <v>6293</v>
+      </c>
+      <c r="B3148" s="0" t="s">
+        <v>6294</v>
+      </c>
+    </row>
+    <row r="3149">
+      <c r="A3149" s="0" t="s">
+        <v>6295</v>
+      </c>
+      <c r="B3149" s="0" t="s">
+        <v>6296</v>
+      </c>
+    </row>
+    <row r="3150">
+      <c r="A3150" s="0" t="s">
+        <v>6297</v>
+      </c>
+      <c r="B3150" s="0" t="s">
+        <v>6298</v>
+      </c>
+    </row>
+    <row r="3151">
+      <c r="A3151" s="0" t="s">
+        <v>6299</v>
+      </c>
+      <c r="B3151" s="0" t="s">
+        <v>6300</v>
+      </c>
+    </row>
+    <row r="3152">
+      <c r="A3152" s="0" t="s">
+        <v>6301</v>
+      </c>
+      <c r="B3152" s="0" t="s">
+        <v>6302</v>
+      </c>
+    </row>
+    <row r="3153">
+      <c r="A3153" s="0" t="s">
+        <v>6303</v>
+      </c>
+      <c r="B3153" s="0" t="s">
+        <v>6304</v>
+      </c>
+    </row>
+    <row r="3154">
+      <c r="A3154" s="0" t="s">
+        <v>6305</v>
+      </c>
+      <c r="B3154" s="0" t="s">
+        <v>6306</v>
+      </c>
+    </row>
+    <row r="3155">
+      <c r="A3155" s="0" t="s">
+        <v>6307</v>
+      </c>
+      <c r="B3155" s="0" t="s">
+        <v>6308</v>
+      </c>
+    </row>
+    <row r="3156">
+      <c r="A3156" s="0" t="s">
+        <v>6309</v>
+      </c>
+      <c r="B3156" s="0" t="s">
+        <v>6310</v>
+      </c>
+    </row>
+    <row r="3157">
+      <c r="A3157" s="0" t="s">
+        <v>6311</v>
+      </c>
+      <c r="B3157" s="0" t="s">
+        <v>6312</v>
+      </c>
+    </row>
+    <row r="3158">
+      <c r="A3158" s="0" t="s">
+        <v>6313</v>
+      </c>
+      <c r="B3158" s="0" t="s">
+        <v>6314</v>
+      </c>
+    </row>
+    <row r="3159">
+      <c r="A3159" s="0" t="s">
+        <v>6315</v>
+      </c>
+      <c r="B3159" s="0" t="s">
+        <v>6316</v>
+      </c>
+    </row>
+    <row r="3160">
+      <c r="A3160" s="0" t="s">
+        <v>6317</v>
+      </c>
+      <c r="B3160" s="0" t="s">
+        <v>6318</v>
+      </c>
+    </row>
+    <row r="3161">
+      <c r="A3161" s="0" t="s">
+        <v>6319</v>
+      </c>
+      <c r="B3161" s="0" t="s">
+        <v>6320</v>
+      </c>
+    </row>
+    <row r="3162">
+      <c r="A3162" s="0" t="s">
+        <v>6321</v>
+      </c>
+      <c r="B3162" s="0" t="s">
+        <v>6322</v>
+      </c>
+    </row>
+    <row r="3163">
+      <c r="A3163" s="0" t="s">
+        <v>6323</v>
+      </c>
+      <c r="B3163" s="0" t="s">
+        <v>6324</v>
+      </c>
+    </row>
+    <row r="3164">
+      <c r="A3164" s="0" t="s">
+        <v>6325</v>
+      </c>
+      <c r="B3164" s="0" t="s">
+        <v>6326</v>
+      </c>
+    </row>
+    <row r="3165">
+      <c r="A3165" s="0" t="s">
+        <v>6327</v>
+      </c>
+      <c r="B3165" s="0" t="s">
+        <v>6328</v>
+      </c>
+    </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>