--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -4,59 +4,107 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3958" uniqueCount="3958">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3974" uniqueCount="3974">
   <si>
     <t>BESTINVER DEUDA CORPORATIVA, FI - CLASE B</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>18,605673</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>18,600313</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>18,607257</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>18,607650</t>
+  </si>
+  <si>
+    <t>07/12/2025</t>
+  </si>
+  <si>
+    <t>18,626773</t>
+  </si>
+  <si>
+    <t>06/12/2025</t>
+  </si>
+  <si>
+    <t>18,624814</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>18,622855</t>
+  </si>
+  <si>
+    <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>18,617002</t>
   </si>
   <si>
     <t>03/12/2025</t>
   </si>
   <si>
     <t>18,610154</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>18,598176</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>18,580690</t>
   </si>
   <si>
     <t>30/11/2025</t>
   </si>
   <si>
     <t>18,577080</t>
   </si>
@@ -11926,51 +11974,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B1981"/>
+  <dimension ref="A1:B1989"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -15230,115 +15278,115 @@
       <c r="B410" s="0" t="s">
         <v>818</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="0" t="s">
         <v>819</v>
       </c>
       <c r="B411" s="0" t="s">
         <v>820</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="0" t="s">
         <v>821</v>
       </c>
       <c r="B412" s="0" t="s">
         <v>822</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="0" t="s">
         <v>823</v>
       </c>
       <c r="B413" s="0" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="0" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="B414" s="0" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="0" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="B415" s="0" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="0" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="B416" s="0" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="0" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="B417" s="0" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="0" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="B418" s="0" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="0" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="B419" s="0" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="0" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="B420" s="0" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="0" t="s">
+        <v>839</v>
+      </c>
+      <c r="B421" s="0" t="s">
         <v>838</v>
-      </c>
-[...1 lines deleted...]
-        <v>839</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="0" t="s">
         <v>840</v>
       </c>
       <c r="B422" s="0" t="s">
         <v>841</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="0" t="s">
         <v>842</v>
       </c>
       <c r="B423" s="0" t="s">
         <v>843</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="0" t="s">
         <v>844</v>
       </c>
       <c r="B424" s="0" t="s">
         <v>845</v>
       </c>
@@ -17206,115 +17254,115 @@
       <c r="B657" s="0" t="s">
         <v>1311</v>
       </c>
     </row>
     <row r="658">
       <c r="A658" s="0" t="s">
         <v>1312</v>
       </c>
       <c r="B658" s="0" t="s">
         <v>1313</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" s="0" t="s">
         <v>1314</v>
       </c>
       <c r="B659" s="0" t="s">
         <v>1315</v>
       </c>
     </row>
     <row r="660">
       <c r="A660" s="0" t="s">
         <v>1316</v>
       </c>
       <c r="B660" s="0" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="661">
       <c r="A661" s="0" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="B661" s="0" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="662">
       <c r="A662" s="0" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="B662" s="0" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="663">
       <c r="A663" s="0" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="B663" s="0" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="664">
       <c r="A664" s="0" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="B664" s="0" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="665">
       <c r="A665" s="0" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="B665" s="0" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" s="0" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="B666" s="0" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" s="0" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="B667" s="0" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" s="0" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B668" s="0" t="s">
         <v>1331</v>
-      </c>
-[...1 lines deleted...]
-        <v>1332</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" s="0" t="s">
         <v>1333</v>
       </c>
       <c r="B669" s="0" t="s">
         <v>1334</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" s="0" t="s">
         <v>1335</v>
       </c>
       <c r="B670" s="0" t="s">
         <v>1336</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" s="0" t="s">
         <v>1337</v>
       </c>
       <c r="B671" s="0" t="s">
         <v>1338</v>
       </c>
@@ -25510,115 +25558,115 @@
       <c r="B1695" s="0" t="s">
         <v>3386</v>
       </c>
     </row>
     <row r="1696">
       <c r="A1696" s="0" t="s">
         <v>3387</v>
       </c>
       <c r="B1696" s="0" t="s">
         <v>3388</v>
       </c>
     </row>
     <row r="1697">
       <c r="A1697" s="0" t="s">
         <v>3389</v>
       </c>
       <c r="B1697" s="0" t="s">
         <v>3390</v>
       </c>
     </row>
     <row r="1698">
       <c r="A1698" s="0" t="s">
         <v>3391</v>
       </c>
       <c r="B1698" s="0" t="s">
-        <v>3344</v>
+        <v>3392</v>
       </c>
     </row>
     <row r="1699">
       <c r="A1699" s="0" t="s">
-        <v>3392</v>
+        <v>3393</v>
       </c>
       <c r="B1699" s="0" t="s">
-        <v>3393</v>
+        <v>3394</v>
       </c>
     </row>
     <row r="1700">
       <c r="A1700" s="0" t="s">
-        <v>3394</v>
+        <v>3395</v>
       </c>
       <c r="B1700" s="0" t="s">
-        <v>3395</v>
+        <v>3396</v>
       </c>
     </row>
     <row r="1701">
       <c r="A1701" s="0" t="s">
-        <v>3396</v>
+        <v>3397</v>
       </c>
       <c r="B1701" s="0" t="s">
-        <v>3397</v>
+        <v>3398</v>
       </c>
     </row>
     <row r="1702">
       <c r="A1702" s="0" t="s">
-        <v>3398</v>
+        <v>3399</v>
       </c>
       <c r="B1702" s="0" t="s">
-        <v>3399</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="1703">
       <c r="A1703" s="0" t="s">
-        <v>3400</v>
+        <v>3401</v>
       </c>
       <c r="B1703" s="0" t="s">
-        <v>3401</v>
+        <v>3402</v>
       </c>
     </row>
     <row r="1704">
       <c r="A1704" s="0" t="s">
-        <v>3402</v>
+        <v>3403</v>
       </c>
       <c r="B1704" s="0" t="s">
-        <v>3403</v>
+        <v>3404</v>
       </c>
     </row>
     <row r="1705">
       <c r="A1705" s="0" t="s">
-        <v>3404</v>
+        <v>3405</v>
       </c>
       <c r="B1705" s="0" t="s">
-        <v>3405</v>
+        <v>3406</v>
       </c>
     </row>
     <row r="1706">
       <c r="A1706" s="0" t="s">
-        <v>3406</v>
+        <v>3407</v>
       </c>
       <c r="B1706" s="0" t="s">
-        <v>3407</v>
+        <v>3360</v>
       </c>
     </row>
     <row r="1707">
       <c r="A1707" s="0" t="s">
         <v>3408</v>
       </c>
       <c r="B1707" s="0" t="s">
         <v>3409</v>
       </c>
     </row>
     <row r="1708">
       <c r="A1708" s="0" t="s">
         <v>3410</v>
       </c>
       <c r="B1708" s="0" t="s">
         <v>3411</v>
       </c>
     </row>
     <row r="1709">
       <c r="A1709" s="0" t="s">
         <v>3412</v>
       </c>
       <c r="B1709" s="0" t="s">
         <v>3413</v>
       </c>
@@ -27775,31 +27823,95 @@
         <v>3951</v>
       </c>
     </row>
     <row r="1979">
       <c r="A1979" s="0" t="s">
         <v>3952</v>
       </c>
       <c r="B1979" s="0" t="s">
         <v>3953</v>
       </c>
     </row>
     <row r="1980">
       <c r="A1980" s="0" t="s">
         <v>3954</v>
       </c>
       <c r="B1980" s="0" t="s">
         <v>3955</v>
       </c>
     </row>
     <row r="1981">
       <c r="A1981" s="0" t="s">
         <v>3956</v>
       </c>
       <c r="B1981" s="0" t="s">
         <v>3957</v>
+      </c>
+    </row>
+    <row r="1982">
+      <c r="A1982" s="0" t="s">
+        <v>3958</v>
+      </c>
+      <c r="B1982" s="0" t="s">
+        <v>3959</v>
+      </c>
+    </row>
+    <row r="1983">
+      <c r="A1983" s="0" t="s">
+        <v>3960</v>
+      </c>
+      <c r="B1983" s="0" t="s">
+        <v>3961</v>
+      </c>
+    </row>
+    <row r="1984">
+      <c r="A1984" s="0" t="s">
+        <v>3962</v>
+      </c>
+      <c r="B1984" s="0" t="s">
+        <v>3963</v>
+      </c>
+    </row>
+    <row r="1985">
+      <c r="A1985" s="0" t="s">
+        <v>3964</v>
+      </c>
+      <c r="B1985" s="0" t="s">
+        <v>3965</v>
+      </c>
+    </row>
+    <row r="1986">
+      <c r="A1986" s="0" t="s">
+        <v>3966</v>
+      </c>
+      <c r="B1986" s="0" t="s">
+        <v>3967</v>
+      </c>
+    </row>
+    <row r="1987">
+      <c r="A1987" s="0" t="s">
+        <v>3968</v>
+      </c>
+      <c r="B1987" s="0" t="s">
+        <v>3969</v>
+      </c>
+    </row>
+    <row r="1988">
+      <c r="A1988" s="0" t="s">
+        <v>3970</v>
+      </c>
+      <c r="B1988" s="0" t="s">
+        <v>3971</v>
+      </c>
+    </row>
+    <row r="1989">
+      <c r="A1989" s="0" t="s">
+        <v>3972</v>
+      </c>
+      <c r="B1989" s="0" t="s">
+        <v>3973</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>