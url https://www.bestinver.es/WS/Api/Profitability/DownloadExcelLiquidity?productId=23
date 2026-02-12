--- v1 (2025-12-13)
+++ v2 (2026-02-12)
@@ -4,59 +4,431 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3974" uniqueCount="3974">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4098" uniqueCount="4098">
   <si>
     <t>BESTINVER DEUDA CORPORATIVA, FI - CLASE B</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>18,842271</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>18,842155</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>18,829242</t>
+  </si>
+  <si>
+    <t>08/02/2026</t>
+  </si>
+  <si>
+    <t>18,826727</t>
+  </si>
+  <si>
+    <t>07/02/2026</t>
+  </si>
+  <si>
+    <t>18,824727</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>18,822723</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>18,829546</t>
+  </si>
+  <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>18,841225</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>18,836495</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>18,815770</t>
+  </si>
+  <si>
+    <t>01/02/2026</t>
+  </si>
+  <si>
+    <t>18,829767</t>
+  </si>
+  <si>
+    <t>31/01/2026</t>
+  </si>
+  <si>
+    <t>18,827824</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>18,826567</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>18,823354</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>18,820659</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>18,795685</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>18,789079</t>
+  </si>
+  <si>
+    <t>25/01/2026</t>
+  </si>
+  <si>
+    <t>18,775505</t>
+  </si>
+  <si>
+    <t>24/01/2026</t>
+  </si>
+  <si>
+    <t>18,773551</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>18,771596</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>18,772291</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>18,742317</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>18,736238</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>18,752491</t>
+  </si>
+  <si>
+    <t>18/01/2026</t>
+  </si>
+  <si>
+    <t>18,773842</t>
+  </si>
+  <si>
+    <t>17/01/2026</t>
+  </si>
+  <si>
+    <t>18,771971</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>18,770089</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>18,774697</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>18,757124</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>18,750438</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>18,734238</t>
+  </si>
+  <si>
+    <t>11/01/2026</t>
+  </si>
+  <si>
+    <t>18,726660</t>
+  </si>
+  <si>
+    <t>10/01/2026</t>
+  </si>
+  <si>
+    <t>18,724753</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>18,722846</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>18,703357</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>18,699603</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>18,682653</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>18,664501</t>
+  </si>
+  <si>
+    <t>04/01/2026</t>
+  </si>
+  <si>
+    <t>18,648582</t>
+  </si>
+  <si>
+    <t>03/01/2026</t>
+  </si>
+  <si>
+    <t>18,646655</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>18,649587</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
+    <t>18,646088</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>18,643342</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>18,640159</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>18,637744</t>
+  </si>
+  <si>
+    <t>28/12/2025</t>
+  </si>
+  <si>
+    <t>18,631477</t>
+  </si>
+  <si>
+    <t>27/12/2025</t>
+  </si>
+  <si>
+    <t>18,629540</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>18,627611</t>
+  </si>
+  <si>
+    <t>25/12/2025</t>
+  </si>
+  <si>
+    <t>18,624106</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>18,623544</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>18,621491</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>18,603390</t>
+  </si>
+  <si>
+    <t>21/12/2025</t>
+  </si>
+  <si>
+    <t>18,609667</t>
+  </si>
+  <si>
+    <t>20/12/2025</t>
+  </si>
+  <si>
+    <t>18,607726</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>18,605782</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>18,612579</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>18,612482</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>18,609511</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>18,622097</t>
+  </si>
+  <si>
+    <t>14/12/2025</t>
+  </si>
+  <si>
+    <t>18,606021</t>
+  </si>
+  <si>
+    <t>13/12/2025</t>
+  </si>
+  <si>
+    <t>18,604098</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>18,602175</t>
   </si>
   <si>
     <t>11/12/2025</t>
   </si>
   <si>
     <t>18,605673</t>
   </si>
   <si>
     <t>10/12/2025</t>
   </si>
   <si>
     <t>18,600313</t>
   </si>
   <si>
     <t>09/12/2025</t>
   </si>
   <si>
     <t>18,607257</t>
   </si>
   <si>
     <t>08/12/2025</t>
   </si>
   <si>
     <t>18,607650</t>
   </si>
@@ -11974,51 +12346,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B1989"/>
+  <dimension ref="A1:B2051"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -15342,547 +15714,547 @@
       <c r="B418" s="0" t="s">
         <v>834</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="0" t="s">
         <v>835</v>
       </c>
       <c r="B419" s="0" t="s">
         <v>836</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="0" t="s">
         <v>837</v>
       </c>
       <c r="B420" s="0" t="s">
         <v>838</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="0" t="s">
         <v>839</v>
       </c>
       <c r="B421" s="0" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="0" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="B422" s="0" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="0" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="B423" s="0" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="0" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="B424" s="0" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="0" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="B425" s="0" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="0" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="B426" s="0" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="0" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="B427" s="0" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="0" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="B428" s="0" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="0" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="B429" s="0" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="0" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="B430" s="0" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="0" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="B431" s="0" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="0" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="B432" s="0" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="0" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="B433" s="0" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="0" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="B434" s="0" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="0" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="B435" s="0" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="0" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="B436" s="0" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="0" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="B437" s="0" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="0" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="B438" s="0" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="0" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="B439" s="0" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="0" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="B440" s="0" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="0" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="B441" s="0" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="0" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="B442" s="0" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="0" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="B443" s="0" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="0" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="B444" s="0" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="0" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="B445" s="0" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="0" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="B446" s="0" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="0" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="B447" s="0" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="0" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="B448" s="0" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="0" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="B449" s="0" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="0" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="B450" s="0" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="0" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="B451" s="0" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="0" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="B452" s="0" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="0" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="B453" s="0" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="0" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="B454" s="0" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="0" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="B455" s="0" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="0" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="B456" s="0" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="0" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="B457" s="0" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="0" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="B458" s="0" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="0" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="B459" s="0" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="0" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="B460" s="0" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="0" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="B461" s="0" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="0" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="B462" s="0" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="0" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="B463" s="0" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="0" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="B464" s="0" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="0" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="B465" s="0" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="0" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="B466" s="0" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="0" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="B467" s="0" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="0" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="B468" s="0" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="0" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="B469" s="0" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="0" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="B470" s="0" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="0" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="B471" s="0" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="0" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="B472" s="0" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="0" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="B473" s="0" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="0" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="B474" s="0" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="0" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="B475" s="0" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="0" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="B476" s="0" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="0" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="B477" s="0" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="0" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="B478" s="0" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="0" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="B479" s="0" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="0" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="B480" s="0" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="0" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="B481" s="0" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="0" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="B482" s="0" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="0" t="s">
+        <v>963</v>
+      </c>
+      <c r="B483" s="0" t="s">
         <v>962</v>
-      </c>
-[...1 lines deleted...]
-        <v>963</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="0" t="s">
         <v>964</v>
       </c>
       <c r="B484" s="0" t="s">
         <v>965</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="0" t="s">
         <v>966</v>
       </c>
       <c r="B485" s="0" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="0" t="s">
         <v>968</v>
       </c>
       <c r="B486" s="0" t="s">
         <v>969</v>
       </c>
@@ -17318,547 +17690,547 @@
       <c r="B665" s="0" t="s">
         <v>1327</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" s="0" t="s">
         <v>1328</v>
       </c>
       <c r="B666" s="0" t="s">
         <v>1329</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" s="0" t="s">
         <v>1330</v>
       </c>
       <c r="B667" s="0" t="s">
         <v>1331</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" s="0" t="s">
         <v>1332</v>
       </c>
       <c r="B668" s="0" t="s">
-        <v>1331</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" s="0" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="B669" s="0" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" s="0" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="B670" s="0" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" s="0" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="B671" s="0" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" s="0" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="B672" s="0" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" s="0" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="B673" s="0" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" s="0" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="B674" s="0" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" s="0" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="B675" s="0" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" s="0" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
       <c r="B676" s="0" t="s">
-        <v>1348</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" s="0" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
       <c r="B677" s="0" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="0" t="s">
-        <v>1351</v>
+        <v>1352</v>
       </c>
       <c r="B678" s="0" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" s="0" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="B679" s="0" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" s="0" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="B680" s="0" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" s="0" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="B681" s="0" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" s="0" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="B682" s="0" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" s="0" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="B683" s="0" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" s="0" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="B684" s="0" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" s="0" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="B685" s="0" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" s="0" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="B686" s="0" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="687">
       <c r="A687" s="0" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="B687" s="0" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" s="0" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
       <c r="B688" s="0" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" s="0" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="B689" s="0" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="690">
       <c r="A690" s="0" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="B690" s="0" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" s="0" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
       <c r="B691" s="0" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="692">
       <c r="A692" s="0" t="s">
-        <v>1379</v>
+        <v>1380</v>
       </c>
       <c r="B692" s="0" t="s">
-        <v>1380</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" s="0" t="s">
-        <v>1381</v>
+        <v>1382</v>
       </c>
       <c r="B693" s="0" t="s">
-        <v>1382</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" s="0" t="s">
-        <v>1383</v>
+        <v>1384</v>
       </c>
       <c r="B694" s="0" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" s="0" t="s">
-        <v>1385</v>
+        <v>1386</v>
       </c>
       <c r="B695" s="0" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" s="0" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
       <c r="B696" s="0" t="s">
-        <v>1388</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" s="0" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="B697" s="0" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" s="0" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
       <c r="B698" s="0" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" s="0" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
       <c r="B699" s="0" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" s="0" t="s">
-        <v>1395</v>
+        <v>1396</v>
       </c>
       <c r="B700" s="0" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="701">
       <c r="A701" s="0" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="B701" s="0" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" s="0" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="B702" s="0" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="703">
       <c r="A703" s="0" t="s">
-        <v>1401</v>
+        <v>1402</v>
       </c>
       <c r="B703" s="0" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" s="0" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
       <c r="B704" s="0" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" s="0" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="B705" s="0" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" s="0" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
       <c r="B706" s="0" t="s">
-        <v>1408</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" s="0" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="B707" s="0" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="0" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="B708" s="0" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="0" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="B709" s="0" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" s="0" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="B710" s="0" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" s="0" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
       <c r="B711" s="0" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" s="0" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
       <c r="B712" s="0" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" s="0" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
       <c r="B713" s="0" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" s="0" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="B714" s="0" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" s="0" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
       <c r="B715" s="0" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" s="0" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
       <c r="B716" s="0" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" s="0" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
       <c r="B717" s="0" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" s="0" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
       <c r="B718" s="0" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" s="0" t="s">
-        <v>1433</v>
+        <v>1434</v>
       </c>
       <c r="B719" s="0" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" s="0" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="B720" s="0" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" s="0" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
       <c r="B721" s="0" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" s="0" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="B722" s="0" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" s="0" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
       <c r="B723" s="0" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" s="0" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
       <c r="B724" s="0" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" s="0" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="B725" s="0" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="726">
       <c r="A726" s="0" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
       <c r="B726" s="0" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" s="0" t="s">
-        <v>1449</v>
+        <v>1450</v>
       </c>
       <c r="B727" s="0" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="728">
       <c r="A728" s="0" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="B728" s="0" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="729">
       <c r="A729" s="0" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
       <c r="B729" s="0" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" s="0" t="s">
+        <v>1456</v>
+      </c>
+      <c r="B730" s="0" t="s">
         <v>1455</v>
-      </c>
-[...1 lines deleted...]
-        <v>1456</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" s="0" t="s">
         <v>1457</v>
       </c>
       <c r="B731" s="0" t="s">
         <v>1458</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" s="0" t="s">
         <v>1459</v>
       </c>
       <c r="B732" s="0" t="s">
         <v>1460</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" s="0" t="s">
         <v>1461</v>
       </c>
       <c r="B733" s="0" t="s">
         <v>1462</v>
       </c>
@@ -25622,547 +25994,547 @@
       <c r="B1703" s="0" t="s">
         <v>3402</v>
       </c>
     </row>
     <row r="1704">
       <c r="A1704" s="0" t="s">
         <v>3403</v>
       </c>
       <c r="B1704" s="0" t="s">
         <v>3404</v>
       </c>
     </row>
     <row r="1705">
       <c r="A1705" s="0" t="s">
         <v>3405</v>
       </c>
       <c r="B1705" s="0" t="s">
         <v>3406</v>
       </c>
     </row>
     <row r="1706">
       <c r="A1706" s="0" t="s">
         <v>3407</v>
       </c>
       <c r="B1706" s="0" t="s">
-        <v>3360</v>
+        <v>3408</v>
       </c>
     </row>
     <row r="1707">
       <c r="A1707" s="0" t="s">
-        <v>3408</v>
+        <v>3409</v>
       </c>
       <c r="B1707" s="0" t="s">
-        <v>3409</v>
+        <v>3410</v>
       </c>
     </row>
     <row r="1708">
       <c r="A1708" s="0" t="s">
-        <v>3410</v>
+        <v>3411</v>
       </c>
       <c r="B1708" s="0" t="s">
-        <v>3411</v>
+        <v>3412</v>
       </c>
     </row>
     <row r="1709">
       <c r="A1709" s="0" t="s">
-        <v>3412</v>
+        <v>3413</v>
       </c>
       <c r="B1709" s="0" t="s">
-        <v>3413</v>
+        <v>3414</v>
       </c>
     </row>
     <row r="1710">
       <c r="A1710" s="0" t="s">
-        <v>3414</v>
+        <v>3415</v>
       </c>
       <c r="B1710" s="0" t="s">
-        <v>3415</v>
+        <v>3416</v>
       </c>
     </row>
     <row r="1711">
       <c r="A1711" s="0" t="s">
-        <v>3416</v>
+        <v>3417</v>
       </c>
       <c r="B1711" s="0" t="s">
-        <v>3417</v>
+        <v>3418</v>
       </c>
     </row>
     <row r="1712">
       <c r="A1712" s="0" t="s">
-        <v>3418</v>
+        <v>3419</v>
       </c>
       <c r="B1712" s="0" t="s">
-        <v>3419</v>
+        <v>3420</v>
       </c>
     </row>
     <row r="1713">
       <c r="A1713" s="0" t="s">
-        <v>3420</v>
+        <v>3421</v>
       </c>
       <c r="B1713" s="0" t="s">
-        <v>3421</v>
+        <v>3422</v>
       </c>
     </row>
     <row r="1714">
       <c r="A1714" s="0" t="s">
-        <v>3422</v>
+        <v>3423</v>
       </c>
       <c r="B1714" s="0" t="s">
-        <v>3423</v>
+        <v>3424</v>
       </c>
     </row>
     <row r="1715">
       <c r="A1715" s="0" t="s">
-        <v>3424</v>
+        <v>3425</v>
       </c>
       <c r="B1715" s="0" t="s">
-        <v>3425</v>
+        <v>3426</v>
       </c>
     </row>
     <row r="1716">
       <c r="A1716" s="0" t="s">
-        <v>3426</v>
+        <v>3427</v>
       </c>
       <c r="B1716" s="0" t="s">
-        <v>3427</v>
+        <v>3428</v>
       </c>
     </row>
     <row r="1717">
       <c r="A1717" s="0" t="s">
-        <v>3428</v>
+        <v>3429</v>
       </c>
       <c r="B1717" s="0" t="s">
-        <v>3429</v>
+        <v>3430</v>
       </c>
     </row>
     <row r="1718">
       <c r="A1718" s="0" t="s">
-        <v>3430</v>
+        <v>3431</v>
       </c>
       <c r="B1718" s="0" t="s">
-        <v>3431</v>
+        <v>3432</v>
       </c>
     </row>
     <row r="1719">
       <c r="A1719" s="0" t="s">
-        <v>3432</v>
+        <v>3433</v>
       </c>
       <c r="B1719" s="0" t="s">
-        <v>3433</v>
+        <v>3434</v>
       </c>
     </row>
     <row r="1720">
       <c r="A1720" s="0" t="s">
-        <v>3434</v>
+        <v>3435</v>
       </c>
       <c r="B1720" s="0" t="s">
-        <v>3435</v>
+        <v>3436</v>
       </c>
     </row>
     <row r="1721">
       <c r="A1721" s="0" t="s">
-        <v>3436</v>
+        <v>3437</v>
       </c>
       <c r="B1721" s="0" t="s">
-        <v>3437</v>
+        <v>3438</v>
       </c>
     </row>
     <row r="1722">
       <c r="A1722" s="0" t="s">
-        <v>3438</v>
+        <v>3439</v>
       </c>
       <c r="B1722" s="0" t="s">
-        <v>3439</v>
+        <v>3440</v>
       </c>
     </row>
     <row r="1723">
       <c r="A1723" s="0" t="s">
-        <v>3440</v>
+        <v>3441</v>
       </c>
       <c r="B1723" s="0" t="s">
-        <v>3441</v>
+        <v>3442</v>
       </c>
     </row>
     <row r="1724">
       <c r="A1724" s="0" t="s">
-        <v>3442</v>
+        <v>3443</v>
       </c>
       <c r="B1724" s="0" t="s">
-        <v>3443</v>
+        <v>3444</v>
       </c>
     </row>
     <row r="1725">
       <c r="A1725" s="0" t="s">
-        <v>3444</v>
+        <v>3445</v>
       </c>
       <c r="B1725" s="0" t="s">
-        <v>3445</v>
+        <v>3446</v>
       </c>
     </row>
     <row r="1726">
       <c r="A1726" s="0" t="s">
-        <v>3446</v>
+        <v>3447</v>
       </c>
       <c r="B1726" s="0" t="s">
-        <v>3447</v>
+        <v>3448</v>
       </c>
     </row>
     <row r="1727">
       <c r="A1727" s="0" t="s">
-        <v>3448</v>
+        <v>3449</v>
       </c>
       <c r="B1727" s="0" t="s">
-        <v>3449</v>
+        <v>3450</v>
       </c>
     </row>
     <row r="1728">
       <c r="A1728" s="0" t="s">
-        <v>3450</v>
+        <v>3451</v>
       </c>
       <c r="B1728" s="0" t="s">
-        <v>3451</v>
+        <v>3452</v>
       </c>
     </row>
     <row r="1729">
       <c r="A1729" s="0" t="s">
-        <v>3452</v>
+        <v>3453</v>
       </c>
       <c r="B1729" s="0" t="s">
-        <v>3453</v>
+        <v>3454</v>
       </c>
     </row>
     <row r="1730">
       <c r="A1730" s="0" t="s">
-        <v>3454</v>
+        <v>3455</v>
       </c>
       <c r="B1730" s="0" t="s">
-        <v>3455</v>
+        <v>3456</v>
       </c>
     </row>
     <row r="1731">
       <c r="A1731" s="0" t="s">
-        <v>3456</v>
+        <v>3457</v>
       </c>
       <c r="B1731" s="0" t="s">
-        <v>3457</v>
+        <v>3458</v>
       </c>
     </row>
     <row r="1732">
       <c r="A1732" s="0" t="s">
-        <v>3458</v>
+        <v>3459</v>
       </c>
       <c r="B1732" s="0" t="s">
-        <v>3459</v>
+        <v>3460</v>
       </c>
     </row>
     <row r="1733">
       <c r="A1733" s="0" t="s">
-        <v>3460</v>
+        <v>3461</v>
       </c>
       <c r="B1733" s="0" t="s">
-        <v>3461</v>
+        <v>3462</v>
       </c>
     </row>
     <row r="1734">
       <c r="A1734" s="0" t="s">
-        <v>3462</v>
+        <v>3463</v>
       </c>
       <c r="B1734" s="0" t="s">
-        <v>3463</v>
+        <v>3464</v>
       </c>
     </row>
     <row r="1735">
       <c r="A1735" s="0" t="s">
-        <v>3464</v>
+        <v>3465</v>
       </c>
       <c r="B1735" s="0" t="s">
-        <v>3465</v>
+        <v>3466</v>
       </c>
     </row>
     <row r="1736">
       <c r="A1736" s="0" t="s">
-        <v>3466</v>
+        <v>3467</v>
       </c>
       <c r="B1736" s="0" t="s">
-        <v>3467</v>
+        <v>3468</v>
       </c>
     </row>
     <row r="1737">
       <c r="A1737" s="0" t="s">
-        <v>3468</v>
+        <v>3469</v>
       </c>
       <c r="B1737" s="0" t="s">
-        <v>3469</v>
+        <v>3470</v>
       </c>
     </row>
     <row r="1738">
       <c r="A1738" s="0" t="s">
-        <v>3470</v>
+        <v>3471</v>
       </c>
       <c r="B1738" s="0" t="s">
-        <v>3471</v>
+        <v>3472</v>
       </c>
     </row>
     <row r="1739">
       <c r="A1739" s="0" t="s">
-        <v>3472</v>
+        <v>3473</v>
       </c>
       <c r="B1739" s="0" t="s">
-        <v>3473</v>
+        <v>3474</v>
       </c>
     </row>
     <row r="1740">
       <c r="A1740" s="0" t="s">
-        <v>3474</v>
+        <v>3475</v>
       </c>
       <c r="B1740" s="0" t="s">
-        <v>3475</v>
+        <v>3476</v>
       </c>
     </row>
     <row r="1741">
       <c r="A1741" s="0" t="s">
-        <v>3476</v>
+        <v>3477</v>
       </c>
       <c r="B1741" s="0" t="s">
-        <v>3477</v>
+        <v>3478</v>
       </c>
     </row>
     <row r="1742">
       <c r="A1742" s="0" t="s">
-        <v>3478</v>
+        <v>3479</v>
       </c>
       <c r="B1742" s="0" t="s">
-        <v>3479</v>
+        <v>3480</v>
       </c>
     </row>
     <row r="1743">
       <c r="A1743" s="0" t="s">
-        <v>3480</v>
+        <v>3481</v>
       </c>
       <c r="B1743" s="0" t="s">
-        <v>3481</v>
+        <v>3482</v>
       </c>
     </row>
     <row r="1744">
       <c r="A1744" s="0" t="s">
-        <v>3482</v>
+        <v>3483</v>
       </c>
       <c r="B1744" s="0" t="s">
-        <v>3483</v>
+        <v>3484</v>
       </c>
     </row>
     <row r="1745">
       <c r="A1745" s="0" t="s">
-        <v>3484</v>
+        <v>3485</v>
       </c>
       <c r="B1745" s="0" t="s">
-        <v>3485</v>
+        <v>3486</v>
       </c>
     </row>
     <row r="1746">
       <c r="A1746" s="0" t="s">
-        <v>3486</v>
+        <v>3487</v>
       </c>
       <c r="B1746" s="0" t="s">
-        <v>3487</v>
+        <v>3488</v>
       </c>
     </row>
     <row r="1747">
       <c r="A1747" s="0" t="s">
-        <v>3488</v>
+        <v>3489</v>
       </c>
       <c r="B1747" s="0" t="s">
-        <v>3489</v>
+        <v>3490</v>
       </c>
     </row>
     <row r="1748">
       <c r="A1748" s="0" t="s">
-        <v>3490</v>
+        <v>3491</v>
       </c>
       <c r="B1748" s="0" t="s">
-        <v>3491</v>
+        <v>3492</v>
       </c>
     </row>
     <row r="1749">
       <c r="A1749" s="0" t="s">
-        <v>3492</v>
+        <v>3493</v>
       </c>
       <c r="B1749" s="0" t="s">
-        <v>3493</v>
+        <v>3494</v>
       </c>
     </row>
     <row r="1750">
       <c r="A1750" s="0" t="s">
-        <v>3494</v>
+        <v>3495</v>
       </c>
       <c r="B1750" s="0" t="s">
-        <v>3495</v>
+        <v>3496</v>
       </c>
     </row>
     <row r="1751">
       <c r="A1751" s="0" t="s">
-        <v>3496</v>
+        <v>3497</v>
       </c>
       <c r="B1751" s="0" t="s">
-        <v>3497</v>
+        <v>3498</v>
       </c>
     </row>
     <row r="1752">
       <c r="A1752" s="0" t="s">
-        <v>3498</v>
+        <v>3499</v>
       </c>
       <c r="B1752" s="0" t="s">
-        <v>3499</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="1753">
       <c r="A1753" s="0" t="s">
-        <v>3500</v>
+        <v>3501</v>
       </c>
       <c r="B1753" s="0" t="s">
-        <v>3501</v>
+        <v>3502</v>
       </c>
     </row>
     <row r="1754">
       <c r="A1754" s="0" t="s">
-        <v>3502</v>
+        <v>3503</v>
       </c>
       <c r="B1754" s="0" t="s">
-        <v>3503</v>
+        <v>3504</v>
       </c>
     </row>
     <row r="1755">
       <c r="A1755" s="0" t="s">
-        <v>3504</v>
+        <v>3505</v>
       </c>
       <c r="B1755" s="0" t="s">
-        <v>3505</v>
+        <v>3506</v>
       </c>
     </row>
     <row r="1756">
       <c r="A1756" s="0" t="s">
-        <v>3506</v>
+        <v>3507</v>
       </c>
       <c r="B1756" s="0" t="s">
-        <v>3507</v>
+        <v>3508</v>
       </c>
     </row>
     <row r="1757">
       <c r="A1757" s="0" t="s">
-        <v>3508</v>
+        <v>3509</v>
       </c>
       <c r="B1757" s="0" t="s">
-        <v>3509</v>
+        <v>3510</v>
       </c>
     </row>
     <row r="1758">
       <c r="A1758" s="0" t="s">
-        <v>3510</v>
+        <v>3511</v>
       </c>
       <c r="B1758" s="0" t="s">
-        <v>3511</v>
+        <v>3512</v>
       </c>
     </row>
     <row r="1759">
       <c r="A1759" s="0" t="s">
-        <v>3512</v>
+        <v>3513</v>
       </c>
       <c r="B1759" s="0" t="s">
-        <v>3513</v>
+        <v>3514</v>
       </c>
     </row>
     <row r="1760">
       <c r="A1760" s="0" t="s">
-        <v>3514</v>
+        <v>3515</v>
       </c>
       <c r="B1760" s="0" t="s">
-        <v>3515</v>
+        <v>3516</v>
       </c>
     </row>
     <row r="1761">
       <c r="A1761" s="0" t="s">
-        <v>3516</v>
+        <v>3517</v>
       </c>
       <c r="B1761" s="0" t="s">
-        <v>3517</v>
+        <v>3518</v>
       </c>
     </row>
     <row r="1762">
       <c r="A1762" s="0" t="s">
-        <v>3518</v>
+        <v>3519</v>
       </c>
       <c r="B1762" s="0" t="s">
-        <v>3519</v>
+        <v>3520</v>
       </c>
     </row>
     <row r="1763">
       <c r="A1763" s="0" t="s">
-        <v>3520</v>
+        <v>3521</v>
       </c>
       <c r="B1763" s="0" t="s">
-        <v>3521</v>
+        <v>3522</v>
       </c>
     </row>
     <row r="1764">
       <c r="A1764" s="0" t="s">
-        <v>3522</v>
+        <v>3523</v>
       </c>
       <c r="B1764" s="0" t="s">
-        <v>3523</v>
+        <v>3524</v>
       </c>
     </row>
     <row r="1765">
       <c r="A1765" s="0" t="s">
-        <v>3524</v>
+        <v>3525</v>
       </c>
       <c r="B1765" s="0" t="s">
-        <v>3525</v>
+        <v>3526</v>
       </c>
     </row>
     <row r="1766">
       <c r="A1766" s="0" t="s">
-        <v>3526</v>
+        <v>3527</v>
       </c>
       <c r="B1766" s="0" t="s">
-        <v>3527</v>
+        <v>3528</v>
       </c>
     </row>
     <row r="1767">
       <c r="A1767" s="0" t="s">
-        <v>3528</v>
+        <v>3529</v>
       </c>
       <c r="B1767" s="0" t="s">
-        <v>3529</v>
+        <v>3530</v>
       </c>
     </row>
     <row r="1768">
       <c r="A1768" s="0" t="s">
-        <v>3530</v>
+        <v>3531</v>
       </c>
       <c r="B1768" s="0" t="s">
-        <v>3531</v>
+        <v>3484</v>
       </c>
     </row>
     <row r="1769">
       <c r="A1769" s="0" t="s">
         <v>3532</v>
       </c>
       <c r="B1769" s="0" t="s">
         <v>3533</v>
       </c>
     </row>
     <row r="1770">
       <c r="A1770" s="0" t="s">
         <v>3534</v>
       </c>
       <c r="B1770" s="0" t="s">
         <v>3535</v>
       </c>
     </row>
     <row r="1771">
       <c r="A1771" s="0" t="s">
         <v>3536</v>
       </c>
       <c r="B1771" s="0" t="s">
         <v>3537</v>
       </c>
@@ -27887,31 +28259,527 @@
         <v>3967</v>
       </c>
     </row>
     <row r="1987">
       <c r="A1987" s="0" t="s">
         <v>3968</v>
       </c>
       <c r="B1987" s="0" t="s">
         <v>3969</v>
       </c>
     </row>
     <row r="1988">
       <c r="A1988" s="0" t="s">
         <v>3970</v>
       </c>
       <c r="B1988" s="0" t="s">
         <v>3971</v>
       </c>
     </row>
     <row r="1989">
       <c r="A1989" s="0" t="s">
         <v>3972</v>
       </c>
       <c r="B1989" s="0" t="s">
         <v>3973</v>
+      </c>
+    </row>
+    <row r="1990">
+      <c r="A1990" s="0" t="s">
+        <v>3974</v>
+      </c>
+      <c r="B1990" s="0" t="s">
+        <v>3975</v>
+      </c>
+    </row>
+    <row r="1991">
+      <c r="A1991" s="0" t="s">
+        <v>3976</v>
+      </c>
+      <c r="B1991" s="0" t="s">
+        <v>3977</v>
+      </c>
+    </row>
+    <row r="1992">
+      <c r="A1992" s="0" t="s">
+        <v>3978</v>
+      </c>
+      <c r="B1992" s="0" t="s">
+        <v>3979</v>
+      </c>
+    </row>
+    <row r="1993">
+      <c r="A1993" s="0" t="s">
+        <v>3980</v>
+      </c>
+      <c r="B1993" s="0" t="s">
+        <v>3981</v>
+      </c>
+    </row>
+    <row r="1994">
+      <c r="A1994" s="0" t="s">
+        <v>3982</v>
+      </c>
+      <c r="B1994" s="0" t="s">
+        <v>3983</v>
+      </c>
+    </row>
+    <row r="1995">
+      <c r="A1995" s="0" t="s">
+        <v>3984</v>
+      </c>
+      <c r="B1995" s="0" t="s">
+        <v>3985</v>
+      </c>
+    </row>
+    <row r="1996">
+      <c r="A1996" s="0" t="s">
+        <v>3986</v>
+      </c>
+      <c r="B1996" s="0" t="s">
+        <v>3987</v>
+      </c>
+    </row>
+    <row r="1997">
+      <c r="A1997" s="0" t="s">
+        <v>3988</v>
+      </c>
+      <c r="B1997" s="0" t="s">
+        <v>3989</v>
+      </c>
+    </row>
+    <row r="1998">
+      <c r="A1998" s="0" t="s">
+        <v>3990</v>
+      </c>
+      <c r="B1998" s="0" t="s">
+        <v>3991</v>
+      </c>
+    </row>
+    <row r="1999">
+      <c r="A1999" s="0" t="s">
+        <v>3992</v>
+      </c>
+      <c r="B1999" s="0" t="s">
+        <v>3993</v>
+      </c>
+    </row>
+    <row r="2000">
+      <c r="A2000" s="0" t="s">
+        <v>3994</v>
+      </c>
+      <c r="B2000" s="0" t="s">
+        <v>3995</v>
+      </c>
+    </row>
+    <row r="2001">
+      <c r="A2001" s="0" t="s">
+        <v>3996</v>
+      </c>
+      <c r="B2001" s="0" t="s">
+        <v>3997</v>
+      </c>
+    </row>
+    <row r="2002">
+      <c r="A2002" s="0" t="s">
+        <v>3998</v>
+      </c>
+      <c r="B2002" s="0" t="s">
+        <v>3999</v>
+      </c>
+    </row>
+    <row r="2003">
+      <c r="A2003" s="0" t="s">
+        <v>4000</v>
+      </c>
+      <c r="B2003" s="0" t="s">
+        <v>4001</v>
+      </c>
+    </row>
+    <row r="2004">
+      <c r="A2004" s="0" t="s">
+        <v>4002</v>
+      </c>
+      <c r="B2004" s="0" t="s">
+        <v>4003</v>
+      </c>
+    </row>
+    <row r="2005">
+      <c r="A2005" s="0" t="s">
+        <v>4004</v>
+      </c>
+      <c r="B2005" s="0" t="s">
+        <v>4005</v>
+      </c>
+    </row>
+    <row r="2006">
+      <c r="A2006" s="0" t="s">
+        <v>4006</v>
+      </c>
+      <c r="B2006" s="0" t="s">
+        <v>4007</v>
+      </c>
+    </row>
+    <row r="2007">
+      <c r="A2007" s="0" t="s">
+        <v>4008</v>
+      </c>
+      <c r="B2007" s="0" t="s">
+        <v>4009</v>
+      </c>
+    </row>
+    <row r="2008">
+      <c r="A2008" s="0" t="s">
+        <v>4010</v>
+      </c>
+      <c r="B2008" s="0" t="s">
+        <v>4011</v>
+      </c>
+    </row>
+    <row r="2009">
+      <c r="A2009" s="0" t="s">
+        <v>4012</v>
+      </c>
+      <c r="B2009" s="0" t="s">
+        <v>4013</v>
+      </c>
+    </row>
+    <row r="2010">
+      <c r="A2010" s="0" t="s">
+        <v>4014</v>
+      </c>
+      <c r="B2010" s="0" t="s">
+        <v>4015</v>
+      </c>
+    </row>
+    <row r="2011">
+      <c r="A2011" s="0" t="s">
+        <v>4016</v>
+      </c>
+      <c r="B2011" s="0" t="s">
+        <v>4017</v>
+      </c>
+    </row>
+    <row r="2012">
+      <c r="A2012" s="0" t="s">
+        <v>4018</v>
+      </c>
+      <c r="B2012" s="0" t="s">
+        <v>4019</v>
+      </c>
+    </row>
+    <row r="2013">
+      <c r="A2013" s="0" t="s">
+        <v>4020</v>
+      </c>
+      <c r="B2013" s="0" t="s">
+        <v>4021</v>
+      </c>
+    </row>
+    <row r="2014">
+      <c r="A2014" s="0" t="s">
+        <v>4022</v>
+      </c>
+      <c r="B2014" s="0" t="s">
+        <v>4023</v>
+      </c>
+    </row>
+    <row r="2015">
+      <c r="A2015" s="0" t="s">
+        <v>4024</v>
+      </c>
+      <c r="B2015" s="0" t="s">
+        <v>4025</v>
+      </c>
+    </row>
+    <row r="2016">
+      <c r="A2016" s="0" t="s">
+        <v>4026</v>
+      </c>
+      <c r="B2016" s="0" t="s">
+        <v>4027</v>
+      </c>
+    </row>
+    <row r="2017">
+      <c r="A2017" s="0" t="s">
+        <v>4028</v>
+      </c>
+      <c r="B2017" s="0" t="s">
+        <v>4029</v>
+      </c>
+    </row>
+    <row r="2018">
+      <c r="A2018" s="0" t="s">
+        <v>4030</v>
+      </c>
+      <c r="B2018" s="0" t="s">
+        <v>4031</v>
+      </c>
+    </row>
+    <row r="2019">
+      <c r="A2019" s="0" t="s">
+        <v>4032</v>
+      </c>
+      <c r="B2019" s="0" t="s">
+        <v>4033</v>
+      </c>
+    </row>
+    <row r="2020">
+      <c r="A2020" s="0" t="s">
+        <v>4034</v>
+      </c>
+      <c r="B2020" s="0" t="s">
+        <v>4035</v>
+      </c>
+    </row>
+    <row r="2021">
+      <c r="A2021" s="0" t="s">
+        <v>4036</v>
+      </c>
+      <c r="B2021" s="0" t="s">
+        <v>4037</v>
+      </c>
+    </row>
+    <row r="2022">
+      <c r="A2022" s="0" t="s">
+        <v>4038</v>
+      </c>
+      <c r="B2022" s="0" t="s">
+        <v>4039</v>
+      </c>
+    </row>
+    <row r="2023">
+      <c r="A2023" s="0" t="s">
+        <v>4040</v>
+      </c>
+      <c r="B2023" s="0" t="s">
+        <v>4041</v>
+      </c>
+    </row>
+    <row r="2024">
+      <c r="A2024" s="0" t="s">
+        <v>4042</v>
+      </c>
+      <c r="B2024" s="0" t="s">
+        <v>4043</v>
+      </c>
+    </row>
+    <row r="2025">
+      <c r="A2025" s="0" t="s">
+        <v>4044</v>
+      </c>
+      <c r="B2025" s="0" t="s">
+        <v>4045</v>
+      </c>
+    </row>
+    <row r="2026">
+      <c r="A2026" s="0" t="s">
+        <v>4046</v>
+      </c>
+      <c r="B2026" s="0" t="s">
+        <v>4047</v>
+      </c>
+    </row>
+    <row r="2027">
+      <c r="A2027" s="0" t="s">
+        <v>4048</v>
+      </c>
+      <c r="B2027" s="0" t="s">
+        <v>4049</v>
+      </c>
+    </row>
+    <row r="2028">
+      <c r="A2028" s="0" t="s">
+        <v>4050</v>
+      </c>
+      <c r="B2028" s="0" t="s">
+        <v>4051</v>
+      </c>
+    </row>
+    <row r="2029">
+      <c r="A2029" s="0" t="s">
+        <v>4052</v>
+      </c>
+      <c r="B2029" s="0" t="s">
+        <v>4053</v>
+      </c>
+    </row>
+    <row r="2030">
+      <c r="A2030" s="0" t="s">
+        <v>4054</v>
+      </c>
+      <c r="B2030" s="0" t="s">
+        <v>4055</v>
+      </c>
+    </row>
+    <row r="2031">
+      <c r="A2031" s="0" t="s">
+        <v>4056</v>
+      </c>
+      <c r="B2031" s="0" t="s">
+        <v>4057</v>
+      </c>
+    </row>
+    <row r="2032">
+      <c r="A2032" s="0" t="s">
+        <v>4058</v>
+      </c>
+      <c r="B2032" s="0" t="s">
+        <v>4059</v>
+      </c>
+    </row>
+    <row r="2033">
+      <c r="A2033" s="0" t="s">
+        <v>4060</v>
+      </c>
+      <c r="B2033" s="0" t="s">
+        <v>4061</v>
+      </c>
+    </row>
+    <row r="2034">
+      <c r="A2034" s="0" t="s">
+        <v>4062</v>
+      </c>
+      <c r="B2034" s="0" t="s">
+        <v>4063</v>
+      </c>
+    </row>
+    <row r="2035">
+      <c r="A2035" s="0" t="s">
+        <v>4064</v>
+      </c>
+      <c r="B2035" s="0" t="s">
+        <v>4065</v>
+      </c>
+    </row>
+    <row r="2036">
+      <c r="A2036" s="0" t="s">
+        <v>4066</v>
+      </c>
+      <c r="B2036" s="0" t="s">
+        <v>4067</v>
+      </c>
+    </row>
+    <row r="2037">
+      <c r="A2037" s="0" t="s">
+        <v>4068</v>
+      </c>
+      <c r="B2037" s="0" t="s">
+        <v>4069</v>
+      </c>
+    </row>
+    <row r="2038">
+      <c r="A2038" s="0" t="s">
+        <v>4070</v>
+      </c>
+      <c r="B2038" s="0" t="s">
+        <v>4071</v>
+      </c>
+    </row>
+    <row r="2039">
+      <c r="A2039" s="0" t="s">
+        <v>4072</v>
+      </c>
+      <c r="B2039" s="0" t="s">
+        <v>4073</v>
+      </c>
+    </row>
+    <row r="2040">
+      <c r="A2040" s="0" t="s">
+        <v>4074</v>
+      </c>
+      <c r="B2040" s="0" t="s">
+        <v>4075</v>
+      </c>
+    </row>
+    <row r="2041">
+      <c r="A2041" s="0" t="s">
+        <v>4076</v>
+      </c>
+      <c r="B2041" s="0" t="s">
+        <v>4077</v>
+      </c>
+    </row>
+    <row r="2042">
+      <c r="A2042" s="0" t="s">
+        <v>4078</v>
+      </c>
+      <c r="B2042" s="0" t="s">
+        <v>4079</v>
+      </c>
+    </row>
+    <row r="2043">
+      <c r="A2043" s="0" t="s">
+        <v>4080</v>
+      </c>
+      <c r="B2043" s="0" t="s">
+        <v>4081</v>
+      </c>
+    </row>
+    <row r="2044">
+      <c r="A2044" s="0" t="s">
+        <v>4082</v>
+      </c>
+      <c r="B2044" s="0" t="s">
+        <v>4083</v>
+      </c>
+    </row>
+    <row r="2045">
+      <c r="A2045" s="0" t="s">
+        <v>4084</v>
+      </c>
+      <c r="B2045" s="0" t="s">
+        <v>4085</v>
+      </c>
+    </row>
+    <row r="2046">
+      <c r="A2046" s="0" t="s">
+        <v>4086</v>
+      </c>
+      <c r="B2046" s="0" t="s">
+        <v>4087</v>
+      </c>
+    </row>
+    <row r="2047">
+      <c r="A2047" s="0" t="s">
+        <v>4088</v>
+      </c>
+      <c r="B2047" s="0" t="s">
+        <v>4089</v>
+      </c>
+    </row>
+    <row r="2048">
+      <c r="A2048" s="0" t="s">
+        <v>4090</v>
+      </c>
+      <c r="B2048" s="0" t="s">
+        <v>4091</v>
+      </c>
+    </row>
+    <row r="2049">
+      <c r="A2049" s="0" t="s">
+        <v>4092</v>
+      </c>
+      <c r="B2049" s="0" t="s">
+        <v>4093</v>
+      </c>
+    </row>
+    <row r="2050">
+      <c r="A2050" s="0" t="s">
+        <v>4094</v>
+      </c>
+      <c r="B2050" s="0" t="s">
+        <v>4095</v>
+      </c>
+    </row>
+    <row r="2051">
+      <c r="A2051" s="0" t="s">
+        <v>4096</v>
+      </c>
+      <c r="B2051" s="0" t="s">
+        <v>4097</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>