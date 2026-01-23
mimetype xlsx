--- v0 (2025-12-06)
+++ v1 (2026-01-23)
@@ -4,59 +4,353 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4633" uniqueCount="4633">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4731" uniqueCount="4731">
   <si>
     <t>ODA CAPITAL, FIL</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>20,529766</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>20,160053</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>20,118543</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>20,277864</t>
+  </si>
+  <si>
+    <t>18/01/2026</t>
+  </si>
+  <si>
+    <t>20,412209</t>
+  </si>
+  <si>
+    <t>17/01/2026</t>
+  </si>
+  <si>
+    <t>20,412328</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>20,412447</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>20,376497</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>20,331913</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>20,148867</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>20,156033</t>
+  </si>
+  <si>
+    <t>11/01/2026</t>
+  </si>
+  <si>
+    <t>19,843079</t>
+  </si>
+  <si>
+    <t>10/01/2026</t>
+  </si>
+  <si>
+    <t>19,843132</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>19,843185</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>19,780066</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>19,754619</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>19,561902</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>19,463611</t>
+  </si>
+  <si>
+    <t>04/01/2026</t>
+  </si>
+  <si>
+    <t>19,140201</t>
+  </si>
+  <si>
+    <t>03/01/2026</t>
+  </si>
+  <si>
+    <t>19,140253</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>19,140304</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
+    <t>19,104104</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>19,104155</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>19,118303</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>18,977576</t>
+  </si>
+  <si>
+    <t>28/12/2025</t>
+  </si>
+  <si>
+    <t>18,879412</t>
+  </si>
+  <si>
+    <t>27/12/2025</t>
+  </si>
+  <si>
+    <t>18,879505</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>18,879598</t>
+  </si>
+  <si>
+    <t>25/12/2025</t>
+  </si>
+  <si>
+    <t>18,878727</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>18,878819</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>18,869927</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>18,892702</t>
+  </si>
+  <si>
+    <t>21/12/2025</t>
+  </si>
+  <si>
+    <t>18,842948</t>
+  </si>
+  <si>
+    <t>20/12/2025</t>
+  </si>
+  <si>
+    <t>18,843032</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>18,843116</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>18,900753</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>18,562264</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>18,665220</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>18,995053</t>
+  </si>
+  <si>
+    <t>14/12/2025</t>
+  </si>
+  <si>
+    <t>18,889039</t>
+  </si>
+  <si>
+    <t>13/12/2025</t>
+  </si>
+  <si>
+    <t>18,889135</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>18,889232</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>18,745412</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>18,660678</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>18,589793</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>18,725715</t>
+  </si>
+  <si>
+    <t>07/12/2025</t>
+  </si>
+  <si>
+    <t>18,734277</t>
+  </si>
+  <si>
+    <t>06/12/2025</t>
+  </si>
+  <si>
+    <t>18,734355</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>18,734432</t>
   </si>
   <si>
     <t>04/12/2025</t>
   </si>
   <si>
     <t>18,771169</t>
   </si>
   <si>
     <t>03/12/2025</t>
   </si>
   <si>
     <t>18,773671</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>18,672325</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>18,659112</t>
   </si>
@@ -13951,51 +14245,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B2327"/>
+  <dimension ref="A1:B2376"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -22831,571 +23125,571 @@
       <c r="B1107" s="0" t="s">
         <v>2212</v>
       </c>
     </row>
     <row r="1108">
       <c r="A1108" s="0" t="s">
         <v>2213</v>
       </c>
       <c r="B1108" s="0" t="s">
         <v>2214</v>
       </c>
     </row>
     <row r="1109">
       <c r="A1109" s="0" t="s">
         <v>2215</v>
       </c>
       <c r="B1109" s="0" t="s">
         <v>2216</v>
       </c>
     </row>
     <row r="1110">
       <c r="A1110" s="0" t="s">
         <v>2217</v>
       </c>
       <c r="B1110" s="0" t="s">
-        <v>1274</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="1111">
       <c r="A1111" s="0" t="s">
-        <v>2218</v>
+        <v>2219</v>
       </c>
       <c r="B1111" s="0" t="s">
-        <v>2219</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="1112">
       <c r="A1112" s="0" t="s">
-        <v>2220</v>
+        <v>2221</v>
       </c>
       <c r="B1112" s="0" t="s">
-        <v>2221</v>
+        <v>2222</v>
       </c>
     </row>
     <row r="1113">
       <c r="A1113" s="0" t="s">
-        <v>2222</v>
+        <v>2223</v>
       </c>
       <c r="B1113" s="0" t="s">
-        <v>2223</v>
+        <v>2224</v>
       </c>
     </row>
     <row r="1114">
       <c r="A1114" s="0" t="s">
-        <v>2224</v>
+        <v>2225</v>
       </c>
       <c r="B1114" s="0" t="s">
-        <v>2225</v>
+        <v>2226</v>
       </c>
     </row>
     <row r="1115">
       <c r="A1115" s="0" t="s">
-        <v>2226</v>
+        <v>2227</v>
       </c>
       <c r="B1115" s="0" t="s">
-        <v>2227</v>
+        <v>2228</v>
       </c>
     </row>
     <row r="1116">
       <c r="A1116" s="0" t="s">
-        <v>2228</v>
+        <v>2229</v>
       </c>
       <c r="B1116" s="0" t="s">
-        <v>2229</v>
+        <v>2230</v>
       </c>
     </row>
     <row r="1117">
       <c r="A1117" s="0" t="s">
-        <v>2230</v>
+        <v>2231</v>
       </c>
       <c r="B1117" s="0" t="s">
-        <v>2231</v>
+        <v>2232</v>
       </c>
     </row>
     <row r="1118">
       <c r="A1118" s="0" t="s">
-        <v>2232</v>
+        <v>2233</v>
       </c>
       <c r="B1118" s="0" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
     </row>
     <row r="1119">
       <c r="A1119" s="0" t="s">
-        <v>2234</v>
+        <v>2235</v>
       </c>
       <c r="B1119" s="0" t="s">
-        <v>2235</v>
+        <v>2236</v>
       </c>
     </row>
     <row r="1120">
       <c r="A1120" s="0" t="s">
-        <v>2236</v>
+        <v>2237</v>
       </c>
       <c r="B1120" s="0" t="s">
-        <v>2237</v>
+        <v>2238</v>
       </c>
     </row>
     <row r="1121">
       <c r="A1121" s="0" t="s">
-        <v>2238</v>
+        <v>2239</v>
       </c>
       <c r="B1121" s="0" t="s">
-        <v>2239</v>
+        <v>2240</v>
       </c>
     </row>
     <row r="1122">
       <c r="A1122" s="0" t="s">
-        <v>2240</v>
+        <v>2241</v>
       </c>
       <c r="B1122" s="0" t="s">
-        <v>2241</v>
+        <v>2242</v>
       </c>
     </row>
     <row r="1123">
       <c r="A1123" s="0" t="s">
-        <v>2242</v>
+        <v>2243</v>
       </c>
       <c r="B1123" s="0" t="s">
-        <v>2243</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="1124">
       <c r="A1124" s="0" t="s">
-        <v>2244</v>
+        <v>2245</v>
       </c>
       <c r="B1124" s="0" t="s">
-        <v>2245</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="1125">
       <c r="A1125" s="0" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
       <c r="B1125" s="0" t="s">
-        <v>2247</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="1126">
       <c r="A1126" s="0" t="s">
-        <v>2248</v>
+        <v>2249</v>
       </c>
       <c r="B1126" s="0" t="s">
-        <v>2152</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="1127">
       <c r="A1127" s="0" t="s">
-        <v>2249</v>
+        <v>2251</v>
       </c>
       <c r="B1127" s="0" t="s">
-        <v>2250</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="1128">
       <c r="A1128" s="0" t="s">
-        <v>2251</v>
+        <v>2253</v>
       </c>
       <c r="B1128" s="0" t="s">
-        <v>2252</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="1129">
       <c r="A1129" s="0" t="s">
-        <v>2253</v>
+        <v>2255</v>
       </c>
       <c r="B1129" s="0" t="s">
-        <v>2254</v>
+        <v>2256</v>
       </c>
     </row>
     <row r="1130">
       <c r="A1130" s="0" t="s">
-        <v>2255</v>
+        <v>2257</v>
       </c>
       <c r="B1130" s="0" t="s">
-        <v>2256</v>
+        <v>2258</v>
       </c>
     </row>
     <row r="1131">
       <c r="A1131" s="0" t="s">
-        <v>2257</v>
+        <v>2259</v>
       </c>
       <c r="B1131" s="0" t="s">
-        <v>2258</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="1132">
       <c r="A1132" s="0" t="s">
-        <v>2259</v>
+        <v>2261</v>
       </c>
       <c r="B1132" s="0" t="s">
-        <v>2260</v>
+        <v>2262</v>
       </c>
     </row>
     <row r="1133">
       <c r="A1133" s="0" t="s">
-        <v>2261</v>
+        <v>2263</v>
       </c>
       <c r="B1133" s="0" t="s">
-        <v>2262</v>
+        <v>2264</v>
       </c>
     </row>
     <row r="1134">
       <c r="A1134" s="0" t="s">
-        <v>2263</v>
+        <v>2265</v>
       </c>
       <c r="B1134" s="0" t="s">
-        <v>2264</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="1135">
       <c r="A1135" s="0" t="s">
-        <v>2265</v>
+        <v>2267</v>
       </c>
       <c r="B1135" s="0" t="s">
-        <v>2266</v>
+        <v>2268</v>
       </c>
     </row>
     <row r="1136">
       <c r="A1136" s="0" t="s">
-        <v>2267</v>
+        <v>2269</v>
       </c>
       <c r="B1136" s="0" t="s">
-        <v>2268</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="1137">
       <c r="A1137" s="0" t="s">
-        <v>2269</v>
+        <v>2271</v>
       </c>
       <c r="B1137" s="0" t="s">
-        <v>2270</v>
+        <v>2272</v>
       </c>
     </row>
     <row r="1138">
       <c r="A1138" s="0" t="s">
-        <v>2271</v>
+        <v>2273</v>
       </c>
       <c r="B1138" s="0" t="s">
-        <v>2272</v>
+        <v>2274</v>
       </c>
     </row>
     <row r="1139">
       <c r="A1139" s="0" t="s">
-        <v>2273</v>
+        <v>2275</v>
       </c>
       <c r="B1139" s="0" t="s">
-        <v>2274</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="1140">
       <c r="A1140" s="0" t="s">
-        <v>2275</v>
+        <v>2277</v>
       </c>
       <c r="B1140" s="0" t="s">
-        <v>2276</v>
+        <v>2278</v>
       </c>
     </row>
     <row r="1141">
       <c r="A1141" s="0" t="s">
-        <v>2277</v>
+        <v>2279</v>
       </c>
       <c r="B1141" s="0" t="s">
-        <v>2278</v>
+        <v>2280</v>
       </c>
     </row>
     <row r="1142">
       <c r="A1142" s="0" t="s">
-        <v>2279</v>
+        <v>2281</v>
       </c>
       <c r="B1142" s="0" t="s">
-        <v>2280</v>
+        <v>2282</v>
       </c>
     </row>
     <row r="1143">
       <c r="A1143" s="0" t="s">
-        <v>2281</v>
+        <v>2283</v>
       </c>
       <c r="B1143" s="0" t="s">
-        <v>2282</v>
+        <v>2284</v>
       </c>
     </row>
     <row r="1144">
       <c r="A1144" s="0" t="s">
-        <v>2283</v>
+        <v>2285</v>
       </c>
       <c r="B1144" s="0" t="s">
-        <v>2284</v>
+        <v>2286</v>
       </c>
     </row>
     <row r="1145">
       <c r="A1145" s="0" t="s">
-        <v>2285</v>
+        <v>2287</v>
       </c>
       <c r="B1145" s="0" t="s">
-        <v>2286</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="1146">
       <c r="A1146" s="0" t="s">
-        <v>2287</v>
+        <v>2289</v>
       </c>
       <c r="B1146" s="0" t="s">
-        <v>2288</v>
+        <v>2290</v>
       </c>
     </row>
     <row r="1147">
       <c r="A1147" s="0" t="s">
-        <v>2289</v>
+        <v>2291</v>
       </c>
       <c r="B1147" s="0" t="s">
-        <v>2290</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="1148">
       <c r="A1148" s="0" t="s">
-        <v>2291</v>
+        <v>2293</v>
       </c>
       <c r="B1148" s="0" t="s">
-        <v>2292</v>
+        <v>2294</v>
       </c>
     </row>
     <row r="1149">
       <c r="A1149" s="0" t="s">
-        <v>2293</v>
+        <v>2295</v>
       </c>
       <c r="B1149" s="0" t="s">
-        <v>2294</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="1150">
       <c r="A1150" s="0" t="s">
-        <v>2295</v>
+        <v>2297</v>
       </c>
       <c r="B1150" s="0" t="s">
-        <v>2296</v>
+        <v>2298</v>
       </c>
     </row>
     <row r="1151">
       <c r="A1151" s="0" t="s">
-        <v>2297</v>
+        <v>2299</v>
       </c>
       <c r="B1151" s="0" t="s">
-        <v>2298</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="1152">
       <c r="A1152" s="0" t="s">
-        <v>2299</v>
+        <v>2301</v>
       </c>
       <c r="B1152" s="0" t="s">
-        <v>2300</v>
+        <v>2302</v>
       </c>
     </row>
     <row r="1153">
       <c r="A1153" s="0" t="s">
-        <v>2301</v>
+        <v>2303</v>
       </c>
       <c r="B1153" s="0" t="s">
-        <v>2302</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="1154">
       <c r="A1154" s="0" t="s">
-        <v>2303</v>
+        <v>2305</v>
       </c>
       <c r="B1154" s="0" t="s">
-        <v>2304</v>
+        <v>2306</v>
       </c>
     </row>
     <row r="1155">
       <c r="A1155" s="0" t="s">
-        <v>2305</v>
+        <v>2307</v>
       </c>
       <c r="B1155" s="0" t="s">
-        <v>2306</v>
+        <v>2308</v>
       </c>
     </row>
     <row r="1156">
       <c r="A1156" s="0" t="s">
-        <v>2307</v>
+        <v>2309</v>
       </c>
       <c r="B1156" s="0" t="s">
-        <v>2308</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="1157">
       <c r="A1157" s="0" t="s">
-        <v>2309</v>
+        <v>2311</v>
       </c>
       <c r="B1157" s="0" t="s">
-        <v>2310</v>
+        <v>2312</v>
       </c>
     </row>
     <row r="1158">
       <c r="A1158" s="0" t="s">
-        <v>2311</v>
+        <v>2313</v>
       </c>
       <c r="B1158" s="0" t="s">
-        <v>2312</v>
+        <v>2314</v>
       </c>
     </row>
     <row r="1159">
       <c r="A1159" s="0" t="s">
-        <v>2313</v>
+        <v>2315</v>
       </c>
       <c r="B1159" s="0" t="s">
-        <v>2314</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="1160">
       <c r="A1160" s="0" t="s">
-        <v>2315</v>
+        <v>2316</v>
       </c>
       <c r="B1160" s="0" t="s">
-        <v>2316</v>
+        <v>2317</v>
       </c>
     </row>
     <row r="1161">
       <c r="A1161" s="0" t="s">
-        <v>2317</v>
+        <v>2318</v>
       </c>
       <c r="B1161" s="0" t="s">
-        <v>2318</v>
+        <v>2319</v>
       </c>
     </row>
     <row r="1162">
       <c r="A1162" s="0" t="s">
-        <v>2319</v>
+        <v>2320</v>
       </c>
       <c r="B1162" s="0" t="s">
-        <v>2320</v>
+        <v>2321</v>
       </c>
     </row>
     <row r="1163">
       <c r="A1163" s="0" t="s">
-        <v>2321</v>
+        <v>2322</v>
       </c>
       <c r="B1163" s="0" t="s">
-        <v>2322</v>
+        <v>2323</v>
       </c>
     </row>
     <row r="1164">
       <c r="A1164" s="0" t="s">
-        <v>2323</v>
+        <v>2324</v>
       </c>
       <c r="B1164" s="0" t="s">
-        <v>2324</v>
+        <v>2325</v>
       </c>
     </row>
     <row r="1165">
       <c r="A1165" s="0" t="s">
-        <v>2325</v>
+        <v>2326</v>
       </c>
       <c r="B1165" s="0" t="s">
-        <v>2326</v>
+        <v>2327</v>
       </c>
     </row>
     <row r="1166">
       <c r="A1166" s="0" t="s">
-        <v>2327</v>
+        <v>2328</v>
       </c>
       <c r="B1166" s="0" t="s">
-        <v>2328</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="1167">
       <c r="A1167" s="0" t="s">
-        <v>2329</v>
+        <v>2330</v>
       </c>
       <c r="B1167" s="0" t="s">
-        <v>2330</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="1168">
       <c r="A1168" s="0" t="s">
-        <v>2331</v>
+        <v>2332</v>
       </c>
       <c r="B1168" s="0" t="s">
-        <v>2332</v>
+        <v>2333</v>
       </c>
     </row>
     <row r="1169">
       <c r="A1169" s="0" t="s">
-        <v>2333</v>
+        <v>2334</v>
       </c>
       <c r="B1169" s="0" t="s">
-        <v>2334</v>
+        <v>2335</v>
       </c>
     </row>
     <row r="1170">
       <c r="A1170" s="0" t="s">
-        <v>2335</v>
+        <v>2336</v>
       </c>
       <c r="B1170" s="0" t="s">
-        <v>2336</v>
+        <v>2337</v>
       </c>
     </row>
     <row r="1171">
       <c r="A1171" s="0" t="s">
-        <v>2337</v>
+        <v>2338</v>
       </c>
       <c r="B1171" s="0" t="s">
-        <v>2338</v>
+        <v>2339</v>
       </c>
     </row>
     <row r="1172">
       <c r="A1172" s="0" t="s">
-        <v>2339</v>
+        <v>2340</v>
       </c>
       <c r="B1172" s="0" t="s">
-        <v>2340</v>
+        <v>2341</v>
       </c>
     </row>
     <row r="1173">
       <c r="A1173" s="0" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
       <c r="B1173" s="0" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
     </row>
     <row r="1174">
       <c r="A1174" s="0" t="s">
-        <v>2343</v>
+        <v>2344</v>
       </c>
       <c r="B1174" s="0" t="s">
-        <v>2344</v>
+        <v>2345</v>
       </c>
     </row>
     <row r="1175">
       <c r="A1175" s="0" t="s">
-        <v>2345</v>
+        <v>2346</v>
       </c>
       <c r="B1175" s="0" t="s">
-        <v>2346</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="1176">
       <c r="A1176" s="0" t="s">
         <v>2347</v>
       </c>
       <c r="B1176" s="0" t="s">
         <v>2348</v>
       </c>
     </row>
     <row r="1177">
       <c r="A1177" s="0" t="s">
         <v>2349</v>
       </c>
       <c r="B1177" s="0" t="s">
         <v>2350</v>
       </c>
     </row>
     <row r="1178">
       <c r="A1178" s="0" t="s">
         <v>2351</v>
       </c>
       <c r="B1178" s="0" t="s">
         <v>2352</v>
       </c>
@@ -30327,443 +30621,443 @@
       <c r="B2044" s="0" t="s">
         <v>4084</v>
       </c>
     </row>
     <row r="2045">
       <c r="A2045" s="0" t="s">
         <v>4085</v>
       </c>
       <c r="B2045" s="0" t="s">
         <v>4086</v>
       </c>
     </row>
     <row r="2046">
       <c r="A2046" s="0" t="s">
         <v>4087</v>
       </c>
       <c r="B2046" s="0" t="s">
         <v>4088</v>
       </c>
     </row>
     <row r="2047">
       <c r="A2047" s="0" t="s">
         <v>4089</v>
       </c>
       <c r="B2047" s="0" t="s">
-        <v>4086</v>
+        <v>4090</v>
       </c>
     </row>
     <row r="2048">
       <c r="A2048" s="0" t="s">
-        <v>4090</v>
+        <v>4091</v>
       </c>
       <c r="B2048" s="0" t="s">
-        <v>4091</v>
+        <v>4092</v>
       </c>
     </row>
     <row r="2049">
       <c r="A2049" s="0" t="s">
-        <v>4092</v>
+        <v>4093</v>
       </c>
       <c r="B2049" s="0" t="s">
-        <v>4093</v>
+        <v>4094</v>
       </c>
     </row>
     <row r="2050">
       <c r="A2050" s="0" t="s">
-        <v>4094</v>
+        <v>4095</v>
       </c>
       <c r="B2050" s="0" t="s">
-        <v>4095</v>
+        <v>4096</v>
       </c>
     </row>
     <row r="2051">
       <c r="A2051" s="0" t="s">
-        <v>4096</v>
+        <v>4097</v>
       </c>
       <c r="B2051" s="0" t="s">
-        <v>4097</v>
+        <v>4098</v>
       </c>
     </row>
     <row r="2052">
       <c r="A2052" s="0" t="s">
-        <v>4098</v>
+        <v>4099</v>
       </c>
       <c r="B2052" s="0" t="s">
-        <v>4099</v>
+        <v>4100</v>
       </c>
     </row>
     <row r="2053">
       <c r="A2053" s="0" t="s">
-        <v>4100</v>
+        <v>4101</v>
       </c>
       <c r="B2053" s="0" t="s">
-        <v>4101</v>
+        <v>4102</v>
       </c>
     </row>
     <row r="2054">
       <c r="A2054" s="0" t="s">
-        <v>4102</v>
+        <v>4103</v>
       </c>
       <c r="B2054" s="0" t="s">
-        <v>4103</v>
+        <v>4104</v>
       </c>
     </row>
     <row r="2055">
       <c r="A2055" s="0" t="s">
-        <v>4104</v>
+        <v>4105</v>
       </c>
       <c r="B2055" s="0" t="s">
-        <v>4105</v>
+        <v>4106</v>
       </c>
     </row>
     <row r="2056">
       <c r="A2056" s="0" t="s">
-        <v>4106</v>
+        <v>4107</v>
       </c>
       <c r="B2056" s="0" t="s">
-        <v>4107</v>
+        <v>4108</v>
       </c>
     </row>
     <row r="2057">
       <c r="A2057" s="0" t="s">
-        <v>4108</v>
+        <v>4109</v>
       </c>
       <c r="B2057" s="0" t="s">
-        <v>4109</v>
+        <v>4110</v>
       </c>
     </row>
     <row r="2058">
       <c r="A2058" s="0" t="s">
-        <v>4110</v>
+        <v>4111</v>
       </c>
       <c r="B2058" s="0" t="s">
-        <v>4111</v>
+        <v>4112</v>
       </c>
     </row>
     <row r="2059">
       <c r="A2059" s="0" t="s">
-        <v>4112</v>
+        <v>4113</v>
       </c>
       <c r="B2059" s="0" t="s">
-        <v>4113</v>
+        <v>4114</v>
       </c>
     </row>
     <row r="2060">
       <c r="A2060" s="0" t="s">
-        <v>4114</v>
+        <v>4115</v>
       </c>
       <c r="B2060" s="0" t="s">
-        <v>4115</v>
+        <v>4116</v>
       </c>
     </row>
     <row r="2061">
       <c r="A2061" s="0" t="s">
-        <v>4116</v>
+        <v>4117</v>
       </c>
       <c r="B2061" s="0" t="s">
-        <v>4117</v>
+        <v>4118</v>
       </c>
     </row>
     <row r="2062">
       <c r="A2062" s="0" t="s">
-        <v>4118</v>
+        <v>4119</v>
       </c>
       <c r="B2062" s="0" t="s">
-        <v>4119</v>
+        <v>4120</v>
       </c>
     </row>
     <row r="2063">
       <c r="A2063" s="0" t="s">
-        <v>4120</v>
+        <v>4121</v>
       </c>
       <c r="B2063" s="0" t="s">
-        <v>4121</v>
+        <v>4122</v>
       </c>
     </row>
     <row r="2064">
       <c r="A2064" s="0" t="s">
-        <v>4122</v>
+        <v>4123</v>
       </c>
       <c r="B2064" s="0" t="s">
-        <v>4123</v>
+        <v>4124</v>
       </c>
     </row>
     <row r="2065">
       <c r="A2065" s="0" t="s">
-        <v>4124</v>
+        <v>4125</v>
       </c>
       <c r="B2065" s="0" t="s">
-        <v>4125</v>
+        <v>4126</v>
       </c>
     </row>
     <row r="2066">
       <c r="A2066" s="0" t="s">
-        <v>4126</v>
+        <v>4127</v>
       </c>
       <c r="B2066" s="0" t="s">
-        <v>4127</v>
+        <v>4128</v>
       </c>
     </row>
     <row r="2067">
       <c r="A2067" s="0" t="s">
-        <v>4128</v>
+        <v>4129</v>
       </c>
       <c r="B2067" s="0" t="s">
-        <v>4129</v>
+        <v>4130</v>
       </c>
     </row>
     <row r="2068">
       <c r="A2068" s="0" t="s">
-        <v>4130</v>
+        <v>4131</v>
       </c>
       <c r="B2068" s="0" t="s">
-        <v>4131</v>
+        <v>4132</v>
       </c>
     </row>
     <row r="2069">
       <c r="A2069" s="0" t="s">
-        <v>4132</v>
+        <v>4133</v>
       </c>
       <c r="B2069" s="0" t="s">
-        <v>4133</v>
+        <v>4134</v>
       </c>
     </row>
     <row r="2070">
       <c r="A2070" s="0" t="s">
-        <v>4134</v>
+        <v>4135</v>
       </c>
       <c r="B2070" s="0" t="s">
-        <v>4135</v>
+        <v>4136</v>
       </c>
     </row>
     <row r="2071">
       <c r="A2071" s="0" t="s">
-        <v>4136</v>
+        <v>4137</v>
       </c>
       <c r="B2071" s="0" t="s">
-        <v>4137</v>
+        <v>4138</v>
       </c>
     </row>
     <row r="2072">
       <c r="A2072" s="0" t="s">
-        <v>4138</v>
+        <v>4139</v>
       </c>
       <c r="B2072" s="0" t="s">
-        <v>4139</v>
+        <v>4140</v>
       </c>
     </row>
     <row r="2073">
       <c r="A2073" s="0" t="s">
-        <v>4140</v>
+        <v>4141</v>
       </c>
       <c r="B2073" s="0" t="s">
-        <v>4141</v>
+        <v>4142</v>
       </c>
     </row>
     <row r="2074">
       <c r="A2074" s="0" t="s">
-        <v>4142</v>
+        <v>4143</v>
       </c>
       <c r="B2074" s="0" t="s">
-        <v>4143</v>
+        <v>4144</v>
       </c>
     </row>
     <row r="2075">
       <c r="A2075" s="0" t="s">
-        <v>4144</v>
+        <v>4145</v>
       </c>
       <c r="B2075" s="0" t="s">
-        <v>4145</v>
+        <v>4146</v>
       </c>
     </row>
     <row r="2076">
       <c r="A2076" s="0" t="s">
-        <v>4146</v>
+        <v>4147</v>
       </c>
       <c r="B2076" s="0" t="s">
-        <v>4147</v>
+        <v>4148</v>
       </c>
     </row>
     <row r="2077">
       <c r="A2077" s="0" t="s">
-        <v>4148</v>
+        <v>4149</v>
       </c>
       <c r="B2077" s="0" t="s">
-        <v>4149</v>
+        <v>4150</v>
       </c>
     </row>
     <row r="2078">
       <c r="A2078" s="0" t="s">
-        <v>4150</v>
+        <v>4151</v>
       </c>
       <c r="B2078" s="0" t="s">
-        <v>4151</v>
+        <v>4152</v>
       </c>
     </row>
     <row r="2079">
       <c r="A2079" s="0" t="s">
-        <v>4152</v>
+        <v>4153</v>
       </c>
       <c r="B2079" s="0" t="s">
-        <v>4153</v>
+        <v>4154</v>
       </c>
     </row>
     <row r="2080">
       <c r="A2080" s="0" t="s">
-        <v>4154</v>
+        <v>4155</v>
       </c>
       <c r="B2080" s="0" t="s">
-        <v>4155</v>
+        <v>4156</v>
       </c>
     </row>
     <row r="2081">
       <c r="A2081" s="0" t="s">
-        <v>4156</v>
+        <v>4157</v>
       </c>
       <c r="B2081" s="0" t="s">
-        <v>4157</v>
+        <v>4158</v>
       </c>
     </row>
     <row r="2082">
       <c r="A2082" s="0" t="s">
-        <v>4158</v>
+        <v>4159</v>
       </c>
       <c r="B2082" s="0" t="s">
-        <v>4159</v>
+        <v>4160</v>
       </c>
     </row>
     <row r="2083">
       <c r="A2083" s="0" t="s">
-        <v>4160</v>
+        <v>4161</v>
       </c>
       <c r="B2083" s="0" t="s">
-        <v>4161</v>
+        <v>4162</v>
       </c>
     </row>
     <row r="2084">
       <c r="A2084" s="0" t="s">
-        <v>4162</v>
+        <v>4163</v>
       </c>
       <c r="B2084" s="0" t="s">
-        <v>4163</v>
+        <v>4164</v>
       </c>
     </row>
     <row r="2085">
       <c r="A2085" s="0" t="s">
-        <v>4164</v>
+        <v>4165</v>
       </c>
       <c r="B2085" s="0" t="s">
-        <v>4165</v>
+        <v>4166</v>
       </c>
     </row>
     <row r="2086">
       <c r="A2086" s="0" t="s">
-        <v>4166</v>
+        <v>4167</v>
       </c>
       <c r="B2086" s="0" t="s">
-        <v>4167</v>
+        <v>4168</v>
       </c>
     </row>
     <row r="2087">
       <c r="A2087" s="0" t="s">
-        <v>4168</v>
+        <v>4169</v>
       </c>
       <c r="B2087" s="0" t="s">
-        <v>4169</v>
+        <v>4170</v>
       </c>
     </row>
     <row r="2088">
       <c r="A2088" s="0" t="s">
-        <v>4170</v>
+        <v>4171</v>
       </c>
       <c r="B2088" s="0" t="s">
-        <v>4171</v>
+        <v>4172</v>
       </c>
     </row>
     <row r="2089">
       <c r="A2089" s="0" t="s">
-        <v>4172</v>
+        <v>4173</v>
       </c>
       <c r="B2089" s="0" t="s">
-        <v>4173</v>
+        <v>4174</v>
       </c>
     </row>
     <row r="2090">
       <c r="A2090" s="0" t="s">
-        <v>4174</v>
+        <v>4175</v>
       </c>
       <c r="B2090" s="0" t="s">
-        <v>4175</v>
+        <v>4176</v>
       </c>
     </row>
     <row r="2091">
       <c r="A2091" s="0" t="s">
-        <v>4176</v>
+        <v>4177</v>
       </c>
       <c r="B2091" s="0" t="s">
-        <v>4177</v>
+        <v>4178</v>
       </c>
     </row>
     <row r="2092">
       <c r="A2092" s="0" t="s">
-        <v>4178</v>
+        <v>4179</v>
       </c>
       <c r="B2092" s="0" t="s">
-        <v>4179</v>
+        <v>4180</v>
       </c>
     </row>
     <row r="2093">
       <c r="A2093" s="0" t="s">
-        <v>4180</v>
+        <v>4181</v>
       </c>
       <c r="B2093" s="0" t="s">
-        <v>4181</v>
+        <v>4182</v>
       </c>
     </row>
     <row r="2094">
       <c r="A2094" s="0" t="s">
-        <v>4182</v>
+        <v>4183</v>
       </c>
       <c r="B2094" s="0" t="s">
-        <v>4183</v>
+        <v>4184</v>
       </c>
     </row>
     <row r="2095">
       <c r="A2095" s="0" t="s">
-        <v>4184</v>
+        <v>4185</v>
       </c>
       <c r="B2095" s="0" t="s">
-        <v>4185</v>
+        <v>4186</v>
       </c>
     </row>
     <row r="2096">
       <c r="A2096" s="0" t="s">
-        <v>4186</v>
+        <v>4187</v>
       </c>
       <c r="B2096" s="0" t="s">
-        <v>4187</v>
+        <v>4184</v>
       </c>
     </row>
     <row r="2097">
       <c r="A2097" s="0" t="s">
         <v>4188</v>
       </c>
       <c r="B2097" s="0" t="s">
         <v>4189</v>
       </c>
     </row>
     <row r="2098">
       <c r="A2098" s="0" t="s">
         <v>4190</v>
       </c>
       <c r="B2098" s="0" t="s">
         <v>4191</v>
       </c>
     </row>
     <row r="2099">
       <c r="A2099" s="0" t="s">
         <v>4192</v>
       </c>
       <c r="B2099" s="0" t="s">
         <v>4193</v>
       </c>
@@ -31335,443 +31629,443 @@
       <c r="B2170" s="0" t="s">
         <v>4335</v>
       </c>
     </row>
     <row r="2171">
       <c r="A2171" s="0" t="s">
         <v>4336</v>
       </c>
       <c r="B2171" s="0" t="s">
         <v>4337</v>
       </c>
     </row>
     <row r="2172">
       <c r="A2172" s="0" t="s">
         <v>4338</v>
       </c>
       <c r="B2172" s="0" t="s">
         <v>4339</v>
       </c>
     </row>
     <row r="2173">
       <c r="A2173" s="0" t="s">
         <v>4340</v>
       </c>
       <c r="B2173" s="0" t="s">
-        <v>4335</v>
+        <v>4341</v>
       </c>
     </row>
     <row r="2174">
       <c r="A2174" s="0" t="s">
-        <v>4341</v>
+        <v>4342</v>
       </c>
       <c r="B2174" s="0" t="s">
-        <v>4342</v>
+        <v>4343</v>
       </c>
     </row>
     <row r="2175">
       <c r="A2175" s="0" t="s">
-        <v>4343</v>
+        <v>4344</v>
       </c>
       <c r="B2175" s="0" t="s">
-        <v>4344</v>
+        <v>4345</v>
       </c>
     </row>
     <row r="2176">
       <c r="A2176" s="0" t="s">
-        <v>4345</v>
+        <v>4346</v>
       </c>
       <c r="B2176" s="0" t="s">
-        <v>4346</v>
+        <v>4347</v>
       </c>
     </row>
     <row r="2177">
       <c r="A2177" s="0" t="s">
-        <v>4347</v>
+        <v>4348</v>
       </c>
       <c r="B2177" s="0" t="s">
-        <v>4348</v>
+        <v>4349</v>
       </c>
     </row>
     <row r="2178">
       <c r="A2178" s="0" t="s">
-        <v>4349</v>
+        <v>4350</v>
       </c>
       <c r="B2178" s="0" t="s">
-        <v>4350</v>
+        <v>4351</v>
       </c>
     </row>
     <row r="2179">
       <c r="A2179" s="0" t="s">
-        <v>4351</v>
+        <v>4352</v>
       </c>
       <c r="B2179" s="0" t="s">
-        <v>4352</v>
+        <v>4353</v>
       </c>
     </row>
     <row r="2180">
       <c r="A2180" s="0" t="s">
-        <v>4353</v>
+        <v>4354</v>
       </c>
       <c r="B2180" s="0" t="s">
-        <v>4354</v>
+        <v>4355</v>
       </c>
     </row>
     <row r="2181">
       <c r="A2181" s="0" t="s">
-        <v>4355</v>
+        <v>4356</v>
       </c>
       <c r="B2181" s="0" t="s">
-        <v>4356</v>
+        <v>4357</v>
       </c>
     </row>
     <row r="2182">
       <c r="A2182" s="0" t="s">
-        <v>4357</v>
+        <v>4358</v>
       </c>
       <c r="B2182" s="0" t="s">
-        <v>4358</v>
+        <v>4359</v>
       </c>
     </row>
     <row r="2183">
       <c r="A2183" s="0" t="s">
-        <v>4359</v>
+        <v>4360</v>
       </c>
       <c r="B2183" s="0" t="s">
-        <v>4360</v>
+        <v>4361</v>
       </c>
     </row>
     <row r="2184">
       <c r="A2184" s="0" t="s">
-        <v>4361</v>
+        <v>4362</v>
       </c>
       <c r="B2184" s="0" t="s">
-        <v>4362</v>
+        <v>4363</v>
       </c>
     </row>
     <row r="2185">
       <c r="A2185" s="0" t="s">
-        <v>4363</v>
+        <v>4364</v>
       </c>
       <c r="B2185" s="0" t="s">
-        <v>4364</v>
+        <v>4365</v>
       </c>
     </row>
     <row r="2186">
       <c r="A2186" s="0" t="s">
-        <v>4365</v>
+        <v>4366</v>
       </c>
       <c r="B2186" s="0" t="s">
-        <v>4366</v>
+        <v>4367</v>
       </c>
     </row>
     <row r="2187">
       <c r="A2187" s="0" t="s">
-        <v>4367</v>
+        <v>4368</v>
       </c>
       <c r="B2187" s="0" t="s">
-        <v>4368</v>
+        <v>4369</v>
       </c>
     </row>
     <row r="2188">
       <c r="A2188" s="0" t="s">
-        <v>4369</v>
+        <v>4370</v>
       </c>
       <c r="B2188" s="0" t="s">
-        <v>4370</v>
+        <v>4371</v>
       </c>
     </row>
     <row r="2189">
       <c r="A2189" s="0" t="s">
-        <v>4371</v>
+        <v>4372</v>
       </c>
       <c r="B2189" s="0" t="s">
-        <v>4372</v>
+        <v>4373</v>
       </c>
     </row>
     <row r="2190">
       <c r="A2190" s="0" t="s">
-        <v>4373</v>
+        <v>4374</v>
       </c>
       <c r="B2190" s="0" t="s">
-        <v>4374</v>
+        <v>4375</v>
       </c>
     </row>
     <row r="2191">
       <c r="A2191" s="0" t="s">
-        <v>4375</v>
+        <v>4376</v>
       </c>
       <c r="B2191" s="0" t="s">
-        <v>4376</v>
+        <v>4377</v>
       </c>
     </row>
     <row r="2192">
       <c r="A2192" s="0" t="s">
-        <v>4377</v>
+        <v>4378</v>
       </c>
       <c r="B2192" s="0" t="s">
-        <v>4378</v>
+        <v>4379</v>
       </c>
     </row>
     <row r="2193">
       <c r="A2193" s="0" t="s">
-        <v>4379</v>
+        <v>4380</v>
       </c>
       <c r="B2193" s="0" t="s">
-        <v>4380</v>
+        <v>4381</v>
       </c>
     </row>
     <row r="2194">
       <c r="A2194" s="0" t="s">
-        <v>4381</v>
+        <v>4382</v>
       </c>
       <c r="B2194" s="0" t="s">
-        <v>4382</v>
+        <v>4383</v>
       </c>
     </row>
     <row r="2195">
       <c r="A2195" s="0" t="s">
-        <v>4383</v>
+        <v>4384</v>
       </c>
       <c r="B2195" s="0" t="s">
-        <v>4384</v>
+        <v>4385</v>
       </c>
     </row>
     <row r="2196">
       <c r="A2196" s="0" t="s">
-        <v>4385</v>
+        <v>4386</v>
       </c>
       <c r="B2196" s="0" t="s">
-        <v>4386</v>
+        <v>4387</v>
       </c>
     </row>
     <row r="2197">
       <c r="A2197" s="0" t="s">
-        <v>4387</v>
+        <v>4388</v>
       </c>
       <c r="B2197" s="0" t="s">
-        <v>4388</v>
+        <v>4389</v>
       </c>
     </row>
     <row r="2198">
       <c r="A2198" s="0" t="s">
-        <v>4389</v>
+        <v>4390</v>
       </c>
       <c r="B2198" s="0" t="s">
-        <v>4390</v>
+        <v>4391</v>
       </c>
     </row>
     <row r="2199">
       <c r="A2199" s="0" t="s">
-        <v>4391</v>
+        <v>4392</v>
       </c>
       <c r="B2199" s="0" t="s">
-        <v>4392</v>
+        <v>4393</v>
       </c>
     </row>
     <row r="2200">
       <c r="A2200" s="0" t="s">
-        <v>4393</v>
+        <v>4394</v>
       </c>
       <c r="B2200" s="0" t="s">
-        <v>4394</v>
+        <v>4395</v>
       </c>
     </row>
     <row r="2201">
       <c r="A2201" s="0" t="s">
-        <v>4395</v>
+        <v>4396</v>
       </c>
       <c r="B2201" s="0" t="s">
-        <v>4396</v>
+        <v>4397</v>
       </c>
     </row>
     <row r="2202">
       <c r="A2202" s="0" t="s">
-        <v>4397</v>
+        <v>4398</v>
       </c>
       <c r="B2202" s="0" t="s">
-        <v>4398</v>
+        <v>4399</v>
       </c>
     </row>
     <row r="2203">
       <c r="A2203" s="0" t="s">
-        <v>4399</v>
+        <v>4400</v>
       </c>
       <c r="B2203" s="0" t="s">
-        <v>4400</v>
+        <v>4401</v>
       </c>
     </row>
     <row r="2204">
       <c r="A2204" s="0" t="s">
-        <v>4401</v>
+        <v>4402</v>
       </c>
       <c r="B2204" s="0" t="s">
-        <v>4402</v>
+        <v>4403</v>
       </c>
     </row>
     <row r="2205">
       <c r="A2205" s="0" t="s">
-        <v>4403</v>
+        <v>4404</v>
       </c>
       <c r="B2205" s="0" t="s">
-        <v>4404</v>
+        <v>4405</v>
       </c>
     </row>
     <row r="2206">
       <c r="A2206" s="0" t="s">
-        <v>4405</v>
+        <v>4406</v>
       </c>
       <c r="B2206" s="0" t="s">
-        <v>4406</v>
+        <v>4407</v>
       </c>
     </row>
     <row r="2207">
       <c r="A2207" s="0" t="s">
-        <v>4407</v>
+        <v>4408</v>
       </c>
       <c r="B2207" s="0" t="s">
-        <v>4408</v>
+        <v>4409</v>
       </c>
     </row>
     <row r="2208">
       <c r="A2208" s="0" t="s">
-        <v>4409</v>
+        <v>4410</v>
       </c>
       <c r="B2208" s="0" t="s">
-        <v>4410</v>
+        <v>4411</v>
       </c>
     </row>
     <row r="2209">
       <c r="A2209" s="0" t="s">
-        <v>4411</v>
+        <v>4412</v>
       </c>
       <c r="B2209" s="0" t="s">
-        <v>4412</v>
+        <v>4413</v>
       </c>
     </row>
     <row r="2210">
       <c r="A2210" s="0" t="s">
-        <v>4413</v>
+        <v>4414</v>
       </c>
       <c r="B2210" s="0" t="s">
-        <v>4414</v>
+        <v>4415</v>
       </c>
     </row>
     <row r="2211">
       <c r="A2211" s="0" t="s">
-        <v>4415</v>
+        <v>4416</v>
       </c>
       <c r="B2211" s="0" t="s">
-        <v>4416</v>
+        <v>4417</v>
       </c>
     </row>
     <row r="2212">
       <c r="A2212" s="0" t="s">
-        <v>4417</v>
+        <v>4418</v>
       </c>
       <c r="B2212" s="0" t="s">
-        <v>4418</v>
+        <v>4419</v>
       </c>
     </row>
     <row r="2213">
       <c r="A2213" s="0" t="s">
-        <v>4419</v>
+        <v>4420</v>
       </c>
       <c r="B2213" s="0" t="s">
-        <v>4420</v>
+        <v>4421</v>
       </c>
     </row>
     <row r="2214">
       <c r="A2214" s="0" t="s">
-        <v>4421</v>
+        <v>4422</v>
       </c>
       <c r="B2214" s="0" t="s">
-        <v>4422</v>
+        <v>4423</v>
       </c>
     </row>
     <row r="2215">
       <c r="A2215" s="0" t="s">
-        <v>4423</v>
+        <v>4424</v>
       </c>
       <c r="B2215" s="0" t="s">
-        <v>4424</v>
+        <v>4425</v>
       </c>
     </row>
     <row r="2216">
       <c r="A2216" s="0" t="s">
-        <v>4425</v>
+        <v>4426</v>
       </c>
       <c r="B2216" s="0" t="s">
-        <v>4426</v>
+        <v>4427</v>
       </c>
     </row>
     <row r="2217">
       <c r="A2217" s="0" t="s">
-        <v>4427</v>
+        <v>4428</v>
       </c>
       <c r="B2217" s="0" t="s">
-        <v>4428</v>
+        <v>4429</v>
       </c>
     </row>
     <row r="2218">
       <c r="A2218" s="0" t="s">
-        <v>4429</v>
+        <v>4430</v>
       </c>
       <c r="B2218" s="0" t="s">
-        <v>4430</v>
+        <v>4431</v>
       </c>
     </row>
     <row r="2219">
       <c r="A2219" s="0" t="s">
-        <v>4431</v>
+        <v>4432</v>
       </c>
       <c r="B2219" s="0" t="s">
-        <v>4432</v>
+        <v>4433</v>
       </c>
     </row>
     <row r="2220">
       <c r="A2220" s="0" t="s">
-        <v>4433</v>
+        <v>4434</v>
       </c>
       <c r="B2220" s="0" t="s">
-        <v>4434</v>
+        <v>4435</v>
       </c>
     </row>
     <row r="2221">
       <c r="A2221" s="0" t="s">
-        <v>4435</v>
+        <v>4436</v>
       </c>
       <c r="B2221" s="0" t="s">
-        <v>4436</v>
+        <v>4437</v>
       </c>
     </row>
     <row r="2222">
       <c r="A2222" s="0" t="s">
-        <v>4437</v>
+        <v>4438</v>
       </c>
       <c r="B2222" s="0" t="s">
-        <v>4438</v>
+        <v>4433</v>
       </c>
     </row>
     <row r="2223">
       <c r="A2223" s="0" t="s">
         <v>4439</v>
       </c>
       <c r="B2223" s="0" t="s">
         <v>4440</v>
       </c>
     </row>
     <row r="2224">
       <c r="A2224" s="0" t="s">
         <v>4441</v>
       </c>
       <c r="B2224" s="0" t="s">
         <v>4442</v>
       </c>
     </row>
     <row r="2225">
       <c r="A2225" s="0" t="s">
         <v>4443</v>
       </c>
       <c r="B2225" s="0" t="s">
         <v>4444</v>
       </c>
@@ -31839,760 +32133,1152 @@
       <c r="B2233" s="0" t="s">
         <v>4460</v>
       </c>
     </row>
     <row r="2234">
       <c r="A2234" s="0" t="s">
         <v>4461</v>
       </c>
       <c r="B2234" s="0" t="s">
         <v>4462</v>
       </c>
     </row>
     <row r="2235">
       <c r="A2235" s="0" t="s">
         <v>4463</v>
       </c>
       <c r="B2235" s="0" t="s">
         <v>4464</v>
       </c>
     </row>
     <row r="2236">
       <c r="A2236" s="0" t="s">
         <v>4465</v>
       </c>
       <c r="B2236" s="0" t="s">
-        <v>4241</v>
+        <v>4466</v>
       </c>
     </row>
     <row r="2237">
       <c r="A2237" s="0" t="s">
-        <v>4466</v>
+        <v>4467</v>
       </c>
       <c r="B2237" s="0" t="s">
-        <v>4467</v>
+        <v>4468</v>
       </c>
     </row>
     <row r="2238">
       <c r="A2238" s="0" t="s">
-        <v>4468</v>
+        <v>4469</v>
       </c>
       <c r="B2238" s="0" t="s">
-        <v>4469</v>
+        <v>4470</v>
       </c>
     </row>
     <row r="2239">
       <c r="A2239" s="0" t="s">
-        <v>4470</v>
+        <v>4471</v>
       </c>
       <c r="B2239" s="0" t="s">
-        <v>4471</v>
+        <v>4472</v>
       </c>
     </row>
     <row r="2240">
       <c r="A2240" s="0" t="s">
-        <v>4472</v>
+        <v>4473</v>
       </c>
       <c r="B2240" s="0" t="s">
-        <v>4473</v>
+        <v>4474</v>
       </c>
     </row>
     <row r="2241">
       <c r="A2241" s="0" t="s">
-        <v>4474</v>
+        <v>4475</v>
       </c>
       <c r="B2241" s="0" t="s">
-        <v>4475</v>
+        <v>4476</v>
       </c>
     </row>
     <row r="2242">
       <c r="A2242" s="0" t="s">
-        <v>4476</v>
+        <v>4477</v>
       </c>
       <c r="B2242" s="0" t="s">
-        <v>4477</v>
+        <v>4478</v>
       </c>
     </row>
     <row r="2243">
       <c r="A2243" s="0" t="s">
-        <v>4478</v>
+        <v>4479</v>
       </c>
       <c r="B2243" s="0" t="s">
-        <v>4479</v>
+        <v>4480</v>
       </c>
     </row>
     <row r="2244">
       <c r="A2244" s="0" t="s">
-        <v>4480</v>
+        <v>4481</v>
       </c>
       <c r="B2244" s="0" t="s">
-        <v>4481</v>
+        <v>4482</v>
       </c>
     </row>
     <row r="2245">
       <c r="A2245" s="0" t="s">
-        <v>4482</v>
+        <v>4483</v>
       </c>
       <c r="B2245" s="0" t="s">
-        <v>4483</v>
+        <v>4484</v>
       </c>
     </row>
     <row r="2246">
       <c r="A2246" s="0" t="s">
-        <v>4484</v>
+        <v>4485</v>
       </c>
       <c r="B2246" s="0" t="s">
-        <v>4485</v>
+        <v>4486</v>
       </c>
     </row>
     <row r="2247">
       <c r="A2247" s="0" t="s">
-        <v>4486</v>
+        <v>4487</v>
       </c>
       <c r="B2247" s="0" t="s">
-        <v>4487</v>
+        <v>4488</v>
       </c>
     </row>
     <row r="2248">
       <c r="A2248" s="0" t="s">
-        <v>4488</v>
+        <v>4489</v>
       </c>
       <c r="B2248" s="0" t="s">
-        <v>4489</v>
+        <v>4490</v>
       </c>
     </row>
     <row r="2249">
       <c r="A2249" s="0" t="s">
-        <v>4490</v>
+        <v>4491</v>
       </c>
       <c r="B2249" s="0" t="s">
-        <v>4491</v>
+        <v>4492</v>
       </c>
     </row>
     <row r="2250">
       <c r="A2250" s="0" t="s">
-        <v>4492</v>
+        <v>4493</v>
       </c>
       <c r="B2250" s="0" t="s">
-        <v>4493</v>
+        <v>4494</v>
       </c>
     </row>
     <row r="2251">
       <c r="A2251" s="0" t="s">
-        <v>4494</v>
+        <v>4495</v>
       </c>
       <c r="B2251" s="0" t="s">
-        <v>4495</v>
+        <v>4496</v>
       </c>
     </row>
     <row r="2252">
       <c r="A2252" s="0" t="s">
-        <v>4496</v>
+        <v>4497</v>
       </c>
       <c r="B2252" s="0" t="s">
-        <v>4497</v>
+        <v>4498</v>
       </c>
     </row>
     <row r="2253">
       <c r="A2253" s="0" t="s">
-        <v>4498</v>
+        <v>4499</v>
       </c>
       <c r="B2253" s="0" t="s">
-        <v>4499</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="2254">
       <c r="A2254" s="0" t="s">
-        <v>4500</v>
+        <v>4501</v>
       </c>
       <c r="B2254" s="0" t="s">
-        <v>4501</v>
+        <v>4502</v>
       </c>
     </row>
     <row r="2255">
       <c r="A2255" s="0" t="s">
-        <v>4502</v>
+        <v>4503</v>
       </c>
       <c r="B2255" s="0" t="s">
-        <v>4503</v>
+        <v>4504</v>
       </c>
     </row>
     <row r="2256">
       <c r="A2256" s="0" t="s">
-        <v>4504</v>
+        <v>4505</v>
       </c>
       <c r="B2256" s="0" t="s">
-        <v>4505</v>
+        <v>4506</v>
       </c>
     </row>
     <row r="2257">
       <c r="A2257" s="0" t="s">
-        <v>4506</v>
+        <v>4507</v>
       </c>
       <c r="B2257" s="0" t="s">
-        <v>4507</v>
+        <v>4508</v>
       </c>
     </row>
     <row r="2258">
       <c r="A2258" s="0" t="s">
-        <v>4508</v>
+        <v>4509</v>
       </c>
       <c r="B2258" s="0" t="s">
-        <v>4509</v>
+        <v>4510</v>
       </c>
     </row>
     <row r="2259">
       <c r="A2259" s="0" t="s">
-        <v>4510</v>
+        <v>4511</v>
       </c>
       <c r="B2259" s="0" t="s">
-        <v>4511</v>
+        <v>4512</v>
       </c>
     </row>
     <row r="2260">
       <c r="A2260" s="0" t="s">
-        <v>4512</v>
+        <v>4513</v>
       </c>
       <c r="B2260" s="0" t="s">
-        <v>4513</v>
+        <v>4514</v>
       </c>
     </row>
     <row r="2261">
       <c r="A2261" s="0" t="s">
-        <v>4514</v>
+        <v>4515</v>
       </c>
       <c r="B2261" s="0" t="s">
-        <v>4515</v>
+        <v>4516</v>
       </c>
     </row>
     <row r="2262">
       <c r="A2262" s="0" t="s">
-        <v>4516</v>
+        <v>4517</v>
       </c>
       <c r="B2262" s="0" t="s">
-        <v>4517</v>
+        <v>4518</v>
       </c>
     </row>
     <row r="2263">
       <c r="A2263" s="0" t="s">
-        <v>4518</v>
+        <v>4519</v>
       </c>
       <c r="B2263" s="0" t="s">
-        <v>4519</v>
+        <v>4520</v>
       </c>
     </row>
     <row r="2264">
       <c r="A2264" s="0" t="s">
-        <v>4520</v>
+        <v>4521</v>
       </c>
       <c r="B2264" s="0" t="s">
-        <v>4521</v>
+        <v>4522</v>
       </c>
     </row>
     <row r="2265">
       <c r="A2265" s="0" t="s">
-        <v>4522</v>
+        <v>4523</v>
       </c>
       <c r="B2265" s="0" t="s">
-        <v>4523</v>
+        <v>4524</v>
       </c>
     </row>
     <row r="2266">
       <c r="A2266" s="0" t="s">
-        <v>4524</v>
+        <v>4525</v>
       </c>
       <c r="B2266" s="0" t="s">
-        <v>4525</v>
+        <v>4526</v>
       </c>
     </row>
     <row r="2267">
       <c r="A2267" s="0" t="s">
-        <v>4526</v>
+        <v>4527</v>
       </c>
       <c r="B2267" s="0" t="s">
-        <v>4527</v>
+        <v>4528</v>
       </c>
     </row>
     <row r="2268">
       <c r="A2268" s="0" t="s">
-        <v>4528</v>
+        <v>4529</v>
       </c>
       <c r="B2268" s="0" t="s">
-        <v>4529</v>
+        <v>4530</v>
       </c>
     </row>
     <row r="2269">
       <c r="A2269" s="0" t="s">
-        <v>4530</v>
+        <v>4531</v>
       </c>
       <c r="B2269" s="0" t="s">
-        <v>4531</v>
+        <v>4532</v>
       </c>
     </row>
     <row r="2270">
       <c r="A2270" s="0" t="s">
-        <v>4532</v>
+        <v>4533</v>
       </c>
       <c r="B2270" s="0" t="s">
-        <v>4533</v>
+        <v>4534</v>
       </c>
     </row>
     <row r="2271">
       <c r="A2271" s="0" t="s">
-        <v>4534</v>
+        <v>4535</v>
       </c>
       <c r="B2271" s="0" t="s">
-        <v>4535</v>
+        <v>4536</v>
       </c>
     </row>
     <row r="2272">
       <c r="A2272" s="0" t="s">
-        <v>4536</v>
+        <v>4537</v>
       </c>
       <c r="B2272" s="0" t="s">
-        <v>4537</v>
+        <v>4538</v>
       </c>
     </row>
     <row r="2273">
       <c r="A2273" s="0" t="s">
-        <v>4538</v>
+        <v>4539</v>
       </c>
       <c r="B2273" s="0" t="s">
-        <v>4539</v>
+        <v>4540</v>
       </c>
     </row>
     <row r="2274">
       <c r="A2274" s="0" t="s">
-        <v>4540</v>
+        <v>4541</v>
       </c>
       <c r="B2274" s="0" t="s">
-        <v>4541</v>
+        <v>4542</v>
       </c>
     </row>
     <row r="2275">
       <c r="A2275" s="0" t="s">
-        <v>4542</v>
+        <v>4543</v>
       </c>
       <c r="B2275" s="0" t="s">
-        <v>4543</v>
+        <v>4544</v>
       </c>
     </row>
     <row r="2276">
       <c r="A2276" s="0" t="s">
-        <v>4544</v>
+        <v>4545</v>
       </c>
       <c r="B2276" s="0" t="s">
-        <v>4545</v>
+        <v>4546</v>
       </c>
     </row>
     <row r="2277">
       <c r="A2277" s="0" t="s">
-        <v>4546</v>
+        <v>4547</v>
       </c>
       <c r="B2277" s="0" t="s">
-        <v>4547</v>
+        <v>4548</v>
       </c>
     </row>
     <row r="2278">
       <c r="A2278" s="0" t="s">
-        <v>4548</v>
+        <v>4549</v>
       </c>
       <c r="B2278" s="0" t="s">
-        <v>4549</v>
+        <v>4550</v>
       </c>
     </row>
     <row r="2279">
       <c r="A2279" s="0" t="s">
-        <v>4550</v>
+        <v>4551</v>
       </c>
       <c r="B2279" s="0" t="s">
-        <v>4551</v>
+        <v>4552</v>
       </c>
     </row>
     <row r="2280">
       <c r="A2280" s="0" t="s">
-        <v>4552</v>
+        <v>4553</v>
       </c>
       <c r="B2280" s="0" t="s">
-        <v>4553</v>
+        <v>4554</v>
       </c>
     </row>
     <row r="2281">
       <c r="A2281" s="0" t="s">
-        <v>4554</v>
+        <v>4555</v>
       </c>
       <c r="B2281" s="0" t="s">
-        <v>4555</v>
+        <v>4556</v>
       </c>
     </row>
     <row r="2282">
       <c r="A2282" s="0" t="s">
-        <v>4556</v>
+        <v>4557</v>
       </c>
       <c r="B2282" s="0" t="s">
-        <v>4557</v>
+        <v>4558</v>
       </c>
     </row>
     <row r="2283">
       <c r="A2283" s="0" t="s">
-        <v>4558</v>
+        <v>4559</v>
       </c>
       <c r="B2283" s="0" t="s">
-        <v>4559</v>
+        <v>4560</v>
       </c>
     </row>
     <row r="2284">
       <c r="A2284" s="0" t="s">
-        <v>4560</v>
+        <v>4561</v>
       </c>
       <c r="B2284" s="0" t="s">
-        <v>4561</v>
+        <v>4562</v>
       </c>
     </row>
     <row r="2285">
       <c r="A2285" s="0" t="s">
-        <v>4562</v>
+        <v>4563</v>
       </c>
       <c r="B2285" s="0" t="s">
-        <v>4563</v>
+        <v>4339</v>
       </c>
     </row>
     <row r="2286">
       <c r="A2286" s="0" t="s">
         <v>4564</v>
       </c>
       <c r="B2286" s="0" t="s">
         <v>4565</v>
       </c>
     </row>
     <row r="2287">
       <c r="A2287" s="0" t="s">
         <v>4566</v>
       </c>
       <c r="B2287" s="0" t="s">
         <v>4567</v>
       </c>
     </row>
     <row r="2288">
       <c r="A2288" s="0" t="s">
         <v>4568</v>
       </c>
       <c r="B2288" s="0" t="s">
         <v>4569</v>
       </c>
     </row>
     <row r="2289">
       <c r="A2289" s="0" t="s">
         <v>4570</v>
       </c>
       <c r="B2289" s="0" t="s">
-        <v>4205</v>
+        <v>4571</v>
       </c>
     </row>
     <row r="2290">
       <c r="A2290" s="0" t="s">
-        <v>4571</v>
+        <v>4572</v>
       </c>
       <c r="B2290" s="0" t="s">
-        <v>4572</v>
+        <v>4573</v>
       </c>
     </row>
     <row r="2291">
       <c r="A2291" s="0" t="s">
-        <v>4573</v>
+        <v>4574</v>
       </c>
       <c r="B2291" s="0" t="s">
-        <v>4574</v>
+        <v>4575</v>
       </c>
     </row>
     <row r="2292">
       <c r="A2292" s="0" t="s">
-        <v>4575</v>
+        <v>4576</v>
       </c>
       <c r="B2292" s="0" t="s">
-        <v>4576</v>
+        <v>4577</v>
       </c>
     </row>
     <row r="2293">
       <c r="A2293" s="0" t="s">
-        <v>4577</v>
+        <v>4578</v>
       </c>
       <c r="B2293" s="0" t="s">
-        <v>4578</v>
+        <v>4579</v>
       </c>
     </row>
     <row r="2294">
       <c r="A2294" s="0" t="s">
-        <v>4579</v>
+        <v>4580</v>
       </c>
       <c r="B2294" s="0" t="s">
-        <v>4580</v>
+        <v>4581</v>
       </c>
     </row>
     <row r="2295">
       <c r="A2295" s="0" t="s">
-        <v>4581</v>
+        <v>4582</v>
       </c>
       <c r="B2295" s="0" t="s">
-        <v>4582</v>
+        <v>4583</v>
       </c>
     </row>
     <row r="2296">
       <c r="A2296" s="0" t="s">
-        <v>4583</v>
+        <v>4584</v>
       </c>
       <c r="B2296" s="0" t="s">
-        <v>4584</v>
+        <v>4585</v>
       </c>
     </row>
     <row r="2297">
       <c r="A2297" s="0" t="s">
-        <v>4585</v>
+        <v>4586</v>
       </c>
       <c r="B2297" s="0" t="s">
-        <v>4586</v>
+        <v>4587</v>
       </c>
     </row>
     <row r="2298">
       <c r="A2298" s="0" t="s">
-        <v>4587</v>
+        <v>4588</v>
       </c>
       <c r="B2298" s="0" t="s">
-        <v>4588</v>
+        <v>4589</v>
       </c>
     </row>
     <row r="2299">
       <c r="A2299" s="0" t="s">
-        <v>4589</v>
+        <v>4590</v>
       </c>
       <c r="B2299" s="0" t="s">
-        <v>4590</v>
+        <v>4591</v>
       </c>
     </row>
     <row r="2300">
       <c r="A2300" s="0" t="s">
-        <v>4591</v>
+        <v>4592</v>
       </c>
       <c r="B2300" s="0" t="s">
-        <v>4307</v>
+        <v>4593</v>
       </c>
     </row>
     <row r="2301">
       <c r="A2301" s="0" t="s">
-        <v>4592</v>
+        <v>4594</v>
       </c>
       <c r="B2301" s="0" t="s">
-        <v>4593</v>
+        <v>4595</v>
       </c>
     </row>
     <row r="2302">
       <c r="A2302" s="0" t="s">
-        <v>4594</v>
+        <v>4596</v>
       </c>
       <c r="B2302" s="0" t="s">
-        <v>4595</v>
+        <v>4597</v>
       </c>
     </row>
     <row r="2303">
       <c r="A2303" s="0" t="s">
-        <v>4596</v>
+        <v>4598</v>
       </c>
       <c r="B2303" s="0" t="s">
-        <v>4597</v>
+        <v>4599</v>
       </c>
     </row>
     <row r="2304">
       <c r="A2304" s="0" t="s">
-        <v>4598</v>
+        <v>4600</v>
       </c>
       <c r="B2304" s="0" t="s">
-        <v>4599</v>
+        <v>4601</v>
       </c>
     </row>
     <row r="2305">
       <c r="A2305" s="0" t="s">
-        <v>4600</v>
+        <v>4602</v>
       </c>
       <c r="B2305" s="0" t="s">
-        <v>4601</v>
+        <v>4603</v>
       </c>
     </row>
     <row r="2306">
       <c r="A2306" s="0" t="s">
-        <v>4602</v>
+        <v>4604</v>
       </c>
       <c r="B2306" s="0" t="s">
-        <v>4603</v>
+        <v>4605</v>
       </c>
     </row>
     <row r="2307">
       <c r="A2307" s="0" t="s">
-        <v>4604</v>
+        <v>4606</v>
       </c>
       <c r="B2307" s="0" t="s">
-        <v>4605</v>
+        <v>4607</v>
       </c>
     </row>
     <row r="2308">
       <c r="A2308" s="0" t="s">
-        <v>4606</v>
+        <v>4608</v>
       </c>
       <c r="B2308" s="0" t="s">
-        <v>4607</v>
+        <v>4609</v>
       </c>
     </row>
     <row r="2309">
       <c r="A2309" s="0" t="s">
-        <v>4608</v>
+        <v>4610</v>
       </c>
       <c r="B2309" s="0" t="s">
-        <v>4609</v>
+        <v>4611</v>
       </c>
     </row>
     <row r="2310">
       <c r="A2310" s="0" t="s">
-        <v>4610</v>
+        <v>4612</v>
       </c>
       <c r="B2310" s="0" t="s">
-        <v>4611</v>
+        <v>4613</v>
       </c>
     </row>
     <row r="2311">
       <c r="A2311" s="0" t="s">
-        <v>4612</v>
+        <v>4614</v>
       </c>
       <c r="B2311" s="0" t="s">
-        <v>4613</v>
+        <v>4615</v>
       </c>
     </row>
     <row r="2312">
       <c r="A2312" s="0" t="s">
-        <v>4614</v>
+        <v>4616</v>
       </c>
       <c r="B2312" s="0" t="s">
-        <v>4615</v>
+        <v>4617</v>
       </c>
     </row>
     <row r="2313">
       <c r="A2313" s="0" t="s">
-        <v>4616</v>
+        <v>4618</v>
       </c>
       <c r="B2313" s="0" t="s">
-        <v>4617</v>
+        <v>4619</v>
       </c>
     </row>
     <row r="2314">
       <c r="A2314" s="0" t="s">
-        <v>4618</v>
+        <v>4620</v>
       </c>
       <c r="B2314" s="0" t="s">
-        <v>4619</v>
+        <v>4621</v>
       </c>
     </row>
     <row r="2315">
       <c r="A2315" s="0" t="s">
-        <v>4620</v>
+        <v>4622</v>
       </c>
       <c r="B2315" s="0" t="s">
-        <v>4619</v>
+        <v>4623</v>
       </c>
     </row>
     <row r="2316">
       <c r="A2316" s="0" t="s">
-        <v>4621</v>
+        <v>4624</v>
       </c>
       <c r="B2316" s="0" t="s">
-        <v>4619</v>
+        <v>4625</v>
       </c>
     </row>
     <row r="2317">
       <c r="A2317" s="0" t="s">
-        <v>4622</v>
+        <v>4626</v>
       </c>
       <c r="B2317" s="0" t="s">
-        <v>4619</v>
+        <v>4627</v>
       </c>
     </row>
     <row r="2318">
       <c r="A2318" s="0" t="s">
-        <v>4623</v>
+        <v>4628</v>
       </c>
       <c r="B2318" s="0" t="s">
-        <v>4619</v>
+        <v>4629</v>
       </c>
     </row>
     <row r="2319">
       <c r="A2319" s="0" t="s">
-        <v>4624</v>
+        <v>4630</v>
       </c>
       <c r="B2319" s="0" t="s">
-        <v>4619</v>
+        <v>4631</v>
       </c>
     </row>
     <row r="2320">
       <c r="A2320" s="0" t="s">
-        <v>4625</v>
+        <v>4632</v>
       </c>
       <c r="B2320" s="0" t="s">
-        <v>4619</v>
+        <v>4633</v>
       </c>
     </row>
     <row r="2321">
       <c r="A2321" s="0" t="s">
-        <v>4626</v>
+        <v>4634</v>
       </c>
       <c r="B2321" s="0" t="s">
-        <v>4619</v>
+        <v>4635</v>
       </c>
     </row>
     <row r="2322">
       <c r="A2322" s="0" t="s">
-        <v>4627</v>
+        <v>4636</v>
       </c>
       <c r="B2322" s="0" t="s">
-        <v>4619</v>
+        <v>4637</v>
       </c>
     </row>
     <row r="2323">
       <c r="A2323" s="0" t="s">
-        <v>4628</v>
+        <v>4638</v>
       </c>
       <c r="B2323" s="0" t="s">
-        <v>4619</v>
+        <v>4639</v>
       </c>
     </row>
     <row r="2324">
       <c r="A2324" s="0" t="s">
-        <v>4629</v>
+        <v>4640</v>
       </c>
       <c r="B2324" s="0" t="s">
-        <v>4619</v>
+        <v>4641</v>
       </c>
     </row>
     <row r="2325">
       <c r="A2325" s="0" t="s">
-        <v>4630</v>
+        <v>4642</v>
       </c>
       <c r="B2325" s="0" t="s">
-        <v>4619</v>
+        <v>4643</v>
       </c>
     </row>
     <row r="2326">
       <c r="A2326" s="0" t="s">
-        <v>4631</v>
+        <v>4644</v>
       </c>
       <c r="B2326" s="0" t="s">
-        <v>4619</v>
+        <v>4645</v>
       </c>
     </row>
     <row r="2327">
       <c r="A2327" s="0" t="s">
-        <v>4632</v>
+        <v>4646</v>
       </c>
       <c r="B2327" s="0" t="s">
-        <v>4619</v>
+        <v>4647</v>
+      </c>
+    </row>
+    <row r="2328">
+      <c r="A2328" s="0" t="s">
+        <v>4648</v>
+      </c>
+      <c r="B2328" s="0" t="s">
+        <v>4649</v>
+      </c>
+    </row>
+    <row r="2329">
+      <c r="A2329" s="0" t="s">
+        <v>4650</v>
+      </c>
+      <c r="B2329" s="0" t="s">
+        <v>4651</v>
+      </c>
+    </row>
+    <row r="2330">
+      <c r="A2330" s="0" t="s">
+        <v>4652</v>
+      </c>
+      <c r="B2330" s="0" t="s">
+        <v>4653</v>
+      </c>
+    </row>
+    <row r="2331">
+      <c r="A2331" s="0" t="s">
+        <v>4654</v>
+      </c>
+      <c r="B2331" s="0" t="s">
+        <v>4655</v>
+      </c>
+    </row>
+    <row r="2332">
+      <c r="A2332" s="0" t="s">
+        <v>4656</v>
+      </c>
+      <c r="B2332" s="0" t="s">
+        <v>4657</v>
+      </c>
+    </row>
+    <row r="2333">
+      <c r="A2333" s="0" t="s">
+        <v>4658</v>
+      </c>
+      <c r="B2333" s="0" t="s">
+        <v>4659</v>
+      </c>
+    </row>
+    <row r="2334">
+      <c r="A2334" s="0" t="s">
+        <v>4660</v>
+      </c>
+      <c r="B2334" s="0" t="s">
+        <v>4661</v>
+      </c>
+    </row>
+    <row r="2335">
+      <c r="A2335" s="0" t="s">
+        <v>4662</v>
+      </c>
+      <c r="B2335" s="0" t="s">
+        <v>4663</v>
+      </c>
+    </row>
+    <row r="2336">
+      <c r="A2336" s="0" t="s">
+        <v>4664</v>
+      </c>
+      <c r="B2336" s="0" t="s">
+        <v>4665</v>
+      </c>
+    </row>
+    <row r="2337">
+      <c r="A2337" s="0" t="s">
+        <v>4666</v>
+      </c>
+      <c r="B2337" s="0" t="s">
+        <v>4667</v>
+      </c>
+    </row>
+    <row r="2338">
+      <c r="A2338" s="0" t="s">
+        <v>4668</v>
+      </c>
+      <c r="B2338" s="0" t="s">
+        <v>4303</v>
+      </c>
+    </row>
+    <row r="2339">
+      <c r="A2339" s="0" t="s">
+        <v>4669</v>
+      </c>
+      <c r="B2339" s="0" t="s">
+        <v>4670</v>
+      </c>
+    </row>
+    <row r="2340">
+      <c r="A2340" s="0" t="s">
+        <v>4671</v>
+      </c>
+      <c r="B2340" s="0" t="s">
+        <v>4672</v>
+      </c>
+    </row>
+    <row r="2341">
+      <c r="A2341" s="0" t="s">
+        <v>4673</v>
+      </c>
+      <c r="B2341" s="0" t="s">
+        <v>4674</v>
+      </c>
+    </row>
+    <row r="2342">
+      <c r="A2342" s="0" t="s">
+        <v>4675</v>
+      </c>
+      <c r="B2342" s="0" t="s">
+        <v>4676</v>
+      </c>
+    </row>
+    <row r="2343">
+      <c r="A2343" s="0" t="s">
+        <v>4677</v>
+      </c>
+      <c r="B2343" s="0" t="s">
+        <v>4678</v>
+      </c>
+    </row>
+    <row r="2344">
+      <c r="A2344" s="0" t="s">
+        <v>4679</v>
+      </c>
+      <c r="B2344" s="0" t="s">
+        <v>4680</v>
+      </c>
+    </row>
+    <row r="2345">
+      <c r="A2345" s="0" t="s">
+        <v>4681</v>
+      </c>
+      <c r="B2345" s="0" t="s">
+        <v>4682</v>
+      </c>
+    </row>
+    <row r="2346">
+      <c r="A2346" s="0" t="s">
+        <v>4683</v>
+      </c>
+      <c r="B2346" s="0" t="s">
+        <v>4684</v>
+      </c>
+    </row>
+    <row r="2347">
+      <c r="A2347" s="0" t="s">
+        <v>4685</v>
+      </c>
+      <c r="B2347" s="0" t="s">
+        <v>4686</v>
+      </c>
+    </row>
+    <row r="2348">
+      <c r="A2348" s="0" t="s">
+        <v>4687</v>
+      </c>
+      <c r="B2348" s="0" t="s">
+        <v>4688</v>
+      </c>
+    </row>
+    <row r="2349">
+      <c r="A2349" s="0" t="s">
+        <v>4689</v>
+      </c>
+      <c r="B2349" s="0" t="s">
+        <v>4405</v>
+      </c>
+    </row>
+    <row r="2350">
+      <c r="A2350" s="0" t="s">
+        <v>4690</v>
+      </c>
+      <c r="B2350" s="0" t="s">
+        <v>4691</v>
+      </c>
+    </row>
+    <row r="2351">
+      <c r="A2351" s="0" t="s">
+        <v>4692</v>
+      </c>
+      <c r="B2351" s="0" t="s">
+        <v>4693</v>
+      </c>
+    </row>
+    <row r="2352">
+      <c r="A2352" s="0" t="s">
+        <v>4694</v>
+      </c>
+      <c r="B2352" s="0" t="s">
+        <v>4695</v>
+      </c>
+    </row>
+    <row r="2353">
+      <c r="A2353" s="0" t="s">
+        <v>4696</v>
+      </c>
+      <c r="B2353" s="0" t="s">
+        <v>4697</v>
+      </c>
+    </row>
+    <row r="2354">
+      <c r="A2354" s="0" t="s">
+        <v>4698</v>
+      </c>
+      <c r="B2354" s="0" t="s">
+        <v>4699</v>
+      </c>
+    </row>
+    <row r="2355">
+      <c r="A2355" s="0" t="s">
+        <v>4700</v>
+      </c>
+      <c r="B2355" s="0" t="s">
+        <v>4701</v>
+      </c>
+    </row>
+    <row r="2356">
+      <c r="A2356" s="0" t="s">
+        <v>4702</v>
+      </c>
+      <c r="B2356" s="0" t="s">
+        <v>4703</v>
+      </c>
+    </row>
+    <row r="2357">
+      <c r="A2357" s="0" t="s">
+        <v>4704</v>
+      </c>
+      <c r="B2357" s="0" t="s">
+        <v>4705</v>
+      </c>
+    </row>
+    <row r="2358">
+      <c r="A2358" s="0" t="s">
+        <v>4706</v>
+      </c>
+      <c r="B2358" s="0" t="s">
+        <v>4707</v>
+      </c>
+    </row>
+    <row r="2359">
+      <c r="A2359" s="0" t="s">
+        <v>4708</v>
+      </c>
+      <c r="B2359" s="0" t="s">
+        <v>4709</v>
+      </c>
+    </row>
+    <row r="2360">
+      <c r="A2360" s="0" t="s">
+        <v>4710</v>
+      </c>
+      <c r="B2360" s="0" t="s">
+        <v>4711</v>
+      </c>
+    </row>
+    <row r="2361">
+      <c r="A2361" s="0" t="s">
+        <v>4712</v>
+      </c>
+      <c r="B2361" s="0" t="s">
+        <v>4713</v>
+      </c>
+    </row>
+    <row r="2362">
+      <c r="A2362" s="0" t="s">
+        <v>4714</v>
+      </c>
+      <c r="B2362" s="0" t="s">
+        <v>4715</v>
+      </c>
+    </row>
+    <row r="2363">
+      <c r="A2363" s="0" t="s">
+        <v>4716</v>
+      </c>
+      <c r="B2363" s="0" t="s">
+        <v>4717</v>
+      </c>
+    </row>
+    <row r="2364">
+      <c r="A2364" s="0" t="s">
+        <v>4718</v>
+      </c>
+      <c r="B2364" s="0" t="s">
+        <v>4717</v>
+      </c>
+    </row>
+    <row r="2365">
+      <c r="A2365" s="0" t="s">
+        <v>4719</v>
+      </c>
+      <c r="B2365" s="0" t="s">
+        <v>4717</v>
+      </c>
+    </row>
+    <row r="2366">
+      <c r="A2366" s="0" t="s">
+        <v>4720</v>
+      </c>
+      <c r="B2366" s="0" t="s">
+        <v>4717</v>
+      </c>
+    </row>
+    <row r="2367">
+      <c r="A2367" s="0" t="s">
+        <v>4721</v>
+      </c>
+      <c r="B2367" s="0" t="s">
+        <v>4717</v>
+      </c>
+    </row>
+    <row r="2368">
+      <c r="A2368" s="0" t="s">
+        <v>4722</v>
+      </c>
+      <c r="B2368" s="0" t="s">
+        <v>4717</v>
+      </c>
+    </row>
+    <row r="2369">
+      <c r="A2369" s="0" t="s">
+        <v>4723</v>
+      </c>
+      <c r="B2369" s="0" t="s">
+        <v>4717</v>
+      </c>
+    </row>
+    <row r="2370">
+      <c r="A2370" s="0" t="s">
+        <v>4724</v>
+      </c>
+      <c r="B2370" s="0" t="s">
+        <v>4717</v>
+      </c>
+    </row>
+    <row r="2371">
+      <c r="A2371" s="0" t="s">
+        <v>4725</v>
+      </c>
+      <c r="B2371" s="0" t="s">
+        <v>4717</v>
+      </c>
+    </row>
+    <row r="2372">
+      <c r="A2372" s="0" t="s">
+        <v>4726</v>
+      </c>
+      <c r="B2372" s="0" t="s">
+        <v>4717</v>
+      </c>
+    </row>
+    <row r="2373">
+      <c r="A2373" s="0" t="s">
+        <v>4727</v>
+      </c>
+      <c r="B2373" s="0" t="s">
+        <v>4717</v>
+      </c>
+    </row>
+    <row r="2374">
+      <c r="A2374" s="0" t="s">
+        <v>4728</v>
+      </c>
+      <c r="B2374" s="0" t="s">
+        <v>4717</v>
+      </c>
+    </row>
+    <row r="2375">
+      <c r="A2375" s="0" t="s">
+        <v>4729</v>
+      </c>
+      <c r="B2375" s="0" t="s">
+        <v>4717</v>
+      </c>
+    </row>
+    <row r="2376">
+      <c r="A2376" s="0" t="s">
+        <v>4730</v>
+      </c>
+      <c r="B2376" s="0" t="s">
+        <v>4717</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>