--- v1 (2026-01-23)
+++ v2 (2026-03-26)
@@ -4,59 +4,425 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4731" uniqueCount="4731">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4853" uniqueCount="4853">
   <si>
     <t>ODA CAPITAL, FIL</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>24/03/2026</t>
+  </si>
+  <si>
+    <t>20,389291</t>
+  </si>
+  <si>
+    <t>23/03/2026</t>
+  </si>
+  <si>
+    <t>20,249249</t>
+  </si>
+  <si>
+    <t>22/03/2026</t>
+  </si>
+  <si>
+    <t>20,311424</t>
+  </si>
+  <si>
+    <t>21/03/2026</t>
+  </si>
+  <si>
+    <t>20,311645</t>
+  </si>
+  <si>
+    <t>20/03/2026</t>
+  </si>
+  <si>
+    <t>20,311867</t>
+  </si>
+  <si>
+    <t>19/03/2026</t>
+  </si>
+  <si>
+    <t>20,424515</t>
+  </si>
+  <si>
+    <t>18/03/2026</t>
+  </si>
+  <si>
+    <t>20,717574</t>
+  </si>
+  <si>
+    <t>17/03/2026</t>
+  </si>
+  <si>
+    <t>20,632794</t>
+  </si>
+  <si>
+    <t>16/03/2026</t>
+  </si>
+  <si>
+    <t>20,601861</t>
+  </si>
+  <si>
+    <t>15/03/2026</t>
+  </si>
+  <si>
+    <t>20,566240</t>
+  </si>
+  <si>
+    <t>14/03/2026</t>
+  </si>
+  <si>
+    <t>20,566463</t>
+  </si>
+  <si>
+    <t>13/03/2026</t>
+  </si>
+  <si>
+    <t>20,566687</t>
+  </si>
+  <si>
+    <t>12/03/2026</t>
+  </si>
+  <si>
+    <t>20,849764</t>
+  </si>
+  <si>
+    <t>11/03/2026</t>
+  </si>
+  <si>
+    <t>20,905134</t>
+  </si>
+  <si>
+    <t>10/03/2026</t>
+  </si>
+  <si>
+    <t>21,028869</t>
+  </si>
+  <si>
+    <t>09/03/2026</t>
+  </si>
+  <si>
+    <t>20,841051</t>
+  </si>
+  <si>
+    <t>08/03/2026</t>
+  </si>
+  <si>
+    <t>21,025911</t>
+  </si>
+  <si>
+    <t>07/03/2026</t>
+  </si>
+  <si>
+    <t>21,026140</t>
+  </si>
+  <si>
+    <t>06/03/2026</t>
+  </si>
+  <si>
+    <t>21,061409</t>
+  </si>
+  <si>
+    <t>05/03/2026</t>
+  </si>
+  <si>
+    <t>20,972783</t>
+  </si>
+  <si>
+    <t>04/03/2026</t>
+  </si>
+  <si>
+    <t>21,049552</t>
+  </si>
+  <si>
+    <t>03/03/2026</t>
+  </si>
+  <si>
+    <t>20,847348</t>
+  </si>
+  <si>
+    <t>02/03/2026</t>
+  </si>
+  <si>
+    <t>21,441852</t>
+  </si>
+  <si>
+    <t>01/03/2026</t>
+  </si>
+  <si>
+    <t>22,059332</t>
+  </si>
+  <si>
+    <t>28/02/2026</t>
+  </si>
+  <si>
+    <t>22,059599</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t>22,059865</t>
+  </si>
+  <si>
+    <t>26/02/2026</t>
+  </si>
+  <si>
+    <t>22,265934</t>
+  </si>
+  <si>
+    <t>25/02/2026</t>
+  </si>
+  <si>
+    <t>21,872531</t>
+  </si>
+  <si>
+    <t>24/02/2026</t>
+  </si>
+  <si>
+    <t>21,455522</t>
+  </si>
+  <si>
+    <t>23/02/2026</t>
+  </si>
+  <si>
+    <t>21,293960</t>
+  </si>
+  <si>
+    <t>22/02/2026</t>
+  </si>
+  <si>
+    <t>21,547485</t>
+  </si>
+  <si>
+    <t>21/02/2026</t>
+  </si>
+  <si>
+    <t>21,547708</t>
+  </si>
+  <si>
+    <t>20/02/2026</t>
+  </si>
+  <si>
+    <t>21,547931</t>
+  </si>
+  <si>
+    <t>19/02/2026</t>
+  </si>
+  <si>
+    <t>21,575569</t>
+  </si>
+  <si>
+    <t>18/02/2026</t>
+  </si>
+  <si>
+    <t>21,528459</t>
+  </si>
+  <si>
+    <t>17/02/2026</t>
+  </si>
+  <si>
+    <t>21,160455</t>
+  </si>
+  <si>
+    <t>16/02/2026</t>
+  </si>
+  <si>
+    <t>21,179153</t>
+  </si>
+  <si>
+    <t>15/02/2026</t>
+  </si>
+  <si>
+    <t>21,072974</t>
+  </si>
+  <si>
+    <t>14/02/2026</t>
+  </si>
+  <si>
+    <t>21,073171</t>
+  </si>
+  <si>
+    <t>13/02/2026</t>
+  </si>
+  <si>
+    <t>21,073367</t>
+  </si>
+  <si>
+    <t>12/02/2026</t>
+  </si>
+  <si>
+    <t>21,056203</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>21,209148</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>21,025265</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>20,849477</t>
+  </si>
+  <si>
+    <t>08/02/2026</t>
+  </si>
+  <si>
+    <t>20,459036</t>
+  </si>
+  <si>
+    <t>07/02/2026</t>
+  </si>
+  <si>
+    <t>20,459210</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>20,459385</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>20,258969</t>
+  </si>
+  <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>20,457053</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>20,617055</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>20,676628</t>
+  </si>
+  <si>
+    <t>01/02/2026</t>
+  </si>
+  <si>
+    <t>20,471575</t>
+  </si>
+  <si>
+    <t>31/01/2026</t>
+  </si>
+  <si>
+    <t>20,471707</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>20,471839</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>20,391436</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>20,550309</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>20,554997</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>20,508382</t>
+  </si>
+  <si>
+    <t>25/01/2026</t>
+  </si>
+  <si>
+    <t>20,497707</t>
+  </si>
+  <si>
+    <t>24/01/2026</t>
+  </si>
+  <si>
+    <t>20,497823</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>20,497939</t>
   </si>
   <si>
     <t>22/01/2026</t>
   </si>
   <si>
     <t>20,529766</t>
   </si>
   <si>
     <t>21/01/2026</t>
   </si>
   <si>
     <t>20,160053</t>
   </si>
   <si>
     <t>20/01/2026</t>
   </si>
   <si>
     <t>20,118543</t>
   </si>
   <si>
     <t>19/01/2026</t>
   </si>
   <si>
     <t>20,277864</t>
   </si>
@@ -14245,51 +14611,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B2376"/>
+  <dimension ref="A1:B2437"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -23517,667 +23883,667 @@
       <c r="B1156" s="0" t="s">
         <v>2310</v>
       </c>
     </row>
     <row r="1157">
       <c r="A1157" s="0" t="s">
         <v>2311</v>
       </c>
       <c r="B1157" s="0" t="s">
         <v>2312</v>
       </c>
     </row>
     <row r="1158">
       <c r="A1158" s="0" t="s">
         <v>2313</v>
       </c>
       <c r="B1158" s="0" t="s">
         <v>2314</v>
       </c>
     </row>
     <row r="1159">
       <c r="A1159" s="0" t="s">
         <v>2315</v>
       </c>
       <c r="B1159" s="0" t="s">
-        <v>1372</v>
+        <v>2316</v>
       </c>
     </row>
     <row r="1160">
       <c r="A1160" s="0" t="s">
-        <v>2316</v>
+        <v>2317</v>
       </c>
       <c r="B1160" s="0" t="s">
-        <v>2317</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="1161">
       <c r="A1161" s="0" t="s">
-        <v>2318</v>
+        <v>2319</v>
       </c>
       <c r="B1161" s="0" t="s">
-        <v>2319</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="1162">
       <c r="A1162" s="0" t="s">
-        <v>2320</v>
+        <v>2321</v>
       </c>
       <c r="B1162" s="0" t="s">
-        <v>2321</v>
+        <v>2322</v>
       </c>
     </row>
     <row r="1163">
       <c r="A1163" s="0" t="s">
-        <v>2322</v>
+        <v>2323</v>
       </c>
       <c r="B1163" s="0" t="s">
-        <v>2323</v>
+        <v>2324</v>
       </c>
     </row>
     <row r="1164">
       <c r="A1164" s="0" t="s">
-        <v>2324</v>
+        <v>2325</v>
       </c>
       <c r="B1164" s="0" t="s">
-        <v>2325</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="1165">
       <c r="A1165" s="0" t="s">
-        <v>2326</v>
+        <v>2327</v>
       </c>
       <c r="B1165" s="0" t="s">
-        <v>2327</v>
+        <v>2328</v>
       </c>
     </row>
     <row r="1166">
       <c r="A1166" s="0" t="s">
-        <v>2328</v>
+        <v>2329</v>
       </c>
       <c r="B1166" s="0" t="s">
-        <v>2329</v>
+        <v>2330</v>
       </c>
     </row>
     <row r="1167">
       <c r="A1167" s="0" t="s">
-        <v>2330</v>
+        <v>2331</v>
       </c>
       <c r="B1167" s="0" t="s">
-        <v>2331</v>
+        <v>2332</v>
       </c>
     </row>
     <row r="1168">
       <c r="A1168" s="0" t="s">
-        <v>2332</v>
+        <v>2333</v>
       </c>
       <c r="B1168" s="0" t="s">
-        <v>2333</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="1169">
       <c r="A1169" s="0" t="s">
-        <v>2334</v>
+        <v>2335</v>
       </c>
       <c r="B1169" s="0" t="s">
-        <v>2335</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="1170">
       <c r="A1170" s="0" t="s">
-        <v>2336</v>
+        <v>2337</v>
       </c>
       <c r="B1170" s="0" t="s">
-        <v>2337</v>
+        <v>2338</v>
       </c>
     </row>
     <row r="1171">
       <c r="A1171" s="0" t="s">
-        <v>2338</v>
+        <v>2339</v>
       </c>
       <c r="B1171" s="0" t="s">
-        <v>2339</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="1172">
       <c r="A1172" s="0" t="s">
-        <v>2340</v>
+        <v>2341</v>
       </c>
       <c r="B1172" s="0" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="1173">
       <c r="A1173" s="0" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
       <c r="B1173" s="0" t="s">
-        <v>2343</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="1174">
       <c r="A1174" s="0" t="s">
-        <v>2344</v>
+        <v>2345</v>
       </c>
       <c r="B1174" s="0" t="s">
-        <v>2345</v>
+        <v>2346</v>
       </c>
     </row>
     <row r="1175">
       <c r="A1175" s="0" t="s">
-        <v>2346</v>
+        <v>2347</v>
       </c>
       <c r="B1175" s="0" t="s">
-        <v>2250</v>
+        <v>2348</v>
       </c>
     </row>
     <row r="1176">
       <c r="A1176" s="0" t="s">
-        <v>2347</v>
+        <v>2349</v>
       </c>
       <c r="B1176" s="0" t="s">
-        <v>2348</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="1177">
       <c r="A1177" s="0" t="s">
-        <v>2349</v>
+        <v>2351</v>
       </c>
       <c r="B1177" s="0" t="s">
-        <v>2350</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="1178">
       <c r="A1178" s="0" t="s">
-        <v>2351</v>
+        <v>2353</v>
       </c>
       <c r="B1178" s="0" t="s">
-        <v>2352</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="1179">
       <c r="A1179" s="0" t="s">
-        <v>2353</v>
+        <v>2355</v>
       </c>
       <c r="B1179" s="0" t="s">
-        <v>2354</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="1180">
       <c r="A1180" s="0" t="s">
-        <v>2355</v>
+        <v>2357</v>
       </c>
       <c r="B1180" s="0" t="s">
-        <v>2356</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="1181">
       <c r="A1181" s="0" t="s">
-        <v>2357</v>
+        <v>2359</v>
       </c>
       <c r="B1181" s="0" t="s">
-        <v>2358</v>
+        <v>2360</v>
       </c>
     </row>
     <row r="1182">
       <c r="A1182" s="0" t="s">
-        <v>2359</v>
+        <v>2361</v>
       </c>
       <c r="B1182" s="0" t="s">
-        <v>2360</v>
+        <v>2362</v>
       </c>
     </row>
     <row r="1183">
       <c r="A1183" s="0" t="s">
-        <v>2361</v>
+        <v>2363</v>
       </c>
       <c r="B1183" s="0" t="s">
-        <v>2362</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="1184">
       <c r="A1184" s="0" t="s">
-        <v>2363</v>
+        <v>2365</v>
       </c>
       <c r="B1184" s="0" t="s">
-        <v>2364</v>
+        <v>2366</v>
       </c>
     </row>
     <row r="1185">
       <c r="A1185" s="0" t="s">
-        <v>2365</v>
+        <v>2367</v>
       </c>
       <c r="B1185" s="0" t="s">
-        <v>2366</v>
+        <v>2368</v>
       </c>
     </row>
     <row r="1186">
       <c r="A1186" s="0" t="s">
-        <v>2367</v>
+        <v>2369</v>
       </c>
       <c r="B1186" s="0" t="s">
-        <v>2368</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="1187">
       <c r="A1187" s="0" t="s">
-        <v>2369</v>
+        <v>2371</v>
       </c>
       <c r="B1187" s="0" t="s">
-        <v>2370</v>
+        <v>2372</v>
       </c>
     </row>
     <row r="1188">
       <c r="A1188" s="0" t="s">
-        <v>2371</v>
+        <v>2373</v>
       </c>
       <c r="B1188" s="0" t="s">
-        <v>2372</v>
+        <v>2374</v>
       </c>
     </row>
     <row r="1189">
       <c r="A1189" s="0" t="s">
-        <v>2373</v>
+        <v>2375</v>
       </c>
       <c r="B1189" s="0" t="s">
-        <v>2374</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="1190">
       <c r="A1190" s="0" t="s">
-        <v>2375</v>
+        <v>2377</v>
       </c>
       <c r="B1190" s="0" t="s">
-        <v>2376</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="1191">
       <c r="A1191" s="0" t="s">
-        <v>2377</v>
+        <v>2379</v>
       </c>
       <c r="B1191" s="0" t="s">
-        <v>2378</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="1192">
       <c r="A1192" s="0" t="s">
-        <v>2379</v>
+        <v>2381</v>
       </c>
       <c r="B1192" s="0" t="s">
-        <v>2380</v>
+        <v>2382</v>
       </c>
     </row>
     <row r="1193">
       <c r="A1193" s="0" t="s">
-        <v>2381</v>
+        <v>2383</v>
       </c>
       <c r="B1193" s="0" t="s">
-        <v>2382</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="1194">
       <c r="A1194" s="0" t="s">
-        <v>2383</v>
+        <v>2385</v>
       </c>
       <c r="B1194" s="0" t="s">
-        <v>2384</v>
+        <v>2386</v>
       </c>
     </row>
     <row r="1195">
       <c r="A1195" s="0" t="s">
-        <v>2385</v>
+        <v>2387</v>
       </c>
       <c r="B1195" s="0" t="s">
-        <v>2386</v>
+        <v>2388</v>
       </c>
     </row>
     <row r="1196">
       <c r="A1196" s="0" t="s">
-        <v>2387</v>
+        <v>2389</v>
       </c>
       <c r="B1196" s="0" t="s">
-        <v>2388</v>
+        <v>2390</v>
       </c>
     </row>
     <row r="1197">
       <c r="A1197" s="0" t="s">
-        <v>2389</v>
+        <v>2391</v>
       </c>
       <c r="B1197" s="0" t="s">
-        <v>2390</v>
+        <v>2392</v>
       </c>
     </row>
     <row r="1198">
       <c r="A1198" s="0" t="s">
-        <v>2391</v>
+        <v>2393</v>
       </c>
       <c r="B1198" s="0" t="s">
-        <v>2392</v>
+        <v>2394</v>
       </c>
     </row>
     <row r="1199">
       <c r="A1199" s="0" t="s">
-        <v>2393</v>
+        <v>2395</v>
       </c>
       <c r="B1199" s="0" t="s">
-        <v>2394</v>
+        <v>2396</v>
       </c>
     </row>
     <row r="1200">
       <c r="A1200" s="0" t="s">
-        <v>2395</v>
+        <v>2397</v>
       </c>
       <c r="B1200" s="0" t="s">
-        <v>2396</v>
+        <v>2398</v>
       </c>
     </row>
     <row r="1201">
       <c r="A1201" s="0" t="s">
-        <v>2397</v>
+        <v>2399</v>
       </c>
       <c r="B1201" s="0" t="s">
-        <v>2398</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="1202">
       <c r="A1202" s="0" t="s">
-        <v>2399</v>
+        <v>2401</v>
       </c>
       <c r="B1202" s="0" t="s">
-        <v>2400</v>
+        <v>2402</v>
       </c>
     </row>
     <row r="1203">
       <c r="A1203" s="0" t="s">
-        <v>2401</v>
+        <v>2403</v>
       </c>
       <c r="B1203" s="0" t="s">
-        <v>2402</v>
+        <v>2404</v>
       </c>
     </row>
     <row r="1204">
       <c r="A1204" s="0" t="s">
-        <v>2403</v>
+        <v>2405</v>
       </c>
       <c r="B1204" s="0" t="s">
-        <v>2404</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="1205">
       <c r="A1205" s="0" t="s">
-        <v>2405</v>
+        <v>2407</v>
       </c>
       <c r="B1205" s="0" t="s">
-        <v>2406</v>
+        <v>2408</v>
       </c>
     </row>
     <row r="1206">
       <c r="A1206" s="0" t="s">
-        <v>2407</v>
+        <v>2409</v>
       </c>
       <c r="B1206" s="0" t="s">
-        <v>2408</v>
+        <v>2410</v>
       </c>
     </row>
     <row r="1207">
       <c r="A1207" s="0" t="s">
-        <v>2409</v>
+        <v>2411</v>
       </c>
       <c r="B1207" s="0" t="s">
-        <v>2410</v>
+        <v>2412</v>
       </c>
     </row>
     <row r="1208">
       <c r="A1208" s="0" t="s">
-        <v>2411</v>
+        <v>2413</v>
       </c>
       <c r="B1208" s="0" t="s">
-        <v>2412</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="1209">
       <c r="A1209" s="0" t="s">
-        <v>2413</v>
+        <v>2415</v>
       </c>
       <c r="B1209" s="0" t="s">
-        <v>2414</v>
+        <v>2416</v>
       </c>
     </row>
     <row r="1210">
       <c r="A1210" s="0" t="s">
-        <v>2415</v>
+        <v>2417</v>
       </c>
       <c r="B1210" s="0" t="s">
-        <v>2416</v>
+        <v>2418</v>
       </c>
     </row>
     <row r="1211">
       <c r="A1211" s="0" t="s">
-        <v>2417</v>
+        <v>2419</v>
       </c>
       <c r="B1211" s="0" t="s">
-        <v>2418</v>
+        <v>2420</v>
       </c>
     </row>
     <row r="1212">
       <c r="A1212" s="0" t="s">
-        <v>2419</v>
+        <v>2421</v>
       </c>
       <c r="B1212" s="0" t="s">
-        <v>2420</v>
+        <v>2422</v>
       </c>
     </row>
     <row r="1213">
       <c r="A1213" s="0" t="s">
-        <v>2421</v>
+        <v>2423</v>
       </c>
       <c r="B1213" s="0" t="s">
-        <v>2422</v>
+        <v>2424</v>
       </c>
     </row>
     <row r="1214">
       <c r="A1214" s="0" t="s">
-        <v>2423</v>
+        <v>2425</v>
       </c>
       <c r="B1214" s="0" t="s">
-        <v>2424</v>
+        <v>2426</v>
       </c>
     </row>
     <row r="1215">
       <c r="A1215" s="0" t="s">
-        <v>2425</v>
+        <v>2427</v>
       </c>
       <c r="B1215" s="0" t="s">
-        <v>2426</v>
+        <v>2428</v>
       </c>
     </row>
     <row r="1216">
       <c r="A1216" s="0" t="s">
-        <v>2427</v>
+        <v>2429</v>
       </c>
       <c r="B1216" s="0" t="s">
-        <v>2428</v>
+        <v>2430</v>
       </c>
     </row>
     <row r="1217">
       <c r="A1217" s="0" t="s">
-        <v>2429</v>
+        <v>2431</v>
       </c>
       <c r="B1217" s="0" t="s">
-        <v>2430</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="1218">
       <c r="A1218" s="0" t="s">
-        <v>2431</v>
+        <v>2433</v>
       </c>
       <c r="B1218" s="0" t="s">
-        <v>2432</v>
+        <v>2434</v>
       </c>
     </row>
     <row r="1219">
       <c r="A1219" s="0" t="s">
-        <v>2433</v>
+        <v>2435</v>
       </c>
       <c r="B1219" s="0" t="s">
-        <v>2434</v>
+        <v>2436</v>
       </c>
     </row>
     <row r="1220">
       <c r="A1220" s="0" t="s">
-        <v>2435</v>
+        <v>2437</v>
       </c>
       <c r="B1220" s="0" t="s">
-        <v>2436</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="1221">
       <c r="A1221" s="0" t="s">
-        <v>2437</v>
+        <v>2438</v>
       </c>
       <c r="B1221" s="0" t="s">
-        <v>2438</v>
+        <v>2439</v>
       </c>
     </row>
     <row r="1222">
       <c r="A1222" s="0" t="s">
-        <v>2439</v>
+        <v>2440</v>
       </c>
       <c r="B1222" s="0" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
     </row>
     <row r="1223">
       <c r="A1223" s="0" t="s">
-        <v>2441</v>
+        <v>2442</v>
       </c>
       <c r="B1223" s="0" t="s">
-        <v>2442</v>
+        <v>2443</v>
       </c>
     </row>
     <row r="1224">
       <c r="A1224" s="0" t="s">
-        <v>2443</v>
+        <v>2444</v>
       </c>
       <c r="B1224" s="0" t="s">
-        <v>2444</v>
+        <v>2445</v>
       </c>
     </row>
     <row r="1225">
       <c r="A1225" s="0" t="s">
-        <v>2445</v>
+        <v>2446</v>
       </c>
       <c r="B1225" s="0" t="s">
-        <v>2446</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="1226">
       <c r="A1226" s="0" t="s">
-        <v>2447</v>
+        <v>2448</v>
       </c>
       <c r="B1226" s="0" t="s">
-        <v>2448</v>
+        <v>2449</v>
       </c>
     </row>
     <row r="1227">
       <c r="A1227" s="0" t="s">
-        <v>2449</v>
+        <v>2450</v>
       </c>
       <c r="B1227" s="0" t="s">
-        <v>2450</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="1228">
       <c r="A1228" s="0" t="s">
-        <v>2451</v>
+        <v>2452</v>
       </c>
       <c r="B1228" s="0" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="1229">
       <c r="A1229" s="0" t="s">
-        <v>2453</v>
+        <v>2454</v>
       </c>
       <c r="B1229" s="0" t="s">
-        <v>2454</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="1230">
       <c r="A1230" s="0" t="s">
-        <v>2455</v>
+        <v>2456</v>
       </c>
       <c r="B1230" s="0" t="s">
-        <v>2456</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="1231">
       <c r="A1231" s="0" t="s">
-        <v>2457</v>
+        <v>2458</v>
       </c>
       <c r="B1231" s="0" t="s">
-        <v>2458</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="1232">
       <c r="A1232" s="0" t="s">
-        <v>2459</v>
+        <v>2460</v>
       </c>
       <c r="B1232" s="0" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="1233">
       <c r="A1233" s="0" t="s">
-        <v>2461</v>
+        <v>2462</v>
       </c>
       <c r="B1233" s="0" t="s">
-        <v>2462</v>
+        <v>2463</v>
       </c>
     </row>
     <row r="1234">
       <c r="A1234" s="0" t="s">
-        <v>2463</v>
+        <v>2464</v>
       </c>
       <c r="B1234" s="0" t="s">
-        <v>2464</v>
+        <v>2465</v>
       </c>
     </row>
     <row r="1235">
       <c r="A1235" s="0" t="s">
-        <v>2465</v>
+        <v>2466</v>
       </c>
       <c r="B1235" s="0" t="s">
-        <v>2466</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="1236">
       <c r="A1236" s="0" t="s">
-        <v>2467</v>
+        <v>2468</v>
       </c>
       <c r="B1236" s="0" t="s">
-        <v>2468</v>
+        <v>2372</v>
       </c>
     </row>
     <row r="1237">
       <c r="A1237" s="0" t="s">
         <v>2469</v>
       </c>
       <c r="B1237" s="0" t="s">
         <v>2470</v>
       </c>
     </row>
     <row r="1238">
       <c r="A1238" s="0" t="s">
         <v>2471</v>
       </c>
       <c r="B1238" s="0" t="s">
         <v>2472</v>
       </c>
     </row>
     <row r="1239">
       <c r="A1239" s="0" t="s">
         <v>2473</v>
       </c>
       <c r="B1239" s="0" t="s">
         <v>2474</v>
       </c>
@@ -31013,539 +31379,539 @@
       <c r="B2093" s="0" t="s">
         <v>4182</v>
       </c>
     </row>
     <row r="2094">
       <c r="A2094" s="0" t="s">
         <v>4183</v>
       </c>
       <c r="B2094" s="0" t="s">
         <v>4184</v>
       </c>
     </row>
     <row r="2095">
       <c r="A2095" s="0" t="s">
         <v>4185</v>
       </c>
       <c r="B2095" s="0" t="s">
         <v>4186</v>
       </c>
     </row>
     <row r="2096">
       <c r="A2096" s="0" t="s">
         <v>4187</v>
       </c>
       <c r="B2096" s="0" t="s">
-        <v>4184</v>
+        <v>4188</v>
       </c>
     </row>
     <row r="2097">
       <c r="A2097" s="0" t="s">
-        <v>4188</v>
+        <v>4189</v>
       </c>
       <c r="B2097" s="0" t="s">
-        <v>4189</v>
+        <v>4190</v>
       </c>
     </row>
     <row r="2098">
       <c r="A2098" s="0" t="s">
-        <v>4190</v>
+        <v>4191</v>
       </c>
       <c r="B2098" s="0" t="s">
-        <v>4191</v>
+        <v>4192</v>
       </c>
     </row>
     <row r="2099">
       <c r="A2099" s="0" t="s">
-        <v>4192</v>
+        <v>4193</v>
       </c>
       <c r="B2099" s="0" t="s">
-        <v>4193</v>
+        <v>4194</v>
       </c>
     </row>
     <row r="2100">
       <c r="A2100" s="0" t="s">
-        <v>4194</v>
+        <v>4195</v>
       </c>
       <c r="B2100" s="0" t="s">
-        <v>4195</v>
+        <v>4196</v>
       </c>
     </row>
     <row r="2101">
       <c r="A2101" s="0" t="s">
-        <v>4196</v>
+        <v>4197</v>
       </c>
       <c r="B2101" s="0" t="s">
-        <v>4197</v>
+        <v>4198</v>
       </c>
     </row>
     <row r="2102">
       <c r="A2102" s="0" t="s">
-        <v>4198</v>
+        <v>4199</v>
       </c>
       <c r="B2102" s="0" t="s">
-        <v>4199</v>
+        <v>4200</v>
       </c>
     </row>
     <row r="2103">
       <c r="A2103" s="0" t="s">
-        <v>4200</v>
+        <v>4201</v>
       </c>
       <c r="B2103" s="0" t="s">
-        <v>4201</v>
+        <v>4202</v>
       </c>
     </row>
     <row r="2104">
       <c r="A2104" s="0" t="s">
-        <v>4202</v>
+        <v>4203</v>
       </c>
       <c r="B2104" s="0" t="s">
-        <v>4203</v>
+        <v>4204</v>
       </c>
     </row>
     <row r="2105">
       <c r="A2105" s="0" t="s">
-        <v>4204</v>
+        <v>4205</v>
       </c>
       <c r="B2105" s="0" t="s">
-        <v>4205</v>
+        <v>4206</v>
       </c>
     </row>
     <row r="2106">
       <c r="A2106" s="0" t="s">
-        <v>4206</v>
+        <v>4207</v>
       </c>
       <c r="B2106" s="0" t="s">
-        <v>4207</v>
+        <v>4208</v>
       </c>
     </row>
     <row r="2107">
       <c r="A2107" s="0" t="s">
-        <v>4208</v>
+        <v>4209</v>
       </c>
       <c r="B2107" s="0" t="s">
-        <v>4209</v>
+        <v>4210</v>
       </c>
     </row>
     <row r="2108">
       <c r="A2108" s="0" t="s">
-        <v>4210</v>
+        <v>4211</v>
       </c>
       <c r="B2108" s="0" t="s">
-        <v>4211</v>
+        <v>4212</v>
       </c>
     </row>
     <row r="2109">
       <c r="A2109" s="0" t="s">
-        <v>4212</v>
+        <v>4213</v>
       </c>
       <c r="B2109" s="0" t="s">
-        <v>4213</v>
+        <v>4214</v>
       </c>
     </row>
     <row r="2110">
       <c r="A2110" s="0" t="s">
-        <v>4214</v>
+        <v>4215</v>
       </c>
       <c r="B2110" s="0" t="s">
-        <v>4215</v>
+        <v>4216</v>
       </c>
     </row>
     <row r="2111">
       <c r="A2111" s="0" t="s">
-        <v>4216</v>
+        <v>4217</v>
       </c>
       <c r="B2111" s="0" t="s">
-        <v>4217</v>
+        <v>4218</v>
       </c>
     </row>
     <row r="2112">
       <c r="A2112" s="0" t="s">
-        <v>4218</v>
+        <v>4219</v>
       </c>
       <c r="B2112" s="0" t="s">
-        <v>4219</v>
+        <v>4220</v>
       </c>
     </row>
     <row r="2113">
       <c r="A2113" s="0" t="s">
-        <v>4220</v>
+        <v>4221</v>
       </c>
       <c r="B2113" s="0" t="s">
-        <v>4221</v>
+        <v>4222</v>
       </c>
     </row>
     <row r="2114">
       <c r="A2114" s="0" t="s">
-        <v>4222</v>
+        <v>4223</v>
       </c>
       <c r="B2114" s="0" t="s">
-        <v>4223</v>
+        <v>4224</v>
       </c>
     </row>
     <row r="2115">
       <c r="A2115" s="0" t="s">
-        <v>4224</v>
+        <v>4225</v>
       </c>
       <c r="B2115" s="0" t="s">
-        <v>4225</v>
+        <v>4226</v>
       </c>
     </row>
     <row r="2116">
       <c r="A2116" s="0" t="s">
-        <v>4226</v>
+        <v>4227</v>
       </c>
       <c r="B2116" s="0" t="s">
-        <v>4227</v>
+        <v>4228</v>
       </c>
     </row>
     <row r="2117">
       <c r="A2117" s="0" t="s">
-        <v>4228</v>
+        <v>4229</v>
       </c>
       <c r="B2117" s="0" t="s">
-        <v>4229</v>
+        <v>4230</v>
       </c>
     </row>
     <row r="2118">
       <c r="A2118" s="0" t="s">
-        <v>4230</v>
+        <v>4231</v>
       </c>
       <c r="B2118" s="0" t="s">
-        <v>4231</v>
+        <v>4232</v>
       </c>
     </row>
     <row r="2119">
       <c r="A2119" s="0" t="s">
-        <v>4232</v>
+        <v>4233</v>
       </c>
       <c r="B2119" s="0" t="s">
-        <v>4233</v>
+        <v>4234</v>
       </c>
     </row>
     <row r="2120">
       <c r="A2120" s="0" t="s">
-        <v>4234</v>
+        <v>4235</v>
       </c>
       <c r="B2120" s="0" t="s">
-        <v>4235</v>
+        <v>4236</v>
       </c>
     </row>
     <row r="2121">
       <c r="A2121" s="0" t="s">
-        <v>4236</v>
+        <v>4237</v>
       </c>
       <c r="B2121" s="0" t="s">
-        <v>4237</v>
+        <v>4238</v>
       </c>
     </row>
     <row r="2122">
       <c r="A2122" s="0" t="s">
-        <v>4238</v>
+        <v>4239</v>
       </c>
       <c r="B2122" s="0" t="s">
-        <v>4239</v>
+        <v>4240</v>
       </c>
     </row>
     <row r="2123">
       <c r="A2123" s="0" t="s">
-        <v>4240</v>
+        <v>4241</v>
       </c>
       <c r="B2123" s="0" t="s">
-        <v>4241</v>
+        <v>4242</v>
       </c>
     </row>
     <row r="2124">
       <c r="A2124" s="0" t="s">
-        <v>4242</v>
+        <v>4243</v>
       </c>
       <c r="B2124" s="0" t="s">
-        <v>4243</v>
+        <v>4244</v>
       </c>
     </row>
     <row r="2125">
       <c r="A2125" s="0" t="s">
-        <v>4244</v>
+        <v>4245</v>
       </c>
       <c r="B2125" s="0" t="s">
-        <v>4245</v>
+        <v>4246</v>
       </c>
     </row>
     <row r="2126">
       <c r="A2126" s="0" t="s">
-        <v>4246</v>
+        <v>4247</v>
       </c>
       <c r="B2126" s="0" t="s">
-        <v>4247</v>
+        <v>4248</v>
       </c>
     </row>
     <row r="2127">
       <c r="A2127" s="0" t="s">
-        <v>4248</v>
+        <v>4249</v>
       </c>
       <c r="B2127" s="0" t="s">
-        <v>4249</v>
+        <v>4250</v>
       </c>
     </row>
     <row r="2128">
       <c r="A2128" s="0" t="s">
-        <v>4250</v>
+        <v>4251</v>
       </c>
       <c r="B2128" s="0" t="s">
-        <v>4251</v>
+        <v>4252</v>
       </c>
     </row>
     <row r="2129">
       <c r="A2129" s="0" t="s">
-        <v>4252</v>
+        <v>4253</v>
       </c>
       <c r="B2129" s="0" t="s">
-        <v>4253</v>
+        <v>4254</v>
       </c>
     </row>
     <row r="2130">
       <c r="A2130" s="0" t="s">
-        <v>4254</v>
+        <v>4255</v>
       </c>
       <c r="B2130" s="0" t="s">
-        <v>4255</v>
+        <v>4256</v>
       </c>
     </row>
     <row r="2131">
       <c r="A2131" s="0" t="s">
-        <v>4256</v>
+        <v>4257</v>
       </c>
       <c r="B2131" s="0" t="s">
-        <v>4257</v>
+        <v>4258</v>
       </c>
     </row>
     <row r="2132">
       <c r="A2132" s="0" t="s">
-        <v>4258</v>
+        <v>4259</v>
       </c>
       <c r="B2132" s="0" t="s">
-        <v>4259</v>
+        <v>4260</v>
       </c>
     </row>
     <row r="2133">
       <c r="A2133" s="0" t="s">
-        <v>4260</v>
+        <v>4261</v>
       </c>
       <c r="B2133" s="0" t="s">
-        <v>4261</v>
+        <v>4262</v>
       </c>
     </row>
     <row r="2134">
       <c r="A2134" s="0" t="s">
-        <v>4262</v>
+        <v>4263</v>
       </c>
       <c r="B2134" s="0" t="s">
-        <v>4263</v>
+        <v>4264</v>
       </c>
     </row>
     <row r="2135">
       <c r="A2135" s="0" t="s">
-        <v>4264</v>
+        <v>4265</v>
       </c>
       <c r="B2135" s="0" t="s">
-        <v>4265</v>
+        <v>4266</v>
       </c>
     </row>
     <row r="2136">
       <c r="A2136" s="0" t="s">
-        <v>4266</v>
+        <v>4267</v>
       </c>
       <c r="B2136" s="0" t="s">
-        <v>4267</v>
+        <v>4268</v>
       </c>
     </row>
     <row r="2137">
       <c r="A2137" s="0" t="s">
-        <v>4268</v>
+        <v>4269</v>
       </c>
       <c r="B2137" s="0" t="s">
-        <v>4269</v>
+        <v>4270</v>
       </c>
     </row>
     <row r="2138">
       <c r="A2138" s="0" t="s">
-        <v>4270</v>
+        <v>4271</v>
       </c>
       <c r="B2138" s="0" t="s">
-        <v>4271</v>
+        <v>4272</v>
       </c>
     </row>
     <row r="2139">
       <c r="A2139" s="0" t="s">
-        <v>4272</v>
+        <v>4273</v>
       </c>
       <c r="B2139" s="0" t="s">
-        <v>4273</v>
+        <v>4274</v>
       </c>
     </row>
     <row r="2140">
       <c r="A2140" s="0" t="s">
-        <v>4274</v>
+        <v>4275</v>
       </c>
       <c r="B2140" s="0" t="s">
-        <v>4275</v>
+        <v>4276</v>
       </c>
     </row>
     <row r="2141">
       <c r="A2141" s="0" t="s">
-        <v>4276</v>
+        <v>4277</v>
       </c>
       <c r="B2141" s="0" t="s">
-        <v>4277</v>
+        <v>4278</v>
       </c>
     </row>
     <row r="2142">
       <c r="A2142" s="0" t="s">
-        <v>4278</v>
+        <v>4279</v>
       </c>
       <c r="B2142" s="0" t="s">
-        <v>4279</v>
+        <v>4280</v>
       </c>
     </row>
     <row r="2143">
       <c r="A2143" s="0" t="s">
-        <v>4280</v>
+        <v>4281</v>
       </c>
       <c r="B2143" s="0" t="s">
-        <v>4281</v>
+        <v>4282</v>
       </c>
     </row>
     <row r="2144">
       <c r="A2144" s="0" t="s">
-        <v>4282</v>
+        <v>4283</v>
       </c>
       <c r="B2144" s="0" t="s">
-        <v>4283</v>
+        <v>4284</v>
       </c>
     </row>
     <row r="2145">
       <c r="A2145" s="0" t="s">
-        <v>4284</v>
+        <v>4285</v>
       </c>
       <c r="B2145" s="0" t="s">
-        <v>4285</v>
+        <v>4286</v>
       </c>
     </row>
     <row r="2146">
       <c r="A2146" s="0" t="s">
-        <v>4286</v>
+        <v>4287</v>
       </c>
       <c r="B2146" s="0" t="s">
-        <v>4287</v>
+        <v>4288</v>
       </c>
     </row>
     <row r="2147">
       <c r="A2147" s="0" t="s">
-        <v>4288</v>
+        <v>4289</v>
       </c>
       <c r="B2147" s="0" t="s">
-        <v>4289</v>
+        <v>4290</v>
       </c>
     </row>
     <row r="2148">
       <c r="A2148" s="0" t="s">
-        <v>4290</v>
+        <v>4291</v>
       </c>
       <c r="B2148" s="0" t="s">
-        <v>4291</v>
+        <v>4292</v>
       </c>
     </row>
     <row r="2149">
       <c r="A2149" s="0" t="s">
-        <v>4292</v>
+        <v>4293</v>
       </c>
       <c r="B2149" s="0" t="s">
-        <v>4293</v>
+        <v>4294</v>
       </c>
     </row>
     <row r="2150">
       <c r="A2150" s="0" t="s">
-        <v>4294</v>
+        <v>4295</v>
       </c>
       <c r="B2150" s="0" t="s">
-        <v>4295</v>
+        <v>4296</v>
       </c>
     </row>
     <row r="2151">
       <c r="A2151" s="0" t="s">
-        <v>4296</v>
+        <v>4297</v>
       </c>
       <c r="B2151" s="0" t="s">
-        <v>4297</v>
+        <v>4298</v>
       </c>
     </row>
     <row r="2152">
       <c r="A2152" s="0" t="s">
-        <v>4298</v>
+        <v>4299</v>
       </c>
       <c r="B2152" s="0" t="s">
-        <v>4299</v>
+        <v>4300</v>
       </c>
     </row>
     <row r="2153">
       <c r="A2153" s="0" t="s">
-        <v>4300</v>
+        <v>4301</v>
       </c>
       <c r="B2153" s="0" t="s">
-        <v>4301</v>
+        <v>4302</v>
       </c>
     </row>
     <row r="2154">
       <c r="A2154" s="0" t="s">
-        <v>4302</v>
+        <v>4303</v>
       </c>
       <c r="B2154" s="0" t="s">
-        <v>4303</v>
+        <v>4304</v>
       </c>
     </row>
     <row r="2155">
       <c r="A2155" s="0" t="s">
-        <v>4304</v>
+        <v>4305</v>
       </c>
       <c r="B2155" s="0" t="s">
-        <v>4305</v>
+        <v>4306</v>
       </c>
     </row>
     <row r="2156">
       <c r="A2156" s="0" t="s">
-        <v>4306</v>
+        <v>4307</v>
       </c>
       <c r="B2156" s="0" t="s">
-        <v>4307</v>
+        <v>4308</v>
       </c>
     </row>
     <row r="2157">
       <c r="A2157" s="0" t="s">
-        <v>4308</v>
+        <v>4309</v>
       </c>
       <c r="B2157" s="0" t="s">
-        <v>4309</v>
+        <v>4306</v>
       </c>
     </row>
     <row r="2158">
       <c r="A2158" s="0" t="s">
         <v>4310</v>
       </c>
       <c r="B2158" s="0" t="s">
         <v>4311</v>
       </c>
     </row>
     <row r="2159">
       <c r="A2159" s="0" t="s">
         <v>4312</v>
       </c>
       <c r="B2159" s="0" t="s">
         <v>4313</v>
       </c>
     </row>
     <row r="2160">
       <c r="A2160" s="0" t="s">
         <v>4314</v>
       </c>
       <c r="B2160" s="0" t="s">
         <v>4315</v>
       </c>
@@ -32021,1264 +32387,1752 @@
       <c r="B2219" s="0" t="s">
         <v>4433</v>
       </c>
     </row>
     <row r="2220">
       <c r="A2220" s="0" t="s">
         <v>4434</v>
       </c>
       <c r="B2220" s="0" t="s">
         <v>4435</v>
       </c>
     </row>
     <row r="2221">
       <c r="A2221" s="0" t="s">
         <v>4436</v>
       </c>
       <c r="B2221" s="0" t="s">
         <v>4437</v>
       </c>
     </row>
     <row r="2222">
       <c r="A2222" s="0" t="s">
         <v>4438</v>
       </c>
       <c r="B2222" s="0" t="s">
-        <v>4433</v>
+        <v>4439</v>
       </c>
     </row>
     <row r="2223">
       <c r="A2223" s="0" t="s">
-        <v>4439</v>
+        <v>4440</v>
       </c>
       <c r="B2223" s="0" t="s">
-        <v>4440</v>
+        <v>4441</v>
       </c>
     </row>
     <row r="2224">
       <c r="A2224" s="0" t="s">
-        <v>4441</v>
+        <v>4442</v>
       </c>
       <c r="B2224" s="0" t="s">
-        <v>4442</v>
+        <v>4443</v>
       </c>
     </row>
     <row r="2225">
       <c r="A2225" s="0" t="s">
-        <v>4443</v>
+        <v>4444</v>
       </c>
       <c r="B2225" s="0" t="s">
-        <v>4444</v>
+        <v>4445</v>
       </c>
     </row>
     <row r="2226">
       <c r="A2226" s="0" t="s">
-        <v>4445</v>
+        <v>4446</v>
       </c>
       <c r="B2226" s="0" t="s">
-        <v>4446</v>
+        <v>4447</v>
       </c>
     </row>
     <row r="2227">
       <c r="A2227" s="0" t="s">
-        <v>4447</v>
+        <v>4448</v>
       </c>
       <c r="B2227" s="0" t="s">
-        <v>4448</v>
+        <v>4449</v>
       </c>
     </row>
     <row r="2228">
       <c r="A2228" s="0" t="s">
-        <v>4449</v>
+        <v>4450</v>
       </c>
       <c r="B2228" s="0" t="s">
-        <v>4450</v>
+        <v>4451</v>
       </c>
     </row>
     <row r="2229">
       <c r="A2229" s="0" t="s">
-        <v>4451</v>
+        <v>4452</v>
       </c>
       <c r="B2229" s="0" t="s">
-        <v>4452</v>
+        <v>4453</v>
       </c>
     </row>
     <row r="2230">
       <c r="A2230" s="0" t="s">
-        <v>4453</v>
+        <v>4454</v>
       </c>
       <c r="B2230" s="0" t="s">
-        <v>4454</v>
+        <v>4455</v>
       </c>
     </row>
     <row r="2231">
       <c r="A2231" s="0" t="s">
-        <v>4455</v>
+        <v>4456</v>
       </c>
       <c r="B2231" s="0" t="s">
-        <v>4456</v>
+        <v>4457</v>
       </c>
     </row>
     <row r="2232">
       <c r="A2232" s="0" t="s">
-        <v>4457</v>
+        <v>4458</v>
       </c>
       <c r="B2232" s="0" t="s">
-        <v>4458</v>
+        <v>4459</v>
       </c>
     </row>
     <row r="2233">
       <c r="A2233" s="0" t="s">
-        <v>4459</v>
+        <v>4460</v>
       </c>
       <c r="B2233" s="0" t="s">
-        <v>4460</v>
+        <v>4461</v>
       </c>
     </row>
     <row r="2234">
       <c r="A2234" s="0" t="s">
-        <v>4461</v>
+        <v>4462</v>
       </c>
       <c r="B2234" s="0" t="s">
-        <v>4462</v>
+        <v>4463</v>
       </c>
     </row>
     <row r="2235">
       <c r="A2235" s="0" t="s">
-        <v>4463</v>
+        <v>4464</v>
       </c>
       <c r="B2235" s="0" t="s">
-        <v>4464</v>
+        <v>4465</v>
       </c>
     </row>
     <row r="2236">
       <c r="A2236" s="0" t="s">
-        <v>4465</v>
+        <v>4466</v>
       </c>
       <c r="B2236" s="0" t="s">
-        <v>4466</v>
+        <v>4467</v>
       </c>
     </row>
     <row r="2237">
       <c r="A2237" s="0" t="s">
-        <v>4467</v>
+        <v>4468</v>
       </c>
       <c r="B2237" s="0" t="s">
-        <v>4468</v>
+        <v>4469</v>
       </c>
     </row>
     <row r="2238">
       <c r="A2238" s="0" t="s">
-        <v>4469</v>
+        <v>4470</v>
       </c>
       <c r="B2238" s="0" t="s">
-        <v>4470</v>
+        <v>4471</v>
       </c>
     </row>
     <row r="2239">
       <c r="A2239" s="0" t="s">
-        <v>4471</v>
+        <v>4472</v>
       </c>
       <c r="B2239" s="0" t="s">
-        <v>4472</v>
+        <v>4473</v>
       </c>
     </row>
     <row r="2240">
       <c r="A2240" s="0" t="s">
-        <v>4473</v>
+        <v>4474</v>
       </c>
       <c r="B2240" s="0" t="s">
-        <v>4474</v>
+        <v>4475</v>
       </c>
     </row>
     <row r="2241">
       <c r="A2241" s="0" t="s">
-        <v>4475</v>
+        <v>4476</v>
       </c>
       <c r="B2241" s="0" t="s">
-        <v>4476</v>
+        <v>4477</v>
       </c>
     </row>
     <row r="2242">
       <c r="A2242" s="0" t="s">
-        <v>4477</v>
+        <v>4478</v>
       </c>
       <c r="B2242" s="0" t="s">
-        <v>4478</v>
+        <v>4479</v>
       </c>
     </row>
     <row r="2243">
       <c r="A2243" s="0" t="s">
-        <v>4479</v>
+        <v>4480</v>
       </c>
       <c r="B2243" s="0" t="s">
-        <v>4480</v>
+        <v>4481</v>
       </c>
     </row>
     <row r="2244">
       <c r="A2244" s="0" t="s">
-        <v>4481</v>
+        <v>4482</v>
       </c>
       <c r="B2244" s="0" t="s">
-        <v>4482</v>
+        <v>4483</v>
       </c>
     </row>
     <row r="2245">
       <c r="A2245" s="0" t="s">
-        <v>4483</v>
+        <v>4484</v>
       </c>
       <c r="B2245" s="0" t="s">
-        <v>4484</v>
+        <v>4485</v>
       </c>
     </row>
     <row r="2246">
       <c r="A2246" s="0" t="s">
-        <v>4485</v>
+        <v>4486</v>
       </c>
       <c r="B2246" s="0" t="s">
-        <v>4486</v>
+        <v>4487</v>
       </c>
     </row>
     <row r="2247">
       <c r="A2247" s="0" t="s">
-        <v>4487</v>
+        <v>4488</v>
       </c>
       <c r="B2247" s="0" t="s">
-        <v>4488</v>
+        <v>4489</v>
       </c>
     </row>
     <row r="2248">
       <c r="A2248" s="0" t="s">
-        <v>4489</v>
+        <v>4490</v>
       </c>
       <c r="B2248" s="0" t="s">
-        <v>4490</v>
+        <v>4491</v>
       </c>
     </row>
     <row r="2249">
       <c r="A2249" s="0" t="s">
-        <v>4491</v>
+        <v>4492</v>
       </c>
       <c r="B2249" s="0" t="s">
-        <v>4492</v>
+        <v>4493</v>
       </c>
     </row>
     <row r="2250">
       <c r="A2250" s="0" t="s">
-        <v>4493</v>
+        <v>4494</v>
       </c>
       <c r="B2250" s="0" t="s">
-        <v>4494</v>
+        <v>4495</v>
       </c>
     </row>
     <row r="2251">
       <c r="A2251" s="0" t="s">
-        <v>4495</v>
+        <v>4496</v>
       </c>
       <c r="B2251" s="0" t="s">
-        <v>4496</v>
+        <v>4497</v>
       </c>
     </row>
     <row r="2252">
       <c r="A2252" s="0" t="s">
-        <v>4497</v>
+        <v>4498</v>
       </c>
       <c r="B2252" s="0" t="s">
-        <v>4498</v>
+        <v>4499</v>
       </c>
     </row>
     <row r="2253">
       <c r="A2253" s="0" t="s">
-        <v>4499</v>
+        <v>4500</v>
       </c>
       <c r="B2253" s="0" t="s">
-        <v>4500</v>
+        <v>4501</v>
       </c>
     </row>
     <row r="2254">
       <c r="A2254" s="0" t="s">
-        <v>4501</v>
+        <v>4502</v>
       </c>
       <c r="B2254" s="0" t="s">
-        <v>4502</v>
+        <v>4503</v>
       </c>
     </row>
     <row r="2255">
       <c r="A2255" s="0" t="s">
-        <v>4503</v>
+        <v>4504</v>
       </c>
       <c r="B2255" s="0" t="s">
-        <v>4504</v>
+        <v>4505</v>
       </c>
     </row>
     <row r="2256">
       <c r="A2256" s="0" t="s">
-        <v>4505</v>
+        <v>4506</v>
       </c>
       <c r="B2256" s="0" t="s">
-        <v>4506</v>
+        <v>4507</v>
       </c>
     </row>
     <row r="2257">
       <c r="A2257" s="0" t="s">
-        <v>4507</v>
+        <v>4508</v>
       </c>
       <c r="B2257" s="0" t="s">
-        <v>4508</v>
+        <v>4509</v>
       </c>
     </row>
     <row r="2258">
       <c r="A2258" s="0" t="s">
-        <v>4509</v>
+        <v>4510</v>
       </c>
       <c r="B2258" s="0" t="s">
-        <v>4510</v>
+        <v>4511</v>
       </c>
     </row>
     <row r="2259">
       <c r="A2259" s="0" t="s">
-        <v>4511</v>
+        <v>4512</v>
       </c>
       <c r="B2259" s="0" t="s">
-        <v>4512</v>
+        <v>4513</v>
       </c>
     </row>
     <row r="2260">
       <c r="A2260" s="0" t="s">
-        <v>4513</v>
+        <v>4514</v>
       </c>
       <c r="B2260" s="0" t="s">
-        <v>4514</v>
+        <v>4515</v>
       </c>
     </row>
     <row r="2261">
       <c r="A2261" s="0" t="s">
-        <v>4515</v>
+        <v>4516</v>
       </c>
       <c r="B2261" s="0" t="s">
-        <v>4516</v>
+        <v>4517</v>
       </c>
     </row>
     <row r="2262">
       <c r="A2262" s="0" t="s">
-        <v>4517</v>
+        <v>4518</v>
       </c>
       <c r="B2262" s="0" t="s">
-        <v>4518</v>
+        <v>4519</v>
       </c>
     </row>
     <row r="2263">
       <c r="A2263" s="0" t="s">
-        <v>4519</v>
+        <v>4520</v>
       </c>
       <c r="B2263" s="0" t="s">
-        <v>4520</v>
+        <v>4521</v>
       </c>
     </row>
     <row r="2264">
       <c r="A2264" s="0" t="s">
-        <v>4521</v>
+        <v>4522</v>
       </c>
       <c r="B2264" s="0" t="s">
-        <v>4522</v>
+        <v>4523</v>
       </c>
     </row>
     <row r="2265">
       <c r="A2265" s="0" t="s">
-        <v>4523</v>
+        <v>4524</v>
       </c>
       <c r="B2265" s="0" t="s">
-        <v>4524</v>
+        <v>4525</v>
       </c>
     </row>
     <row r="2266">
       <c r="A2266" s="0" t="s">
-        <v>4525</v>
+        <v>4526</v>
       </c>
       <c r="B2266" s="0" t="s">
-        <v>4526</v>
+        <v>4527</v>
       </c>
     </row>
     <row r="2267">
       <c r="A2267" s="0" t="s">
-        <v>4527</v>
+        <v>4528</v>
       </c>
       <c r="B2267" s="0" t="s">
-        <v>4528</v>
+        <v>4529</v>
       </c>
     </row>
     <row r="2268">
       <c r="A2268" s="0" t="s">
-        <v>4529</v>
+        <v>4530</v>
       </c>
       <c r="B2268" s="0" t="s">
-        <v>4530</v>
+        <v>4531</v>
       </c>
     </row>
     <row r="2269">
       <c r="A2269" s="0" t="s">
-        <v>4531</v>
+        <v>4532</v>
       </c>
       <c r="B2269" s="0" t="s">
-        <v>4532</v>
+        <v>4533</v>
       </c>
     </row>
     <row r="2270">
       <c r="A2270" s="0" t="s">
-        <v>4533</v>
+        <v>4534</v>
       </c>
       <c r="B2270" s="0" t="s">
-        <v>4534</v>
+        <v>4535</v>
       </c>
     </row>
     <row r="2271">
       <c r="A2271" s="0" t="s">
-        <v>4535</v>
+        <v>4536</v>
       </c>
       <c r="B2271" s="0" t="s">
-        <v>4536</v>
+        <v>4537</v>
       </c>
     </row>
     <row r="2272">
       <c r="A2272" s="0" t="s">
-        <v>4537</v>
+        <v>4538</v>
       </c>
       <c r="B2272" s="0" t="s">
-        <v>4538</v>
+        <v>4539</v>
       </c>
     </row>
     <row r="2273">
       <c r="A2273" s="0" t="s">
-        <v>4539</v>
+        <v>4540</v>
       </c>
       <c r="B2273" s="0" t="s">
-        <v>4540</v>
+        <v>4541</v>
       </c>
     </row>
     <row r="2274">
       <c r="A2274" s="0" t="s">
-        <v>4541</v>
+        <v>4542</v>
       </c>
       <c r="B2274" s="0" t="s">
-        <v>4542</v>
+        <v>4543</v>
       </c>
     </row>
     <row r="2275">
       <c r="A2275" s="0" t="s">
-        <v>4543</v>
+        <v>4544</v>
       </c>
       <c r="B2275" s="0" t="s">
-        <v>4544</v>
+        <v>4545</v>
       </c>
     </row>
     <row r="2276">
       <c r="A2276" s="0" t="s">
-        <v>4545</v>
+        <v>4546</v>
       </c>
       <c r="B2276" s="0" t="s">
-        <v>4546</v>
+        <v>4547</v>
       </c>
     </row>
     <row r="2277">
       <c r="A2277" s="0" t="s">
-        <v>4547</v>
+        <v>4548</v>
       </c>
       <c r="B2277" s="0" t="s">
-        <v>4548</v>
+        <v>4549</v>
       </c>
     </row>
     <row r="2278">
       <c r="A2278" s="0" t="s">
-        <v>4549</v>
+        <v>4550</v>
       </c>
       <c r="B2278" s="0" t="s">
-        <v>4550</v>
+        <v>4551</v>
       </c>
     </row>
     <row r="2279">
       <c r="A2279" s="0" t="s">
-        <v>4551</v>
+        <v>4552</v>
       </c>
       <c r="B2279" s="0" t="s">
-        <v>4552</v>
+        <v>4553</v>
       </c>
     </row>
     <row r="2280">
       <c r="A2280" s="0" t="s">
-        <v>4553</v>
+        <v>4554</v>
       </c>
       <c r="B2280" s="0" t="s">
-        <v>4554</v>
+        <v>4555</v>
       </c>
     </row>
     <row r="2281">
       <c r="A2281" s="0" t="s">
-        <v>4555</v>
+        <v>4556</v>
       </c>
       <c r="B2281" s="0" t="s">
-        <v>4556</v>
+        <v>4557</v>
       </c>
     </row>
     <row r="2282">
       <c r="A2282" s="0" t="s">
-        <v>4557</v>
+        <v>4558</v>
       </c>
       <c r="B2282" s="0" t="s">
-        <v>4558</v>
+        <v>4559</v>
       </c>
     </row>
     <row r="2283">
       <c r="A2283" s="0" t="s">
-        <v>4559</v>
+        <v>4560</v>
       </c>
       <c r="B2283" s="0" t="s">
-        <v>4560</v>
+        <v>4555</v>
       </c>
     </row>
     <row r="2284">
       <c r="A2284" s="0" t="s">
         <v>4561</v>
       </c>
       <c r="B2284" s="0" t="s">
         <v>4562</v>
       </c>
     </row>
     <row r="2285">
       <c r="A2285" s="0" t="s">
         <v>4563</v>
       </c>
       <c r="B2285" s="0" t="s">
-        <v>4339</v>
+        <v>4564</v>
       </c>
     </row>
     <row r="2286">
       <c r="A2286" s="0" t="s">
-        <v>4564</v>
+        <v>4565</v>
       </c>
       <c r="B2286" s="0" t="s">
-        <v>4565</v>
+        <v>4566</v>
       </c>
     </row>
     <row r="2287">
       <c r="A2287" s="0" t="s">
-        <v>4566</v>
+        <v>4567</v>
       </c>
       <c r="B2287" s="0" t="s">
-        <v>4567</v>
+        <v>4568</v>
       </c>
     </row>
     <row r="2288">
       <c r="A2288" s="0" t="s">
-        <v>4568</v>
+        <v>4569</v>
       </c>
       <c r="B2288" s="0" t="s">
-        <v>4569</v>
+        <v>4570</v>
       </c>
     </row>
     <row r="2289">
       <c r="A2289" s="0" t="s">
-        <v>4570</v>
+        <v>4571</v>
       </c>
       <c r="B2289" s="0" t="s">
-        <v>4571</v>
+        <v>4572</v>
       </c>
     </row>
     <row r="2290">
       <c r="A2290" s="0" t="s">
-        <v>4572</v>
+        <v>4573</v>
       </c>
       <c r="B2290" s="0" t="s">
-        <v>4573</v>
+        <v>4574</v>
       </c>
     </row>
     <row r="2291">
       <c r="A2291" s="0" t="s">
-        <v>4574</v>
+        <v>4575</v>
       </c>
       <c r="B2291" s="0" t="s">
-        <v>4575</v>
+        <v>4576</v>
       </c>
     </row>
     <row r="2292">
       <c r="A2292" s="0" t="s">
-        <v>4576</v>
+        <v>4577</v>
       </c>
       <c r="B2292" s="0" t="s">
-        <v>4577</v>
+        <v>4578</v>
       </c>
     </row>
     <row r="2293">
       <c r="A2293" s="0" t="s">
-        <v>4578</v>
+        <v>4579</v>
       </c>
       <c r="B2293" s="0" t="s">
-        <v>4579</v>
+        <v>4580</v>
       </c>
     </row>
     <row r="2294">
       <c r="A2294" s="0" t="s">
-        <v>4580</v>
+        <v>4581</v>
       </c>
       <c r="B2294" s="0" t="s">
-        <v>4581</v>
+        <v>4582</v>
       </c>
     </row>
     <row r="2295">
       <c r="A2295" s="0" t="s">
-        <v>4582</v>
+        <v>4583</v>
       </c>
       <c r="B2295" s="0" t="s">
-        <v>4583</v>
+        <v>4584</v>
       </c>
     </row>
     <row r="2296">
       <c r="A2296" s="0" t="s">
-        <v>4584</v>
+        <v>4585</v>
       </c>
       <c r="B2296" s="0" t="s">
-        <v>4585</v>
+        <v>4586</v>
       </c>
     </row>
     <row r="2297">
       <c r="A2297" s="0" t="s">
-        <v>4586</v>
+        <v>4587</v>
       </c>
       <c r="B2297" s="0" t="s">
-        <v>4587</v>
+        <v>4588</v>
       </c>
     </row>
     <row r="2298">
       <c r="A2298" s="0" t="s">
-        <v>4588</v>
+        <v>4589</v>
       </c>
       <c r="B2298" s="0" t="s">
-        <v>4589</v>
+        <v>4590</v>
       </c>
     </row>
     <row r="2299">
       <c r="A2299" s="0" t="s">
-        <v>4590</v>
+        <v>4591</v>
       </c>
       <c r="B2299" s="0" t="s">
-        <v>4591</v>
+        <v>4592</v>
       </c>
     </row>
     <row r="2300">
       <c r="A2300" s="0" t="s">
-        <v>4592</v>
+        <v>4593</v>
       </c>
       <c r="B2300" s="0" t="s">
-        <v>4593</v>
+        <v>4594</v>
       </c>
     </row>
     <row r="2301">
       <c r="A2301" s="0" t="s">
-        <v>4594</v>
+        <v>4595</v>
       </c>
       <c r="B2301" s="0" t="s">
-        <v>4595</v>
+        <v>4596</v>
       </c>
     </row>
     <row r="2302">
       <c r="A2302" s="0" t="s">
-        <v>4596</v>
+        <v>4597</v>
       </c>
       <c r="B2302" s="0" t="s">
-        <v>4597</v>
+        <v>4598</v>
       </c>
     </row>
     <row r="2303">
       <c r="A2303" s="0" t="s">
-        <v>4598</v>
+        <v>4599</v>
       </c>
       <c r="B2303" s="0" t="s">
-        <v>4599</v>
+        <v>4600</v>
       </c>
     </row>
     <row r="2304">
       <c r="A2304" s="0" t="s">
-        <v>4600</v>
+        <v>4601</v>
       </c>
       <c r="B2304" s="0" t="s">
-        <v>4601</v>
+        <v>4602</v>
       </c>
     </row>
     <row r="2305">
       <c r="A2305" s="0" t="s">
-        <v>4602</v>
+        <v>4603</v>
       </c>
       <c r="B2305" s="0" t="s">
-        <v>4603</v>
+        <v>4604</v>
       </c>
     </row>
     <row r="2306">
       <c r="A2306" s="0" t="s">
-        <v>4604</v>
+        <v>4605</v>
       </c>
       <c r="B2306" s="0" t="s">
-        <v>4605</v>
+        <v>4606</v>
       </c>
     </row>
     <row r="2307">
       <c r="A2307" s="0" t="s">
-        <v>4606</v>
+        <v>4607</v>
       </c>
       <c r="B2307" s="0" t="s">
-        <v>4607</v>
+        <v>4608</v>
       </c>
     </row>
     <row r="2308">
       <c r="A2308" s="0" t="s">
-        <v>4608</v>
+        <v>4609</v>
       </c>
       <c r="B2308" s="0" t="s">
-        <v>4609</v>
+        <v>4610</v>
       </c>
     </row>
     <row r="2309">
       <c r="A2309" s="0" t="s">
-        <v>4610</v>
+        <v>4611</v>
       </c>
       <c r="B2309" s="0" t="s">
-        <v>4611</v>
+        <v>4612</v>
       </c>
     </row>
     <row r="2310">
       <c r="A2310" s="0" t="s">
-        <v>4612</v>
+        <v>4613</v>
       </c>
       <c r="B2310" s="0" t="s">
-        <v>4613</v>
+        <v>4614</v>
       </c>
     </row>
     <row r="2311">
       <c r="A2311" s="0" t="s">
-        <v>4614</v>
+        <v>4615</v>
       </c>
       <c r="B2311" s="0" t="s">
-        <v>4615</v>
+        <v>4616</v>
       </c>
     </row>
     <row r="2312">
       <c r="A2312" s="0" t="s">
-        <v>4616</v>
+        <v>4617</v>
       </c>
       <c r="B2312" s="0" t="s">
-        <v>4617</v>
+        <v>4618</v>
       </c>
     </row>
     <row r="2313">
       <c r="A2313" s="0" t="s">
-        <v>4618</v>
+        <v>4619</v>
       </c>
       <c r="B2313" s="0" t="s">
-        <v>4619</v>
+        <v>4620</v>
       </c>
     </row>
     <row r="2314">
       <c r="A2314" s="0" t="s">
-        <v>4620</v>
+        <v>4621</v>
       </c>
       <c r="B2314" s="0" t="s">
-        <v>4621</v>
+        <v>4622</v>
       </c>
     </row>
     <row r="2315">
       <c r="A2315" s="0" t="s">
-        <v>4622</v>
+        <v>4623</v>
       </c>
       <c r="B2315" s="0" t="s">
-        <v>4623</v>
+        <v>4624</v>
       </c>
     </row>
     <row r="2316">
       <c r="A2316" s="0" t="s">
-        <v>4624</v>
+        <v>4625</v>
       </c>
       <c r="B2316" s="0" t="s">
-        <v>4625</v>
+        <v>4626</v>
       </c>
     </row>
     <row r="2317">
       <c r="A2317" s="0" t="s">
-        <v>4626</v>
+        <v>4627</v>
       </c>
       <c r="B2317" s="0" t="s">
-        <v>4627</v>
+        <v>4628</v>
       </c>
     </row>
     <row r="2318">
       <c r="A2318" s="0" t="s">
-        <v>4628</v>
+        <v>4629</v>
       </c>
       <c r="B2318" s="0" t="s">
-        <v>4629</v>
+        <v>4630</v>
       </c>
     </row>
     <row r="2319">
       <c r="A2319" s="0" t="s">
-        <v>4630</v>
+        <v>4631</v>
       </c>
       <c r="B2319" s="0" t="s">
-        <v>4631</v>
+        <v>4632</v>
       </c>
     </row>
     <row r="2320">
       <c r="A2320" s="0" t="s">
-        <v>4632</v>
+        <v>4633</v>
       </c>
       <c r="B2320" s="0" t="s">
-        <v>4633</v>
+        <v>4634</v>
       </c>
     </row>
     <row r="2321">
       <c r="A2321" s="0" t="s">
-        <v>4634</v>
+        <v>4635</v>
       </c>
       <c r="B2321" s="0" t="s">
-        <v>4635</v>
+        <v>4636</v>
       </c>
     </row>
     <row r="2322">
       <c r="A2322" s="0" t="s">
-        <v>4636</v>
+        <v>4637</v>
       </c>
       <c r="B2322" s="0" t="s">
-        <v>4637</v>
+        <v>4638</v>
       </c>
     </row>
     <row r="2323">
       <c r="A2323" s="0" t="s">
-        <v>4638</v>
+        <v>4639</v>
       </c>
       <c r="B2323" s="0" t="s">
-        <v>4639</v>
+        <v>4640</v>
       </c>
     </row>
     <row r="2324">
       <c r="A2324" s="0" t="s">
-        <v>4640</v>
+        <v>4641</v>
       </c>
       <c r="B2324" s="0" t="s">
-        <v>4641</v>
+        <v>4642</v>
       </c>
     </row>
     <row r="2325">
       <c r="A2325" s="0" t="s">
-        <v>4642</v>
+        <v>4643</v>
       </c>
       <c r="B2325" s="0" t="s">
-        <v>4643</v>
+        <v>4644</v>
       </c>
     </row>
     <row r="2326">
       <c r="A2326" s="0" t="s">
-        <v>4644</v>
+        <v>4645</v>
       </c>
       <c r="B2326" s="0" t="s">
-        <v>4645</v>
+        <v>4646</v>
       </c>
     </row>
     <row r="2327">
       <c r="A2327" s="0" t="s">
-        <v>4646</v>
+        <v>4647</v>
       </c>
       <c r="B2327" s="0" t="s">
-        <v>4647</v>
+        <v>4648</v>
       </c>
     </row>
     <row r="2328">
       <c r="A2328" s="0" t="s">
-        <v>4648</v>
+        <v>4649</v>
       </c>
       <c r="B2328" s="0" t="s">
-        <v>4649</v>
+        <v>4650</v>
       </c>
     </row>
     <row r="2329">
       <c r="A2329" s="0" t="s">
-        <v>4650</v>
+        <v>4651</v>
       </c>
       <c r="B2329" s="0" t="s">
-        <v>4651</v>
+        <v>4652</v>
       </c>
     </row>
     <row r="2330">
       <c r="A2330" s="0" t="s">
-        <v>4652</v>
+        <v>4653</v>
       </c>
       <c r="B2330" s="0" t="s">
-        <v>4653</v>
+        <v>4654</v>
       </c>
     </row>
     <row r="2331">
       <c r="A2331" s="0" t="s">
-        <v>4654</v>
+        <v>4655</v>
       </c>
       <c r="B2331" s="0" t="s">
-        <v>4655</v>
+        <v>4656</v>
       </c>
     </row>
     <row r="2332">
       <c r="A2332" s="0" t="s">
-        <v>4656</v>
+        <v>4657</v>
       </c>
       <c r="B2332" s="0" t="s">
-        <v>4657</v>
+        <v>4658</v>
       </c>
     </row>
     <row r="2333">
       <c r="A2333" s="0" t="s">
-        <v>4658</v>
+        <v>4659</v>
       </c>
       <c r="B2333" s="0" t="s">
-        <v>4659</v>
+        <v>4660</v>
       </c>
     </row>
     <row r="2334">
       <c r="A2334" s="0" t="s">
-        <v>4660</v>
+        <v>4661</v>
       </c>
       <c r="B2334" s="0" t="s">
-        <v>4661</v>
+        <v>4662</v>
       </c>
     </row>
     <row r="2335">
       <c r="A2335" s="0" t="s">
-        <v>4662</v>
+        <v>4663</v>
       </c>
       <c r="B2335" s="0" t="s">
-        <v>4663</v>
+        <v>4664</v>
       </c>
     </row>
     <row r="2336">
       <c r="A2336" s="0" t="s">
-        <v>4664</v>
+        <v>4665</v>
       </c>
       <c r="B2336" s="0" t="s">
-        <v>4665</v>
+        <v>4666</v>
       </c>
     </row>
     <row r="2337">
       <c r="A2337" s="0" t="s">
-        <v>4666</v>
+        <v>4667</v>
       </c>
       <c r="B2337" s="0" t="s">
-        <v>4667</v>
+        <v>4668</v>
       </c>
     </row>
     <row r="2338">
       <c r="A2338" s="0" t="s">
-        <v>4668</v>
+        <v>4669</v>
       </c>
       <c r="B2338" s="0" t="s">
-        <v>4303</v>
+        <v>4670</v>
       </c>
     </row>
     <row r="2339">
       <c r="A2339" s="0" t="s">
-        <v>4669</v>
+        <v>4671</v>
       </c>
       <c r="B2339" s="0" t="s">
-        <v>4670</v>
+        <v>4672</v>
       </c>
     </row>
     <row r="2340">
       <c r="A2340" s="0" t="s">
-        <v>4671</v>
+        <v>4673</v>
       </c>
       <c r="B2340" s="0" t="s">
-        <v>4672</v>
+        <v>4674</v>
       </c>
     </row>
     <row r="2341">
       <c r="A2341" s="0" t="s">
-        <v>4673</v>
+        <v>4675</v>
       </c>
       <c r="B2341" s="0" t="s">
-        <v>4674</v>
+        <v>4676</v>
       </c>
     </row>
     <row r="2342">
       <c r="A2342" s="0" t="s">
-        <v>4675</v>
+        <v>4677</v>
       </c>
       <c r="B2342" s="0" t="s">
-        <v>4676</v>
+        <v>4678</v>
       </c>
     </row>
     <row r="2343">
       <c r="A2343" s="0" t="s">
-        <v>4677</v>
+        <v>4679</v>
       </c>
       <c r="B2343" s="0" t="s">
-        <v>4678</v>
+        <v>4680</v>
       </c>
     </row>
     <row r="2344">
       <c r="A2344" s="0" t="s">
-        <v>4679</v>
+        <v>4681</v>
       </c>
       <c r="B2344" s="0" t="s">
-        <v>4680</v>
+        <v>4682</v>
       </c>
     </row>
     <row r="2345">
       <c r="A2345" s="0" t="s">
-        <v>4681</v>
+        <v>4683</v>
       </c>
       <c r="B2345" s="0" t="s">
-        <v>4682</v>
+        <v>4684</v>
       </c>
     </row>
     <row r="2346">
       <c r="A2346" s="0" t="s">
-        <v>4683</v>
+        <v>4685</v>
       </c>
       <c r="B2346" s="0" t="s">
-        <v>4684</v>
+        <v>4461</v>
       </c>
     </row>
     <row r="2347">
       <c r="A2347" s="0" t="s">
-        <v>4685</v>
+        <v>4686</v>
       </c>
       <c r="B2347" s="0" t="s">
-        <v>4686</v>
+        <v>4687</v>
       </c>
     </row>
     <row r="2348">
       <c r="A2348" s="0" t="s">
-        <v>4687</v>
+        <v>4688</v>
       </c>
       <c r="B2348" s="0" t="s">
-        <v>4688</v>
+        <v>4689</v>
       </c>
     </row>
     <row r="2349">
       <c r="A2349" s="0" t="s">
-        <v>4689</v>
+        <v>4690</v>
       </c>
       <c r="B2349" s="0" t="s">
-        <v>4405</v>
+        <v>4691</v>
       </c>
     </row>
     <row r="2350">
       <c r="A2350" s="0" t="s">
-        <v>4690</v>
+        <v>4692</v>
       </c>
       <c r="B2350" s="0" t="s">
-        <v>4691</v>
+        <v>4693</v>
       </c>
     </row>
     <row r="2351">
       <c r="A2351" s="0" t="s">
-        <v>4692</v>
+        <v>4694</v>
       </c>
       <c r="B2351" s="0" t="s">
-        <v>4693</v>
+        <v>4695</v>
       </c>
     </row>
     <row r="2352">
       <c r="A2352" s="0" t="s">
-        <v>4694</v>
+        <v>4696</v>
       </c>
       <c r="B2352" s="0" t="s">
-        <v>4695</v>
+        <v>4697</v>
       </c>
     </row>
     <row r="2353">
       <c r="A2353" s="0" t="s">
-        <v>4696</v>
+        <v>4698</v>
       </c>
       <c r="B2353" s="0" t="s">
-        <v>4697</v>
+        <v>4699</v>
       </c>
     </row>
     <row r="2354">
       <c r="A2354" s="0" t="s">
-        <v>4698</v>
+        <v>4700</v>
       </c>
       <c r="B2354" s="0" t="s">
-        <v>4699</v>
+        <v>4701</v>
       </c>
     </row>
     <row r="2355">
       <c r="A2355" s="0" t="s">
-        <v>4700</v>
+        <v>4702</v>
       </c>
       <c r="B2355" s="0" t="s">
-        <v>4701</v>
+        <v>4703</v>
       </c>
     </row>
     <row r="2356">
       <c r="A2356" s="0" t="s">
-        <v>4702</v>
+        <v>4704</v>
       </c>
       <c r="B2356" s="0" t="s">
-        <v>4703</v>
+        <v>4705</v>
       </c>
     </row>
     <row r="2357">
       <c r="A2357" s="0" t="s">
-        <v>4704</v>
+        <v>4706</v>
       </c>
       <c r="B2357" s="0" t="s">
-        <v>4705</v>
+        <v>4707</v>
       </c>
     </row>
     <row r="2358">
       <c r="A2358" s="0" t="s">
-        <v>4706</v>
+        <v>4708</v>
       </c>
       <c r="B2358" s="0" t="s">
-        <v>4707</v>
+        <v>4709</v>
       </c>
     </row>
     <row r="2359">
       <c r="A2359" s="0" t="s">
-        <v>4708</v>
+        <v>4710</v>
       </c>
       <c r="B2359" s="0" t="s">
-        <v>4709</v>
+        <v>4711</v>
       </c>
     </row>
     <row r="2360">
       <c r="A2360" s="0" t="s">
-        <v>4710</v>
+        <v>4712</v>
       </c>
       <c r="B2360" s="0" t="s">
-        <v>4711</v>
+        <v>4713</v>
       </c>
     </row>
     <row r="2361">
       <c r="A2361" s="0" t="s">
-        <v>4712</v>
+        <v>4714</v>
       </c>
       <c r="B2361" s="0" t="s">
-        <v>4713</v>
+        <v>4715</v>
       </c>
     </row>
     <row r="2362">
       <c r="A2362" s="0" t="s">
-        <v>4714</v>
+        <v>4716</v>
       </c>
       <c r="B2362" s="0" t="s">
-        <v>4715</v>
+        <v>4717</v>
       </c>
     </row>
     <row r="2363">
       <c r="A2363" s="0" t="s">
-        <v>4716</v>
+        <v>4718</v>
       </c>
       <c r="B2363" s="0" t="s">
-        <v>4717</v>
+        <v>4719</v>
       </c>
     </row>
     <row r="2364">
       <c r="A2364" s="0" t="s">
-        <v>4718</v>
+        <v>4720</v>
       </c>
       <c r="B2364" s="0" t="s">
-        <v>4717</v>
+        <v>4721</v>
       </c>
     </row>
     <row r="2365">
       <c r="A2365" s="0" t="s">
-        <v>4719</v>
+        <v>4722</v>
       </c>
       <c r="B2365" s="0" t="s">
-        <v>4717</v>
+        <v>4723</v>
       </c>
     </row>
     <row r="2366">
       <c r="A2366" s="0" t="s">
-        <v>4720</v>
+        <v>4724</v>
       </c>
       <c r="B2366" s="0" t="s">
-        <v>4717</v>
+        <v>4725</v>
       </c>
     </row>
     <row r="2367">
       <c r="A2367" s="0" t="s">
-        <v>4721</v>
+        <v>4726</v>
       </c>
       <c r="B2367" s="0" t="s">
-        <v>4717</v>
+        <v>4727</v>
       </c>
     </row>
     <row r="2368">
       <c r="A2368" s="0" t="s">
-        <v>4722</v>
+        <v>4728</v>
       </c>
       <c r="B2368" s="0" t="s">
-        <v>4717</v>
+        <v>4729</v>
       </c>
     </row>
     <row r="2369">
       <c r="A2369" s="0" t="s">
-        <v>4723</v>
+        <v>4730</v>
       </c>
       <c r="B2369" s="0" t="s">
-        <v>4717</v>
+        <v>4731</v>
       </c>
     </row>
     <row r="2370">
       <c r="A2370" s="0" t="s">
-        <v>4724</v>
+        <v>4732</v>
       </c>
       <c r="B2370" s="0" t="s">
-        <v>4717</v>
+        <v>4733</v>
       </c>
     </row>
     <row r="2371">
       <c r="A2371" s="0" t="s">
-        <v>4725</v>
+        <v>4734</v>
       </c>
       <c r="B2371" s="0" t="s">
-        <v>4717</v>
+        <v>4735</v>
       </c>
     </row>
     <row r="2372">
       <c r="A2372" s="0" t="s">
-        <v>4726</v>
+        <v>4736</v>
       </c>
       <c r="B2372" s="0" t="s">
-        <v>4717</v>
+        <v>4737</v>
       </c>
     </row>
     <row r="2373">
       <c r="A2373" s="0" t="s">
-        <v>4727</v>
+        <v>4738</v>
       </c>
       <c r="B2373" s="0" t="s">
-        <v>4717</v>
+        <v>4739</v>
       </c>
     </row>
     <row r="2374">
       <c r="A2374" s="0" t="s">
-        <v>4728</v>
+        <v>4740</v>
       </c>
       <c r="B2374" s="0" t="s">
-        <v>4717</v>
+        <v>4741</v>
       </c>
     </row>
     <row r="2375">
       <c r="A2375" s="0" t="s">
-        <v>4729</v>
+        <v>4742</v>
       </c>
       <c r="B2375" s="0" t="s">
-        <v>4717</v>
+        <v>4743</v>
       </c>
     </row>
     <row r="2376">
       <c r="A2376" s="0" t="s">
-        <v>4730</v>
+        <v>4744</v>
       </c>
       <c r="B2376" s="0" t="s">
-        <v>4717</v>
+        <v>4745</v>
+      </c>
+    </row>
+    <row r="2377">
+      <c r="A2377" s="0" t="s">
+        <v>4746</v>
+      </c>
+      <c r="B2377" s="0" t="s">
+        <v>4747</v>
+      </c>
+    </row>
+    <row r="2378">
+      <c r="A2378" s="0" t="s">
+        <v>4748</v>
+      </c>
+      <c r="B2378" s="0" t="s">
+        <v>4749</v>
+      </c>
+    </row>
+    <row r="2379">
+      <c r="A2379" s="0" t="s">
+        <v>4750</v>
+      </c>
+      <c r="B2379" s="0" t="s">
+        <v>4751</v>
+      </c>
+    </row>
+    <row r="2380">
+      <c r="A2380" s="0" t="s">
+        <v>4752</v>
+      </c>
+      <c r="B2380" s="0" t="s">
+        <v>4753</v>
+      </c>
+    </row>
+    <row r="2381">
+      <c r="A2381" s="0" t="s">
+        <v>4754</v>
+      </c>
+      <c r="B2381" s="0" t="s">
+        <v>4755</v>
+      </c>
+    </row>
+    <row r="2382">
+      <c r="A2382" s="0" t="s">
+        <v>4756</v>
+      </c>
+      <c r="B2382" s="0" t="s">
+        <v>4757</v>
+      </c>
+    </row>
+    <row r="2383">
+      <c r="A2383" s="0" t="s">
+        <v>4758</v>
+      </c>
+      <c r="B2383" s="0" t="s">
+        <v>4759</v>
+      </c>
+    </row>
+    <row r="2384">
+      <c r="A2384" s="0" t="s">
+        <v>4760</v>
+      </c>
+      <c r="B2384" s="0" t="s">
+        <v>4761</v>
+      </c>
+    </row>
+    <row r="2385">
+      <c r="A2385" s="0" t="s">
+        <v>4762</v>
+      </c>
+      <c r="B2385" s="0" t="s">
+        <v>4763</v>
+      </c>
+    </row>
+    <row r="2386">
+      <c r="A2386" s="0" t="s">
+        <v>4764</v>
+      </c>
+      <c r="B2386" s="0" t="s">
+        <v>4765</v>
+      </c>
+    </row>
+    <row r="2387">
+      <c r="A2387" s="0" t="s">
+        <v>4766</v>
+      </c>
+      <c r="B2387" s="0" t="s">
+        <v>4767</v>
+      </c>
+    </row>
+    <row r="2388">
+      <c r="A2388" s="0" t="s">
+        <v>4768</v>
+      </c>
+      <c r="B2388" s="0" t="s">
+        <v>4769</v>
+      </c>
+    </row>
+    <row r="2389">
+      <c r="A2389" s="0" t="s">
+        <v>4770</v>
+      </c>
+      <c r="B2389" s="0" t="s">
+        <v>4771</v>
+      </c>
+    </row>
+    <row r="2390">
+      <c r="A2390" s="0" t="s">
+        <v>4772</v>
+      </c>
+      <c r="B2390" s="0" t="s">
+        <v>4773</v>
+      </c>
+    </row>
+    <row r="2391">
+      <c r="A2391" s="0" t="s">
+        <v>4774</v>
+      </c>
+      <c r="B2391" s="0" t="s">
+        <v>4775</v>
+      </c>
+    </row>
+    <row r="2392">
+      <c r="A2392" s="0" t="s">
+        <v>4776</v>
+      </c>
+      <c r="B2392" s="0" t="s">
+        <v>4777</v>
+      </c>
+    </row>
+    <row r="2393">
+      <c r="A2393" s="0" t="s">
+        <v>4778</v>
+      </c>
+      <c r="B2393" s="0" t="s">
+        <v>4779</v>
+      </c>
+    </row>
+    <row r="2394">
+      <c r="A2394" s="0" t="s">
+        <v>4780</v>
+      </c>
+      <c r="B2394" s="0" t="s">
+        <v>4781</v>
+      </c>
+    </row>
+    <row r="2395">
+      <c r="A2395" s="0" t="s">
+        <v>4782</v>
+      </c>
+      <c r="B2395" s="0" t="s">
+        <v>4783</v>
+      </c>
+    </row>
+    <row r="2396">
+      <c r="A2396" s="0" t="s">
+        <v>4784</v>
+      </c>
+      <c r="B2396" s="0" t="s">
+        <v>4785</v>
+      </c>
+    </row>
+    <row r="2397">
+      <c r="A2397" s="0" t="s">
+        <v>4786</v>
+      </c>
+      <c r="B2397" s="0" t="s">
+        <v>4787</v>
+      </c>
+    </row>
+    <row r="2398">
+      <c r="A2398" s="0" t="s">
+        <v>4788</v>
+      </c>
+      <c r="B2398" s="0" t="s">
+        <v>4789</v>
+      </c>
+    </row>
+    <row r="2399">
+      <c r="A2399" s="0" t="s">
+        <v>4790</v>
+      </c>
+      <c r="B2399" s="0" t="s">
+        <v>4425</v>
+      </c>
+    </row>
+    <row r="2400">
+      <c r="A2400" s="0" t="s">
+        <v>4791</v>
+      </c>
+      <c r="B2400" s="0" t="s">
+        <v>4792</v>
+      </c>
+    </row>
+    <row r="2401">
+      <c r="A2401" s="0" t="s">
+        <v>4793</v>
+      </c>
+      <c r="B2401" s="0" t="s">
+        <v>4794</v>
+      </c>
+    </row>
+    <row r="2402">
+      <c r="A2402" s="0" t="s">
+        <v>4795</v>
+      </c>
+      <c r="B2402" s="0" t="s">
+        <v>4796</v>
+      </c>
+    </row>
+    <row r="2403">
+      <c r="A2403" s="0" t="s">
+        <v>4797</v>
+      </c>
+      <c r="B2403" s="0" t="s">
+        <v>4798</v>
+      </c>
+    </row>
+    <row r="2404">
+      <c r="A2404" s="0" t="s">
+        <v>4799</v>
+      </c>
+      <c r="B2404" s="0" t="s">
+        <v>4800</v>
+      </c>
+    </row>
+    <row r="2405">
+      <c r="A2405" s="0" t="s">
+        <v>4801</v>
+      </c>
+      <c r="B2405" s="0" t="s">
+        <v>4802</v>
+      </c>
+    </row>
+    <row r="2406">
+      <c r="A2406" s="0" t="s">
+        <v>4803</v>
+      </c>
+      <c r="B2406" s="0" t="s">
+        <v>4804</v>
+      </c>
+    </row>
+    <row r="2407">
+      <c r="A2407" s="0" t="s">
+        <v>4805</v>
+      </c>
+      <c r="B2407" s="0" t="s">
+        <v>4806</v>
+      </c>
+    </row>
+    <row r="2408">
+      <c r="A2408" s="0" t="s">
+        <v>4807</v>
+      </c>
+      <c r="B2408" s="0" t="s">
+        <v>4808</v>
+      </c>
+    </row>
+    <row r="2409">
+      <c r="A2409" s="0" t="s">
+        <v>4809</v>
+      </c>
+      <c r="B2409" s="0" t="s">
+        <v>4810</v>
+      </c>
+    </row>
+    <row r="2410">
+      <c r="A2410" s="0" t="s">
+        <v>4811</v>
+      </c>
+      <c r="B2410" s="0" t="s">
+        <v>4527</v>
+      </c>
+    </row>
+    <row r="2411">
+      <c r="A2411" s="0" t="s">
+        <v>4812</v>
+      </c>
+      <c r="B2411" s="0" t="s">
+        <v>4813</v>
+      </c>
+    </row>
+    <row r="2412">
+      <c r="A2412" s="0" t="s">
+        <v>4814</v>
+      </c>
+      <c r="B2412" s="0" t="s">
+        <v>4815</v>
+      </c>
+    </row>
+    <row r="2413">
+      <c r="A2413" s="0" t="s">
+        <v>4816</v>
+      </c>
+      <c r="B2413" s="0" t="s">
+        <v>4817</v>
+      </c>
+    </row>
+    <row r="2414">
+      <c r="A2414" s="0" t="s">
+        <v>4818</v>
+      </c>
+      <c r="B2414" s="0" t="s">
+        <v>4819</v>
+      </c>
+    </row>
+    <row r="2415">
+      <c r="A2415" s="0" t="s">
+        <v>4820</v>
+      </c>
+      <c r="B2415" s="0" t="s">
+        <v>4821</v>
+      </c>
+    </row>
+    <row r="2416">
+      <c r="A2416" s="0" t="s">
+        <v>4822</v>
+      </c>
+      <c r="B2416" s="0" t="s">
+        <v>4823</v>
+      </c>
+    </row>
+    <row r="2417">
+      <c r="A2417" s="0" t="s">
+        <v>4824</v>
+      </c>
+      <c r="B2417" s="0" t="s">
+        <v>4825</v>
+      </c>
+    </row>
+    <row r="2418">
+      <c r="A2418" s="0" t="s">
+        <v>4826</v>
+      </c>
+      <c r="B2418" s="0" t="s">
+        <v>4827</v>
+      </c>
+    </row>
+    <row r="2419">
+      <c r="A2419" s="0" t="s">
+        <v>4828</v>
+      </c>
+      <c r="B2419" s="0" t="s">
+        <v>4829</v>
+      </c>
+    </row>
+    <row r="2420">
+      <c r="A2420" s="0" t="s">
+        <v>4830</v>
+      </c>
+      <c r="B2420" s="0" t="s">
+        <v>4831</v>
+      </c>
+    </row>
+    <row r="2421">
+      <c r="A2421" s="0" t="s">
+        <v>4832</v>
+      </c>
+      <c r="B2421" s="0" t="s">
+        <v>4833</v>
+      </c>
+    </row>
+    <row r="2422">
+      <c r="A2422" s="0" t="s">
+        <v>4834</v>
+      </c>
+      <c r="B2422" s="0" t="s">
+        <v>4835</v>
+      </c>
+    </row>
+    <row r="2423">
+      <c r="A2423" s="0" t="s">
+        <v>4836</v>
+      </c>
+      <c r="B2423" s="0" t="s">
+        <v>4837</v>
+      </c>
+    </row>
+    <row r="2424">
+      <c r="A2424" s="0" t="s">
+        <v>4838</v>
+      </c>
+      <c r="B2424" s="0" t="s">
+        <v>4839</v>
+      </c>
+    </row>
+    <row r="2425">
+      <c r="A2425" s="0" t="s">
+        <v>4840</v>
+      </c>
+      <c r="B2425" s="0" t="s">
+        <v>4839</v>
+      </c>
+    </row>
+    <row r="2426">
+      <c r="A2426" s="0" t="s">
+        <v>4841</v>
+      </c>
+      <c r="B2426" s="0" t="s">
+        <v>4839</v>
+      </c>
+    </row>
+    <row r="2427">
+      <c r="A2427" s="0" t="s">
+        <v>4842</v>
+      </c>
+      <c r="B2427" s="0" t="s">
+        <v>4839</v>
+      </c>
+    </row>
+    <row r="2428">
+      <c r="A2428" s="0" t="s">
+        <v>4843</v>
+      </c>
+      <c r="B2428" s="0" t="s">
+        <v>4839</v>
+      </c>
+    </row>
+    <row r="2429">
+      <c r="A2429" s="0" t="s">
+        <v>4844</v>
+      </c>
+      <c r="B2429" s="0" t="s">
+        <v>4839</v>
+      </c>
+    </row>
+    <row r="2430">
+      <c r="A2430" s="0" t="s">
+        <v>4845</v>
+      </c>
+      <c r="B2430" s="0" t="s">
+        <v>4839</v>
+      </c>
+    </row>
+    <row r="2431">
+      <c r="A2431" s="0" t="s">
+        <v>4846</v>
+      </c>
+      <c r="B2431" s="0" t="s">
+        <v>4839</v>
+      </c>
+    </row>
+    <row r="2432">
+      <c r="A2432" s="0" t="s">
+        <v>4847</v>
+      </c>
+      <c r="B2432" s="0" t="s">
+        <v>4839</v>
+      </c>
+    </row>
+    <row r="2433">
+      <c r="A2433" s="0" t="s">
+        <v>4848</v>
+      </c>
+      <c r="B2433" s="0" t="s">
+        <v>4839</v>
+      </c>
+    </row>
+    <row r="2434">
+      <c r="A2434" s="0" t="s">
+        <v>4849</v>
+      </c>
+      <c r="B2434" s="0" t="s">
+        <v>4839</v>
+      </c>
+    </row>
+    <row r="2435">
+      <c r="A2435" s="0" t="s">
+        <v>4850</v>
+      </c>
+      <c r="B2435" s="0" t="s">
+        <v>4839</v>
+      </c>
+    </row>
+    <row r="2436">
+      <c r="A2436" s="0" t="s">
+        <v>4851</v>
+      </c>
+      <c r="B2436" s="0" t="s">
+        <v>4839</v>
+      </c>
+    </row>
+    <row r="2437">
+      <c r="A2437" s="0" t="s">
+        <v>4852</v>
+      </c>
+      <c r="B2437" s="0" t="s">
+        <v>4839</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>