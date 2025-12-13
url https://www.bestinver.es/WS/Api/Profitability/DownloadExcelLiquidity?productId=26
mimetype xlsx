--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -4,59 +4,107 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3271" uniqueCount="3271">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3287" uniqueCount="3287">
   <si>
     <t>BESTINVER BONOS INSTITUCIONAL II, F.I.</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>16,413900</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>16,408199</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>16,404340</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>16,403268</t>
+  </si>
+  <si>
+    <t>07/12/2025</t>
+  </si>
+  <si>
+    <t>16,402299</t>
+  </si>
+  <si>
+    <t>06/12/2025</t>
+  </si>
+  <si>
+    <t>16,401124</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>16,399948</t>
+  </si>
+  <si>
+    <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>16,390341</t>
   </si>
   <si>
     <t>03/12/2025</t>
   </si>
   <si>
     <t>16,387285</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>16,383536</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>16,376919</t>
   </si>
   <si>
     <t>30/11/2025</t>
   </si>
   <si>
     <t>16,375469</t>
   </si>
@@ -9865,51 +9913,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B1640"/>
+  <dimension ref="A1:B1648"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -10121,115 +10169,115 @@
       <c r="B29" s="0" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>57</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>61</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="B40" s="0" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>78</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>80</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>82</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>83</v>
       </c>
@@ -11529,115 +11577,115 @@
       <c r="B205" s="0" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
         <v>408</v>
       </c>
       <c r="B206" s="0" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
         <v>410</v>
       </c>
       <c r="B207" s="0" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
         <v>412</v>
       </c>
       <c r="B208" s="0" t="s">
-        <v>405</v>
+        <v>413</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="B210" s="0" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B211" s="0" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="0" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B212" s="0" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="B213" s="0" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="B214" s="0" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B215" s="0" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B216" s="0" t="s">
-        <v>428</v>
+        <v>421</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
         <v>429</v>
       </c>
       <c r="B217" s="0" t="s">
         <v>430</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
         <v>431</v>
       </c>
       <c r="B218" s="0" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
         <v>433</v>
       </c>
       <c r="B219" s="0" t="s">
         <v>434</v>
       </c>
@@ -22945,72 +22993,136 @@
       <c r="B1632" s="0" t="s">
         <v>3260</v>
       </c>
     </row>
     <row r="1633">
       <c r="A1633" s="0" t="s">
         <v>3261</v>
       </c>
       <c r="B1633" s="0" t="s">
         <v>3262</v>
       </c>
     </row>
     <row r="1634">
       <c r="A1634" s="0" t="s">
         <v>3263</v>
       </c>
       <c r="B1634" s="0" t="s">
         <v>3264</v>
       </c>
     </row>
     <row r="1635">
       <c r="A1635" s="0" t="s">
         <v>3265</v>
       </c>
       <c r="B1635" s="0" t="s">
-        <v>3264</v>
+        <v>3266</v>
       </c>
     </row>
     <row r="1636">
       <c r="A1636" s="0" t="s">
-        <v>3266</v>
+        <v>3267</v>
       </c>
       <c r="B1636" s="0" t="s">
-        <v>3264</v>
+        <v>3268</v>
       </c>
     </row>
     <row r="1637">
       <c r="A1637" s="0" t="s">
-        <v>3267</v>
+        <v>3269</v>
       </c>
       <c r="B1637" s="0" t="s">
-        <v>3264</v>
+        <v>3270</v>
       </c>
     </row>
     <row r="1638">
       <c r="A1638" s="0" t="s">
-        <v>3268</v>
+        <v>3271</v>
       </c>
       <c r="B1638" s="0" t="s">
-        <v>3264</v>
+        <v>3272</v>
       </c>
     </row>
     <row r="1639">
       <c r="A1639" s="0" t="s">
-        <v>3269</v>
+        <v>3273</v>
       </c>
       <c r="B1639" s="0" t="s">
-        <v>3264</v>
+        <v>3274</v>
       </c>
     </row>
     <row r="1640">
       <c r="A1640" s="0" t="s">
-        <v>3270</v>
+        <v>3275</v>
       </c>
       <c r="B1640" s="0" t="s">
-        <v>3264</v>
+        <v>3276</v>
+      </c>
+    </row>
+    <row r="1641">
+      <c r="A1641" s="0" t="s">
+        <v>3277</v>
+      </c>
+      <c r="B1641" s="0" t="s">
+        <v>3278</v>
+      </c>
+    </row>
+    <row r="1642">
+      <c r="A1642" s="0" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B1642" s="0" t="s">
+        <v>3280</v>
+      </c>
+    </row>
+    <row r="1643">
+      <c r="A1643" s="0" t="s">
+        <v>3281</v>
+      </c>
+      <c r="B1643" s="0" t="s">
+        <v>3280</v>
+      </c>
+    </row>
+    <row r="1644">
+      <c r="A1644" s="0" t="s">
+        <v>3282</v>
+      </c>
+      <c r="B1644" s="0" t="s">
+        <v>3280</v>
+      </c>
+    </row>
+    <row r="1645">
+      <c r="A1645" s="0" t="s">
+        <v>3283</v>
+      </c>
+      <c r="B1645" s="0" t="s">
+        <v>3280</v>
+      </c>
+    </row>
+    <row r="1646">
+      <c r="A1646" s="0" t="s">
+        <v>3284</v>
+      </c>
+      <c r="B1646" s="0" t="s">
+        <v>3280</v>
+      </c>
+    </row>
+    <row r="1647">
+      <c r="A1647" s="0" t="s">
+        <v>3285</v>
+      </c>
+      <c r="B1647" s="0" t="s">
+        <v>3280</v>
+      </c>
+    </row>
+    <row r="1648">
+      <c r="A1648" s="0" t="s">
+        <v>3286</v>
+      </c>
+      <c r="B1648" s="0" t="s">
+        <v>3280</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>