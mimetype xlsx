--- v1 (2025-12-13)
+++ v2 (2026-02-12)
@@ -4,59 +4,431 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3287" uniqueCount="3287">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3411" uniqueCount="3411">
   <si>
     <t>BESTINVER BONOS INSTITUCIONAL II, F.I.</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>16,579838</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>16,575988</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>16,567659</t>
+  </si>
+  <si>
+    <t>08/02/2026</t>
+  </si>
+  <si>
+    <t>16,560405</t>
+  </si>
+  <si>
+    <t>07/02/2026</t>
+  </si>
+  <si>
+    <t>16,559262</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>16,558119</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>16,555279</t>
+  </si>
+  <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>16,560911</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>16,558539</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>16,547812</t>
+  </si>
+  <si>
+    <t>01/02/2026</t>
+  </si>
+  <si>
+    <t>16,549516</t>
+  </si>
+  <si>
+    <t>31/01/2026</t>
+  </si>
+  <si>
+    <t>16,548380</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>16,547391</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>16,546485</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>16,540687</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>16,520934</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>16,516161</t>
+  </si>
+  <si>
+    <t>25/01/2026</t>
+  </si>
+  <si>
+    <t>16,508840</t>
+  </si>
+  <si>
+    <t>24/01/2026</t>
+  </si>
+  <si>
+    <t>16,507686</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>16,506531</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>16,505605</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>16,489935</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>16,484405</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>16,490213</t>
+  </si>
+  <si>
+    <t>18/01/2026</t>
+  </si>
+  <si>
+    <t>16,502237</t>
+  </si>
+  <si>
+    <t>17/01/2026</t>
+  </si>
+  <si>
+    <t>16,501121</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>16,499936</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>16,498862</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>16,492756</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>16,485664</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>16,480301</t>
+  </si>
+  <si>
+    <t>11/01/2026</t>
+  </si>
+  <si>
+    <t>16,478742</t>
+  </si>
+  <si>
+    <t>10/01/2026</t>
+  </si>
+  <si>
+    <t>16,477633</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>16,476498</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>16,468878</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>16,467272</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>16,460615</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>16,455079</t>
+  </si>
+  <si>
+    <t>04/01/2026</t>
+  </si>
+  <si>
+    <t>16,449356</t>
+  </si>
+  <si>
+    <t>03/01/2026</t>
+  </si>
+  <si>
+    <t>16,448238</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>16,447119</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
+    <t>16,443239</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>16,440504</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>16,439053</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>16,438471</t>
+  </si>
+  <si>
+    <t>28/12/2025</t>
+  </si>
+  <si>
+    <t>16,437321</t>
+  </si>
+  <si>
+    <t>27/12/2025</t>
+  </si>
+  <si>
+    <t>16,436176</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>16,435031</t>
+  </si>
+  <si>
+    <t>25/12/2025</t>
+  </si>
+  <si>
+    <t>16,433841</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>16,432696</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>16,431990</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>16,429319</t>
+  </si>
+  <si>
+    <t>21/12/2025</t>
+  </si>
+  <si>
+    <t>16,429125</t>
+  </si>
+  <si>
+    <t>20/12/2025</t>
+  </si>
+  <si>
+    <t>16,427984</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>16,426844</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>16,427389</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>16,423427</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>16,417981</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>16,419099</t>
+  </si>
+  <si>
+    <t>14/12/2025</t>
+  </si>
+  <si>
+    <t>16,415426</t>
+  </si>
+  <si>
+    <t>13/12/2025</t>
+  </si>
+  <si>
+    <t>16,414278</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>16,413129</t>
   </si>
   <si>
     <t>11/12/2025</t>
   </si>
   <si>
     <t>16,413900</t>
   </si>
   <si>
     <t>10/12/2025</t>
   </si>
   <si>
     <t>16,408199</t>
   </si>
   <si>
     <t>09/12/2025</t>
   </si>
   <si>
     <t>16,404340</t>
   </si>
   <si>
     <t>08/12/2025</t>
   </si>
   <si>
     <t>16,403268</t>
   </si>
@@ -9913,51 +10285,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B1648"/>
+  <dimension ref="A1:B1710"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -10233,547 +10605,547 @@
       <c r="B37" s="0" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>73</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>75</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="B102" s="0" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
         <v>202</v>
       </c>
       <c r="B103" s="0" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
         <v>204</v>
       </c>
       <c r="B104" s="0" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
         <v>206</v>
       </c>
       <c r="B105" s="0" t="s">
         <v>207</v>
       </c>
@@ -11641,547 +12013,547 @@
       <c r="B213" s="0" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
         <v>424</v>
       </c>
       <c r="B214" s="0" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
         <v>426</v>
       </c>
       <c r="B215" s="0" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
         <v>428</v>
       </c>
       <c r="B216" s="0" t="s">
-        <v>421</v>
+        <v>429</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="B217" s="0" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="B218" s="0" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B219" s="0" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="B220" s="0" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B221" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B222" s="0" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B223" s="0" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B224" s="0" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="0" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="B225" s="0" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="B226" s="0" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B227" s="0" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="B228" s="0" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="B229" s="0" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="B230" s="0" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="0" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B231" s="0" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="0" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="B232" s="0" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="0" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="B233" s="0" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="0" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B234" s="0" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="0" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B235" s="0" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="0" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="B236" s="0" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="0" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="B237" s="0" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="0" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B238" s="0" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="0" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B239" s="0" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="0" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="B240" s="0" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="0" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="B241" s="0" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="0" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="B242" s="0" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="0" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B243" s="0" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="0" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="B244" s="0" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="0" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="B245" s="0" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="0" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="B246" s="0" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="0" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="B247" s="0" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="0" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="B248" s="0" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="0" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="B249" s="0" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="0" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="B250" s="0" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="0" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="B251" s="0" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="0" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="B252" s="0" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="0" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="B253" s="0" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="0" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="B254" s="0" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="0" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="B255" s="0" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="0" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="B256" s="0" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="0" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="B257" s="0" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="0" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="B258" s="0" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="0" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="B259" s="0" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="0" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="B260" s="0" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="0" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="B261" s="0" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="0" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="B262" s="0" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="0" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="B263" s="0" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="0" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B264" s="0" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="0" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="B265" s="0" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="0" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="B266" s="0" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="B267" s="0" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="B268" s="0" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="0" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="B269" s="0" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="0" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B270" s="0" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="B271" s="0" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="B272" s="0" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="B273" s="0" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="B274" s="0" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="0" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="B275" s="0" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="0" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="B276" s="0" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="0" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="B277" s="0" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="0" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="B278" s="0" t="s">
-        <v>552</v>
+        <v>545</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="0" t="s">
         <v>553</v>
       </c>
       <c r="B279" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="0" t="s">
         <v>555</v>
       </c>
       <c r="B280" s="0" t="s">
         <v>556</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="0" t="s">
         <v>557</v>
       </c>
       <c r="B281" s="0" t="s">
         <v>558</v>
       </c>
@@ -23057,72 +23429,568 @@
       <c r="B1640" s="0" t="s">
         <v>3276</v>
       </c>
     </row>
     <row r="1641">
       <c r="A1641" s="0" t="s">
         <v>3277</v>
       </c>
       <c r="B1641" s="0" t="s">
         <v>3278</v>
       </c>
     </row>
     <row r="1642">
       <c r="A1642" s="0" t="s">
         <v>3279</v>
       </c>
       <c r="B1642" s="0" t="s">
         <v>3280</v>
       </c>
     </row>
     <row r="1643">
       <c r="A1643" s="0" t="s">
         <v>3281</v>
       </c>
       <c r="B1643" s="0" t="s">
-        <v>3280</v>
+        <v>3282</v>
       </c>
     </row>
     <row r="1644">
       <c r="A1644" s="0" t="s">
-        <v>3282</v>
+        <v>3283</v>
       </c>
       <c r="B1644" s="0" t="s">
-        <v>3280</v>
+        <v>3284</v>
       </c>
     </row>
     <row r="1645">
       <c r="A1645" s="0" t="s">
-        <v>3283</v>
+        <v>3285</v>
       </c>
       <c r="B1645" s="0" t="s">
-        <v>3280</v>
+        <v>3286</v>
       </c>
     </row>
     <row r="1646">
       <c r="A1646" s="0" t="s">
-        <v>3284</v>
+        <v>3287</v>
       </c>
       <c r="B1646" s="0" t="s">
-        <v>3280</v>
+        <v>3288</v>
       </c>
     </row>
     <row r="1647">
       <c r="A1647" s="0" t="s">
-        <v>3285</v>
+        <v>3289</v>
       </c>
       <c r="B1647" s="0" t="s">
-        <v>3280</v>
+        <v>3290</v>
       </c>
     </row>
     <row r="1648">
       <c r="A1648" s="0" t="s">
-        <v>3286</v>
+        <v>3291</v>
       </c>
       <c r="B1648" s="0" t="s">
-        <v>3280</v>
+        <v>3292</v>
+      </c>
+    </row>
+    <row r="1649">
+      <c r="A1649" s="0" t="s">
+        <v>3293</v>
+      </c>
+      <c r="B1649" s="0" t="s">
+        <v>3294</v>
+      </c>
+    </row>
+    <row r="1650">
+      <c r="A1650" s="0" t="s">
+        <v>3295</v>
+      </c>
+      <c r="B1650" s="0" t="s">
+        <v>3296</v>
+      </c>
+    </row>
+    <row r="1651">
+      <c r="A1651" s="0" t="s">
+        <v>3297</v>
+      </c>
+      <c r="B1651" s="0" t="s">
+        <v>3298</v>
+      </c>
+    </row>
+    <row r="1652">
+      <c r="A1652" s="0" t="s">
+        <v>3299</v>
+      </c>
+      <c r="B1652" s="0" t="s">
+        <v>3300</v>
+      </c>
+    </row>
+    <row r="1653">
+      <c r="A1653" s="0" t="s">
+        <v>3301</v>
+      </c>
+      <c r="B1653" s="0" t="s">
+        <v>3302</v>
+      </c>
+    </row>
+    <row r="1654">
+      <c r="A1654" s="0" t="s">
+        <v>3303</v>
+      </c>
+      <c r="B1654" s="0" t="s">
+        <v>3304</v>
+      </c>
+    </row>
+    <row r="1655">
+      <c r="A1655" s="0" t="s">
+        <v>3305</v>
+      </c>
+      <c r="B1655" s="0" t="s">
+        <v>3306</v>
+      </c>
+    </row>
+    <row r="1656">
+      <c r="A1656" s="0" t="s">
+        <v>3307</v>
+      </c>
+      <c r="B1656" s="0" t="s">
+        <v>3308</v>
+      </c>
+    </row>
+    <row r="1657">
+      <c r="A1657" s="0" t="s">
+        <v>3309</v>
+      </c>
+      <c r="B1657" s="0" t="s">
+        <v>3310</v>
+      </c>
+    </row>
+    <row r="1658">
+      <c r="A1658" s="0" t="s">
+        <v>3311</v>
+      </c>
+      <c r="B1658" s="0" t="s">
+        <v>3312</v>
+      </c>
+    </row>
+    <row r="1659">
+      <c r="A1659" s="0" t="s">
+        <v>3313</v>
+      </c>
+      <c r="B1659" s="0" t="s">
+        <v>3314</v>
+      </c>
+    </row>
+    <row r="1660">
+      <c r="A1660" s="0" t="s">
+        <v>3315</v>
+      </c>
+      <c r="B1660" s="0" t="s">
+        <v>3316</v>
+      </c>
+    </row>
+    <row r="1661">
+      <c r="A1661" s="0" t="s">
+        <v>3317</v>
+      </c>
+      <c r="B1661" s="0" t="s">
+        <v>3318</v>
+      </c>
+    </row>
+    <row r="1662">
+      <c r="A1662" s="0" t="s">
+        <v>3319</v>
+      </c>
+      <c r="B1662" s="0" t="s">
+        <v>3320</v>
+      </c>
+    </row>
+    <row r="1663">
+      <c r="A1663" s="0" t="s">
+        <v>3321</v>
+      </c>
+      <c r="B1663" s="0" t="s">
+        <v>3322</v>
+      </c>
+    </row>
+    <row r="1664">
+      <c r="A1664" s="0" t="s">
+        <v>3323</v>
+      </c>
+      <c r="B1664" s="0" t="s">
+        <v>3324</v>
+      </c>
+    </row>
+    <row r="1665">
+      <c r="A1665" s="0" t="s">
+        <v>3325</v>
+      </c>
+      <c r="B1665" s="0" t="s">
+        <v>3326</v>
+      </c>
+    </row>
+    <row r="1666">
+      <c r="A1666" s="0" t="s">
+        <v>3327</v>
+      </c>
+      <c r="B1666" s="0" t="s">
+        <v>3328</v>
+      </c>
+    </row>
+    <row r="1667">
+      <c r="A1667" s="0" t="s">
+        <v>3329</v>
+      </c>
+      <c r="B1667" s="0" t="s">
+        <v>3330</v>
+      </c>
+    </row>
+    <row r="1668">
+      <c r="A1668" s="0" t="s">
+        <v>3331</v>
+      </c>
+      <c r="B1668" s="0" t="s">
+        <v>3332</v>
+      </c>
+    </row>
+    <row r="1669">
+      <c r="A1669" s="0" t="s">
+        <v>3333</v>
+      </c>
+      <c r="B1669" s="0" t="s">
+        <v>3334</v>
+      </c>
+    </row>
+    <row r="1670">
+      <c r="A1670" s="0" t="s">
+        <v>3335</v>
+      </c>
+      <c r="B1670" s="0" t="s">
+        <v>3336</v>
+      </c>
+    </row>
+    <row r="1671">
+      <c r="A1671" s="0" t="s">
+        <v>3337</v>
+      </c>
+      <c r="B1671" s="0" t="s">
+        <v>3338</v>
+      </c>
+    </row>
+    <row r="1672">
+      <c r="A1672" s="0" t="s">
+        <v>3339</v>
+      </c>
+      <c r="B1672" s="0" t="s">
+        <v>3340</v>
+      </c>
+    </row>
+    <row r="1673">
+      <c r="A1673" s="0" t="s">
+        <v>3341</v>
+      </c>
+      <c r="B1673" s="0" t="s">
+        <v>3342</v>
+      </c>
+    </row>
+    <row r="1674">
+      <c r="A1674" s="0" t="s">
+        <v>3343</v>
+      </c>
+      <c r="B1674" s="0" t="s">
+        <v>3344</v>
+      </c>
+    </row>
+    <row r="1675">
+      <c r="A1675" s="0" t="s">
+        <v>3345</v>
+      </c>
+      <c r="B1675" s="0" t="s">
+        <v>3346</v>
+      </c>
+    </row>
+    <row r="1676">
+      <c r="A1676" s="0" t="s">
+        <v>3347</v>
+      </c>
+      <c r="B1676" s="0" t="s">
+        <v>3348</v>
+      </c>
+    </row>
+    <row r="1677">
+      <c r="A1677" s="0" t="s">
+        <v>3349</v>
+      </c>
+      <c r="B1677" s="0" t="s">
+        <v>3350</v>
+      </c>
+    </row>
+    <row r="1678">
+      <c r="A1678" s="0" t="s">
+        <v>3351</v>
+      </c>
+      <c r="B1678" s="0" t="s">
+        <v>3352</v>
+      </c>
+    </row>
+    <row r="1679">
+      <c r="A1679" s="0" t="s">
+        <v>3353</v>
+      </c>
+      <c r="B1679" s="0" t="s">
+        <v>3354</v>
+      </c>
+    </row>
+    <row r="1680">
+      <c r="A1680" s="0" t="s">
+        <v>3355</v>
+      </c>
+      <c r="B1680" s="0" t="s">
+        <v>3356</v>
+      </c>
+    </row>
+    <row r="1681">
+      <c r="A1681" s="0" t="s">
+        <v>3357</v>
+      </c>
+      <c r="B1681" s="0" t="s">
+        <v>3358</v>
+      </c>
+    </row>
+    <row r="1682">
+      <c r="A1682" s="0" t="s">
+        <v>3359</v>
+      </c>
+      <c r="B1682" s="0" t="s">
+        <v>3360</v>
+      </c>
+    </row>
+    <row r="1683">
+      <c r="A1683" s="0" t="s">
+        <v>3361</v>
+      </c>
+      <c r="B1683" s="0" t="s">
+        <v>3362</v>
+      </c>
+    </row>
+    <row r="1684">
+      <c r="A1684" s="0" t="s">
+        <v>3363</v>
+      </c>
+      <c r="B1684" s="0" t="s">
+        <v>3364</v>
+      </c>
+    </row>
+    <row r="1685">
+      <c r="A1685" s="0" t="s">
+        <v>3365</v>
+      </c>
+      <c r="B1685" s="0" t="s">
+        <v>3366</v>
+      </c>
+    </row>
+    <row r="1686">
+      <c r="A1686" s="0" t="s">
+        <v>3367</v>
+      </c>
+      <c r="B1686" s="0" t="s">
+        <v>3368</v>
+      </c>
+    </row>
+    <row r="1687">
+      <c r="A1687" s="0" t="s">
+        <v>3369</v>
+      </c>
+      <c r="B1687" s="0" t="s">
+        <v>3370</v>
+      </c>
+    </row>
+    <row r="1688">
+      <c r="A1688" s="0" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B1688" s="0" t="s">
+        <v>3372</v>
+      </c>
+    </row>
+    <row r="1689">
+      <c r="A1689" s="0" t="s">
+        <v>3373</v>
+      </c>
+      <c r="B1689" s="0" t="s">
+        <v>3374</v>
+      </c>
+    </row>
+    <row r="1690">
+      <c r="A1690" s="0" t="s">
+        <v>3375</v>
+      </c>
+      <c r="B1690" s="0" t="s">
+        <v>3376</v>
+      </c>
+    </row>
+    <row r="1691">
+      <c r="A1691" s="0" t="s">
+        <v>3377</v>
+      </c>
+      <c r="B1691" s="0" t="s">
+        <v>3378</v>
+      </c>
+    </row>
+    <row r="1692">
+      <c r="A1692" s="0" t="s">
+        <v>3379</v>
+      </c>
+      <c r="B1692" s="0" t="s">
+        <v>3380</v>
+      </c>
+    </row>
+    <row r="1693">
+      <c r="A1693" s="0" t="s">
+        <v>3381</v>
+      </c>
+      <c r="B1693" s="0" t="s">
+        <v>3382</v>
+      </c>
+    </row>
+    <row r="1694">
+      <c r="A1694" s="0" t="s">
+        <v>3383</v>
+      </c>
+      <c r="B1694" s="0" t="s">
+        <v>3384</v>
+      </c>
+    </row>
+    <row r="1695">
+      <c r="A1695" s="0" t="s">
+        <v>3385</v>
+      </c>
+      <c r="B1695" s="0" t="s">
+        <v>3386</v>
+      </c>
+    </row>
+    <row r="1696">
+      <c r="A1696" s="0" t="s">
+        <v>3387</v>
+      </c>
+      <c r="B1696" s="0" t="s">
+        <v>3388</v>
+      </c>
+    </row>
+    <row r="1697">
+      <c r="A1697" s="0" t="s">
+        <v>3389</v>
+      </c>
+      <c r="B1697" s="0" t="s">
+        <v>3390</v>
+      </c>
+    </row>
+    <row r="1698">
+      <c r="A1698" s="0" t="s">
+        <v>3391</v>
+      </c>
+      <c r="B1698" s="0" t="s">
+        <v>3392</v>
+      </c>
+    </row>
+    <row r="1699">
+      <c r="A1699" s="0" t="s">
+        <v>3393</v>
+      </c>
+      <c r="B1699" s="0" t="s">
+        <v>3394</v>
+      </c>
+    </row>
+    <row r="1700">
+      <c r="A1700" s="0" t="s">
+        <v>3395</v>
+      </c>
+      <c r="B1700" s="0" t="s">
+        <v>3396</v>
+      </c>
+    </row>
+    <row r="1701">
+      <c r="A1701" s="0" t="s">
+        <v>3397</v>
+      </c>
+      <c r="B1701" s="0" t="s">
+        <v>3398</v>
+      </c>
+    </row>
+    <row r="1702">
+      <c r="A1702" s="0" t="s">
+        <v>3399</v>
+      </c>
+      <c r="B1702" s="0" t="s">
+        <v>3400</v>
+      </c>
+    </row>
+    <row r="1703">
+      <c r="A1703" s="0" t="s">
+        <v>3401</v>
+      </c>
+      <c r="B1703" s="0" t="s">
+        <v>3402</v>
+      </c>
+    </row>
+    <row r="1704">
+      <c r="A1704" s="0" t="s">
+        <v>3403</v>
+      </c>
+      <c r="B1704" s="0" t="s">
+        <v>3404</v>
+      </c>
+    </row>
+    <row r="1705">
+      <c r="A1705" s="0" t="s">
+        <v>3405</v>
+      </c>
+      <c r="B1705" s="0" t="s">
+        <v>3404</v>
+      </c>
+    </row>
+    <row r="1706">
+      <c r="A1706" s="0" t="s">
+        <v>3406</v>
+      </c>
+      <c r="B1706" s="0" t="s">
+        <v>3404</v>
+      </c>
+    </row>
+    <row r="1707">
+      <c r="A1707" s="0" t="s">
+        <v>3407</v>
+      </c>
+      <c r="B1707" s="0" t="s">
+        <v>3404</v>
+      </c>
+    </row>
+    <row r="1708">
+      <c r="A1708" s="0" t="s">
+        <v>3408</v>
+      </c>
+      <c r="B1708" s="0" t="s">
+        <v>3404</v>
+      </c>
+    </row>
+    <row r="1709">
+      <c r="A1709" s="0" t="s">
+        <v>3409</v>
+      </c>
+      <c r="B1709" s="0" t="s">
+        <v>3404</v>
+      </c>
+    </row>
+    <row r="1710">
+      <c r="A1710" s="0" t="s">
+        <v>3410</v>
+      </c>
+      <c r="B1710" s="0" t="s">
+        <v>3404</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>