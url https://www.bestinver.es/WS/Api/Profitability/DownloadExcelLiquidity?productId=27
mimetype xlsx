--- v0 (2025-12-06)
+++ v1 (2026-01-23)
@@ -4,59 +4,353 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2527" uniqueCount="2527">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2625" uniqueCount="2625">
   <si>
     <t>ALFIL TACTICO, FIL</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>13,585995</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>13,217553</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>13,204353</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>13,381942</t>
+  </si>
+  <si>
+    <t>18/01/2026</t>
+  </si>
+  <si>
+    <t>13,421845</t>
+  </si>
+  <si>
+    <t>17/01/2026</t>
+  </si>
+  <si>
+    <t>13,422228</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>13,422705</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>13,526552</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>13,550888</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>13,333857</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>13,409335</t>
+  </si>
+  <si>
+    <t>11/01/2026</t>
+  </si>
+  <si>
+    <t>13,340555</t>
+  </si>
+  <si>
+    <t>10/01/2026</t>
+  </si>
+  <si>
+    <t>13,340902</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>13,341141</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>13,222957</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>13,206633</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>13,144755</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>13,017747</t>
+  </si>
+  <si>
+    <t>04/01/2026</t>
+  </si>
+  <si>
+    <t>12,854428</t>
+  </si>
+  <si>
+    <t>03/01/2026</t>
+  </si>
+  <si>
+    <t>12,854768</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>12,855005</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
+    <t>12,742243</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>12,742617</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>12,754596</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>12,695666</t>
+  </si>
+  <si>
+    <t>28/12/2025</t>
+  </si>
+  <si>
+    <t>12,622771</t>
+  </si>
+  <si>
+    <t>27/12/2025</t>
+  </si>
+  <si>
+    <t>12,623117</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>12,623450</t>
+  </si>
+  <si>
+    <t>25/12/2025</t>
+  </si>
+  <si>
+    <t>12,609767</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>12,610088</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>12,583669</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>12,485921</t>
+  </si>
+  <si>
+    <t>21/12/2025</t>
+  </si>
+  <si>
+    <t>12,520002</t>
+  </si>
+  <si>
+    <t>20/12/2025</t>
+  </si>
+  <si>
+    <t>12,520348</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>12,520632</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>12,451508</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>12,383147</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>12,421366</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>12,568613</t>
+  </si>
+  <si>
+    <t>14/12/2025</t>
+  </si>
+  <si>
+    <t>12,602347</t>
+  </si>
+  <si>
+    <t>13/12/2025</t>
+  </si>
+  <si>
+    <t>12,602694</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>12,602940</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>12,492149</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>12,332222</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>12,308702</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>12,316325</t>
+  </si>
+  <si>
+    <t>07/12/2025</t>
+  </si>
+  <si>
+    <t>12,359248</t>
+  </si>
+  <si>
+    <t>06/12/2025</t>
+  </si>
+  <si>
+    <t>12,359598</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>12,359907</t>
   </si>
   <si>
     <t>04/12/2025</t>
   </si>
   <si>
     <t>12,316142</t>
   </si>
   <si>
     <t>03/12/2025</t>
   </si>
   <si>
     <t>12,300933</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>12,307277</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>12,283819</t>
   </si>
@@ -7633,51 +7927,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B1264"/>
+  <dimension ref="A1:B1313"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -17748,29 +18042,421 @@
     </row>
     <row r="1262">
       <c r="A1262" s="0" t="s">
         <v>2521</v>
       </c>
       <c r="B1262" s="0" t="s">
         <v>2522</v>
       </c>
     </row>
     <row r="1263">
       <c r="A1263" s="0" t="s">
         <v>2523</v>
       </c>
       <c r="B1263" s="0" t="s">
         <v>2524</v>
       </c>
     </row>
     <row r="1264">
       <c r="A1264" s="0" t="s">
         <v>2525</v>
       </c>
       <c r="B1264" s="0" t="s">
         <v>2526</v>
       </c>
     </row>
+    <row r="1265">
+      <c r="A1265" s="0" t="s">
+        <v>2527</v>
+      </c>
+      <c r="B1265" s="0" t="s">
+        <v>2528</v>
+      </c>
+    </row>
+    <row r="1266">
+      <c r="A1266" s="0" t="s">
+        <v>2529</v>
+      </c>
+      <c r="B1266" s="0" t="s">
+        <v>2530</v>
+      </c>
+    </row>
+    <row r="1267">
+      <c r="A1267" s="0" t="s">
+        <v>2531</v>
+      </c>
+      <c r="B1267" s="0" t="s">
+        <v>2532</v>
+      </c>
+    </row>
+    <row r="1268">
+      <c r="A1268" s="0" t="s">
+        <v>2533</v>
+      </c>
+      <c r="B1268" s="0" t="s">
+        <v>2534</v>
+      </c>
+    </row>
+    <row r="1269">
+      <c r="A1269" s="0" t="s">
+        <v>2535</v>
+      </c>
+      <c r="B1269" s="0" t="s">
+        <v>2536</v>
+      </c>
+    </row>
+    <row r="1270">
+      <c r="A1270" s="0" t="s">
+        <v>2537</v>
+      </c>
+      <c r="B1270" s="0" t="s">
+        <v>2538</v>
+      </c>
+    </row>
+    <row r="1271">
+      <c r="A1271" s="0" t="s">
+        <v>2539</v>
+      </c>
+      <c r="B1271" s="0" t="s">
+        <v>2540</v>
+      </c>
+    </row>
+    <row r="1272">
+      <c r="A1272" s="0" t="s">
+        <v>2541</v>
+      </c>
+      <c r="B1272" s="0" t="s">
+        <v>2542</v>
+      </c>
+    </row>
+    <row r="1273">
+      <c r="A1273" s="0" t="s">
+        <v>2543</v>
+      </c>
+      <c r="B1273" s="0" t="s">
+        <v>2544</v>
+      </c>
+    </row>
+    <row r="1274">
+      <c r="A1274" s="0" t="s">
+        <v>2545</v>
+      </c>
+      <c r="B1274" s="0" t="s">
+        <v>2546</v>
+      </c>
+    </row>
+    <row r="1275">
+      <c r="A1275" s="0" t="s">
+        <v>2547</v>
+      </c>
+      <c r="B1275" s="0" t="s">
+        <v>2548</v>
+      </c>
+    </row>
+    <row r="1276">
+      <c r="A1276" s="0" t="s">
+        <v>2549</v>
+      </c>
+      <c r="B1276" s="0" t="s">
+        <v>2550</v>
+      </c>
+    </row>
+    <row r="1277">
+      <c r="A1277" s="0" t="s">
+        <v>2551</v>
+      </c>
+      <c r="B1277" s="0" t="s">
+        <v>2552</v>
+      </c>
+    </row>
+    <row r="1278">
+      <c r="A1278" s="0" t="s">
+        <v>2553</v>
+      </c>
+      <c r="B1278" s="0" t="s">
+        <v>2554</v>
+      </c>
+    </row>
+    <row r="1279">
+      <c r="A1279" s="0" t="s">
+        <v>2555</v>
+      </c>
+      <c r="B1279" s="0" t="s">
+        <v>2556</v>
+      </c>
+    </row>
+    <row r="1280">
+      <c r="A1280" s="0" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B1280" s="0" t="s">
+        <v>2558</v>
+      </c>
+    </row>
+    <row r="1281">
+      <c r="A1281" s="0" t="s">
+        <v>2559</v>
+      </c>
+      <c r="B1281" s="0" t="s">
+        <v>2560</v>
+      </c>
+    </row>
+    <row r="1282">
+      <c r="A1282" s="0" t="s">
+        <v>2561</v>
+      </c>
+      <c r="B1282" s="0" t="s">
+        <v>2562</v>
+      </c>
+    </row>
+    <row r="1283">
+      <c r="A1283" s="0" t="s">
+        <v>2563</v>
+      </c>
+      <c r="B1283" s="0" t="s">
+        <v>2564</v>
+      </c>
+    </row>
+    <row r="1284">
+      <c r="A1284" s="0" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B1284" s="0" t="s">
+        <v>2566</v>
+      </c>
+    </row>
+    <row r="1285">
+      <c r="A1285" s="0" t="s">
+        <v>2567</v>
+      </c>
+      <c r="B1285" s="0" t="s">
+        <v>2568</v>
+      </c>
+    </row>
+    <row r="1286">
+      <c r="A1286" s="0" t="s">
+        <v>2569</v>
+      </c>
+      <c r="B1286" s="0" t="s">
+        <v>2570</v>
+      </c>
+    </row>
+    <row r="1287">
+      <c r="A1287" s="0" t="s">
+        <v>2571</v>
+      </c>
+      <c r="B1287" s="0" t="s">
+        <v>2572</v>
+      </c>
+    </row>
+    <row r="1288">
+      <c r="A1288" s="0" t="s">
+        <v>2573</v>
+      </c>
+      <c r="B1288" s="0" t="s">
+        <v>2574</v>
+      </c>
+    </row>
+    <row r="1289">
+      <c r="A1289" s="0" t="s">
+        <v>2575</v>
+      </c>
+      <c r="B1289" s="0" t="s">
+        <v>2576</v>
+      </c>
+    </row>
+    <row r="1290">
+      <c r="A1290" s="0" t="s">
+        <v>2577</v>
+      </c>
+      <c r="B1290" s="0" t="s">
+        <v>2578</v>
+      </c>
+    </row>
+    <row r="1291">
+      <c r="A1291" s="0" t="s">
+        <v>2579</v>
+      </c>
+      <c r="B1291" s="0" t="s">
+        <v>2580</v>
+      </c>
+    </row>
+    <row r="1292">
+      <c r="A1292" s="0" t="s">
+        <v>2581</v>
+      </c>
+      <c r="B1292" s="0" t="s">
+        <v>2582</v>
+      </c>
+    </row>
+    <row r="1293">
+      <c r="A1293" s="0" t="s">
+        <v>2583</v>
+      </c>
+      <c r="B1293" s="0" t="s">
+        <v>2584</v>
+      </c>
+    </row>
+    <row r="1294">
+      <c r="A1294" s="0" t="s">
+        <v>2585</v>
+      </c>
+      <c r="B1294" s="0" t="s">
+        <v>2586</v>
+      </c>
+    </row>
+    <row r="1295">
+      <c r="A1295" s="0" t="s">
+        <v>2587</v>
+      </c>
+      <c r="B1295" s="0" t="s">
+        <v>2588</v>
+      </c>
+    </row>
+    <row r="1296">
+      <c r="A1296" s="0" t="s">
+        <v>2589</v>
+      </c>
+      <c r="B1296" s="0" t="s">
+        <v>2590</v>
+      </c>
+    </row>
+    <row r="1297">
+      <c r="A1297" s="0" t="s">
+        <v>2591</v>
+      </c>
+      <c r="B1297" s="0" t="s">
+        <v>2592</v>
+      </c>
+    </row>
+    <row r="1298">
+      <c r="A1298" s="0" t="s">
+        <v>2593</v>
+      </c>
+      <c r="B1298" s="0" t="s">
+        <v>2594</v>
+      </c>
+    </row>
+    <row r="1299">
+      <c r="A1299" s="0" t="s">
+        <v>2595</v>
+      </c>
+      <c r="B1299" s="0" t="s">
+        <v>2596</v>
+      </c>
+    </row>
+    <row r="1300">
+      <c r="A1300" s="0" t="s">
+        <v>2597</v>
+      </c>
+      <c r="B1300" s="0" t="s">
+        <v>2598</v>
+      </c>
+    </row>
+    <row r="1301">
+      <c r="A1301" s="0" t="s">
+        <v>2599</v>
+      </c>
+      <c r="B1301" s="0" t="s">
+        <v>2600</v>
+      </c>
+    </row>
+    <row r="1302">
+      <c r="A1302" s="0" t="s">
+        <v>2601</v>
+      </c>
+      <c r="B1302" s="0" t="s">
+        <v>2602</v>
+      </c>
+    </row>
+    <row r="1303">
+      <c r="A1303" s="0" t="s">
+        <v>2603</v>
+      </c>
+      <c r="B1303" s="0" t="s">
+        <v>2604</v>
+      </c>
+    </row>
+    <row r="1304">
+      <c r="A1304" s="0" t="s">
+        <v>2605</v>
+      </c>
+      <c r="B1304" s="0" t="s">
+        <v>2606</v>
+      </c>
+    </row>
+    <row r="1305">
+      <c r="A1305" s="0" t="s">
+        <v>2607</v>
+      </c>
+      <c r="B1305" s="0" t="s">
+        <v>2608</v>
+      </c>
+    </row>
+    <row r="1306">
+      <c r="A1306" s="0" t="s">
+        <v>2609</v>
+      </c>
+      <c r="B1306" s="0" t="s">
+        <v>2610</v>
+      </c>
+    </row>
+    <row r="1307">
+      <c r="A1307" s="0" t="s">
+        <v>2611</v>
+      </c>
+      <c r="B1307" s="0" t="s">
+        <v>2612</v>
+      </c>
+    </row>
+    <row r="1308">
+      <c r="A1308" s="0" t="s">
+        <v>2613</v>
+      </c>
+      <c r="B1308" s="0" t="s">
+        <v>2614</v>
+      </c>
+    </row>
+    <row r="1309">
+      <c r="A1309" s="0" t="s">
+        <v>2615</v>
+      </c>
+      <c r="B1309" s="0" t="s">
+        <v>2616</v>
+      </c>
+    </row>
+    <row r="1310">
+      <c r="A1310" s="0" t="s">
+        <v>2617</v>
+      </c>
+      <c r="B1310" s="0" t="s">
+        <v>2618</v>
+      </c>
+    </row>
+    <row r="1311">
+      <c r="A1311" s="0" t="s">
+        <v>2619</v>
+      </c>
+      <c r="B1311" s="0" t="s">
+        <v>2620</v>
+      </c>
+    </row>
+    <row r="1312">
+      <c r="A1312" s="0" t="s">
+        <v>2621</v>
+      </c>
+      <c r="B1312" s="0" t="s">
+        <v>2622</v>
+      </c>
+    </row>
+    <row r="1313">
+      <c r="A1313" s="0" t="s">
+        <v>2623</v>
+      </c>
+      <c r="B1313" s="0" t="s">
+        <v>2624</v>
+      </c>
+    </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>