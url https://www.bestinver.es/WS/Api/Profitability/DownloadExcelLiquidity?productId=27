--- v1 (2026-01-23)
+++ v2 (2026-03-26)
@@ -4,59 +4,425 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2625" uniqueCount="2625">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2747" uniqueCount="2747">
   <si>
     <t>ALFIL TACTICO, FIL</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>24/03/2026</t>
+  </si>
+  <si>
+    <t>11,811564</t>
+  </si>
+  <si>
+    <t>23/03/2026</t>
+  </si>
+  <si>
+    <t>11,937933</t>
+  </si>
+  <si>
+    <t>22/03/2026</t>
+  </si>
+  <si>
+    <t>11,572529</t>
+  </si>
+  <si>
+    <t>21/03/2026</t>
+  </si>
+  <si>
+    <t>11,572903</t>
+  </si>
+  <si>
+    <t>20/03/2026</t>
+  </si>
+  <si>
+    <t>11,573277</t>
+  </si>
+  <si>
+    <t>19/03/2026</t>
+  </si>
+  <si>
+    <t>11,725878</t>
+  </si>
+  <si>
+    <t>18/03/2026</t>
+  </si>
+  <si>
+    <t>11,984333</t>
+  </si>
+  <si>
+    <t>17/03/2026</t>
+  </si>
+  <si>
+    <t>12,297001</t>
+  </si>
+  <si>
+    <t>16/03/2026</t>
+  </si>
+  <si>
+    <t>12,257928</t>
+  </si>
+  <si>
+    <t>15/03/2026</t>
+  </si>
+  <si>
+    <t>12,078126</t>
+  </si>
+  <si>
+    <t>14/03/2026</t>
+  </si>
+  <si>
+    <t>12,078507</t>
+  </si>
+  <si>
+    <t>13/03/2026</t>
+  </si>
+  <si>
+    <t>12,078888</t>
+  </si>
+  <si>
+    <t>12/03/2026</t>
+  </si>
+  <si>
+    <t>12,176891</t>
+  </si>
+  <si>
+    <t>11/03/2026</t>
+  </si>
+  <si>
+    <t>12,629590</t>
+  </si>
+  <si>
+    <t>10/03/2026</t>
+  </si>
+  <si>
+    <t>12,751746</t>
+  </si>
+  <si>
+    <t>09/03/2026</t>
+  </si>
+  <si>
+    <t>12,609698</t>
+  </si>
+  <si>
+    <t>08/03/2026</t>
+  </si>
+  <si>
+    <t>12,654582</t>
+  </si>
+  <si>
+    <t>07/03/2026</t>
+  </si>
+  <si>
+    <t>12,654939</t>
+  </si>
+  <si>
+    <t>06/03/2026</t>
+  </si>
+  <si>
+    <t>12,647696</t>
+  </si>
+  <si>
+    <t>05/03/2026</t>
+  </si>
+  <si>
+    <t>12,765027</t>
+  </si>
+  <si>
+    <t>04/03/2026</t>
+  </si>
+  <si>
+    <t>12,825050</t>
+  </si>
+  <si>
+    <t>03/03/2026</t>
+  </si>
+  <si>
+    <t>12,578394</t>
+  </si>
+  <si>
+    <t>02/03/2026</t>
+  </si>
+  <si>
+    <t>12,954202</t>
+  </si>
+  <si>
+    <t>01/03/2026</t>
+  </si>
+  <si>
+    <t>13,107015</t>
+  </si>
+  <si>
+    <t>28/02/2026</t>
+  </si>
+  <si>
+    <t>13,107365</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t>13,107800</t>
+  </si>
+  <si>
+    <t>26/02/2026</t>
+  </si>
+  <si>
+    <t>13,201500</t>
+  </si>
+  <si>
+    <t>25/02/2026</t>
+  </si>
+  <si>
+    <t>13,180779</t>
+  </si>
+  <si>
+    <t>24/02/2026</t>
+  </si>
+  <si>
+    <t>13,222304</t>
+  </si>
+  <si>
+    <t>23/02/2026</t>
+  </si>
+  <si>
+    <t>13,212954</t>
+  </si>
+  <si>
+    <t>22/02/2026</t>
+  </si>
+  <si>
+    <t>13,500515</t>
+  </si>
+  <si>
+    <t>21/02/2026</t>
+  </si>
+  <si>
+    <t>13,500892</t>
+  </si>
+  <si>
+    <t>20/02/2026</t>
+  </si>
+  <si>
+    <t>13,501245</t>
+  </si>
+  <si>
+    <t>19/02/2026</t>
+  </si>
+  <si>
+    <t>13,474279</t>
+  </si>
+  <si>
+    <t>18/02/2026</t>
+  </si>
+  <si>
+    <t>13,562786</t>
+  </si>
+  <si>
+    <t>17/02/2026</t>
+  </si>
+  <si>
+    <t>13,452011</t>
+  </si>
+  <si>
+    <t>16/02/2026</t>
+  </si>
+  <si>
+    <t>13,265415</t>
+  </si>
+  <si>
+    <t>15/02/2026</t>
+  </si>
+  <si>
+    <t>13,347822</t>
+  </si>
+  <si>
+    <t>14/02/2026</t>
+  </si>
+  <si>
+    <t>13,348181</t>
+  </si>
+  <si>
+    <t>13/02/2026</t>
+  </si>
+  <si>
+    <t>13,348442</t>
+  </si>
+  <si>
+    <t>12/02/2026</t>
+  </si>
+  <si>
+    <t>13,240533</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>13,313687</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>13,654112</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>13,465184</t>
+  </si>
+  <si>
+    <t>08/02/2026</t>
+  </si>
+  <si>
+    <t>13,320024</t>
+  </si>
+  <si>
+    <t>07/02/2026</t>
+  </si>
+  <si>
+    <t>13,320379</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>13,320598</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>13,171561</t>
+  </si>
+  <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>13,285329</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>13,431687</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>13,446892</t>
+  </si>
+  <si>
+    <t>01/02/2026</t>
+  </si>
+  <si>
+    <t>13,357808</t>
+  </si>
+  <si>
+    <t>31/01/2026</t>
+  </si>
+  <si>
+    <t>13,358178</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>13,358533</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>13,341443</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>13,535520</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>13,609311</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>13,613304</t>
+  </si>
+  <si>
+    <t>25/01/2026</t>
+  </si>
+  <si>
+    <t>13,591213</t>
+  </si>
+  <si>
+    <t>24/01/2026</t>
+  </si>
+  <si>
+    <t>13,591594</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>13,591970</t>
   </si>
   <si>
     <t>22/01/2026</t>
   </si>
   <si>
     <t>13,585995</t>
   </si>
   <si>
     <t>21/01/2026</t>
   </si>
   <si>
     <t>13,217553</t>
   </si>
   <si>
     <t>20/01/2026</t>
   </si>
   <si>
     <t>13,204353</t>
   </si>
   <si>
     <t>19/01/2026</t>
   </si>
   <si>
     <t>13,381942</t>
   </si>
@@ -7927,51 +8293,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B1313"/>
+  <dimension ref="A1:B1374"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -18434,29 +18800,517 @@
     </row>
     <row r="1311">
       <c r="A1311" s="0" t="s">
         <v>2619</v>
       </c>
       <c r="B1311" s="0" t="s">
         <v>2620</v>
       </c>
     </row>
     <row r="1312">
       <c r="A1312" s="0" t="s">
         <v>2621</v>
       </c>
       <c r="B1312" s="0" t="s">
         <v>2622</v>
       </c>
     </row>
     <row r="1313">
       <c r="A1313" s="0" t="s">
         <v>2623</v>
       </c>
       <c r="B1313" s="0" t="s">
         <v>2624</v>
       </c>
     </row>
+    <row r="1314">
+      <c r="A1314" s="0" t="s">
+        <v>2625</v>
+      </c>
+      <c r="B1314" s="0" t="s">
+        <v>2626</v>
+      </c>
+    </row>
+    <row r="1315">
+      <c r="A1315" s="0" t="s">
+        <v>2627</v>
+      </c>
+      <c r="B1315" s="0" t="s">
+        <v>2628</v>
+      </c>
+    </row>
+    <row r="1316">
+      <c r="A1316" s="0" t="s">
+        <v>2629</v>
+      </c>
+      <c r="B1316" s="0" t="s">
+        <v>2630</v>
+      </c>
+    </row>
+    <row r="1317">
+      <c r="A1317" s="0" t="s">
+        <v>2631</v>
+      </c>
+      <c r="B1317" s="0" t="s">
+        <v>2632</v>
+      </c>
+    </row>
+    <row r="1318">
+      <c r="A1318" s="0" t="s">
+        <v>2633</v>
+      </c>
+      <c r="B1318" s="0" t="s">
+        <v>2634</v>
+      </c>
+    </row>
+    <row r="1319">
+      <c r="A1319" s="0" t="s">
+        <v>2635</v>
+      </c>
+      <c r="B1319" s="0" t="s">
+        <v>2636</v>
+      </c>
+    </row>
+    <row r="1320">
+      <c r="A1320" s="0" t="s">
+        <v>2637</v>
+      </c>
+      <c r="B1320" s="0" t="s">
+        <v>2638</v>
+      </c>
+    </row>
+    <row r="1321">
+      <c r="A1321" s="0" t="s">
+        <v>2639</v>
+      </c>
+      <c r="B1321" s="0" t="s">
+        <v>2640</v>
+      </c>
+    </row>
+    <row r="1322">
+      <c r="A1322" s="0" t="s">
+        <v>2641</v>
+      </c>
+      <c r="B1322" s="0" t="s">
+        <v>2642</v>
+      </c>
+    </row>
+    <row r="1323">
+      <c r="A1323" s="0" t="s">
+        <v>2643</v>
+      </c>
+      <c r="B1323" s="0" t="s">
+        <v>2644</v>
+      </c>
+    </row>
+    <row r="1324">
+      <c r="A1324" s="0" t="s">
+        <v>2645</v>
+      </c>
+      <c r="B1324" s="0" t="s">
+        <v>2646</v>
+      </c>
+    </row>
+    <row r="1325">
+      <c r="A1325" s="0" t="s">
+        <v>2647</v>
+      </c>
+      <c r="B1325" s="0" t="s">
+        <v>2648</v>
+      </c>
+    </row>
+    <row r="1326">
+      <c r="A1326" s="0" t="s">
+        <v>2649</v>
+      </c>
+      <c r="B1326" s="0" t="s">
+        <v>2650</v>
+      </c>
+    </row>
+    <row r="1327">
+      <c r="A1327" s="0" t="s">
+        <v>2651</v>
+      </c>
+      <c r="B1327" s="0" t="s">
+        <v>2652</v>
+      </c>
+    </row>
+    <row r="1328">
+      <c r="A1328" s="0" t="s">
+        <v>2653</v>
+      </c>
+      <c r="B1328" s="0" t="s">
+        <v>2654</v>
+      </c>
+    </row>
+    <row r="1329">
+      <c r="A1329" s="0" t="s">
+        <v>2655</v>
+      </c>
+      <c r="B1329" s="0" t="s">
+        <v>2656</v>
+      </c>
+    </row>
+    <row r="1330">
+      <c r="A1330" s="0" t="s">
+        <v>2657</v>
+      </c>
+      <c r="B1330" s="0" t="s">
+        <v>2658</v>
+      </c>
+    </row>
+    <row r="1331">
+      <c r="A1331" s="0" t="s">
+        <v>2659</v>
+      </c>
+      <c r="B1331" s="0" t="s">
+        <v>2660</v>
+      </c>
+    </row>
+    <row r="1332">
+      <c r="A1332" s="0" t="s">
+        <v>2661</v>
+      </c>
+      <c r="B1332" s="0" t="s">
+        <v>2662</v>
+      </c>
+    </row>
+    <row r="1333">
+      <c r="A1333" s="0" t="s">
+        <v>2663</v>
+      </c>
+      <c r="B1333" s="0" t="s">
+        <v>2664</v>
+      </c>
+    </row>
+    <row r="1334">
+      <c r="A1334" s="0" t="s">
+        <v>2665</v>
+      </c>
+      <c r="B1334" s="0" t="s">
+        <v>2666</v>
+      </c>
+    </row>
+    <row r="1335">
+      <c r="A1335" s="0" t="s">
+        <v>2667</v>
+      </c>
+      <c r="B1335" s="0" t="s">
+        <v>2668</v>
+      </c>
+    </row>
+    <row r="1336">
+      <c r="A1336" s="0" t="s">
+        <v>2669</v>
+      </c>
+      <c r="B1336" s="0" t="s">
+        <v>2670</v>
+      </c>
+    </row>
+    <row r="1337">
+      <c r="A1337" s="0" t="s">
+        <v>2671</v>
+      </c>
+      <c r="B1337" s="0" t="s">
+        <v>2672</v>
+      </c>
+    </row>
+    <row r="1338">
+      <c r="A1338" s="0" t="s">
+        <v>2673</v>
+      </c>
+      <c r="B1338" s="0" t="s">
+        <v>2674</v>
+      </c>
+    </row>
+    <row r="1339">
+      <c r="A1339" s="0" t="s">
+        <v>2675</v>
+      </c>
+      <c r="B1339" s="0" t="s">
+        <v>2676</v>
+      </c>
+    </row>
+    <row r="1340">
+      <c r="A1340" s="0" t="s">
+        <v>2677</v>
+      </c>
+      <c r="B1340" s="0" t="s">
+        <v>2678</v>
+      </c>
+    </row>
+    <row r="1341">
+      <c r="A1341" s="0" t="s">
+        <v>2679</v>
+      </c>
+      <c r="B1341" s="0" t="s">
+        <v>2680</v>
+      </c>
+    </row>
+    <row r="1342">
+      <c r="A1342" s="0" t="s">
+        <v>2681</v>
+      </c>
+      <c r="B1342" s="0" t="s">
+        <v>2682</v>
+      </c>
+    </row>
+    <row r="1343">
+      <c r="A1343" s="0" t="s">
+        <v>2683</v>
+      </c>
+      <c r="B1343" s="0" t="s">
+        <v>2684</v>
+      </c>
+    </row>
+    <row r="1344">
+      <c r="A1344" s="0" t="s">
+        <v>2685</v>
+      </c>
+      <c r="B1344" s="0" t="s">
+        <v>2686</v>
+      </c>
+    </row>
+    <row r="1345">
+      <c r="A1345" s="0" t="s">
+        <v>2687</v>
+      </c>
+      <c r="B1345" s="0" t="s">
+        <v>2688</v>
+      </c>
+    </row>
+    <row r="1346">
+      <c r="A1346" s="0" t="s">
+        <v>2689</v>
+      </c>
+      <c r="B1346" s="0" t="s">
+        <v>2690</v>
+      </c>
+    </row>
+    <row r="1347">
+      <c r="A1347" s="0" t="s">
+        <v>2691</v>
+      </c>
+      <c r="B1347" s="0" t="s">
+        <v>2692</v>
+      </c>
+    </row>
+    <row r="1348">
+      <c r="A1348" s="0" t="s">
+        <v>2693</v>
+      </c>
+      <c r="B1348" s="0" t="s">
+        <v>2694</v>
+      </c>
+    </row>
+    <row r="1349">
+      <c r="A1349" s="0" t="s">
+        <v>2695</v>
+      </c>
+      <c r="B1349" s="0" t="s">
+        <v>2696</v>
+      </c>
+    </row>
+    <row r="1350">
+      <c r="A1350" s="0" t="s">
+        <v>2697</v>
+      </c>
+      <c r="B1350" s="0" t="s">
+        <v>2698</v>
+      </c>
+    </row>
+    <row r="1351">
+      <c r="A1351" s="0" t="s">
+        <v>2699</v>
+      </c>
+      <c r="B1351" s="0" t="s">
+        <v>2700</v>
+      </c>
+    </row>
+    <row r="1352">
+      <c r="A1352" s="0" t="s">
+        <v>2701</v>
+      </c>
+      <c r="B1352" s="0" t="s">
+        <v>2702</v>
+      </c>
+    </row>
+    <row r="1353">
+      <c r="A1353" s="0" t="s">
+        <v>2703</v>
+      </c>
+      <c r="B1353" s="0" t="s">
+        <v>2704</v>
+      </c>
+    </row>
+    <row r="1354">
+      <c r="A1354" s="0" t="s">
+        <v>2705</v>
+      </c>
+      <c r="B1354" s="0" t="s">
+        <v>2706</v>
+      </c>
+    </row>
+    <row r="1355">
+      <c r="A1355" s="0" t="s">
+        <v>2707</v>
+      </c>
+      <c r="B1355" s="0" t="s">
+        <v>2708</v>
+      </c>
+    </row>
+    <row r="1356">
+      <c r="A1356" s="0" t="s">
+        <v>2709</v>
+      </c>
+      <c r="B1356" s="0" t="s">
+        <v>2710</v>
+      </c>
+    </row>
+    <row r="1357">
+      <c r="A1357" s="0" t="s">
+        <v>2711</v>
+      </c>
+      <c r="B1357" s="0" t="s">
+        <v>2712</v>
+      </c>
+    </row>
+    <row r="1358">
+      <c r="A1358" s="0" t="s">
+        <v>2713</v>
+      </c>
+      <c r="B1358" s="0" t="s">
+        <v>2714</v>
+      </c>
+    </row>
+    <row r="1359">
+      <c r="A1359" s="0" t="s">
+        <v>2715</v>
+      </c>
+      <c r="B1359" s="0" t="s">
+        <v>2716</v>
+      </c>
+    </row>
+    <row r="1360">
+      <c r="A1360" s="0" t="s">
+        <v>2717</v>
+      </c>
+      <c r="B1360" s="0" t="s">
+        <v>2718</v>
+      </c>
+    </row>
+    <row r="1361">
+      <c r="A1361" s="0" t="s">
+        <v>2719</v>
+      </c>
+      <c r="B1361" s="0" t="s">
+        <v>2720</v>
+      </c>
+    </row>
+    <row r="1362">
+      <c r="A1362" s="0" t="s">
+        <v>2721</v>
+      </c>
+      <c r="B1362" s="0" t="s">
+        <v>2722</v>
+      </c>
+    </row>
+    <row r="1363">
+      <c r="A1363" s="0" t="s">
+        <v>2723</v>
+      </c>
+      <c r="B1363" s="0" t="s">
+        <v>2724</v>
+      </c>
+    </row>
+    <row r="1364">
+      <c r="A1364" s="0" t="s">
+        <v>2725</v>
+      </c>
+      <c r="B1364" s="0" t="s">
+        <v>2726</v>
+      </c>
+    </row>
+    <row r="1365">
+      <c r="A1365" s="0" t="s">
+        <v>2727</v>
+      </c>
+      <c r="B1365" s="0" t="s">
+        <v>2728</v>
+      </c>
+    </row>
+    <row r="1366">
+      <c r="A1366" s="0" t="s">
+        <v>2729</v>
+      </c>
+      <c r="B1366" s="0" t="s">
+        <v>2730</v>
+      </c>
+    </row>
+    <row r="1367">
+      <c r="A1367" s="0" t="s">
+        <v>2731</v>
+      </c>
+      <c r="B1367" s="0" t="s">
+        <v>2732</v>
+      </c>
+    </row>
+    <row r="1368">
+      <c r="A1368" s="0" t="s">
+        <v>2733</v>
+      </c>
+      <c r="B1368" s="0" t="s">
+        <v>2734</v>
+      </c>
+    </row>
+    <row r="1369">
+      <c r="A1369" s="0" t="s">
+        <v>2735</v>
+      </c>
+      <c r="B1369" s="0" t="s">
+        <v>2736</v>
+      </c>
+    </row>
+    <row r="1370">
+      <c r="A1370" s="0" t="s">
+        <v>2737</v>
+      </c>
+      <c r="B1370" s="0" t="s">
+        <v>2738</v>
+      </c>
+    </row>
+    <row r="1371">
+      <c r="A1371" s="0" t="s">
+        <v>2739</v>
+      </c>
+      <c r="B1371" s="0" t="s">
+        <v>2740</v>
+      </c>
+    </row>
+    <row r="1372">
+      <c r="A1372" s="0" t="s">
+        <v>2741</v>
+      </c>
+      <c r="B1372" s="0" t="s">
+        <v>2742</v>
+      </c>
+    </row>
+    <row r="1373">
+      <c r="A1373" s="0" t="s">
+        <v>2743</v>
+      </c>
+      <c r="B1373" s="0" t="s">
+        <v>2744</v>
+      </c>
+    </row>
+    <row r="1374">
+      <c r="A1374" s="0" t="s">
+        <v>2745</v>
+      </c>
+      <c r="B1374" s="0" t="s">
+        <v>2746</v>
+      </c>
+    </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>