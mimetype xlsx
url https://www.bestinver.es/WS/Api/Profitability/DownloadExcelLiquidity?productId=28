--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -4,59 +4,107 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2305" uniqueCount="2305">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2321" uniqueCount="2321">
   <si>
     <t>BESTINVER NORTEAMERICA, F.I</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>22,208738</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>22,171825</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>22,127307</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>22,116363</t>
+  </si>
+  <si>
+    <t>07/12/2025</t>
+  </si>
+  <si>
+    <t>22,143997</t>
+  </si>
+  <si>
+    <t>06/12/2025</t>
+  </si>
+  <si>
+    <t>22,145085</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>22,146169</t>
+  </si>
+  <si>
+    <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>22,076924</t>
   </si>
   <si>
     <t>03/12/2025</t>
   </si>
   <si>
     <t>21,989971</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>21,996695</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>21,948988</t>
   </si>
   <si>
     <t>30/11/2025</t>
   </si>
   <si>
     <t>22,104461</t>
   </si>
@@ -6967,51 +7015,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B1153"/>
+  <dimension ref="A1:B1161"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -16194,29 +16242,93 @@
     </row>
     <row r="1151">
       <c r="A1151" s="0" t="s">
         <v>2299</v>
       </c>
       <c r="B1151" s="0" t="s">
         <v>2300</v>
       </c>
     </row>
     <row r="1152">
       <c r="A1152" s="0" t="s">
         <v>2301</v>
       </c>
       <c r="B1152" s="0" t="s">
         <v>2302</v>
       </c>
     </row>
     <row r="1153">
       <c r="A1153" s="0" t="s">
         <v>2303</v>
       </c>
       <c r="B1153" s="0" t="s">
         <v>2304</v>
       </c>
     </row>
+    <row r="1154">
+      <c r="A1154" s="0" t="s">
+        <v>2305</v>
+      </c>
+      <c r="B1154" s="0" t="s">
+        <v>2306</v>
+      </c>
+    </row>
+    <row r="1155">
+      <c r="A1155" s="0" t="s">
+        <v>2307</v>
+      </c>
+      <c r="B1155" s="0" t="s">
+        <v>2308</v>
+      </c>
+    </row>
+    <row r="1156">
+      <c r="A1156" s="0" t="s">
+        <v>2309</v>
+      </c>
+      <c r="B1156" s="0" t="s">
+        <v>2310</v>
+      </c>
+    </row>
+    <row r="1157">
+      <c r="A1157" s="0" t="s">
+        <v>2311</v>
+      </c>
+      <c r="B1157" s="0" t="s">
+        <v>2312</v>
+      </c>
+    </row>
+    <row r="1158">
+      <c r="A1158" s="0" t="s">
+        <v>2313</v>
+      </c>
+      <c r="B1158" s="0" t="s">
+        <v>2314</v>
+      </c>
+    </row>
+    <row r="1159">
+      <c r="A1159" s="0" t="s">
+        <v>2315</v>
+      </c>
+      <c r="B1159" s="0" t="s">
+        <v>2316</v>
+      </c>
+    </row>
+    <row r="1160">
+      <c r="A1160" s="0" t="s">
+        <v>2317</v>
+      </c>
+      <c r="B1160" s="0" t="s">
+        <v>2318</v>
+      </c>
+    </row>
+    <row r="1161">
+      <c r="A1161" s="0" t="s">
+        <v>2319</v>
+      </c>
+      <c r="B1161" s="0" t="s">
+        <v>2320</v>
+      </c>
+    </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>