--- v1 (2025-12-13)
+++ v2 (2026-02-12)
@@ -4,59 +4,431 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2321" uniqueCount="2321">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2445" uniqueCount="2445">
   <si>
     <t>BESTINVER NORTEAMERICA, F.I</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>22,065063</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>22,086552</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>22,125688</t>
+  </si>
+  <si>
+    <t>08/02/2026</t>
+  </si>
+  <si>
+    <t>22,155241</t>
+  </si>
+  <si>
+    <t>07/02/2026</t>
+  </si>
+  <si>
+    <t>22,156336</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>22,157430</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>21,780393</t>
+  </si>
+  <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>21,979732</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>21,865004</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>22,067363</t>
+  </si>
+  <si>
+    <t>01/02/2026</t>
+  </si>
+  <si>
+    <t>21,871964</t>
+  </si>
+  <si>
+    <t>31/01/2026</t>
+  </si>
+  <si>
+    <t>21,873034</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>21,874104</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>21,798218</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>21,883192</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>21,722647</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>22,026932</t>
+  </si>
+  <si>
+    <t>25/01/2026</t>
+  </si>
+  <si>
+    <t>22,020173</t>
+  </si>
+  <si>
+    <t>24/01/2026</t>
+  </si>
+  <si>
+    <t>22,021248</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>22,022322</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>22,171062</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>22,179067</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>21,863667</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>22,410225</t>
+  </si>
+  <si>
+    <t>18/01/2026</t>
+  </si>
+  <si>
+    <t>22,495532</t>
+  </si>
+  <si>
+    <t>17/01/2026</t>
+  </si>
+  <si>
+    <t>22,496625</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>22,497718</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>22,494703</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>22,346771</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>22,515275</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>22,579507</t>
+  </si>
+  <si>
+    <t>11/01/2026</t>
+  </si>
+  <si>
+    <t>22,615909</t>
+  </si>
+  <si>
+    <t>10/01/2026</t>
+  </si>
+  <si>
+    <t>22,617013</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>22,618117</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>22,480045</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>22,403286</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>22,440926</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>22,157520</t>
+  </si>
+  <si>
+    <t>04/01/2026</t>
+  </si>
+  <si>
+    <t>21,978020</t>
+  </si>
+  <si>
+    <t>03/01/2026</t>
+  </si>
+  <si>
+    <t>21,979094</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>21,980167</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
+    <t>21,915381</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>21,916453</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>22,064099</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>22,023720</t>
+  </si>
+  <si>
+    <t>28/12/2025</t>
+  </si>
+  <si>
+    <t>22,121068</t>
+  </si>
+  <si>
+    <t>27/12/2025</t>
+  </si>
+  <si>
+    <t>22,122157</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>22,123247</t>
+  </si>
+  <si>
+    <t>25/12/2025</t>
+  </si>
+  <si>
+    <t>22,079079</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>22,080166</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>22,009013</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>21,982155</t>
+  </si>
+  <si>
+    <t>21/12/2025</t>
+  </si>
+  <si>
+    <t>21,908174</t>
+  </si>
+  <si>
+    <t>20/12/2025</t>
+  </si>
+  <si>
+    <t>21,909254</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>21,910334</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>21,707944</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>21,519729</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>21,722433</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>21,781016</t>
+  </si>
+  <si>
+    <t>14/12/2025</t>
+  </si>
+  <si>
+    <t>21,869536</t>
+  </si>
+  <si>
+    <t>13/12/2025</t>
+  </si>
+  <si>
+    <t>21,870615</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>21,871694</t>
   </si>
   <si>
     <t>11/12/2025</t>
   </si>
   <si>
     <t>22,208738</t>
   </si>
   <si>
     <t>10/12/2025</t>
   </si>
   <si>
     <t>22,171825</t>
   </si>
   <si>
     <t>09/12/2025</t>
   </si>
   <si>
     <t>22,127307</t>
   </si>
   <si>
     <t>08/12/2025</t>
   </si>
   <si>
     <t>22,116363</t>
   </si>
@@ -7015,51 +7387,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B1161"/>
+  <dimension ref="A1:B1223"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -16306,29 +16678,525 @@
     </row>
     <row r="1159">
       <c r="A1159" s="0" t="s">
         <v>2315</v>
       </c>
       <c r="B1159" s="0" t="s">
         <v>2316</v>
       </c>
     </row>
     <row r="1160">
       <c r="A1160" s="0" t="s">
         <v>2317</v>
       </c>
       <c r="B1160" s="0" t="s">
         <v>2318</v>
       </c>
     </row>
     <row r="1161">
       <c r="A1161" s="0" t="s">
         <v>2319</v>
       </c>
       <c r="B1161" s="0" t="s">
         <v>2320</v>
       </c>
     </row>
+    <row r="1162">
+      <c r="A1162" s="0" t="s">
+        <v>2321</v>
+      </c>
+      <c r="B1162" s="0" t="s">
+        <v>2322</v>
+      </c>
+    </row>
+    <row r="1163">
+      <c r="A1163" s="0" t="s">
+        <v>2323</v>
+      </c>
+      <c r="B1163" s="0" t="s">
+        <v>2324</v>
+      </c>
+    </row>
+    <row r="1164">
+      <c r="A1164" s="0" t="s">
+        <v>2325</v>
+      </c>
+      <c r="B1164" s="0" t="s">
+        <v>2326</v>
+      </c>
+    </row>
+    <row r="1165">
+      <c r="A1165" s="0" t="s">
+        <v>2327</v>
+      </c>
+      <c r="B1165" s="0" t="s">
+        <v>2328</v>
+      </c>
+    </row>
+    <row r="1166">
+      <c r="A1166" s="0" t="s">
+        <v>2329</v>
+      </c>
+      <c r="B1166" s="0" t="s">
+        <v>2330</v>
+      </c>
+    </row>
+    <row r="1167">
+      <c r="A1167" s="0" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B1167" s="0" t="s">
+        <v>2332</v>
+      </c>
+    </row>
+    <row r="1168">
+      <c r="A1168" s="0" t="s">
+        <v>2333</v>
+      </c>
+      <c r="B1168" s="0" t="s">
+        <v>2334</v>
+      </c>
+    </row>
+    <row r="1169">
+      <c r="A1169" s="0" t="s">
+        <v>2335</v>
+      </c>
+      <c r="B1169" s="0" t="s">
+        <v>2336</v>
+      </c>
+    </row>
+    <row r="1170">
+      <c r="A1170" s="0" t="s">
+        <v>2337</v>
+      </c>
+      <c r="B1170" s="0" t="s">
+        <v>2338</v>
+      </c>
+    </row>
+    <row r="1171">
+      <c r="A1171" s="0" t="s">
+        <v>2339</v>
+      </c>
+      <c r="B1171" s="0" t="s">
+        <v>2340</v>
+      </c>
+    </row>
+    <row r="1172">
+      <c r="A1172" s="0" t="s">
+        <v>2341</v>
+      </c>
+      <c r="B1172" s="0" t="s">
+        <v>2342</v>
+      </c>
+    </row>
+    <row r="1173">
+      <c r="A1173" s="0" t="s">
+        <v>2343</v>
+      </c>
+      <c r="B1173" s="0" t="s">
+        <v>2344</v>
+      </c>
+    </row>
+    <row r="1174">
+      <c r="A1174" s="0" t="s">
+        <v>2345</v>
+      </c>
+      <c r="B1174" s="0" t="s">
+        <v>2346</v>
+      </c>
+    </row>
+    <row r="1175">
+      <c r="A1175" s="0" t="s">
+        <v>2347</v>
+      </c>
+      <c r="B1175" s="0" t="s">
+        <v>2348</v>
+      </c>
+    </row>
+    <row r="1176">
+      <c r="A1176" s="0" t="s">
+        <v>2349</v>
+      </c>
+      <c r="B1176" s="0" t="s">
+        <v>2350</v>
+      </c>
+    </row>
+    <row r="1177">
+      <c r="A1177" s="0" t="s">
+        <v>2351</v>
+      </c>
+      <c r="B1177" s="0" t="s">
+        <v>2352</v>
+      </c>
+    </row>
+    <row r="1178">
+      <c r="A1178" s="0" t="s">
+        <v>2353</v>
+      </c>
+      <c r="B1178" s="0" t="s">
+        <v>2354</v>
+      </c>
+    </row>
+    <row r="1179">
+      <c r="A1179" s="0" t="s">
+        <v>2355</v>
+      </c>
+      <c r="B1179" s="0" t="s">
+        <v>2356</v>
+      </c>
+    </row>
+    <row r="1180">
+      <c r="A1180" s="0" t="s">
+        <v>2357</v>
+      </c>
+      <c r="B1180" s="0" t="s">
+        <v>2358</v>
+      </c>
+    </row>
+    <row r="1181">
+      <c r="A1181" s="0" t="s">
+        <v>2359</v>
+      </c>
+      <c r="B1181" s="0" t="s">
+        <v>2360</v>
+      </c>
+    </row>
+    <row r="1182">
+      <c r="A1182" s="0" t="s">
+        <v>2361</v>
+      </c>
+      <c r="B1182" s="0" t="s">
+        <v>2362</v>
+      </c>
+    </row>
+    <row r="1183">
+      <c r="A1183" s="0" t="s">
+        <v>2363</v>
+      </c>
+      <c r="B1183" s="0" t="s">
+        <v>2364</v>
+      </c>
+    </row>
+    <row r="1184">
+      <c r="A1184" s="0" t="s">
+        <v>2365</v>
+      </c>
+      <c r="B1184" s="0" t="s">
+        <v>2366</v>
+      </c>
+    </row>
+    <row r="1185">
+      <c r="A1185" s="0" t="s">
+        <v>2367</v>
+      </c>
+      <c r="B1185" s="0" t="s">
+        <v>2368</v>
+      </c>
+    </row>
+    <row r="1186">
+      <c r="A1186" s="0" t="s">
+        <v>2369</v>
+      </c>
+      <c r="B1186" s="0" t="s">
+        <v>2370</v>
+      </c>
+    </row>
+    <row r="1187">
+      <c r="A1187" s="0" t="s">
+        <v>2371</v>
+      </c>
+      <c r="B1187" s="0" t="s">
+        <v>2372</v>
+      </c>
+    </row>
+    <row r="1188">
+      <c r="A1188" s="0" t="s">
+        <v>2373</v>
+      </c>
+      <c r="B1188" s="0" t="s">
+        <v>2374</v>
+      </c>
+    </row>
+    <row r="1189">
+      <c r="A1189" s="0" t="s">
+        <v>2375</v>
+      </c>
+      <c r="B1189" s="0" t="s">
+        <v>2376</v>
+      </c>
+    </row>
+    <row r="1190">
+      <c r="A1190" s="0" t="s">
+        <v>2377</v>
+      </c>
+      <c r="B1190" s="0" t="s">
+        <v>2378</v>
+      </c>
+    </row>
+    <row r="1191">
+      <c r="A1191" s="0" t="s">
+        <v>2379</v>
+      </c>
+      <c r="B1191" s="0" t="s">
+        <v>2380</v>
+      </c>
+    </row>
+    <row r="1192">
+      <c r="A1192" s="0" t="s">
+        <v>2381</v>
+      </c>
+      <c r="B1192" s="0" t="s">
+        <v>2382</v>
+      </c>
+    </row>
+    <row r="1193">
+      <c r="A1193" s="0" t="s">
+        <v>2383</v>
+      </c>
+      <c r="B1193" s="0" t="s">
+        <v>2384</v>
+      </c>
+    </row>
+    <row r="1194">
+      <c r="A1194" s="0" t="s">
+        <v>2385</v>
+      </c>
+      <c r="B1194" s="0" t="s">
+        <v>2386</v>
+      </c>
+    </row>
+    <row r="1195">
+      <c r="A1195" s="0" t="s">
+        <v>2387</v>
+      </c>
+      <c r="B1195" s="0" t="s">
+        <v>2388</v>
+      </c>
+    </row>
+    <row r="1196">
+      <c r="A1196" s="0" t="s">
+        <v>2389</v>
+      </c>
+      <c r="B1196" s="0" t="s">
+        <v>2390</v>
+      </c>
+    </row>
+    <row r="1197">
+      <c r="A1197" s="0" t="s">
+        <v>2391</v>
+      </c>
+      <c r="B1197" s="0" t="s">
+        <v>2392</v>
+      </c>
+    </row>
+    <row r="1198">
+      <c r="A1198" s="0" t="s">
+        <v>2393</v>
+      </c>
+      <c r="B1198" s="0" t="s">
+        <v>2394</v>
+      </c>
+    </row>
+    <row r="1199">
+      <c r="A1199" s="0" t="s">
+        <v>2395</v>
+      </c>
+      <c r="B1199" s="0" t="s">
+        <v>2396</v>
+      </c>
+    </row>
+    <row r="1200">
+      <c r="A1200" s="0" t="s">
+        <v>2397</v>
+      </c>
+      <c r="B1200" s="0" t="s">
+        <v>2398</v>
+      </c>
+    </row>
+    <row r="1201">
+      <c r="A1201" s="0" t="s">
+        <v>2399</v>
+      </c>
+      <c r="B1201" s="0" t="s">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="1202">
+      <c r="A1202" s="0" t="s">
+        <v>2401</v>
+      </c>
+      <c r="B1202" s="0" t="s">
+        <v>2402</v>
+      </c>
+    </row>
+    <row r="1203">
+      <c r="A1203" s="0" t="s">
+        <v>2403</v>
+      </c>
+      <c r="B1203" s="0" t="s">
+        <v>2404</v>
+      </c>
+    </row>
+    <row r="1204">
+      <c r="A1204" s="0" t="s">
+        <v>2405</v>
+      </c>
+      <c r="B1204" s="0" t="s">
+        <v>2406</v>
+      </c>
+    </row>
+    <row r="1205">
+      <c r="A1205" s="0" t="s">
+        <v>2407</v>
+      </c>
+      <c r="B1205" s="0" t="s">
+        <v>2408</v>
+      </c>
+    </row>
+    <row r="1206">
+      <c r="A1206" s="0" t="s">
+        <v>2409</v>
+      </c>
+      <c r="B1206" s="0" t="s">
+        <v>2410</v>
+      </c>
+    </row>
+    <row r="1207">
+      <c r="A1207" s="0" t="s">
+        <v>2411</v>
+      </c>
+      <c r="B1207" s="0" t="s">
+        <v>2412</v>
+      </c>
+    </row>
+    <row r="1208">
+      <c r="A1208" s="0" t="s">
+        <v>2413</v>
+      </c>
+      <c r="B1208" s="0" t="s">
+        <v>2414</v>
+      </c>
+    </row>
+    <row r="1209">
+      <c r="A1209" s="0" t="s">
+        <v>2415</v>
+      </c>
+      <c r="B1209" s="0" t="s">
+        <v>2416</v>
+      </c>
+    </row>
+    <row r="1210">
+      <c r="A1210" s="0" t="s">
+        <v>2417</v>
+      </c>
+      <c r="B1210" s="0" t="s">
+        <v>2418</v>
+      </c>
+    </row>
+    <row r="1211">
+      <c r="A1211" s="0" t="s">
+        <v>2419</v>
+      </c>
+      <c r="B1211" s="0" t="s">
+        <v>2420</v>
+      </c>
+    </row>
+    <row r="1212">
+      <c r="A1212" s="0" t="s">
+        <v>2421</v>
+      </c>
+      <c r="B1212" s="0" t="s">
+        <v>2422</v>
+      </c>
+    </row>
+    <row r="1213">
+      <c r="A1213" s="0" t="s">
+        <v>2423</v>
+      </c>
+      <c r="B1213" s="0" t="s">
+        <v>2424</v>
+      </c>
+    </row>
+    <row r="1214">
+      <c r="A1214" s="0" t="s">
+        <v>2425</v>
+      </c>
+      <c r="B1214" s="0" t="s">
+        <v>2426</v>
+      </c>
+    </row>
+    <row r="1215">
+      <c r="A1215" s="0" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B1215" s="0" t="s">
+        <v>2428</v>
+      </c>
+    </row>
+    <row r="1216">
+      <c r="A1216" s="0" t="s">
+        <v>2429</v>
+      </c>
+      <c r="B1216" s="0" t="s">
+        <v>2430</v>
+      </c>
+    </row>
+    <row r="1217">
+      <c r="A1217" s="0" t="s">
+        <v>2431</v>
+      </c>
+      <c r="B1217" s="0" t="s">
+        <v>2432</v>
+      </c>
+    </row>
+    <row r="1218">
+      <c r="A1218" s="0" t="s">
+        <v>2433</v>
+      </c>
+      <c r="B1218" s="0" t="s">
+        <v>2434</v>
+      </c>
+    </row>
+    <row r="1219">
+      <c r="A1219" s="0" t="s">
+        <v>2435</v>
+      </c>
+      <c r="B1219" s="0" t="s">
+        <v>2436</v>
+      </c>
+    </row>
+    <row r="1220">
+      <c r="A1220" s="0" t="s">
+        <v>2437</v>
+      </c>
+      <c r="B1220" s="0" t="s">
+        <v>2438</v>
+      </c>
+    </row>
+    <row r="1221">
+      <c r="A1221" s="0" t="s">
+        <v>2439</v>
+      </c>
+      <c r="B1221" s="0" t="s">
+        <v>2440</v>
+      </c>
+    </row>
+    <row r="1222">
+      <c r="A1222" s="0" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B1222" s="0" t="s">
+        <v>2442</v>
+      </c>
+    </row>
+    <row r="1223">
+      <c r="A1223" s="0" t="s">
+        <v>2443</v>
+      </c>
+      <c r="B1223" s="0" t="s">
+        <v>2444</v>
+      </c>
+    </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>