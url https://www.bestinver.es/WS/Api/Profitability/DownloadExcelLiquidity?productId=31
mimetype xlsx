--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -4,59 +4,107 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1308" uniqueCount="1308">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1324" uniqueCount="1324">
   <si>
     <t>BESTINVER BONOS INSTITUCIONAL IV, F.I. - CLASE B</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>16,417454</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>16,407372</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>16,415438</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>16,414432</t>
+  </si>
+  <si>
+    <t>07/12/2025</t>
+  </si>
+  <si>
+    <t>16,435575</t>
+  </si>
+  <si>
+    <t>06/12/2025</t>
+  </si>
+  <si>
+    <t>16,434025</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>16,432476</t>
+  </si>
+  <si>
+    <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>16,437704</t>
   </si>
   <si>
     <t>03/12/2025</t>
   </si>
   <si>
     <t>16,436114</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>16,433447</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>16,427172</t>
   </si>
   <si>
     <t>30/11/2025</t>
   </si>
   <si>
     <t>16,432782</t>
   </si>
@@ -3976,51 +4024,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B659"/>
+  <dimension ref="A1:B667"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -8960,115 +9008,115 @@
       <c r="B620" s="0" t="s">
         <v>1238</v>
       </c>
     </row>
     <row r="621">
       <c r="A621" s="0" t="s">
         <v>1239</v>
       </c>
       <c r="B621" s="0" t="s">
         <v>1240</v>
       </c>
     </row>
     <row r="622">
       <c r="A622" s="0" t="s">
         <v>1241</v>
       </c>
       <c r="B622" s="0" t="s">
         <v>1242</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" s="0" t="s">
         <v>1243</v>
       </c>
       <c r="B623" s="0" t="s">
-        <v>1160</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" s="0" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="B624" s="0" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" s="0" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="B625" s="0" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" s="0" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="B626" s="0" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" s="0" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="B627" s="0" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" s="0" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="B628" s="0" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" s="0" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="B629" s="0" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" s="0" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
       <c r="B630" s="0" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="631">
       <c r="A631" s="0" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
       <c r="B631" s="0" t="s">
-        <v>1259</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="632">
       <c r="A632" s="0" t="s">
         <v>1260</v>
       </c>
       <c r="B632" s="0" t="s">
         <v>1261</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" s="0" t="s">
         <v>1262</v>
       </c>
       <c r="B633" s="0" t="s">
         <v>1263</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" s="0" t="s">
         <v>1264</v>
       </c>
       <c r="B634" s="0" t="s">
         <v>1265</v>
       </c>
@@ -9184,96 +9232,160 @@
       <c r="B648" s="0" t="s">
         <v>1293</v>
       </c>
     </row>
     <row r="649">
       <c r="A649" s="0" t="s">
         <v>1294</v>
       </c>
       <c r="B649" s="0" t="s">
         <v>1295</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" s="0" t="s">
         <v>1296</v>
       </c>
       <c r="B650" s="0" t="s">
         <v>1297</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" s="0" t="s">
         <v>1298</v>
       </c>
       <c r="B651" s="0" t="s">
-        <v>1295</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="652">
       <c r="A652" s="0" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="B652" s="0" t="s">
-        <v>1293</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="653">
       <c r="A653" s="0" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
       <c r="B653" s="0" t="s">
-        <v>1295</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="654">
       <c r="A654" s="0" t="s">
-        <v>1301</v>
+        <v>1304</v>
       </c>
       <c r="B654" s="0" t="s">
-        <v>1302</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="655">
       <c r="A655" s="0" t="s">
-        <v>1303</v>
+        <v>1306</v>
       </c>
       <c r="B655" s="0" t="s">
-        <v>1302</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="656">
       <c r="A656" s="0" t="s">
-        <v>1304</v>
+        <v>1308</v>
       </c>
       <c r="B656" s="0" t="s">
-        <v>1302</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="657">
       <c r="A657" s="0" t="s">
-        <v>1305</v>
+        <v>1310</v>
       </c>
       <c r="B657" s="0" t="s">
-        <v>1302</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="658">
       <c r="A658" s="0" t="s">
-        <v>1306</v>
+        <v>1312</v>
       </c>
       <c r="B658" s="0" t="s">
-        <v>1302</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" s="0" t="s">
-        <v>1307</v>
+        <v>1314</v>
       </c>
       <c r="B659" s="0" t="s">
-        <v>1302</v>
+        <v>1311</v>
+      </c>
+    </row>
+    <row r="660">
+      <c r="A660" s="0" t="s">
+        <v>1315</v>
+      </c>
+      <c r="B660" s="0" t="s">
+        <v>1309</v>
+      </c>
+    </row>
+    <row r="661">
+      <c r="A661" s="0" t="s">
+        <v>1316</v>
+      </c>
+      <c r="B661" s="0" t="s">
+        <v>1311</v>
+      </c>
+    </row>
+    <row r="662">
+      <c r="A662" s="0" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B662" s="0" t="s">
+        <v>1318</v>
+      </c>
+    </row>
+    <row r="663">
+      <c r="A663" s="0" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B663" s="0" t="s">
+        <v>1318</v>
+      </c>
+    </row>
+    <row r="664">
+      <c r="A664" s="0" t="s">
+        <v>1320</v>
+      </c>
+      <c r="B664" s="0" t="s">
+        <v>1318</v>
+      </c>
+    </row>
+    <row r="665">
+      <c r="A665" s="0" t="s">
+        <v>1321</v>
+      </c>
+      <c r="B665" s="0" t="s">
+        <v>1318</v>
+      </c>
+    </row>
+    <row r="666">
+      <c r="A666" s="0" t="s">
+        <v>1322</v>
+      </c>
+      <c r="B666" s="0" t="s">
+        <v>1318</v>
+      </c>
+    </row>
+    <row r="667">
+      <c r="A667" s="0" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B667" s="0" t="s">
+        <v>1318</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>