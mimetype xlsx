--- v1 (2025-12-13)
+++ v2 (2026-02-12)
@@ -4,59 +4,431 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1324" uniqueCount="1324">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1448" uniqueCount="1448">
   <si>
     <t>BESTINVER BONOS INSTITUCIONAL IV, F.I. - CLASE B</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>16,550700</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>16,549055</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>16,545157</t>
+  </si>
+  <si>
+    <t>08/02/2026</t>
+  </si>
+  <si>
+    <t>16,537247</t>
+  </si>
+  <si>
+    <t>07/02/2026</t>
+  </si>
+  <si>
+    <t>16,535710</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>16,534172</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>16,533657</t>
+  </si>
+  <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>16,538905</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>16,533312</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>16,524501</t>
+  </si>
+  <si>
+    <t>01/02/2026</t>
+  </si>
+  <si>
+    <t>16,532329</t>
+  </si>
+  <si>
+    <t>31/01/2026</t>
+  </si>
+  <si>
+    <t>16,530791</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>16,529327</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>16,530078</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>16,526413</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>16,519467</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>16,515692</t>
+  </si>
+  <si>
+    <t>25/01/2026</t>
+  </si>
+  <si>
+    <t>16,506127</t>
+  </si>
+  <si>
+    <t>24/01/2026</t>
+  </si>
+  <si>
+    <t>16,504618</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>16,503110</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>16,506678</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>16,490055</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>16,490245</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>16,494418</t>
+  </si>
+  <si>
+    <t>18/01/2026</t>
+  </si>
+  <si>
+    <t>16,497535</t>
+  </si>
+  <si>
+    <t>17/01/2026</t>
+  </si>
+  <si>
+    <t>16,495984</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>16,494433</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>16,498292</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>16,498357</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>16,495089</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>17,091231</t>
+  </si>
+  <si>
+    <t>11/01/2026</t>
+  </si>
+  <si>
+    <t>16,487731</t>
+  </si>
+  <si>
+    <t>10/01/2026</t>
+  </si>
+  <si>
+    <t>16,486180</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>16,484628</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>16,477356</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>16,480640</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>16,468638</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>16,456204</t>
+  </si>
+  <si>
+    <t>04/01/2026</t>
+  </si>
+  <si>
+    <t>16,451702</t>
+  </si>
+  <si>
+    <t>03/01/2026</t>
+  </si>
+  <si>
+    <t>16,450148</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>16,448592</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
+    <t>16,450400</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>16,448848</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>16,448402</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>16,447357</t>
+  </si>
+  <si>
+    <t>28/12/2025</t>
+  </si>
+  <si>
+    <t>16,441162</t>
+  </si>
+  <si>
+    <t>27/12/2025</t>
+  </si>
+  <si>
+    <t>16,439612</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>16,438062</t>
+  </si>
+  <si>
+    <t>25/12/2025</t>
+  </si>
+  <si>
+    <t>16,436107</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>16,434557</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>16,431088</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>16,425222</t>
+  </si>
+  <si>
+    <t>21/12/2025</t>
+  </si>
+  <si>
+    <t>16,426819</t>
+  </si>
+  <si>
+    <t>20/12/2025</t>
+  </si>
+  <si>
+    <t>16,425272</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>16,423726</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>16,428996</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>16,426357</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>16,423955</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>16,423004</t>
+  </si>
+  <si>
+    <t>14/12/2025</t>
+  </si>
+  <si>
+    <t>16,419551</t>
+  </si>
+  <si>
+    <t>13/12/2025</t>
+  </si>
+  <si>
+    <t>16,418005</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>16,416459</t>
   </si>
   <si>
     <t>11/12/2025</t>
   </si>
   <si>
     <t>16,417454</t>
   </si>
   <si>
     <t>10/12/2025</t>
   </si>
   <si>
     <t>16,407372</t>
   </si>
   <si>
     <t>09/12/2025</t>
   </si>
   <si>
     <t>16,415438</t>
   </si>
   <si>
     <t>08/12/2025</t>
   </si>
   <si>
     <t>16,414432</t>
   </si>
@@ -4024,51 +4396,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B667"/>
+  <dimension ref="A1:B729"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -9072,320 +9444,816 @@
       <c r="B628" s="0" t="s">
         <v>1254</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" s="0" t="s">
         <v>1255</v>
       </c>
       <c r="B629" s="0" t="s">
         <v>1256</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" s="0" t="s">
         <v>1257</v>
       </c>
       <c r="B630" s="0" t="s">
         <v>1258</v>
       </c>
     </row>
     <row r="631">
       <c r="A631" s="0" t="s">
         <v>1259</v>
       </c>
       <c r="B631" s="0" t="s">
-        <v>1176</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="632">
       <c r="A632" s="0" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="B632" s="0" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" s="0" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="B633" s="0" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" s="0" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="B634" s="0" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="635">
       <c r="A635" s="0" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="B635" s="0" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="636">
       <c r="A636" s="0" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="B636" s="0" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="637">
       <c r="A637" s="0" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="B637" s="0" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="638">
       <c r="A638" s="0" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="B638" s="0" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" s="0" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="B639" s="0" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="640">
       <c r="A640" s="0" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="B640" s="0" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="641">
       <c r="A641" s="0" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="B641" s="0" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="642">
       <c r="A642" s="0" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="B642" s="0" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="643">
       <c r="A643" s="0" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="B643" s="0" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="644">
       <c r="A644" s="0" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="B644" s="0" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="645">
       <c r="A645" s="0" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="B645" s="0" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="646">
       <c r="A646" s="0" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="B646" s="0" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="647">
       <c r="A647" s="0" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="B647" s="0" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="648">
       <c r="A648" s="0" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="B648" s="0" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="649">
       <c r="A649" s="0" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="B649" s="0" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" s="0" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="B650" s="0" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" s="0" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="B651" s="0" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="652">
       <c r="A652" s="0" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="B652" s="0" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="653">
       <c r="A653" s="0" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="B653" s="0" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="654">
       <c r="A654" s="0" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="B654" s="0" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="655">
       <c r="A655" s="0" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="B655" s="0" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="656">
       <c r="A656" s="0" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="B656" s="0" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="657">
       <c r="A657" s="0" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="B657" s="0" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="658">
       <c r="A658" s="0" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="B658" s="0" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" s="0" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="B659" s="0" t="s">
-        <v>1311</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="660">
       <c r="A660" s="0" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
       <c r="B660" s="0" t="s">
-        <v>1309</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="661">
       <c r="A661" s="0" t="s">
-        <v>1316</v>
+        <v>1319</v>
       </c>
       <c r="B661" s="0" t="s">
-        <v>1311</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="662">
       <c r="A662" s="0" t="s">
-        <v>1317</v>
+        <v>1321</v>
       </c>
       <c r="B662" s="0" t="s">
-        <v>1318</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="663">
       <c r="A663" s="0" t="s">
-        <v>1319</v>
+        <v>1323</v>
       </c>
       <c r="B663" s="0" t="s">
-        <v>1318</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="664">
       <c r="A664" s="0" t="s">
-        <v>1320</v>
+        <v>1325</v>
       </c>
       <c r="B664" s="0" t="s">
-        <v>1318</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="665">
       <c r="A665" s="0" t="s">
-        <v>1321</v>
+        <v>1327</v>
       </c>
       <c r="B665" s="0" t="s">
-        <v>1318</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" s="0" t="s">
-        <v>1322</v>
+        <v>1329</v>
       </c>
       <c r="B666" s="0" t="s">
-        <v>1318</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" s="0" t="s">
-        <v>1323</v>
+        <v>1331</v>
       </c>
       <c r="B667" s="0" t="s">
-        <v>1318</v>
+        <v>1332</v>
+      </c>
+    </row>
+    <row r="668">
+      <c r="A668" s="0" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B668" s="0" t="s">
+        <v>1334</v>
+      </c>
+    </row>
+    <row r="669">
+      <c r="A669" s="0" t="s">
+        <v>1335</v>
+      </c>
+      <c r="B669" s="0" t="s">
+        <v>1336</v>
+      </c>
+    </row>
+    <row r="670">
+      <c r="A670" s="0" t="s">
+        <v>1337</v>
+      </c>
+      <c r="B670" s="0" t="s">
+        <v>1338</v>
+      </c>
+    </row>
+    <row r="671">
+      <c r="A671" s="0" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B671" s="0" t="s">
+        <v>1340</v>
+      </c>
+    </row>
+    <row r="672">
+      <c r="A672" s="0" t="s">
+        <v>1341</v>
+      </c>
+      <c r="B672" s="0" t="s">
+        <v>1342</v>
+      </c>
+    </row>
+    <row r="673">
+      <c r="A673" s="0" t="s">
+        <v>1343</v>
+      </c>
+      <c r="B673" s="0" t="s">
+        <v>1344</v>
+      </c>
+    </row>
+    <row r="674">
+      <c r="A674" s="0" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B674" s="0" t="s">
+        <v>1346</v>
+      </c>
+    </row>
+    <row r="675">
+      <c r="A675" s="0" t="s">
+        <v>1347</v>
+      </c>
+      <c r="B675" s="0" t="s">
+        <v>1348</v>
+      </c>
+    </row>
+    <row r="676">
+      <c r="A676" s="0" t="s">
+        <v>1349</v>
+      </c>
+      <c r="B676" s="0" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="677">
+      <c r="A677" s="0" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B677" s="0" t="s">
+        <v>1352</v>
+      </c>
+    </row>
+    <row r="678">
+      <c r="A678" s="0" t="s">
+        <v>1353</v>
+      </c>
+      <c r="B678" s="0" t="s">
+        <v>1354</v>
+      </c>
+    </row>
+    <row r="679">
+      <c r="A679" s="0" t="s">
+        <v>1355</v>
+      </c>
+      <c r="B679" s="0" t="s">
+        <v>1356</v>
+      </c>
+    </row>
+    <row r="680">
+      <c r="A680" s="0" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B680" s="0" t="s">
+        <v>1358</v>
+      </c>
+    </row>
+    <row r="681">
+      <c r="A681" s="0" t="s">
+        <v>1359</v>
+      </c>
+      <c r="B681" s="0" t="s">
+        <v>1360</v>
+      </c>
+    </row>
+    <row r="682">
+      <c r="A682" s="0" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B682" s="0" t="s">
+        <v>1362</v>
+      </c>
+    </row>
+    <row r="683">
+      <c r="A683" s="0" t="s">
+        <v>1363</v>
+      </c>
+      <c r="B683" s="0" t="s">
+        <v>1364</v>
+      </c>
+    </row>
+    <row r="684">
+      <c r="A684" s="0" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B684" s="0" t="s">
+        <v>1366</v>
+      </c>
+    </row>
+    <row r="685">
+      <c r="A685" s="0" t="s">
+        <v>1367</v>
+      </c>
+      <c r="B685" s="0" t="s">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="686">
+      <c r="A686" s="0" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B686" s="0" t="s">
+        <v>1370</v>
+      </c>
+    </row>
+    <row r="687">
+      <c r="A687" s="0" t="s">
+        <v>1371</v>
+      </c>
+      <c r="B687" s="0" t="s">
+        <v>1372</v>
+      </c>
+    </row>
+    <row r="688">
+      <c r="A688" s="0" t="s">
+        <v>1373</v>
+      </c>
+      <c r="B688" s="0" t="s">
+        <v>1374</v>
+      </c>
+    </row>
+    <row r="689">
+      <c r="A689" s="0" t="s">
+        <v>1375</v>
+      </c>
+      <c r="B689" s="0" t="s">
+        <v>1376</v>
+      </c>
+    </row>
+    <row r="690">
+      <c r="A690" s="0" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B690" s="0" t="s">
+        <v>1378</v>
+      </c>
+    </row>
+    <row r="691">
+      <c r="A691" s="0" t="s">
+        <v>1379</v>
+      </c>
+      <c r="B691" s="0" t="s">
+        <v>1380</v>
+      </c>
+    </row>
+    <row r="692">
+      <c r="A692" s="0" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B692" s="0" t="s">
+        <v>1382</v>
+      </c>
+    </row>
+    <row r="693">
+      <c r="A693" s="0" t="s">
+        <v>1383</v>
+      </c>
+      <c r="B693" s="0" t="s">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="694">
+      <c r="A694" s="0" t="s">
+        <v>1384</v>
+      </c>
+      <c r="B694" s="0" t="s">
+        <v>1385</v>
+      </c>
+    </row>
+    <row r="695">
+      <c r="A695" s="0" t="s">
+        <v>1386</v>
+      </c>
+      <c r="B695" s="0" t="s">
+        <v>1387</v>
+      </c>
+    </row>
+    <row r="696">
+      <c r="A696" s="0" t="s">
+        <v>1388</v>
+      </c>
+      <c r="B696" s="0" t="s">
+        <v>1389</v>
+      </c>
+    </row>
+    <row r="697">
+      <c r="A697" s="0" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B697" s="0" t="s">
+        <v>1391</v>
+      </c>
+    </row>
+    <row r="698">
+      <c r="A698" s="0" t="s">
+        <v>1392</v>
+      </c>
+      <c r="B698" s="0" t="s">
+        <v>1393</v>
+      </c>
+    </row>
+    <row r="699">
+      <c r="A699" s="0" t="s">
+        <v>1394</v>
+      </c>
+      <c r="B699" s="0" t="s">
+        <v>1395</v>
+      </c>
+    </row>
+    <row r="700">
+      <c r="A700" s="0" t="s">
+        <v>1396</v>
+      </c>
+      <c r="B700" s="0" t="s">
+        <v>1397</v>
+      </c>
+    </row>
+    <row r="701">
+      <c r="A701" s="0" t="s">
+        <v>1398</v>
+      </c>
+      <c r="B701" s="0" t="s">
+        <v>1399</v>
+      </c>
+    </row>
+    <row r="702">
+      <c r="A702" s="0" t="s">
+        <v>1400</v>
+      </c>
+      <c r="B702" s="0" t="s">
+        <v>1401</v>
+      </c>
+    </row>
+    <row r="703">
+      <c r="A703" s="0" t="s">
+        <v>1402</v>
+      </c>
+      <c r="B703" s="0" t="s">
+        <v>1403</v>
+      </c>
+    </row>
+    <row r="704">
+      <c r="A704" s="0" t="s">
+        <v>1404</v>
+      </c>
+      <c r="B704" s="0" t="s">
+        <v>1405</v>
+      </c>
+    </row>
+    <row r="705">
+      <c r="A705" s="0" t="s">
+        <v>1406</v>
+      </c>
+      <c r="B705" s="0" t="s">
+        <v>1407</v>
+      </c>
+    </row>
+    <row r="706">
+      <c r="A706" s="0" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B706" s="0" t="s">
+        <v>1409</v>
+      </c>
+    </row>
+    <row r="707">
+      <c r="A707" s="0" t="s">
+        <v>1410</v>
+      </c>
+      <c r="B707" s="0" t="s">
+        <v>1411</v>
+      </c>
+    </row>
+    <row r="708">
+      <c r="A708" s="0" t="s">
+        <v>1412</v>
+      </c>
+      <c r="B708" s="0" t="s">
+        <v>1413</v>
+      </c>
+    </row>
+    <row r="709">
+      <c r="A709" s="0" t="s">
+        <v>1414</v>
+      </c>
+      <c r="B709" s="0" t="s">
+        <v>1415</v>
+      </c>
+    </row>
+    <row r="710">
+      <c r="A710" s="0" t="s">
+        <v>1416</v>
+      </c>
+      <c r="B710" s="0" t="s">
+        <v>1417</v>
+      </c>
+    </row>
+    <row r="711">
+      <c r="A711" s="0" t="s">
+        <v>1418</v>
+      </c>
+      <c r="B711" s="0" t="s">
+        <v>1419</v>
+      </c>
+    </row>
+    <row r="712">
+      <c r="A712" s="0" t="s">
+        <v>1420</v>
+      </c>
+      <c r="B712" s="0" t="s">
+        <v>1421</v>
+      </c>
+    </row>
+    <row r="713">
+      <c r="A713" s="0" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B713" s="0" t="s">
+        <v>1423</v>
+      </c>
+    </row>
+    <row r="714">
+      <c r="A714" s="0" t="s">
+        <v>1424</v>
+      </c>
+      <c r="B714" s="0" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="715">
+      <c r="A715" s="0" t="s">
+        <v>1426</v>
+      </c>
+      <c r="B715" s="0" t="s">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="716">
+      <c r="A716" s="0" t="s">
+        <v>1428</v>
+      </c>
+      <c r="B716" s="0" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="717">
+      <c r="A717" s="0" t="s">
+        <v>1430</v>
+      </c>
+      <c r="B717" s="0" t="s">
+        <v>1431</v>
+      </c>
+    </row>
+    <row r="718">
+      <c r="A718" s="0" t="s">
+        <v>1432</v>
+      </c>
+      <c r="B718" s="0" t="s">
+        <v>1433</v>
+      </c>
+    </row>
+    <row r="719">
+      <c r="A719" s="0" t="s">
+        <v>1434</v>
+      </c>
+      <c r="B719" s="0" t="s">
+        <v>1435</v>
+      </c>
+    </row>
+    <row r="720">
+      <c r="A720" s="0" t="s">
+        <v>1436</v>
+      </c>
+      <c r="B720" s="0" t="s">
+        <v>1437</v>
+      </c>
+    </row>
+    <row r="721">
+      <c r="A721" s="0" t="s">
+        <v>1438</v>
+      </c>
+      <c r="B721" s="0" t="s">
+        <v>1435</v>
+      </c>
+    </row>
+    <row r="722">
+      <c r="A722" s="0" t="s">
+        <v>1439</v>
+      </c>
+      <c r="B722" s="0" t="s">
+        <v>1433</v>
+      </c>
+    </row>
+    <row r="723">
+      <c r="A723" s="0" t="s">
+        <v>1440</v>
+      </c>
+      <c r="B723" s="0" t="s">
+        <v>1435</v>
+      </c>
+    </row>
+    <row r="724">
+      <c r="A724" s="0" t="s">
+        <v>1441</v>
+      </c>
+      <c r="B724" s="0" t="s">
+        <v>1442</v>
+      </c>
+    </row>
+    <row r="725">
+      <c r="A725" s="0" t="s">
+        <v>1443</v>
+      </c>
+      <c r="B725" s="0" t="s">
+        <v>1442</v>
+      </c>
+    </row>
+    <row r="726">
+      <c r="A726" s="0" t="s">
+        <v>1444</v>
+      </c>
+      <c r="B726" s="0" t="s">
+        <v>1442</v>
+      </c>
+    </row>
+    <row r="727">
+      <c r="A727" s="0" t="s">
+        <v>1445</v>
+      </c>
+      <c r="B727" s="0" t="s">
+        <v>1442</v>
+      </c>
+    </row>
+    <row r="728">
+      <c r="A728" s="0" t="s">
+        <v>1446</v>
+      </c>
+      <c r="B728" s="0" t="s">
+        <v>1442</v>
+      </c>
+    </row>
+    <row r="729">
+      <c r="A729" s="0" t="s">
+        <v>1447</v>
+      </c>
+      <c r="B729" s="0" t="s">
+        <v>1442</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>