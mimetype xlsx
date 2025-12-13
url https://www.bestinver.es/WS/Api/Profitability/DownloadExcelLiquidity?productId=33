--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -4,59 +4,107 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="849" uniqueCount="849">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="865" uniqueCount="865">
   <si>
     <t>BESTINVER BONOS INSTITUCIONAL V, F.I. - CLASE B</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>15,714560</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>15,701312</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>15,710802</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>15,708588</t>
+  </si>
+  <si>
+    <t>07/12/2025</t>
+  </si>
+  <si>
+    <t>15,736727</t>
+  </si>
+  <si>
+    <t>06/12/2025</t>
+  </si>
+  <si>
+    <t>15,735289</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>15,733851</t>
+  </si>
+  <si>
+    <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>15,742431</t>
   </si>
   <si>
     <t>03/12/2025</t>
   </si>
   <si>
     <t>15,740212</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>15,734284</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>15,726720</t>
   </si>
   <si>
     <t>30/11/2025</t>
   </si>
   <si>
     <t>15,733206</t>
   </si>
@@ -2599,51 +2647,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B435"/>
+  <dimension ref="A1:B443"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -5927,184 +5975,248 @@
       <c r="B413" s="0" t="s">
         <v>824</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="0" t="s">
         <v>825</v>
       </c>
       <c r="B414" s="0" t="s">
         <v>826</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="0" t="s">
         <v>827</v>
       </c>
       <c r="B415" s="0" t="s">
         <v>828</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="0" t="s">
         <v>829</v>
       </c>
       <c r="B416" s="0" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="0" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="B417" s="0" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="0" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="B418" s="0" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="0" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="B419" s="0" t="s">
-        <v>828</v>
+        <v>836</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="0" t="s">
-        <v>833</v>
+        <v>837</v>
       </c>
       <c r="B420" s="0" t="s">
-        <v>828</v>
+        <v>838</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="0" t="s">
-        <v>834</v>
+        <v>839</v>
       </c>
       <c r="B421" s="0" t="s">
-        <v>828</v>
+        <v>840</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="0" t="s">
-        <v>835</v>
+        <v>841</v>
       </c>
       <c r="B422" s="0" t="s">
-        <v>828</v>
+        <v>842</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="0" t="s">
-        <v>836</v>
+        <v>843</v>
       </c>
       <c r="B423" s="0" t="s">
-        <v>828</v>
+        <v>844</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="0" t="s">
-        <v>837</v>
+        <v>845</v>
       </c>
       <c r="B424" s="0" t="s">
-        <v>828</v>
+        <v>844</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="0" t="s">
-        <v>838</v>
+        <v>846</v>
       </c>
       <c r="B425" s="0" t="s">
-        <v>828</v>
+        <v>844</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="0" t="s">
-        <v>839</v>
+        <v>847</v>
       </c>
       <c r="B426" s="0" t="s">
-        <v>828</v>
+        <v>844</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="0" t="s">
-        <v>840</v>
+        <v>848</v>
       </c>
       <c r="B427" s="0" t="s">
-        <v>828</v>
+        <v>844</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="0" t="s">
-        <v>841</v>
+        <v>849</v>
       </c>
       <c r="B428" s="0" t="s">
-        <v>828</v>
+        <v>844</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="0" t="s">
-        <v>842</v>
+        <v>850</v>
       </c>
       <c r="B429" s="0" t="s">
-        <v>828</v>
+        <v>844</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="0" t="s">
-        <v>843</v>
+        <v>851</v>
       </c>
       <c r="B430" s="0" t="s">
-        <v>828</v>
+        <v>844</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="0" t="s">
+        <v>852</v>
+      </c>
+      <c r="B431" s="0" t="s">
         <v>844</v>
-      </c>
-[...1 lines deleted...]
-        <v>828</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="0" t="s">
-        <v>845</v>
+        <v>853</v>
       </c>
       <c r="B432" s="0" t="s">
-        <v>828</v>
+        <v>844</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="0" t="s">
-        <v>846</v>
+        <v>854</v>
       </c>
       <c r="B433" s="0" t="s">
-        <v>828</v>
+        <v>844</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="0" t="s">
-        <v>847</v>
+        <v>855</v>
       </c>
       <c r="B434" s="0" t="s">
-        <v>828</v>
+        <v>844</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="0" t="s">
-        <v>848</v>
+        <v>856</v>
       </c>
       <c r="B435" s="0" t="s">
-        <v>828</v>
+        <v>844</v>
+      </c>
+    </row>
+    <row r="436">
+      <c r="A436" s="0" t="s">
+        <v>857</v>
+      </c>
+      <c r="B436" s="0" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="437">
+      <c r="A437" s="0" t="s">
+        <v>858</v>
+      </c>
+      <c r="B437" s="0" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="438">
+      <c r="A438" s="0" t="s">
+        <v>859</v>
+      </c>
+      <c r="B438" s="0" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="439">
+      <c r="A439" s="0" t="s">
+        <v>860</v>
+      </c>
+      <c r="B439" s="0" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="440">
+      <c r="A440" s="0" t="s">
+        <v>861</v>
+      </c>
+      <c r="B440" s="0" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="441">
+      <c r="A441" s="0" t="s">
+        <v>862</v>
+      </c>
+      <c r="B441" s="0" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="442">
+      <c r="A442" s="0" t="s">
+        <v>863</v>
+      </c>
+      <c r="B442" s="0" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="443">
+      <c r="A443" s="0" t="s">
+        <v>864</v>
+      </c>
+      <c r="B443" s="0" t="s">
+        <v>844</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>