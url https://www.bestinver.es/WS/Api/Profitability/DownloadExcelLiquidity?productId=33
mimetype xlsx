--- v1 (2025-12-13)
+++ v2 (2026-02-12)
@@ -4,59 +4,431 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="865" uniqueCount="865">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="989" uniqueCount="989">
   <si>
     <t>BESTINVER BONOS INSTITUCIONAL V, F.I. - CLASE B</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>15,890144</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>15,887692</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>15,880499</t>
+  </si>
+  <si>
+    <t>08/02/2026</t>
+  </si>
+  <si>
+    <t>15,871706</t>
+  </si>
+  <si>
+    <t>07/02/2026</t>
+  </si>
+  <si>
+    <t>15,870269</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>15,868833</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>15,866042</t>
+  </si>
+  <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>15,874185</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>15,867196</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>15,854039</t>
+  </si>
+  <si>
+    <t>01/02/2026</t>
+  </si>
+  <si>
+    <t>15,861709</t>
+  </si>
+  <si>
+    <t>31/01/2026</t>
+  </si>
+  <si>
+    <t>15,860273</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>15,858970</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>15,859771</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>15,852424</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>15,843187</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>15,837115</t>
+  </si>
+  <si>
+    <t>25/01/2026</t>
+  </si>
+  <si>
+    <t>15,823507</t>
+  </si>
+  <si>
+    <t>24/01/2026</t>
+  </si>
+  <si>
+    <t>15,822070</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>15,820632</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>15,824488</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>15,809748</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>15,805338</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>15,812057</t>
+  </si>
+  <si>
+    <t>18/01/2026</t>
+  </si>
+  <si>
+    <t>15,819479</t>
+  </si>
+  <si>
+    <t>17/01/2026</t>
+  </si>
+  <si>
+    <t>15,818042</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>15,816604</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>15,823071</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>15,822786</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>15,816747</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>15,812955</t>
+  </si>
+  <si>
+    <t>11/01/2026</t>
+  </si>
+  <si>
+    <t>15,808087</t>
+  </si>
+  <si>
+    <t>10/01/2026</t>
+  </si>
+  <si>
+    <t>15,806645</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>15,805203</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>15,792312</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>15,797162</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>15,776337</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>15,758229</t>
+  </si>
+  <si>
+    <t>04/01/2026</t>
+  </si>
+  <si>
+    <t>15,750881</t>
+  </si>
+  <si>
+    <t>03/01/2026</t>
+  </si>
+  <si>
+    <t>15,749441</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>15,747998</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
+    <t>15,749720</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>15,748281</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>15,747695</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>15,746943</t>
+  </si>
+  <si>
+    <t>28/12/2025</t>
+  </si>
+  <si>
+    <t>15,745024</t>
+  </si>
+  <si>
+    <t>27/12/2025</t>
+  </si>
+  <si>
+    <t>15,743587</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>15,742150</t>
+  </si>
+  <si>
+    <t>25/12/2025</t>
+  </si>
+  <si>
+    <t>15,740340</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>15,738903</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>15,731157</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>15,721813</t>
+  </si>
+  <si>
+    <t>21/12/2025</t>
+  </si>
+  <si>
+    <t>15,724752</t>
+  </si>
+  <si>
+    <t>20/12/2025</t>
+  </si>
+  <si>
+    <t>15,723317</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>15,721881</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>15,731507</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>15,727955</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>15,721833</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>15,721656</t>
+  </si>
+  <si>
+    <t>14/12/2025</t>
+  </si>
+  <si>
+    <t>15,715708</t>
+  </si>
+  <si>
+    <t>13/12/2025</t>
+  </si>
+  <si>
+    <t>15,714275</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>15,712842</t>
   </si>
   <si>
     <t>11/12/2025</t>
   </si>
   <si>
     <t>15,714560</t>
   </si>
   <si>
     <t>10/12/2025</t>
   </si>
   <si>
     <t>15,701312</t>
   </si>
   <si>
     <t>09/12/2025</t>
   </si>
   <si>
     <t>15,710802</t>
   </si>
   <si>
     <t>08/12/2025</t>
   </si>
   <si>
     <t>15,708588</t>
   </si>
@@ -2647,51 +3019,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B443"/>
+  <dimension ref="A1:B505"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -6039,184 +6411,680 @@
       <c r="B421" s="0" t="s">
         <v>840</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="0" t="s">
         <v>841</v>
       </c>
       <c r="B422" s="0" t="s">
         <v>842</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="0" t="s">
         <v>843</v>
       </c>
       <c r="B423" s="0" t="s">
         <v>844</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="0" t="s">
         <v>845</v>
       </c>
       <c r="B424" s="0" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="0" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="B425" s="0" t="s">
-        <v>844</v>
+        <v>848</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="0" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="B426" s="0" t="s">
-        <v>844</v>
+        <v>850</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="0" t="s">
-        <v>848</v>
+        <v>851</v>
       </c>
       <c r="B427" s="0" t="s">
-        <v>844</v>
+        <v>852</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="0" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="B428" s="0" t="s">
-        <v>844</v>
+        <v>854</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="0" t="s">
-        <v>850</v>
+        <v>855</v>
       </c>
       <c r="B429" s="0" t="s">
-        <v>844</v>
+        <v>856</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="0" t="s">
-        <v>851</v>
+        <v>857</v>
       </c>
       <c r="B430" s="0" t="s">
-        <v>844</v>
+        <v>858</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="0" t="s">
-        <v>852</v>
+        <v>859</v>
       </c>
       <c r="B431" s="0" t="s">
-        <v>844</v>
+        <v>860</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="0" t="s">
-        <v>853</v>
+        <v>861</v>
       </c>
       <c r="B432" s="0" t="s">
-        <v>844</v>
+        <v>862</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="0" t="s">
-        <v>854</v>
+        <v>863</v>
       </c>
       <c r="B433" s="0" t="s">
-        <v>844</v>
+        <v>864</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="0" t="s">
-        <v>855</v>
+        <v>865</v>
       </c>
       <c r="B434" s="0" t="s">
-        <v>844</v>
+        <v>866</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="0" t="s">
-        <v>856</v>
+        <v>867</v>
       </c>
       <c r="B435" s="0" t="s">
-        <v>844</v>
+        <v>868</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="0" t="s">
-        <v>857</v>
+        <v>869</v>
       </c>
       <c r="B436" s="0" t="s">
-        <v>844</v>
+        <v>870</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="0" t="s">
-        <v>858</v>
+        <v>871</v>
       </c>
       <c r="B437" s="0" t="s">
-        <v>844</v>
+        <v>872</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="0" t="s">
-        <v>859</v>
+        <v>873</v>
       </c>
       <c r="B438" s="0" t="s">
-        <v>844</v>
+        <v>874</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="0" t="s">
-        <v>860</v>
+        <v>875</v>
       </c>
       <c r="B439" s="0" t="s">
-        <v>844</v>
+        <v>876</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="0" t="s">
-        <v>861</v>
+        <v>877</v>
       </c>
       <c r="B440" s="0" t="s">
-        <v>844</v>
+        <v>878</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="0" t="s">
-        <v>862</v>
+        <v>879</v>
       </c>
       <c r="B441" s="0" t="s">
-        <v>844</v>
+        <v>880</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="0" t="s">
-        <v>863</v>
+        <v>881</v>
       </c>
       <c r="B442" s="0" t="s">
-        <v>844</v>
+        <v>882</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="0" t="s">
-        <v>864</v>
+        <v>883</v>
       </c>
       <c r="B443" s="0" t="s">
-        <v>844</v>
+        <v>884</v>
+      </c>
+    </row>
+    <row r="444">
+      <c r="A444" s="0" t="s">
+        <v>885</v>
+      </c>
+      <c r="B444" s="0" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="445">
+      <c r="A445" s="0" t="s">
+        <v>887</v>
+      </c>
+      <c r="B445" s="0" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="446">
+      <c r="A446" s="0" t="s">
+        <v>889</v>
+      </c>
+      <c r="B446" s="0" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="447">
+      <c r="A447" s="0" t="s">
+        <v>891</v>
+      </c>
+      <c r="B447" s="0" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="448">
+      <c r="A448" s="0" t="s">
+        <v>893</v>
+      </c>
+      <c r="B448" s="0" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="449">
+      <c r="A449" s="0" t="s">
+        <v>895</v>
+      </c>
+      <c r="B449" s="0" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="450">
+      <c r="A450" s="0" t="s">
+        <v>897</v>
+      </c>
+      <c r="B450" s="0" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="451">
+      <c r="A451" s="0" t="s">
+        <v>899</v>
+      </c>
+      <c r="B451" s="0" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="452">
+      <c r="A452" s="0" t="s">
+        <v>901</v>
+      </c>
+      <c r="B452" s="0" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="453">
+      <c r="A453" s="0" t="s">
+        <v>903</v>
+      </c>
+      <c r="B453" s="0" t="s">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="454">
+      <c r="A454" s="0" t="s">
+        <v>905</v>
+      </c>
+      <c r="B454" s="0" t="s">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="455">
+      <c r="A455" s="0" t="s">
+        <v>907</v>
+      </c>
+      <c r="B455" s="0" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="456">
+      <c r="A456" s="0" t="s">
+        <v>909</v>
+      </c>
+      <c r="B456" s="0" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="457">
+      <c r="A457" s="0" t="s">
+        <v>911</v>
+      </c>
+      <c r="B457" s="0" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="458">
+      <c r="A458" s="0" t="s">
+        <v>913</v>
+      </c>
+      <c r="B458" s="0" t="s">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="459">
+      <c r="A459" s="0" t="s">
+        <v>915</v>
+      </c>
+      <c r="B459" s="0" t="s">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="460">
+      <c r="A460" s="0" t="s">
+        <v>917</v>
+      </c>
+      <c r="B460" s="0" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="461">
+      <c r="A461" s="0" t="s">
+        <v>919</v>
+      </c>
+      <c r="B461" s="0" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="462">
+      <c r="A462" s="0" t="s">
+        <v>921</v>
+      </c>
+      <c r="B462" s="0" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="463">
+      <c r="A463" s="0" t="s">
+        <v>923</v>
+      </c>
+      <c r="B463" s="0" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="464">
+      <c r="A464" s="0" t="s">
+        <v>925</v>
+      </c>
+      <c r="B464" s="0" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="465">
+      <c r="A465" s="0" t="s">
+        <v>927</v>
+      </c>
+      <c r="B465" s="0" t="s">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="466">
+      <c r="A466" s="0" t="s">
+        <v>929</v>
+      </c>
+      <c r="B466" s="0" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="467">
+      <c r="A467" s="0" t="s">
+        <v>931</v>
+      </c>
+      <c r="B467" s="0" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="468">
+      <c r="A468" s="0" t="s">
+        <v>933</v>
+      </c>
+      <c r="B468" s="0" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="469">
+      <c r="A469" s="0" t="s">
+        <v>935</v>
+      </c>
+      <c r="B469" s="0" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="470">
+      <c r="A470" s="0" t="s">
+        <v>937</v>
+      </c>
+      <c r="B470" s="0" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="471">
+      <c r="A471" s="0" t="s">
+        <v>939</v>
+      </c>
+      <c r="B471" s="0" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="472">
+      <c r="A472" s="0" t="s">
+        <v>941</v>
+      </c>
+      <c r="B472" s="0" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="473">
+      <c r="A473" s="0" t="s">
+        <v>943</v>
+      </c>
+      <c r="B473" s="0" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="474">
+      <c r="A474" s="0" t="s">
+        <v>945</v>
+      </c>
+      <c r="B474" s="0" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="475">
+      <c r="A475" s="0" t="s">
+        <v>947</v>
+      </c>
+      <c r="B475" s="0" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="476">
+      <c r="A476" s="0" t="s">
+        <v>949</v>
+      </c>
+      <c r="B476" s="0" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="477">
+      <c r="A477" s="0" t="s">
+        <v>951</v>
+      </c>
+      <c r="B477" s="0" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="478">
+      <c r="A478" s="0" t="s">
+        <v>953</v>
+      </c>
+      <c r="B478" s="0" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="479">
+      <c r="A479" s="0" t="s">
+        <v>955</v>
+      </c>
+      <c r="B479" s="0" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="480">
+      <c r="A480" s="0" t="s">
+        <v>957</v>
+      </c>
+      <c r="B480" s="0" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="481">
+      <c r="A481" s="0" t="s">
+        <v>959</v>
+      </c>
+      <c r="B481" s="0" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="482">
+      <c r="A482" s="0" t="s">
+        <v>961</v>
+      </c>
+      <c r="B482" s="0" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="483">
+      <c r="A483" s="0" t="s">
+        <v>963</v>
+      </c>
+      <c r="B483" s="0" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="484">
+      <c r="A484" s="0" t="s">
+        <v>965</v>
+      </c>
+      <c r="B484" s="0" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="485">
+      <c r="A485" s="0" t="s">
+        <v>967</v>
+      </c>
+      <c r="B485" s="0" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="486">
+      <c r="A486" s="0" t="s">
+        <v>969</v>
+      </c>
+      <c r="B486" s="0" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="487">
+      <c r="A487" s="0" t="s">
+        <v>970</v>
+      </c>
+      <c r="B487" s="0" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="488">
+      <c r="A488" s="0" t="s">
+        <v>971</v>
+      </c>
+      <c r="B488" s="0" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="489">
+      <c r="A489" s="0" t="s">
+        <v>972</v>
+      </c>
+      <c r="B489" s="0" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="490">
+      <c r="A490" s="0" t="s">
+        <v>973</v>
+      </c>
+      <c r="B490" s="0" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="491">
+      <c r="A491" s="0" t="s">
+        <v>974</v>
+      </c>
+      <c r="B491" s="0" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="492">
+      <c r="A492" s="0" t="s">
+        <v>975</v>
+      </c>
+      <c r="B492" s="0" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="493">
+      <c r="A493" s="0" t="s">
+        <v>976</v>
+      </c>
+      <c r="B493" s="0" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="494">
+      <c r="A494" s="0" t="s">
+        <v>977</v>
+      </c>
+      <c r="B494" s="0" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="495">
+      <c r="A495" s="0" t="s">
+        <v>978</v>
+      </c>
+      <c r="B495" s="0" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="496">
+      <c r="A496" s="0" t="s">
+        <v>979</v>
+      </c>
+      <c r="B496" s="0" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="497">
+      <c r="A497" s="0" t="s">
+        <v>980</v>
+      </c>
+      <c r="B497" s="0" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="498">
+      <c r="A498" s="0" t="s">
+        <v>981</v>
+      </c>
+      <c r="B498" s="0" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="499">
+      <c r="A499" s="0" t="s">
+        <v>982</v>
+      </c>
+      <c r="B499" s="0" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="500">
+      <c r="A500" s="0" t="s">
+        <v>983</v>
+      </c>
+      <c r="B500" s="0" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="501">
+      <c r="A501" s="0" t="s">
+        <v>984</v>
+      </c>
+      <c r="B501" s="0" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="502">
+      <c r="A502" s="0" t="s">
+        <v>985</v>
+      </c>
+      <c r="B502" s="0" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="503">
+      <c r="A503" s="0" t="s">
+        <v>986</v>
+      </c>
+      <c r="B503" s="0" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="504">
+      <c r="A504" s="0" t="s">
+        <v>987</v>
+      </c>
+      <c r="B504" s="0" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="505">
+      <c r="A505" s="0" t="s">
+        <v>988</v>
+      </c>
+      <c r="B505" s="0" t="s">
+        <v>968</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>