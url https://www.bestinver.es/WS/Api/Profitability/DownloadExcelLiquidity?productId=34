--- v0 (2025-12-05)
+++ v1 (2026-01-24)
@@ -4,59 +4,359 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="833" uniqueCount="833">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="933" uniqueCount="933">
   <si>
     <t>BESTINVER PLAN NORTEAMERICA, F.P</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>15,322205</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>15,327580</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>15,107571</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>15,485831</t>
+  </si>
+  <si>
+    <t>18/01/2026</t>
+  </si>
+  <si>
+    <t>15,544804</t>
+  </si>
+  <si>
+    <t>17/01/2026</t>
+  </si>
+  <si>
+    <t>15,545481</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>15,546157</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>15,544175</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>15,441500</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>15,557544</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>15,603981</t>
+  </si>
+  <si>
+    <t>11/01/2026</t>
+  </si>
+  <si>
+    <t>15,629064</t>
+  </si>
+  <si>
+    <t>10/01/2026</t>
+  </si>
+  <si>
+    <t>15,629752</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>15,630440</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>15,533270</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>15,476296</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>15,504684</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>15,305495</t>
+  </si>
+  <si>
+    <t>04/01/2026</t>
+  </si>
+  <si>
+    <t>15,180904</t>
+  </si>
+  <si>
+    <t>03/01/2026</t>
+  </si>
+  <si>
+    <t>15,181562</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>15,182219</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
+    <t>15,138023</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>15,138684</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>15,240791</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>15,213401</t>
+  </si>
+  <si>
+    <t>28/12/2025</t>
+  </si>
+  <si>
+    <t>15,281882</t>
+  </si>
+  <si>
+    <t>27/12/2025</t>
+  </si>
+  <si>
+    <t>15,282563</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>15,283243</t>
+  </si>
+  <si>
+    <t>25/12/2025</t>
+  </si>
+  <si>
+    <t>15,252417</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>15,253096</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>15,202259</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>15,186751</t>
+  </si>
+  <si>
+    <t>21/12/2025</t>
+  </si>
+  <si>
+    <t>15,134084</t>
+  </si>
+  <si>
+    <t>20/12/2025</t>
+  </si>
+  <si>
+    <t>15,134758</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>15,135431</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>14,996716</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>14,870452</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>15,008901</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>15,050380</t>
+  </si>
+  <si>
+    <t>14/12/2025</t>
+  </si>
+  <si>
+    <t>15,109098</t>
+  </si>
+  <si>
+    <t>13/12/2025</t>
+  </si>
+  <si>
+    <t>15,109762</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>15,110427</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>15,338814</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>15,310980</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>15,278842</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>15,272762</t>
+  </si>
+  <si>
+    <t>07/12/2025</t>
+  </si>
+  <si>
+    <t>15,294635</t>
+  </si>
+  <si>
+    <t>06/12/2025</t>
+  </si>
+  <si>
+    <t>15,295301</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>15,295964</t>
+  </si>
+  <si>
+    <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>15,247722</t>
   </si>
   <si>
     <t>03/12/2025</t>
   </si>
   <si>
     <t>15,188135</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>15,192015</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>15,158831</t>
   </si>
   <si>
     <t>30/11/2025</t>
   </si>
   <si>
     <t>15,266790</t>
   </si>
@@ -2551,51 +2851,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B417"/>
+  <dimension ref="A1:B467"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -5890,29 +6190,429 @@
     </row>
     <row r="415">
       <c r="A415" s="0" t="s">
         <v>827</v>
       </c>
       <c r="B415" s="0" t="s">
         <v>828</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="0" t="s">
         <v>829</v>
       </c>
       <c r="B416" s="0" t="s">
         <v>830</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="0" t="s">
         <v>831</v>
       </c>
       <c r="B417" s="0" t="s">
         <v>832</v>
       </c>
     </row>
+    <row r="418">
+      <c r="A418" s="0" t="s">
+        <v>833</v>
+      </c>
+      <c r="B418" s="0" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="419">
+      <c r="A419" s="0" t="s">
+        <v>835</v>
+      </c>
+      <c r="B419" s="0" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="420">
+      <c r="A420" s="0" t="s">
+        <v>837</v>
+      </c>
+      <c r="B420" s="0" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="421">
+      <c r="A421" s="0" t="s">
+        <v>839</v>
+      </c>
+      <c r="B421" s="0" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="422">
+      <c r="A422" s="0" t="s">
+        <v>841</v>
+      </c>
+      <c r="B422" s="0" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="423">
+      <c r="A423" s="0" t="s">
+        <v>843</v>
+      </c>
+      <c r="B423" s="0" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="424">
+      <c r="A424" s="0" t="s">
+        <v>845</v>
+      </c>
+      <c r="B424" s="0" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="425">
+      <c r="A425" s="0" t="s">
+        <v>847</v>
+      </c>
+      <c r="B425" s="0" t="s">
+        <v>848</v>
+      </c>
+    </row>
+    <row r="426">
+      <c r="A426" s="0" t="s">
+        <v>849</v>
+      </c>
+      <c r="B426" s="0" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="427">
+      <c r="A427" s="0" t="s">
+        <v>851</v>
+      </c>
+      <c r="B427" s="0" t="s">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="428">
+      <c r="A428" s="0" t="s">
+        <v>853</v>
+      </c>
+      <c r="B428" s="0" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="429">
+      <c r="A429" s="0" t="s">
+        <v>855</v>
+      </c>
+      <c r="B429" s="0" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="430">
+      <c r="A430" s="0" t="s">
+        <v>857</v>
+      </c>
+      <c r="B430" s="0" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="431">
+      <c r="A431" s="0" t="s">
+        <v>859</v>
+      </c>
+      <c r="B431" s="0" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="432">
+      <c r="A432" s="0" t="s">
+        <v>861</v>
+      </c>
+      <c r="B432" s="0" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="433">
+      <c r="A433" s="0" t="s">
+        <v>863</v>
+      </c>
+      <c r="B433" s="0" t="s">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="434">
+      <c r="A434" s="0" t="s">
+        <v>865</v>
+      </c>
+      <c r="B434" s="0" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="435">
+      <c r="A435" s="0" t="s">
+        <v>867</v>
+      </c>
+      <c r="B435" s="0" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="436">
+      <c r="A436" s="0" t="s">
+        <v>869</v>
+      </c>
+      <c r="B436" s="0" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="437">
+      <c r="A437" s="0" t="s">
+        <v>871</v>
+      </c>
+      <c r="B437" s="0" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="438">
+      <c r="A438" s="0" t="s">
+        <v>873</v>
+      </c>
+      <c r="B438" s="0" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="439">
+      <c r="A439" s="0" t="s">
+        <v>875</v>
+      </c>
+      <c r="B439" s="0" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="440">
+      <c r="A440" s="0" t="s">
+        <v>877</v>
+      </c>
+      <c r="B440" s="0" t="s">
+        <v>878</v>
+      </c>
+    </row>
+    <row r="441">
+      <c r="A441" s="0" t="s">
+        <v>879</v>
+      </c>
+      <c r="B441" s="0" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="442">
+      <c r="A442" s="0" t="s">
+        <v>881</v>
+      </c>
+      <c r="B442" s="0" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="443">
+      <c r="A443" s="0" t="s">
+        <v>883</v>
+      </c>
+      <c r="B443" s="0" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="444">
+      <c r="A444" s="0" t="s">
+        <v>885</v>
+      </c>
+      <c r="B444" s="0" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="445">
+      <c r="A445" s="0" t="s">
+        <v>887</v>
+      </c>
+      <c r="B445" s="0" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="446">
+      <c r="A446" s="0" t="s">
+        <v>889</v>
+      </c>
+      <c r="B446" s="0" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="447">
+      <c r="A447" s="0" t="s">
+        <v>891</v>
+      </c>
+      <c r="B447" s="0" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="448">
+      <c r="A448" s="0" t="s">
+        <v>893</v>
+      </c>
+      <c r="B448" s="0" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="449">
+      <c r="A449" s="0" t="s">
+        <v>895</v>
+      </c>
+      <c r="B449" s="0" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="450">
+      <c r="A450" s="0" t="s">
+        <v>897</v>
+      </c>
+      <c r="B450" s="0" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="451">
+      <c r="A451" s="0" t="s">
+        <v>899</v>
+      </c>
+      <c r="B451" s="0" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="452">
+      <c r="A452" s="0" t="s">
+        <v>901</v>
+      </c>
+      <c r="B452" s="0" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="453">
+      <c r="A453" s="0" t="s">
+        <v>903</v>
+      </c>
+      <c r="B453" s="0" t="s">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="454">
+      <c r="A454" s="0" t="s">
+        <v>905</v>
+      </c>
+      <c r="B454" s="0" t="s">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="455">
+      <c r="A455" s="0" t="s">
+        <v>907</v>
+      </c>
+      <c r="B455" s="0" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="456">
+      <c r="A456" s="0" t="s">
+        <v>909</v>
+      </c>
+      <c r="B456" s="0" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="457">
+      <c r="A457" s="0" t="s">
+        <v>911</v>
+      </c>
+      <c r="B457" s="0" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="458">
+      <c r="A458" s="0" t="s">
+        <v>913</v>
+      </c>
+      <c r="B458" s="0" t="s">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="459">
+      <c r="A459" s="0" t="s">
+        <v>915</v>
+      </c>
+      <c r="B459" s="0" t="s">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="460">
+      <c r="A460" s="0" t="s">
+        <v>917</v>
+      </c>
+      <c r="B460" s="0" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="461">
+      <c r="A461" s="0" t="s">
+        <v>919</v>
+      </c>
+      <c r="B461" s="0" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="462">
+      <c r="A462" s="0" t="s">
+        <v>921</v>
+      </c>
+      <c r="B462" s="0" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="463">
+      <c r="A463" s="0" t="s">
+        <v>923</v>
+      </c>
+      <c r="B463" s="0" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="464">
+      <c r="A464" s="0" t="s">
+        <v>925</v>
+      </c>
+      <c r="B464" s="0" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="465">
+      <c r="A465" s="0" t="s">
+        <v>927</v>
+      </c>
+      <c r="B465" s="0" t="s">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="466">
+      <c r="A466" s="0" t="s">
+        <v>929</v>
+      </c>
+      <c r="B466" s="0" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="467">
+      <c r="A467" s="0" t="s">
+        <v>931</v>
+      </c>
+      <c r="B467" s="0" t="s">
+        <v>932</v>
+      </c>
+    </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>