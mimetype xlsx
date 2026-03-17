--- v1 (2026-01-24)
+++ v2 (2026-03-17)
@@ -4,59 +4,377 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="933" uniqueCount="933">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1039" uniqueCount="1039">
   <si>
     <t>BESTINVER PLAN NORTEAMERICA, F.P</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>16/03/2026</t>
+  </si>
+  <si>
+    <t>14,951993</t>
+  </si>
+  <si>
+    <t>15/03/2026</t>
+  </si>
+  <si>
+    <t>14,897825</t>
+  </si>
+  <si>
+    <t>14/03/2026</t>
+  </si>
+  <si>
+    <t>14,898484</t>
+  </si>
+  <si>
+    <t>13/03/2026</t>
+  </si>
+  <si>
+    <t>14,899143</t>
+  </si>
+  <si>
+    <t>12/03/2026</t>
+  </si>
+  <si>
+    <t>14,862910</t>
+  </si>
+  <si>
+    <t>11/03/2026</t>
+  </si>
+  <si>
+    <t>15,073961</t>
+  </si>
+  <si>
+    <t>10/03/2026</t>
+  </si>
+  <si>
+    <t>15,049953</t>
+  </si>
+  <si>
+    <t>09/03/2026</t>
+  </si>
+  <si>
+    <t>15,058703</t>
+  </si>
+  <si>
+    <t>08/03/2026</t>
+  </si>
+  <si>
+    <t>14,954383</t>
+  </si>
+  <si>
+    <t>07/03/2026</t>
+  </si>
+  <si>
+    <t>15,280422</t>
+  </si>
+  <si>
+    <t>06/03/2026</t>
+  </si>
+  <si>
+    <t>14,955689</t>
+  </si>
+  <si>
+    <t>05/03/2026</t>
+  </si>
+  <si>
+    <t>15,240115</t>
+  </si>
+  <si>
+    <t>04/03/2026</t>
+  </si>
+  <si>
+    <t>15,300896</t>
+  </si>
+  <si>
+    <t>03/03/2026</t>
+  </si>
+  <si>
+    <t>15,230370</t>
+  </si>
+  <si>
+    <t>02/03/2026</t>
+  </si>
+  <si>
+    <t>15,328173</t>
+  </si>
+  <si>
+    <t>01/03/2026</t>
+  </si>
+  <si>
+    <t>15,173791</t>
+  </si>
+  <si>
+    <t>28/02/2026</t>
+  </si>
+  <si>
+    <t>15,174461</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t>15,175130</t>
+  </si>
+  <si>
+    <t>26/02/2026</t>
+  </si>
+  <si>
+    <t>15,290087</t>
+  </si>
+  <si>
+    <t>25/02/2026</t>
+  </si>
+  <si>
+    <t>15,386431</t>
+  </si>
+  <si>
+    <t>24/02/2026</t>
+  </si>
+  <si>
+    <t>15,281685</t>
+  </si>
+  <si>
+    <t>23/02/2026</t>
+  </si>
+  <si>
+    <t>15,161855</t>
+  </si>
+  <si>
+    <t>22/02/2026</t>
+  </si>
+  <si>
+    <t>15,342742</t>
+  </si>
+  <si>
+    <t>21/02/2026</t>
+  </si>
+  <si>
+    <t>15,344786</t>
+  </si>
+  <si>
+    <t>20/02/2026</t>
+  </si>
+  <si>
+    <t>15,345472</t>
+  </si>
+  <si>
+    <t>19/02/2026</t>
+  </si>
+  <si>
+    <t>15,255408</t>
+  </si>
+  <si>
+    <t>18/02/2026</t>
+  </si>
+  <si>
+    <t>15,278194</t>
+  </si>
+  <si>
+    <t>17/02/2026</t>
+  </si>
+  <si>
+    <t>15,068221</t>
+  </si>
+  <si>
+    <t>16/02/2026</t>
+  </si>
+  <si>
+    <t>15,083513</t>
+  </si>
+  <si>
+    <t>15/02/2026</t>
+  </si>
+  <si>
+    <t>15,061236</t>
+  </si>
+  <si>
+    <t>14/02/2026</t>
+  </si>
+  <si>
+    <t>15,061898</t>
+  </si>
+  <si>
+    <t>13/02/2026</t>
+  </si>
+  <si>
+    <t>15,062558</t>
+  </si>
+  <si>
+    <t>12/02/2026</t>
+  </si>
+  <si>
+    <t>15,050912</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>15,263245</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>15,278300</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>15,305849</t>
+  </si>
+  <si>
+    <t>08/02/2026</t>
+  </si>
+  <si>
+    <t>15,322544</t>
+  </si>
+  <si>
+    <t>07/02/2026</t>
+  </si>
+  <si>
+    <t>15,323220</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>15,323895</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>15,068679</t>
+  </si>
+  <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>15,206994</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>15,124025</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>15,258751</t>
+  </si>
+  <si>
+    <t>01/02/2026</t>
+  </si>
+  <si>
+    <t>15,117143</t>
+  </si>
+  <si>
+    <t>31/01/2026</t>
+  </si>
+  <si>
+    <t>15,117807</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>15,118470</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>15,066989</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>15,122379</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>15,014471</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>15,221872</t>
+  </si>
+  <si>
+    <t>25/01/2026</t>
+  </si>
+  <si>
+    <t>15,215674</t>
+  </si>
+  <si>
+    <t>24/01/2026</t>
+  </si>
+  <si>
+    <t>15,216339</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>15,217005</t>
   </si>
   <si>
     <t>22/01/2026</t>
   </si>
   <si>
     <t>15,322205</t>
   </si>
   <si>
     <t>21/01/2026</t>
   </si>
   <si>
     <t>15,327580</t>
   </si>
   <si>
     <t>20/01/2026</t>
   </si>
   <si>
     <t>15,107571</t>
   </si>
   <si>
     <t>19/01/2026</t>
   </si>
   <si>
     <t>15,485831</t>
   </si>
@@ -2851,51 +3169,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B467"/>
+  <dimension ref="A1:B520"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -6590,29 +6908,453 @@
     </row>
     <row r="465">
       <c r="A465" s="0" t="s">
         <v>927</v>
       </c>
       <c r="B465" s="0" t="s">
         <v>928</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="0" t="s">
         <v>929</v>
       </c>
       <c r="B466" s="0" t="s">
         <v>930</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="0" t="s">
         <v>931</v>
       </c>
       <c r="B467" s="0" t="s">
         <v>932</v>
       </c>
     </row>
+    <row r="468">
+      <c r="A468" s="0" t="s">
+        <v>933</v>
+      </c>
+      <c r="B468" s="0" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="469">
+      <c r="A469" s="0" t="s">
+        <v>935</v>
+      </c>
+      <c r="B469" s="0" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="470">
+      <c r="A470" s="0" t="s">
+        <v>937</v>
+      </c>
+      <c r="B470" s="0" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="471">
+      <c r="A471" s="0" t="s">
+        <v>939</v>
+      </c>
+      <c r="B471" s="0" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="472">
+      <c r="A472" s="0" t="s">
+        <v>941</v>
+      </c>
+      <c r="B472" s="0" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="473">
+      <c r="A473" s="0" t="s">
+        <v>943</v>
+      </c>
+      <c r="B473" s="0" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="474">
+      <c r="A474" s="0" t="s">
+        <v>945</v>
+      </c>
+      <c r="B474" s="0" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="475">
+      <c r="A475" s="0" t="s">
+        <v>947</v>
+      </c>
+      <c r="B475" s="0" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="476">
+      <c r="A476" s="0" t="s">
+        <v>949</v>
+      </c>
+      <c r="B476" s="0" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="477">
+      <c r="A477" s="0" t="s">
+        <v>951</v>
+      </c>
+      <c r="B477" s="0" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="478">
+      <c r="A478" s="0" t="s">
+        <v>953</v>
+      </c>
+      <c r="B478" s="0" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="479">
+      <c r="A479" s="0" t="s">
+        <v>955</v>
+      </c>
+      <c r="B479" s="0" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="480">
+      <c r="A480" s="0" t="s">
+        <v>957</v>
+      </c>
+      <c r="B480" s="0" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="481">
+      <c r="A481" s="0" t="s">
+        <v>959</v>
+      </c>
+      <c r="B481" s="0" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="482">
+      <c r="A482" s="0" t="s">
+        <v>961</v>
+      </c>
+      <c r="B482" s="0" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="483">
+      <c r="A483" s="0" t="s">
+        <v>963</v>
+      </c>
+      <c r="B483" s="0" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="484">
+      <c r="A484" s="0" t="s">
+        <v>965</v>
+      </c>
+      <c r="B484" s="0" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="485">
+      <c r="A485" s="0" t="s">
+        <v>967</v>
+      </c>
+      <c r="B485" s="0" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="486">
+      <c r="A486" s="0" t="s">
+        <v>969</v>
+      </c>
+      <c r="B486" s="0" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="487">
+      <c r="A487" s="0" t="s">
+        <v>971</v>
+      </c>
+      <c r="B487" s="0" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="488">
+      <c r="A488" s="0" t="s">
+        <v>973</v>
+      </c>
+      <c r="B488" s="0" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="489">
+      <c r="A489" s="0" t="s">
+        <v>975</v>
+      </c>
+      <c r="B489" s="0" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="490">
+      <c r="A490" s="0" t="s">
+        <v>977</v>
+      </c>
+      <c r="B490" s="0" t="s">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="491">
+      <c r="A491" s="0" t="s">
+        <v>979</v>
+      </c>
+      <c r="B491" s="0" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="492">
+      <c r="A492" s="0" t="s">
+        <v>981</v>
+      </c>
+      <c r="B492" s="0" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="493">
+      <c r="A493" s="0" t="s">
+        <v>983</v>
+      </c>
+      <c r="B493" s="0" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="494">
+      <c r="A494" s="0" t="s">
+        <v>985</v>
+      </c>
+      <c r="B494" s="0" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="495">
+      <c r="A495" s="0" t="s">
+        <v>987</v>
+      </c>
+      <c r="B495" s="0" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="496">
+      <c r="A496" s="0" t="s">
+        <v>989</v>
+      </c>
+      <c r="B496" s="0" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="497">
+      <c r="A497" s="0" t="s">
+        <v>991</v>
+      </c>
+      <c r="B497" s="0" t="s">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="498">
+      <c r="A498" s="0" t="s">
+        <v>993</v>
+      </c>
+      <c r="B498" s="0" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="499">
+      <c r="A499" s="0" t="s">
+        <v>995</v>
+      </c>
+      <c r="B499" s="0" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="500">
+      <c r="A500" s="0" t="s">
+        <v>997</v>
+      </c>
+      <c r="B500" s="0" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="501">
+      <c r="A501" s="0" t="s">
+        <v>999</v>
+      </c>
+      <c r="B501" s="0" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="502">
+      <c r="A502" s="0" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B502" s="0" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="503">
+      <c r="A503" s="0" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B503" s="0" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="504">
+      <c r="A504" s="0" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B504" s="0" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="505">
+      <c r="A505" s="0" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B505" s="0" t="s">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="506">
+      <c r="A506" s="0" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B506" s="0" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="507">
+      <c r="A507" s="0" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B507" s="0" t="s">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="508">
+      <c r="A508" s="0" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B508" s="0" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="509">
+      <c r="A509" s="0" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B509" s="0" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="510">
+      <c r="A510" s="0" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B510" s="0" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="511">
+      <c r="A511" s="0" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B511" s="0" t="s">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="512">
+      <c r="A512" s="0" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B512" s="0" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="513">
+      <c r="A513" s="0" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B513" s="0" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="514">
+      <c r="A514" s="0" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B514" s="0" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="515">
+      <c r="A515" s="0" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B515" s="0" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="516">
+      <c r="A516" s="0" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B516" s="0" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="517">
+      <c r="A517" s="0" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B517" s="0" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="518">
+      <c r="A518" s="0" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B518" s="0" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="519">
+      <c r="A519" s="0" t="s">
+        <v>1035</v>
+      </c>
+      <c r="B519" s="0" t="s">
+        <v>1036</v>
+      </c>
+    </row>
+    <row r="520">
+      <c r="A520" s="0" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B520" s="0" t="s">
+        <v>1038</v>
+      </c>
+    </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>