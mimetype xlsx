--- v0 (2025-12-11)
+++ v1 (2026-02-12)
@@ -4,59 +4,437 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Historico_Valores_Liquidativos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="15" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="141" uniqueCount="141">
   <si>
     <t>BESTINVER SOLIDARIO, F.I.</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Valor liquidativo (€)</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>15,580381</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>15,503187</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>15,402283</t>
+  </si>
+  <si>
+    <t>08/02/2026</t>
+  </si>
+  <si>
+    <t>15,336534</t>
+  </si>
+  <si>
+    <t>07/02/2026</t>
+  </si>
+  <si>
+    <t>15,337496</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>15,338458</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>15,124822</t>
+  </si>
+  <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>15,249080</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>15,195828</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>15,283447</t>
+  </si>
+  <si>
+    <t>01/02/2026</t>
+  </si>
+  <si>
+    <t>15,042797</t>
+  </si>
+  <si>
+    <t>31/01/2026</t>
+  </si>
+  <si>
+    <t>15,043811</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>15,044825</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>15,065648</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>15,127744</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>15,102817</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>15,187094</t>
+  </si>
+  <si>
+    <t>25/01/2026</t>
+  </si>
+  <si>
+    <t>15,204161</t>
+  </si>
+  <si>
+    <t>24/01/2026</t>
+  </si>
+  <si>
+    <t>15,205149</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>15,206138</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>15,294306</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>15,148536</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>15,011688</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>15,189333</t>
+  </si>
+  <si>
+    <t>18/01/2026</t>
+  </si>
+  <si>
+    <t>15,338089</t>
+  </si>
+  <si>
+    <t>17/01/2026</t>
+  </si>
+  <si>
+    <t>15,339079</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>15,340069</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>15,404611</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>15,274797</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>15,331889</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>15,333773</t>
+  </si>
+  <si>
+    <t>11/01/2026</t>
+  </si>
+  <si>
+    <t>15,298443</t>
+  </si>
+  <si>
+    <t>10/01/2026</t>
+  </si>
+  <si>
+    <t>15,299454</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>15,300466</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>15,226285</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>15,163402</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>15,229278</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>15,071262</t>
+  </si>
+  <si>
+    <t>04/01/2026</t>
+  </si>
+  <si>
+    <t>14,941476</t>
+  </si>
+  <si>
+    <t>03/01/2026</t>
+  </si>
+  <si>
+    <t>14,942507</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>14,943538</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
+    <t>14,840983</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>14,842095</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>14,891438</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>14,815491</t>
+  </si>
+  <si>
+    <t>28/12/2025</t>
+  </si>
+  <si>
+    <t>14,817830</t>
+  </si>
+  <si>
+    <t>27/12/2025</t>
+  </si>
+  <si>
+    <t>14,819074</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>14,820319</t>
+  </si>
+  <si>
+    <t>25/12/2025</t>
+  </si>
+  <si>
+    <t>14,805461</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>14,806705</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>14,795304</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>14,786858</t>
+  </si>
+  <si>
+    <t>21/12/2025</t>
+  </si>
+  <si>
+    <t>14,801900</t>
+  </si>
+  <si>
+    <t>20/12/2025</t>
+  </si>
+  <si>
+    <t>14,802995</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>14,804090</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>14,780807</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>14,637238</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>14,777458</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>14,864581</t>
+  </si>
+  <si>
+    <t>14/12/2025</t>
+  </si>
+  <si>
+    <t>14,987421</t>
+  </si>
+  <si>
+    <t>13/12/2025</t>
+  </si>
+  <si>
+    <t>14,988242</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>14,989063</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>14,990488</t>
   </si>
   <si>
     <t>10/12/2025</t>
   </si>
   <si>
     <t>14,991912</t>
   </si>
   <si>
     <t>09/12/2025</t>
   </si>
   <si>
     <t>14,993337</t>
   </si>
   <si>
     <t>08/12/2025</t>
   </si>
   <si>
     <t>14,994762</t>
   </si>
   <si>
     <t>07/12/2025</t>
   </si>
   <si>
     <t>14,996187</t>
   </si>
@@ -97,51 +475,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B8"/>
+  <dimension ref="A1:B71"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
@@ -164,29 +542,533 @@
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>14</v>
       </c>
     </row>
+    <row r="9">
+      <c r="A9" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="B9" s="0" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="B10" s="0" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="B11" s="0" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="B12" s="0" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="B13" s="0" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="B14" s="0" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="B15" s="0" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="B16" s="0" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="B17" s="0" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="B18" s="0" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="B19" s="0" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="B20" s="0" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="B21" s="0" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="B22" s="0" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="B23" s="0" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="B24" s="0" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="B25" s="0" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="B26" s="0" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="B27" s="0" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="B28" s="0" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="B29" s="0" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="B30" s="0" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="B31" s="0" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="B32" s="0" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="B33" s="0" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="B34" s="0" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="B35" s="0" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="B36" s="0" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="B37" s="0" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="B38" s="0" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="B39" s="0" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="B40" s="0" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="B41" s="0" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="B42" s="0" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="B43" s="0" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="B44" s="0" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="B45" s="0" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="B46" s="0" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="B47" s="0" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="B48" s="0" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="B49" s="0" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="B50" s="0" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="B51" s="0" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="B52" s="0" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="B53" s="0" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="B54" s="0" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="B55" s="0" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="B56" s="0" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="B57" s="0" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="B58" s="0" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="B59" s="0" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="B60" s="0" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="B61" s="0" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="B62" s="0" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="B63" s="0" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="B64" s="0" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="B65" s="0" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="B66" s="0" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="B67" s="0" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="B68" s="0" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="B69" s="0" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="B70" s="0" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="B71" s="0" t="s">
+        <v>140</v>
+      </c>
+    </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>